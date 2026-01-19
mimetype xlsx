--- v0 (2025-12-05)
+++ v1 (2026-01-19)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
-[...1 lines deleted...]
-    <t>05.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+  <si>
+    <t>19.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -220,66 +220,63 @@
   <si>
     <t>ИНТЕЛЛЕКТУАЛЬНАЯ СОБСТВЕННОСТЬ 4-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Е.А. Позднякова [и др.].</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В курсе рассматриваются общее понятие интеллектуальной собственности, авторское право и его источники, объекты авторских и смежных прав, права авторов и иных лиц, смежные права, передача имущественного права, наследование исключительных прав, договоры в праве интеллектуальной собственности. Самостоятельное значение имеют также институты защиты авторских и смежных прав и ответственности за нарушение законодательства об интеллектуальной собственности. Кроме того, отдельные темы посвящены вопросам патентного права и средствам индивидуализации участников гражданского оборота, а также товаров, работ и услуг. Указанные темы рассматриваются на основе норм международных договоров, Гражданского кодекса Российской Федерации и научной разработанности. Материал предложенных тем сопровождается примерами из судебной практики. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, обучающихся по всем направлениям и специальностям.</t>
   </si>
   <si>
     <t>978-5-534-18455-6</t>
   </si>
   <si>
     <t>67.4я73</t>
   </si>
   <si>
     <t>20.04.2023</t>
   </si>
   <si>
     <t>ПРАВО ИНТЕЛЛЕКТУАЛЬНОЙ СОБСТВЕННОСТИ 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Е. А. Позднякова [и др.] ; под общей редакцией Е. А. Поздняковой.</t>
+    <t>Под общ. ред. Поздняковой Е.А.</t>
   </si>
   <si>
     <t>В курсе рассматриваются общее понятие интеллектуальной собственности, авторское право и его источники, объекты авторских и смежных прав, права авторов и иных лиц, смежные права, передача имущественного права, наследование исключительных прав, договоры в праве интеллектуальной собственности. Самостоятельное значение имеют также институты защиты авторских и смежных прав и ответственности за нарушение законодательства об интеллектуальной собственности. Кроме того, отдельные темы посвящены вопросам патентного права и средствам индивидуализации участников гражданского оборота, а также товаров, работ и услуг. Для студентов, обучающихся по программам академического бакалавриата, аспирантов и преподавателей высших юридических учебных заведений, школ дизайна, для тех, кто занимается вопросами правового регулирования результатов интеллектуальной деятельности, а также для широкого круга читателей, интересующихся вопросами интеллектуальной собственности.</t>
   </si>
   <si>
     <t>978-5-534-16576-0</t>
   </si>
   <si>
     <t>20.09.2023</t>
   </si>
   <si>
     <t>ПРАВО ИНТЕЛЛЕКТУАЛЬНОЙ СОБСТВЕННОСТИ ДЛЯ НЕЮРИДИЧЕСКИХ СПЕЦИАЛЬНОСТЕЙ 4-е изд., пер. и доп. Учебник для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t>Под общ. ред. Поздняковой Е.А.</t>
   </si>
   <si>
     <t>978-5-534-17966-8</t>
   </si>
   <si>
     <t>25.09.2023</t>
   </si>
   <si>
     <t>ПРАВОВОЕ ОБЕСПЕЧЕНИЕ ПРОФЕССИОНАЛЬНОЙ ДЕЯТЕЛЬНОСТИ В ОБЛАСТИ СЕЛЬСКОГО, ЛЕСНОГО И РЫБНОГО ХОЗЯЙСТВА 5-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Боголюбов С. А., Позднякова Е. А.</t>
   </si>
   <si>
     <t>В учебном курсе излагаются законодательные требования, приводятся примеры из жизни, наглядные схемы, рекомендуемая литература, сведения об организации рационального земле-, недро-, лесо-, водопользования, охране животного мира и атмосферного воздуха. Рассматриваются актуальные вопросы экономико-правовой системы и организационно-правового механизма регулирования природопользования и охраны окружающей среды, а также уровень реализации экологических прав и обязанностей физических, юридических лиц, государства и его должностных лиц, формы юридической ответственности за экологические правонарушения. В правовые основы природопользования и охраны окружающей среды входят способы их информационного обеспечения, методы экологического аудита, нормирования, сертификации, оценка воздействия проектов на окружающую среду, экологическая экспертиза, объявление отдельных территорий зонами экологического неблагополучия. Уделяется внимание вопросам предоставления земельных участков для строительства, лицензированию добычи полезных ископаемых, аренде лесных участков, использованию водных объектов, принадлежащих на праве частной собственности. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов правовых (юридических) и других направлений экономических, технических и иных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-17929-3</t>
   </si>
   <si>
     <t>ПРАВОВЫЕ ОСНОВЫ ПРИРОДОПОЛЬЗОВАНИЯ И ОХРАНЫ ОКРУЖАЮЩЕЙ СРЕДЫ 5-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>В учебном курсе излагаются законодательные требования, приводятся примеры из жизни, наглядные схемы, рекомендуемая литература, сведения об организации рационального земле-, недро-, лесо-, водопользования, охране животного мира и атмосферного воздуха. Рассматриваются актуальные вопросы экономико-правовой системы и организационно-правового механизма регулирования природопользования и охраны окружающей среды, а также уровень реализации экологических прав и обязанностей физических, юридических лиц, государства и его должностных лиц, формы юридической ответственности за экологические правонарушения. В правовые основы природопользования и охраны окружающей среды входят способы их информационного обеспечения, методы экологического аудита, нормирования, сертификации, оценка воздействия проектов на окружающую среду, экологическая экспертиза, объявление отдельных территорий зонами экологического неблагополучия. Уделяется внимание вопросам предоставления земельных участков для строительства, лицензированию добычи полезных ископаемых, аренде лесных участков, использованию водных объектов, принадлежащих на праве частной собственности. Соответствуют актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов (бакалавров, магистров) правовых (юридических) и других факультетов экономических, технических и иных высших учебных заведений.</t>
   </si>
@@ -666,51 +663,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/avtorskoe-pravo-582190" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zemelnoe-pravo-kratkiy-kurs-560555" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zemelnoe-pravo-kratkiy-kurs-560703" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/intellektualnaya-sobstvennost-578962" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-intellektualnoy-sobstvennosti-558851" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-intellektualnoy-sobstvennosti-dlya-neyuridicheskih-specialnostey-558852" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-oblasti-selskogo-lesnogo-i-rybnogo-hozyaystva-561298" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovye-osnovy-prirodopolzovaniya-i-ohrany-okruzhayuschey-sredy-560513" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/avtorskoe-pravo-583234" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zemelnoe-pravo-kratkiy-kurs-583279" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zemelnoe-pravo-kratkiy-kurs-583549" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/intellektualnaya-sobstvennost-590541" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-intellektualnoy-sobstvennosti-583224" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-intellektualnoy-sobstvennosti-dlya-neyuridicheskih-specialnostey-589496" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-v-oblasti-selskogo-lesnogo-i-rybnogo-hozyaystva-584043" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovye-osnovy-prirodopolzovaniya-i-ohrany-okruzhayuschey-sredy-583233" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -891,69 +888,69 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>582190</v>
+        <v>583234</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>259</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>1339.0</v>
       </c>
       <c r="M5" s="9">
         <v>1469.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
@@ -961,69 +958,69 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.434</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>560555</v>
+        <v>583279</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>118</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="9">
         <v>499.0</v>
       </c>
       <c r="M6" s="9">
         <v>549.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
@@ -1031,69 +1028,69 @@
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Y6" s="8">
         <v>0.128</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>560703</v>
+        <v>583549</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>118</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="9">
         <v>499.0</v>
       </c>
       <c r="M7" s="9">
         <v>549.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
@@ -1101,69 +1098,69 @@
         <v>48</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Y7" s="8">
         <v>0.128</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>578962</v>
+        <v>590541</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>325</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
         <v>1619.0</v>
       </c>
       <c r="M8" s="9">
         <v>1779.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
@@ -1171,69 +1168,69 @@
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>64</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>65</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.514</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>558851</v>
+        <v>583224</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>377</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
         <v>1849.0</v>
       </c>
       <c r="M9" s="9">
         <v>2029.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
@@ -1241,245 +1238,245 @@
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>69</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>70</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.577</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>558852</v>
+        <v>589496</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>325</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
         <v>1619.0</v>
       </c>
       <c r="M10" s="9">
         <v>1779.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.514</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>561298</v>
+        <v>584043</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>479</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
         <v>2289.0</v>
       </c>
       <c r="M11" s="9">
         <v>2519.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>62</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>58</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.701</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>560513</v>
+        <v>583233</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>479</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
         <v>2289.0</v>
       </c>
       <c r="M12" s="9">
         <v>2519.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.701</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>