--- v1 (2026-01-19)
+++ v2 (2026-02-27)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
-    <t>19.01.2026</t>
+    <t>27.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -915,54 +915,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>259</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1339.0</v>
+        <v>1429.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1469.0</v>
+        <v>1569.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -985,54 +985,54 @@
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>118</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="9">
-        <v>499.0</v>
+        <v>539.0</v>
       </c>
       <c r="M6" s="9">
-        <v>549.0</v>
+        <v>589.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
@@ -1055,54 +1055,54 @@
       <c r="B7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>118</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="9">
-        <v>499.0</v>
+        <v>539.0</v>
       </c>
       <c r="M7" s="9">
-        <v>549.0</v>
+        <v>589.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>57</v>
       </c>
@@ -1125,54 +1125,54 @@
       <c r="B8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>325</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1619.0</v>
+        <v>1739.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1779.0</v>
+        <v>1909.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>64</v>
       </c>
@@ -1195,54 +1195,54 @@
       <c r="B9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>377</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1849.0</v>
+        <v>1979.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2029.0</v>
+        <v>2179.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>69</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>70</v>
       </c>
@@ -1265,54 +1265,54 @@
       <c r="B10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>325</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1619.0</v>
+        <v>1739.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1779.0</v>
+        <v>1909.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>73</v>
       </c>
@@ -1335,54 +1335,54 @@
       <c r="B11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>479</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>2289.0</v>
+        <v>2449.0</v>
       </c>
       <c r="M11" s="9">
-        <v>2519.0</v>
+        <v>2689.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>62</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>78</v>
       </c>
@@ -1405,54 +1405,54 @@
       <c r="B12" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>76</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>479</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>2289.0</v>
+        <v>2449.0</v>
       </c>
       <c r="M12" s="9">
-        <v>2519.0</v>
+        <v>2689.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>80</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>81</v>
       </c>