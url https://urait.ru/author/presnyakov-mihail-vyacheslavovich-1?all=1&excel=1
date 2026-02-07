--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
-[...1 lines deleted...]
-    <t>14.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+  <si>
+    <t>07.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>12.11.2024</t>
   </si>
   <si>
     <t>ЗАЩИТА СОЦИАЛЬНЫХ ПРАВ ГРАЖДАН ОРГАНАМИ ПУБЛИЧНОЙ ВЛАСТИ РОССИИ. Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Г. Н. Комкова [и др.] ; под редакцией Г. Н. Комковой, Р. А. Торосян.</t>
+    <t>Под ред. Комковой Г. Н., Торосян Р. А.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Право социального обеспечения</t>
   </si>
   <si>
     <t>Издание содержит тексты лекций, в которых в доступной и понятной форме раскрываются современные актуальные проблемы развития социального права, действия законодательства, формирования юридической практики в сфере защиты социальных прав граждан органами публичной власти. В курсе содержится не только теоретический материал, затрагивающий вопросы обеспечения и защиты социальных прав граждан, но также списки рекомендуемой литературы и глоссарий. Курс направлен на реализацию компетентностного подхода при изучении вопросов защиты социальных прав граждан органами публичной власти России. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, магистрантов, аспирантов, преподавателей юридических и других гуманитарных вузов, практических работников и всех читателей, интересующихся рассматриваемой проблематикой.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-21039-2</t>
   </si>
@@ -173,53 +173,50 @@
     <t>27.11.2024</t>
   </si>
   <si>
     <t>СЛУЖЕБНОЕ ПРАВО 4-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Чаннов С. Е., Пресняков М. В.</t>
   </si>
   <si>
     <t>Административное право</t>
   </si>
   <si>
     <t>Предлагаемый курс подготовлен с учетом последних изменений в законодательстве о государственной и муниципальной службе, а также научных воззрений на дисциплину «Служебное право». В целом курс имеет своей целью ознакомление обучающихся со всеми аспектами регулирования служебной деятельности в Российской Федерации. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс предназначен в первую очередь для студентов высших учебных заведений, обучающихся по направлению "Юриспруденция", но может быть полезен и для студентов других специальностей, аспирантов, преподавателей, государственных и муниципальных служащих, а также всех интересующихся современным состоянием служебного права.</t>
   </si>
   <si>
     <t>978-5-534-21107-8</t>
   </si>
   <si>
     <t>67.401я73</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>ТРУДОВОЕ ПРАВО 5-е изд., пер. и доп. Учебник для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> С. Е. Чаннов,  М. В. Пресняков.</t>
   </si>
   <si>
     <t>Трудовое право. Право социального обеспечения</t>
   </si>
   <si>
     <t>Цель предлагаемого курса — ознакомление обучающихся со всеми аспектами регулирования трудовой деятельности в Российской Федерации. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Курс предназначен для студентов высших учебных заведений, обучающихся по юридическим и социально-экономическим направлениям, но может быть полезен также и для студентов других специальностей и направлений подготовки, аспирантов, преподавателей, а также всех, интересующихся проблематикой трудового права.</t>
   </si>
   <si>
     <t>978-5-534-21213-6</t>
   </si>
   <si>
     <t>67.405.1я73</t>
   </si>
   <si>
     <t>ТРУДОВОЕ ПРАВО 5-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Цель предлагаемого курса — ознакомление обучающихся со всеми аспектами регулирования трудовой деятельности в Российской Федерации. Курс подготовлен с учетом изменений Трудового кодекса Российской Федерации, а также других актов трудового законодательства. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Курс предназначен для студентов образовательных учреждений среднего профессионального образования, обучающихся по юридическим и социально-экономическим направлениям, но может быть полезен также и для студентов других специальностей и направлений подготовки, преподавателей, а также всех, интересующихся проблематикой трудового права.</t>
   </si>
@@ -609,51 +606,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zaschita-socialnyh-prav-grazhdan-organami-publichnoy-vlasti-rossii-559221" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sluzhebnoe-pravo-559355" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-569325" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-569391" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zaschita-socialnyh-prav-grazhdan-organami-publichnoy-vlasti-rossii-590052" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sluzhebnoe-pravo-586662" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-587041" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-587060" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -834,319 +831,319 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>559221</v>
+        <v>590052</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>151</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>869.0</v>
+        <v>929.0</v>
       </c>
       <c r="M5" s="9">
-        <v>959.0</v>
+        <v>1019.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.303</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>559355</v>
+        <v>586662</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>203</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1099.0</v>
+        <v>1169.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1209.0</v>
+        <v>1289.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.366</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>569325</v>
+        <v>587041</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>458</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2199.0</v>
+        <v>2349.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2419.0</v>
+        <v>2579.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="S7" s="6" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.675</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>569391</v>
+        <v>587060</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>458</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2199.0</v>
+        <v>2349.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2419.0</v>
+        <v>2579.0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.675</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">