--- v0 (2025-12-14)
+++ v1 (2026-02-16)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
-[...1 lines deleted...]
-    <t>14.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+  <si>
+    <t>17.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,90 +115,87 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>14.11.2024</t>
   </si>
   <si>
     <t>ОБЩЕСТВОЗНАНИЕ 7-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> Н. В. Агафонова [и др.] ; под редакцией Н. В. Агафоновой.</t>
+    <t>Под ред. Агафоновой Н.В.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Общественные науки</t>
   </si>
   <si>
     <t>Политология. Обществознание</t>
   </si>
   <si>
     <t>В курсе представлена многоплановая сфера общественной жизни и общественных отношений, ее отражение в современных и исторических исследованиях социально-гуманитарных наук. В издании приведен список рекомендуемой литературы для более глубокого знакомства с отдельными разделами курса, актуализированы приводимые в разделах статистические данные. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20756-9</t>
   </si>
   <si>
     <t>60я723</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>24.10.2023</t>
   </si>
   <si>
     <t>ОБЩЕСТВОЗНАНИЕ. ОСНОВЫ НАУКИ. ЭКОНОМИЧЕСКАЯ СИСТЕМА ОБЩЕСТВА 7-е изд., пер. и доп. Учебник для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t>Под ред. Агафоновой Н.В.</t>
   </si>
   <si>
     <t>В курсе представлена сложная, многоплановая система общественной жизни, общественной деятельности и общественных отношений, ее воспроизведение в современных и исторических исследованиях социально-гуманитарных наук. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-17491-5</t>
   </si>
   <si>
     <t>17.08.2022</t>
   </si>
   <si>
     <t>ПОЛИТИЧЕСКИЙ МЕНЕДЖМЕНТ 2-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Пушкарева Г. В.</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>В предлагаемом издании в систематизированном виде изложены научные знания о политическом менеджменте, раскрыты его особенности, тенденции развития, возможности и ограничения, а также предложены некоторые алгоритмы решения управленческих задач. Учебник структурирован таким образом, что вначале обучающийся получает общие представления о политическом менеджменте, его особенностях и видах, а затем знакомится с детальным анализом технологий решения встающих перед политическим менеджером задач. Каждая тема завершается контрольными вопросами, заданиями для самостоятельной работы, а также списком дополнительной литературы. Издание содержит практикум, включающий ситуационные задания, которые помогут студентам лучше освоить теоретический материал. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, аспирантов, преподавателей гуманитарных вузов, исследователей и специалистов в области политического менеджмента.</t>
   </si>
@@ -600,51 +597,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschestvoznanie-558704" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschestvoznanie-osnovy-nauki-ekonomicheskaya-sistema-obschestva-561491" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politicheskiy-menedzhment-560074" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politologiya-560072" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschestvoznanie-585083" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschestvoznanie-osnovy-nauki-ekonomicheskaya-sistema-obschestva-584181" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politicheskiy-menedzhment-583298" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politologiya-583296" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -825,319 +822,319 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558704</v>
+        <v>585083</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>291</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1479.0</v>
+        <v>1579.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1629.0</v>
+        <v>1739.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.472</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>561491</v>
+        <v>584181</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>321</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1609.0</v>
+        <v>1719.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1769.0</v>
+        <v>1889.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.509</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>560074</v>
+        <v>583298</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E7" s="6" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>326</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1629.0</v>
+        <v>1739.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1789.0</v>
+        <v>1909.0</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.515</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>560072</v>
+        <v>583296</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>338</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1679.0</v>
+        <v>1799.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1849.0</v>
+        <v>1979.0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.529</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">