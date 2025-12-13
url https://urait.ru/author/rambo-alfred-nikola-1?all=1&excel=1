--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
-    <t>05.12.2025</t>
+    <t>13.12.2025</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>