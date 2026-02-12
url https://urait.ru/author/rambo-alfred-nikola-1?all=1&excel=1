--- v1 (2025-12-13)
+++ v2 (2026-02-12)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
-    <t>13.12.2025</t>
+    <t>12.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -879,54 +879,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2025</v>
       </c>
       <c r="J5" s="8">
         <v>491</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1869.0</v>
+        <v>1999.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2059.0</v>
+        <v>2199.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
@@ -947,54 +947,54 @@
       <c r="B6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2025</v>
       </c>
       <c r="J6" s="8">
         <v>525</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1989.0</v>
+        <v>2129.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2189.0</v>
+        <v>2339.0</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
@@ -1015,54 +1015,54 @@
       <c r="B7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2025</v>
       </c>
       <c r="J7" s="8">
         <v>562</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2119.0</v>
+        <v>2269.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2329.0</v>
+        <v>2499.0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
@@ -1083,54 +1083,54 @@
       <c r="B8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2025</v>
       </c>
       <c r="J8" s="8">
         <v>459</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1759.0</v>
+        <v>1889.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1929.0</v>
+        <v>2079.0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
@@ -1151,54 +1151,54 @@
       <c r="B9" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2025</v>
       </c>
       <c r="J9" s="8">
         <v>524</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1989.0</v>
+        <v>2129.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2189.0</v>
+        <v>2339.0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
@@ -1219,54 +1219,54 @@
       <c r="B10" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2025</v>
       </c>
       <c r="J10" s="8">
         <v>589</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>2209.0</v>
+        <v>2369.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2429.0</v>
+        <v>2609.0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>61</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
@@ -1287,54 +1287,54 @@
       <c r="B11" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2025</v>
       </c>
       <c r="J11" s="8">
         <v>578</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>2169.0</v>
+        <v>2329.0</v>
       </c>
       <c r="M11" s="9">
-        <v>2389.0</v>
+        <v>2559.0</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>64</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
@@ -1355,54 +1355,54 @@
       <c r="B12" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2025</v>
       </c>
       <c r="J12" s="8">
         <v>507</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1929.0</v>
+        <v>2059.0</v>
       </c>
       <c r="M12" s="9">
-        <v>2119.0</v>
+        <v>2259.0</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>69</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">