--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
-    <t>05.12.2025</t>
+    <t>15.12.2025</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>