--- v1 (2025-12-15)
+++ v2 (2026-02-09)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
-    <t>15.12.2025</t>
+    <t>09.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -175,51 +175,51 @@
   <si>
     <t>Гражданское право. Общая часть 8-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Курс дает оптимальный объем информации по Общей части гражданского права. В темах курса труктурирован лекционный материал, охватывающий все аспекты правового регулирования и правоприменения. Работа с курсом избавляет от необходимости поиска отдельных фрагментов информации по каждой теме, экономит время и пробуждает интерес студентов к изучаемой дисциплине. Избранные темы сопровождаются авторским видеоматериалом, обращение к которому позволит закрепить теоретический материал. Для студентов высших учебных заведений, обучающихся по юридическим направлениям, и преподавателей юридических вузов.</t>
   </si>
   <si>
     <t>978-5-534-20754-5</t>
   </si>
   <si>
     <t>67.404я73</t>
   </si>
   <si>
     <t>29.07.2025</t>
   </si>
   <si>
     <t>Гражданское право. Особенная часть 8-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t>Данное издание представляет собой полный теоретический курс. Каждая тема курса представляет читателю исчерпывающий объем информации ? максимально структурированный теоретический лекционный материал, охватывающий все аспекты правового регулирования и правоприменения. Работа с курсом избавляет от необходимости поиска отдельных фрагментов информации по каждой теме, экономит время и порождает интерес студентов к изучаемой дисциплине. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по юридическим направлениям, и преподавателей юридических вузов.</t>
+    <t>Курс обеспечивает углубленное изучение отдельных видов обязательств в российском гражданском праве. Студенты освоят правовое регулирование ключевых договорных институтов (купли-продажи, аренды, подряда, возмездного оказания услуг), а также внедоговорных обязательств. Особое внимание уделяется современным аспектам регулирования финансовых услуг. Актуальность курса определяется его практической значимостью для юридического сопровождения хозяйственной деятельности. Полученные компетенции необходимы для успешной работы в качестве корпоративного юриста, в нотариате, адвокатуре и судебной системе. Практическая направленность обучения на платформе реализуется через интерактивные тесты и решение задач. Курс сопровождается видеолекциями.</t>
   </si>
   <si>
     <t>978-5-534-20763-7</t>
   </si>
   <si>
     <t>ГРАЖДАНСКОЕ ПРАВО. ОСОБЕННАЯ ЧАСТЬ 8-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Курс обеспечивает углубленное изучение отдельных видов обязательств в российском гражданском праве. Студенты освоят правовое регулирование ключевых договорных институтов (купли-продажи, аренды, подряда, возмездного оказания услуг), а также внедоговорных обязательств. Особое внимание уделяется современным аспектам регулирования финансовых услуг. Актуальность курса определяется его практической значимостью для юридического сопровождения хозяйственной деятельности. Практическая направленность обучения на платформе реализуется через интерактивные тесты и решение задач. Курс сопровождается видеолекциями</t>
   </si>
   <si>
     <t>978-5-534-20735-4</t>
   </si>
   <si>
     <t>27.01.2021</t>
   </si>
   <si>
     <t>ДОГОВОРНОЕ ПРАВО. ОБЩАЯ ЧАСТЬ 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В данном курсе собраны все теоретические основы и коллизионные вопросы нормативно-правового регулирования контрактно-правовых аспектов хозяйственной деятельности. Наряду с этим курс содержит обобщение всего имеющегося на сегодняшний день опыта практико-применительного характера, что позволяет использовать данный курс не только для учебных целей, но и для нивелирования реальных правовых рисков в области договорного права. Курс состоит из двух частей. Первая часть раскрывает основные общие положения договорного права об обязательствах, договорах, а также практико-ориентированные аспекты договорного права, такие как квалификация договора, его форма, условия, сроки и порядок заключения, а также основания изменения и расторжения. Вторая часть содержит темы, которые раскрывают основные черты, характеристику, условия заключения, расторжения и нюансы, касающиеся действия именно конкретных видов договоров. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов, обучающихся по программам академического бакалавриата и магистратуры, преподавателей, практикующих специалистов, а также для всех, кто интересуется вопросами договорного права.</t>
   </si>
   <si>
     <t>978-5-534-18398-6</t>
   </si>
@@ -633,51 +633,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-obschaya-chast-581526" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-obschaya-chast-581530" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-581531" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-581527" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovornoe-pravo-obschaya-chast-561635" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovornoe-pravo-osobennaya-chast-561636" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/predprinimatelskoe-pravo-559703" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/predprinimatelskoe-pravo-560710" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-obschaya-chast-583567" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-obschaya-chast-582551" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-583411" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-583568" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovornoe-pravo-obschaya-chast-584304" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovornoe-pravo-osobennaya-chast-584305" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/predprinimatelskoe-pravo-582591" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/predprinimatelskoe-pravo-583554" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -858,571 +858,571 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>581526</v>
+        <v>583567</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>190</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1039.0</v>
+        <v>1109.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1139.0</v>
+        <v>1219.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.35</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>581530</v>
+        <v>582551</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>190</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1039.0</v>
+        <v>1109.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1139.0</v>
+        <v>1219.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.35</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>581531</v>
+        <v>583411</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>279</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1429.0</v>
+        <v>1529.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.458</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>581527</v>
+        <v>583568</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>279</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1429.0</v>
+        <v>1529.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.458</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>561635</v>
+        <v>584304</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>197</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1069.0</v>
+        <v>1149.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1179.0</v>
+        <v>1259.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.358</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>561636</v>
+        <v>584305</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>449</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>2159.0</v>
+        <v>2309.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2369.0</v>
+        <v>2539.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>64</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.664</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>559703</v>
+        <v>582591</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>241</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1259.0</v>
+        <v>1349.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1379.0</v>
+        <v>1479.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.412</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>560710</v>
+        <v>583554</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>65</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>241</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1259.0</v>
+        <v>1349.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1379.0</v>
+        <v>1479.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>70</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>71</v>
       </c>