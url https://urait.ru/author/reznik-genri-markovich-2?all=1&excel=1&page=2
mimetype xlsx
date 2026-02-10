--- v0 (2025-12-25)
+++ v1 (2026-02-10)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
-[...1 lines deleted...]
-    <t>26.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+  <si>
+    <t>10.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -175,180 +175,174 @@
   <si>
     <t>ИЗБРАННЫЕ ТРУДЫ И РЕЧИ В 2 Ч. ЧАСТЬ 1. ОБВИНИТЕЛЬНЫЕ РЕЧИ</t>
   </si>
   <si>
     <t>Кони А. Ф.</t>
   </si>
   <si>
     <t>Уголовное право</t>
   </si>
   <si>
     <t>Блестящее образование А. Ф. Кони, природный ум, поразительная работоспособность, незаурядный литературный дар обусловили его стремительную профессиональную карьеру, обеспечили славу выдающегося судебного деятеля, позволили достичь научных и государственных вершин академика и сенатора. Сейчас, когда в страну вернулись несменяемость судей, принцип состязательности, суд присяжных, вновь свежо и актуально звучат мысли Кони о гарантиях судейской независимости, внутреннем судейском убеждении и совести, характере судебной истины, профессиональных и этических требованиях к государственным обвинителям и защитникам.</t>
   </si>
   <si>
     <t>978-5-534-02696-2, 978-5-534-02697-9</t>
   </si>
   <si>
     <t>67.3(2)</t>
   </si>
   <si>
     <t>ИЗБРАННЫЕ ТРУДЫ И РЕЧИ В 2 Ч. ЧАСТЬ 2. КАССАЦИОННЫЕ ЗАКЛЮЧЕНИЯ. СТАТЬИ</t>
   </si>
   <si>
     <t>978-5-534-02698-6, 978-5-534-02697-9</t>
   </si>
   <si>
-    <t>10.06.2008</t>
-[...2 lines deleted...]
-    <t>ИСКУССТВО РЕЧИ НА СУДЕ</t>
+    <t>24.12.2009</t>
+  </si>
+  <si>
+    <t>СУДЕБНЫЕ РЕЧИ</t>
+  </si>
+  <si>
+    <t>Спасович В. Д., Резник Г. М.</t>
+  </si>
+  <si>
+    <t>Спасович Владимир Данилович (1829—1908) — одаренный юрист, известный своими теоретическими работами в области уголовного права и уголовного процесса, гражданского и международного права, литератор, публицист и критик. Поражают колоссальный масштаб личности Спасовича, его широчайшая образованность в области юриспруденции, поистине безграничные эрудиция и кругозор. Эти качества в сочетании с виртуозным владением словом, ярким и образным языком сделали его настоящим лидером, вождем русской адвокатуры, создали ему славу непревзойденного судебного оратора. В справедливости этих слов можно убедиться, ознакомившись с данной книгой. Вступительная статья Резника Г. М. Для адвокатов, работников прокуратуры, следователей, судей, студентов, аспирантов, преподавателей и всех, кто интересуется историей российской юстиции.</t>
+  </si>
+  <si>
+    <t>978-5-534-02632-0</t>
+  </si>
+  <si>
+    <t>СУДЕБНЫЕ РЕЧИ В 2 Ч. ЧАСТЬ 1</t>
+  </si>
+  <si>
+    <t>Карабчевский Н. П., Резник Г. М.</t>
+  </si>
+  <si>
+    <t>Карабчевский Николай Платонович (1851—1925) родился в Херсонской губернии 30 ноября 1851 года. В 1869 году окончил с серебряной медалью Николаевскую реальную гимназию и поступил на юридический факультет Петербургского университета, который в 1874 году успешно окончил со степенью кандидата прав. В связи с тем что участие в студенческих волнениях не давало ему права на получение удостоверения о благонадежности, требуемое при поступлении на службу по Министерству юстиции, он вступил в адвокатуру при Петербургской окружной судебной палате. Быстро завоевал популярность как один из видных защитников по уголовным делам. Отношение Карабчевского к профессии адвоката выражено в его словах: «...Современному судебному оратору, желающему стоять на высоте своей задачи, нужно обладать такими разносторонними качествами ума и дарования, которые позволили бы ему с одинаковой легкостью овладеть всеми сторонами защищаемого им дела. В нем он дает публично отчет целому обществу и судейской совести, причем, по односторонности ли своего дарования, по отсутствию ли достаточных знаний и подготовки, он не вправе отступить ни перед психологическим, ни перед бытовым, ни перед политическим или историческим его освещением».</t>
+  </si>
+  <si>
+    <t>978-5-534-01903-2, 978-5-534-01904-9</t>
+  </si>
+  <si>
+    <t>СУДЕБНЫЕ РЕЧИ В 2 Ч. ЧАСТЬ 2</t>
+  </si>
+  <si>
+    <t>978-5-534-01907-0, 978-5-534-01904-9</t>
+  </si>
+  <si>
+    <t>24.07.2014</t>
+  </si>
+  <si>
+    <t>СУДЕБНЫЕ РЕЧИ ИЗВЕСТНЫХ РУССКИХ ЮРИСТОВ. СБОРНИК В 2 Ч. ЧАСТЬ 1 2-е изд., испр. и доп</t>
+  </si>
+  <si>
+    <t>Резник Г. М.</t>
+  </si>
+  <si>
+    <t>В двухтомник включены речи семи выдающихся ораторов русской присяжной адвокатуры. Каждый из этой «великолепной семерки» удостоился высоких оценок еще при жизни, на примерах их защитительных речей построены методические рекомендации многих научных работ по ораторскому искусству. Они различались профессиональными пристрастиями, тяготением к разным категориям дел, природными способностями к импровизации или интуитивному предвидению всех опасных поворотов процесса, особенностями ораторских приемов. Объединяли корифеев любовь к профессии, верность адвокатскому долгу и неустанный труд, развивавший их природный художественный дар, либо сделавший их выдающимися ораторами благодаря непрерывной работе над словом. В истории каждой страны есть люди, которые поистине являются ее национальным достоянием. Элита присяжной адвокатуры гордость России.</t>
+  </si>
+  <si>
+    <t>978-5-534-01852-3, 978-5-534-01853-0</t>
+  </si>
+  <si>
+    <t>СУДЕБНЫЕ РЕЧИ ИЗВЕСТНЫХ РУССКИХ ЮРИСТОВ. СБОРНИК В 2 Ч. ЧАСТЬ 2 2-е изд., испр. и доп</t>
+  </si>
+  <si>
+    <t>978-5-534-01854-7, 978-5-534-01853-0</t>
+  </si>
+  <si>
+    <t>26.06.2008</t>
+  </si>
+  <si>
+    <t>УГОЛОВНАЯ ЗАЩИТА</t>
   </si>
   <si>
     <t>Сергеич П., Резник Г. М.</t>
   </si>
   <si>
-    <t>Эти выступления представляют большой интерес и для современных юристов не только с точки зрения юридической (глубина анализа, умение учитывать все детали дела, остроумные находки и убедительные выводы), но и с точки зрения художественной. Развитие института присяжных заседателей в России дало мощный толчок развитию судебной риторики. Адвокатам и прокурорам конца XIX века приходилось не просто выступать на судебных заседаниях, а говорить ярко, красочно и убедительно.</t>
-[...64 lines deleted...]
-  <si>
     <t>В книге даются практические, основанные на многочисленных примерах советы о том, как надо и — еще чаще — как не надо говорить на суде, как правильно построить тактику защиты, как адвокату работать с доказательствами и другими материалами дела. Для адвокатов, работников прокуратуры, следователей, аспирантов, преподавателей, всех, кто интересуется историей российской юстиции.</t>
   </si>
   <si>
     <t>978-5-534-02398-5</t>
   </si>
   <si>
     <t>25.12.2014</t>
   </si>
   <si>
     <t>УГОЛОВНО-ПРОЦЕССУАЛЬНОЕ ПРАВО РОССИЙСКОЙ ФЕДЕРАЦИИ. ИНТЕРАКТИВНЫЙ ПРАКТИКУМ + ДОП.МАТЕРИАЛЫ В ЭБС. Учебник для вузов</t>
   </si>
   <si>
     <t>Под общ. ред. Резника Г.М.</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Уголовный процесс</t>
   </si>
   <si>
     <t>Практикум по дисциплине «Уголовно-процессуальное право Российской Федерации» подготовлен преподавателями кафедры уголовно-процессуального права Московского государственного юридического университета имени О. Е. Кутафина (МГЮА) на основе многолетнего опыта преподавания. В практикум включены сценарии деловых игр, а также задания на анализ процессуальных документов, которые основаны на судебной, прокурорской, следственной и адвокатской практике. В качестве приложения к книге прилагаются дополнительные материалы, доступные в электронной библиотечной системе «Юрайт» biblio-online.ru.</t>
   </si>
   <si>
     <t>978-5-534-02456-2</t>
   </si>
   <si>
     <t>67.411я73</t>
   </si>
   <si>
-    <t>05.04.2023</t>
-[...2 lines deleted...]
-    <t>УГОЛОВНО-ПРОЦЕССУАЛЬНОЕ ПРАВО РОССИЙСКОЙ ФЕДЕРАЦИИ. ОБЩАЯ ЧАСТЬ 4-е изд., пер. и доп. Учебник для вузов</t>
+    <t>09.02.2026</t>
+  </si>
+  <si>
+    <t>УГОЛОВНО-ПРОЦЕССУАЛЬНОЕ ПРАВО РОССИЙСКОЙ ФЕДЕРАЦИИ. ОБЩАЯ ЧАСТЬ 5-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Г.М. Резник [и др.]; под общей редакцией Г.М. Резника.</t>
+  </si>
+  <si>
+    <t>Курс формирует системные знания фундаментальных основ уголовного процесса. Изучаются назначение, принципы, стадии процесса, статус участников, учение о доказательствах, меры принуждения и ключевые процессуальные институты (ходатайства, сроки, реабилитация и др.). Программа актуализирована с учетом последних изменений законодательства и правоприменительной практики. Усвоение материала обеспечит прочную базу для профессиональной деятельности в правоохранительных органах, адвокатуре и суде. Обучение включает интерактивные тесты и задания для отработки навыков применения УПК РФ. Курс предназначен для студентов, аспирантов и преподавателей юридических вузов и факультетов, а также для судей, адвокатов, сотрудников правоохранительных органов.</t>
+  </si>
+  <si>
+    <t>978-5-534-21978-4</t>
+  </si>
+  <si>
+    <t>70*100/16</t>
+  </si>
+  <si>
+    <t>10.04.2023</t>
+  </si>
+  <si>
+    <t>УГОЛОВНО-ПРОЦЕССУАЛЬНОЕ ПРАВО РОССИЙСКОЙ ФЕДЕРАЦИИ. ОСОБЕННАЯ ЧАСТЬ 4-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Отв. ред. Резник Г. М.</t>
   </si>
   <si>
     <t>Курс состоит из Общей и Особенной частей. В Общую часть включены общие положения уголовного судопроизводства, уголовно-процессуального права, отдельно рассматриваются доказательства и доказывание, процессуальные сроки и издержки и реабилитация, в Особенную — досудебное и судебное производства, а также особый порядок уголовного судопроизводства. Курс подготовлен преподавателями кафедры уголовно-процессуального права федерального государственного бюджетного образовательного учреждения высшего образования «Московский государственный юридический университет имени О. Е. Кутафина (МГЮА)», большинство из которых совмещают образовательную деятельность с практикой адвоката, поэтому в курсе наряду с доктриной имеется информация, носящая практическую направленность. Для студентов, аспирантов и преподавателей юридических вузов и факультетов, а также для судей, адвокатов, сотрудников правоохранительных органов.</t>
-  </si>
-[...13 lines deleted...]
-    <t>Отв. ред. Резник Г. М.</t>
   </si>
   <si>
     <t>978-5-534-19820-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -711,59 +705,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izbrannye-rechi-v-2-t-tom-1-561666" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izbrannye-rechi-v-2-t-tom-2-561668" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izbrannye-trudy-i-rechi-v-2-ch-chast-1-obvinitelnye-rechi-561776" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izbrannye-trudy-i-rechi-v-2-ch-chast-2-kassacionnye-zaklyucheniya-stati-561777" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/iskusstvo-rechi-na-sude-559617" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnye-rechi-559714" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnye-rechi-v-2-ch-chast-1-561620" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnye-rechi-v-2-ch-chast-2-561625" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnye-rechi-izvestnyh-russkih-yuristov-sbornik-v-2-ch-chast-1-561562" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnye-rechi-izvestnyh-russkih-yuristov-sbornik-v-2-ch-chast-2-561563" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnaya-zaschita-559618" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-interaktivnyy-praktikum-dop-materialy-v-ebs-560540" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-obschaya-chast-557176" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-osobennaya-chast-557177" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izbrannye-rechi-v-2-t-tom-1-561666" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izbrannye-rechi-v-2-t-tom-2-561668" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izbrannye-trudy-i-rechi-v-2-ch-chast-1-obvinitelnye-rechi-561776" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/izbrannye-trudy-i-rechi-v-2-ch-chast-2-kassacionnye-zaklyucheniya-stati-561777" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnye-rechi-559714" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnye-rechi-v-2-ch-chast-1-561620" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnye-rechi-v-2-ch-chast-2-561625" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnye-rechi-izvestnyh-russkih-yuristov-sbornik-v-2-ch-chast-1-561562" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnye-rechi-izvestnyh-russkih-yuristov-sbornik-v-2-ch-chast-2-561563" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnaya-zaschita-559618" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-interaktivnyy-praktikum-dop-materialy-v-ebs-560540" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-obschaya-chast-599116" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-osobennaya-chast-584382" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z18"/>
+  <dimension ref="A1:Z17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -822,51 +816,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -963,54 +957,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2025</v>
       </c>
       <c r="J5" s="8">
         <v>327</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1309.0</v>
+        <v>1399.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1439.0</v>
+        <v>1539.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6">
@@ -1031,54 +1025,54 @@
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2025</v>
       </c>
       <c r="J6" s="8">
         <v>324</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1299.0</v>
+        <v>1389.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1429.0</v>
+        <v>1529.0</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6">
@@ -1099,54 +1093,54 @@
       <c r="B7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2025</v>
       </c>
       <c r="J7" s="8">
         <v>363</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1439.0</v>
+        <v>1539.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1579.0</v>
+        <v>1689.0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
@@ -1167,796 +1161,727 @@
       <c r="B8" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2025</v>
       </c>
       <c r="J8" s="8">
         <v>229</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>969.0</v>
+        <v>1039.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1069.0</v>
+        <v>1139.0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y8" s="8">
         <v>0.317</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>559617</v>
+        <v>559714</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>55</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2025</v>
       </c>
       <c r="J9" s="8">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1549.0</v>
+        <v>1689.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1699.0</v>
+        <v>1859.0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V9" s="6"/>
-      <c r="W9" s="6" t="s">
-        <v>50</v>
+      <c r="W9" s="6">
+        <v>67.7</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y9" s="8">
-        <v>0.477</v>
+        <v>0.485</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>559714</v>
+        <v>561620</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E10" s="6" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2025</v>
       </c>
       <c r="J10" s="8">
-        <v>403</v>
+        <v>277</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1579.0</v>
+        <v>1219.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1739.0</v>
+        <v>1339.0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6">
         <v>67.7</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y10" s="8">
-        <v>0.485</v>
+        <v>0.363</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>561620</v>
+        <v>561625</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2025</v>
       </c>
       <c r="J11" s="8">
-        <v>277</v>
+        <v>291</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1139.0</v>
+        <v>1269.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1249.0</v>
+        <v>1399.0</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6">
         <v>67.7</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y11" s="8">
-        <v>0.363</v>
+        <v>0.377</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>561625</v>
+        <v>561562</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2025</v>
       </c>
       <c r="J12" s="8">
-        <v>291</v>
+        <v>378</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1189.0</v>
+        <v>1589.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1309.0</v>
+        <v>1749.0</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>68</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6">
         <v>67.7</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y12" s="8">
-        <v>0.377</v>
+        <v>0.461</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>561562</v>
+        <v>561563</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
         <v>2025</v>
       </c>
       <c r="J13" s="8">
-        <v>378</v>
+        <v>321</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1489.0</v>
+        <v>1379.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1639.0</v>
+        <v>1519.0</v>
       </c>
       <c r="N13" s="6"/>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6">
         <v>67.7</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y13" s="8">
-        <v>0.461</v>
+        <v>0.406</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>561563</v>
+        <v>559618</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
         <v>2025</v>
       </c>
       <c r="J14" s="8">
-        <v>321</v>
+        <v>179</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>1289.0</v>
+        <v>849.0</v>
       </c>
       <c r="M14" s="9">
-        <v>1419.0</v>
+        <v>929.0</v>
       </c>
       <c r="N14" s="6"/>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>75</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6">
-        <v>67.7</v>
+        <v>67.408</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y14" s="8">
-        <v>0.406</v>
+        <v>0.269</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>559618</v>
+        <v>560540</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>55</v>
+        <v>78</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
         <v>2025</v>
       </c>
       <c r="J15" s="8">
-        <v>179</v>
+        <v>446</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>799.0</v>
+        <v>1849.0</v>
       </c>
       <c r="M15" s="9">
-        <v>879.0</v>
-[...1 lines deleted...]
-      <c r="N15" s="6"/>
+        <v>2029.0</v>
+      </c>
+      <c r="N15" s="6" t="s">
+        <v>79</v>
+      </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="V15" s="6"/>
-      <c r="W15" s="6">
-        <v>67.408</v>
+      <c r="W15" s="6" t="s">
+        <v>84</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y15" s="8">
-        <v>0.269</v>
+        <v>0.527</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>560540</v>
+        <v>599116</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
-        <v>446</v>
+        <v>484</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
-        <v>1729.0</v>
+        <v>2469.0</v>
       </c>
       <c r="M16" s="9">
-        <v>1899.0</v>
+        <v>2719.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="X16" s="6" t="s">
-        <v>41</v>
+        <v>90</v>
       </c>
       <c r="Y16" s="8">
-        <v>0.527</v>
+        <v>0.706</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>557176</v>
+        <v>584382</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
-        <v>440</v>
+        <v>498</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="9">
-        <v>2119.0</v>
+        <v>2539.0</v>
       </c>
       <c r="M17" s="9">
-        <v>2329.0</v>
+        <v>2789.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="S17" s="6" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U17" s="6" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="X17" s="6" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="Y17" s="8">
-        <v>0.653</v>
+        <v>0.723</v>
       </c>
       <c r="Z17" s="6"/>
-    </row>
-[...68 lines deleted...]
-      <c r="Z18" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>
     <hyperlink ref="G14" r:id="rId_hyperlink_10"/>
     <hyperlink ref="G15" r:id="rId_hyperlink_11"/>
     <hyperlink ref="G16" r:id="rId_hyperlink_12"/>
     <hyperlink ref="G17" r:id="rId_hyperlink_13"/>
-    <hyperlink ref="G18" r:id="rId_hyperlink_14"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>