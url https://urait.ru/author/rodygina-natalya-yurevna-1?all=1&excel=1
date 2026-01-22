--- v0 (2025-12-06)
+++ v1 (2026-01-22)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
-[...1 lines deleted...]
-    <t>06.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+  <si>
+    <t>22.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -154,66 +154,63 @@
   <si>
     <t>Специальные философские дисциплины</t>
   </si>
   <si>
     <t>Курс представляет собой систематизированное изложение вопросов организации и техники проведения внешнеторговых переговоров в рамках реализации экспортно-импортных операций. Основное внимание уделяется вопросам техники и тактики внешнеторговых переговоров, психологическим аспектам их ведения, выявлению специфических особенностей национальных стилей проведения переговоров с учетом культурных традиций различных стран. Для студентов высших учебных заведений юридического и экономического, социологического и психологического профилей, аспирантов, преподавателей, а также практических работников в сфере внешнеэкономической деятельности, предпринимателей и представителей международного бизнеса. This course is a systematic presentation of foreign trade negotiations organization and technology in the implementation of export-import operations. The main focus are the issues of technique and tactics of foreign trade negotiations, psychological aspects of their conduct, identification of specific features of national styles of negotiations with regard to the cultural traditions of different countries. For students of higher educational institutions of legal and economic, sociological and psychological profiles, graduate students, teachers, as well as practitioners in the field of foreign economic activity, entrepreneurs and representatives of international companies.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-12239-8</t>
   </si>
   <si>
     <t>65.428я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>22.05.2024</t>
   </si>
   <si>
     <t>ЭТИКА ДЕЛОВЫХ ОТНОШЕНИЙ 2-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Н. Ю. Родыгина.</t>
+    <t>Родыгина Н. Ю.</t>
   </si>
   <si>
     <t>В учебнике раскрываются основные понятия об этикете, психологические аспекты деловых отношений, национальные стили ведения переговоров, методы диагностики конфликтных ситуаций в деловых отношениях, основы управления деловым общением. Содержащиеся в издании выводы и рекомендации нацелены на подъем уровня деловых отношений. При написании учебника были использованы последние работы западных психологов и консультантов по менеджменту, их перечень приводится в списке литературы, что позволит студентам, стремящимся глубже разобраться в отдельных вопросах этики деловых отношений, познакомиться с ними самостоятельно. Каждая глава содержит практикум, в конце учебника представлено приложение, содержащее деловую игру. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по экономическим направлениям, а также аспирантов и преподавателей.</t>
   </si>
   <si>
     <t>978-5-534-19387-9</t>
   </si>
   <si>
     <t>65.290я73</t>
   </si>
   <si>
     <t>ЭТИКА ДЕЛОВЫХ ОТНОШЕНИЙ 2-е изд., пер. и доп. Учебник и практикум для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t>Родыгина Н. Ю.</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В учебнике раскрываются основные понятия об этикете, психологические аспекты деловых отношений, национальные стили ведения переговоров, методы диагностики конфликтных ситуаций в деловых отношениях, основы управления деловым общением. Содержащиеся в издании выводы и рекомендации нацелены на подъем уровня деловых отношений. При написании учебника были использованы последние работы западных психологов и консультантов по менеджменту, их перечень приводится в списке литературы, что позволит студентам, стремящимся глубже разобраться в отдельных вопросах этики деловых отношений, познакомиться с ними самостоятельно. Каждая глава содержит практикум, в конце учебника представлены приложения, включающие деловую игру и тесты.</t>
   </si>
   <si>
     <t>978-5-534-19480-7</t>
   </si>
   <si>
     <t>65.290я723</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
@@ -588,51 +585,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-i-tehnika-vneshnetorgovyh-peregovorov-566302" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/etika-delovyh-otnosheniy-556400" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/etika-delovyh-otnosheniy-562395" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-i-tehnika-vneshnetorgovyh-peregovorov-587597" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/etika-delovyh-otnosheniy-590550" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/etika-delovyh-otnosheniy-584945" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -813,69 +810,69 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>566302</v>
+        <v>587597</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>174</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>969.0</v>
       </c>
       <c r="M5" s="9">
         <v>1069.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
@@ -883,69 +880,69 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.331</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>556400</v>
+        <v>590550</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>380</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>1859.0</v>
       </c>
       <c r="M6" s="9">
         <v>2039.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
@@ -953,109 +950,109 @@
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.58</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>562395</v>
+        <v>584945</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>380</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
         <v>1859.0</v>
       </c>
       <c r="M7" s="9">
         <v>2039.0</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.58</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>