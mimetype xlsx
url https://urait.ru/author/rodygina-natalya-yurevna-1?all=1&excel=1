--- v1 (2026-01-22)
+++ v2 (2026-02-24)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>22.01.2026</t>
+    <t>24.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -837,54 +837,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>174</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>969.0</v>
+        <v>1039.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1069.0</v>
+        <v>1139.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -907,54 +907,54 @@
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>380</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1859.0</v>
+        <v>1989.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2039.0</v>
+        <v>2189.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
@@ -977,54 +977,54 @@
       <c r="B7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>380</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1859.0</v>
+        <v>1989.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2039.0</v>
+        <v>2189.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>