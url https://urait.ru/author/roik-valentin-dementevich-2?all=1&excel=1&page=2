--- v0 (2025-12-06)
+++ v1 (2026-02-08)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
-    <t>06.12.2025</t>
+    <t>08.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -400,51 +400,51 @@
   <si>
     <t>978-5-534-08672-0</t>
   </si>
   <si>
     <t>15.01.2021</t>
   </si>
   <si>
     <t>УПРАВЛЕНИЕ ПРОФЕССИОНАЛЬНЫМИ РИСКАМИ. Учебник для вузов</t>
   </si>
   <si>
     <t>В учебнике рассматриваются теория и практика формирования безопасных условий труда в России, история формирования ее национальной системы безопасности труда; разработка и применение новых механизмов и институтов безопасности труда, пути их совершенствования. Подробно излагаются системы управления безопасностью труда в западных странах, доктрины, конвенции и рекомендации Международной организации труда по организации национальных систем безопасного и достойного труда. Значительное место отведено теории и практике оценки, минимизации профессиональных рисков и компенсации их последствий. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Учебник предназначен для студентов высших образовательных учреждений, обучающихся по экономическим направлениям, а также будет полезен специалистам, занятым в сфере безопасности труда, социальной защиты и социального страхования, специалистам министерств и ведомств социального, правового блока, представителям профсоюзов и работодателям, депутатам законодательных собраний всех уровней и всем интересующимся вопросами безопасности труда.</t>
   </si>
   <si>
     <t>978-5-534-14160-3</t>
   </si>
   <si>
     <t>65.246я73</t>
   </si>
   <si>
     <t>27.02.2020</t>
   </si>
   <si>
     <t>УПРАВЛЕНИЕ УСЛОВИЯМИ И ОХРАНОЙ ТРУДА. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Е. А. Кузнецова,  В. Д. Роик.</t>
+    <t>Кузнецова Е. А., Роик В. Д.</t>
   </si>
   <si>
     <t>Технические науки</t>
   </si>
   <si>
     <t>Безопасность жизнедеятельности. Охрана труда</t>
   </si>
   <si>
     <t>В учебнике рассматриваются вопросы управления условиями и охраной труда, освещаются проблемы оценки, управления профессиональными рисками, организации системы обязательного страхования от несчастных случаев на производстве и профессиональных заболеваний, доктрины и конвенции Международной организации труда, других международных организаций.</t>
   </si>
   <si>
     <t>978-5-534-12777-5</t>
   </si>
   <si>
     <t>67я73</t>
   </si>
   <si>
     <t>07.04.2021</t>
   </si>
   <si>
     <t>ЭКОНОМИКА ВОЗМОЖНОСТЕЙ: ПОТРЕБНОСТИ, ИНТЕРЕСЫ, ШАНСЫ. Монография</t>
   </si>
   <si>
     <t>В монографии рассматриваются важнейшие экономические и социальные вопросы жизнедеятельности людей с точки зрения их потребностей, экономических интересов, жизненных шансов в условиях существующего состояния бедности и социального неравенства, воспроизводящих различные стартовые условия для отдельных членов общества. Они освещаются с позиции экономики возможностей, т. е. в контексте государственной социальной политики, существенным инструментом которой в развитых обществах выступают национальные системы трудовых доходов, бюджетные механизмы и институты обязательного социального страхования, с помощью которых формируются предпосылки к достижению высокого качества жизни населения и финансируется социальная защита населения. Книга адресуется работникам социальных и финансовых служб организаций, муниципалитетов, субъектов Российской Федерации, государственного и негосударственных пенсионных фондов, законодателям всех уровней, специалистам министерств финансового и социального блока. Она может быть рекомендована студентам, аспирантам и преподавателям экономических вузов при изучении курса «Социальная политика государства».</t>
   </si>
@@ -846,51 +846,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zarabotnaya-plata-oplata-truda-i-pensionnoe-strahovanie-v-rossii-567840" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-strahovanie-strahovanie-ot-neschastnyh-sluchaev-na-proizvodstve-i-vremennoy-utraty-trudosposobnosti-564068" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-raboty-organov-i-uchrezhdeniy-socialnoy-zaschity-naseleniya-565910" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-pensionnogo-zakonodatelstva-institut-dosrochnyh-pensiy-567077" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pensionnoe-strahovanie-i-obespechenie-564067" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pensionnye-sistemy-dosrochnye-pensii-567074" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pensionnyy-vozrast-i-modernizaciya-pensionnyh-sistem-otechestvennyy-i-zarubezhnyy-opyt-564069" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-zaschita-otdelnyh-kategoriy-grazhdan-kachestvo-zhizni-pozhilogo-naseleniya-564995" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-politika-gosudarstva-socialnaya-splochennost-543238" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-politika-i-tehnologiya-socialnoy-raboty-565909" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-politika-socialnoe-obespechenie-i-strahovanie-565908" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-politika-teoriya-i-istoriya-567397" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-politika-finansovye-mehanizmy-566042" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-politika-zarabotnaya-plata-i-strahovanie-riskov-ee-utraty-565590" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-politika-kachestvo-zhizni-pozhilogo-naseleniya-i-strahovye-instituty-socialnoy-zaschity-564984" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnoe-strahovanie-560449" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-professionalnymi-riskami-544170" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-usloviyami-i-ohranoy-truda-556402" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-vozmozhnostey-potrebnosti-interesy-shansy-567777" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-razvitiya-neravenstvo-bednost-i-razvitie-542870" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zarabotnaya-plata-oplata-truda-i-pensionnoe-strahovanie-v-rossii-599008" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/medicinskoe-strahovanie-strahovanie-ot-neschastnyh-sluchaev-na-proizvodstve-i-vremennoy-utraty-trudosposobnosti-598821" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-raboty-organov-i-uchrezhdeniy-socialnoy-zaschity-naseleniya-598930" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-pensionnogo-zakonodatelstva-institut-dosrochnyh-pensiy-588132" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pensionnoe-strahovanie-i-obespechenie-598820" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pensionnye-sistemy-dosrochnye-pensii-588128" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pensionnyy-vozrast-i-modernizaciya-pensionnyh-sistem-otechestvennyy-i-zarubezhnyy-opyt-598822" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-zaschita-otdelnyh-kategoriy-grazhdan-kachestvo-zhizni-pozhilogo-naseleniya-598871" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-politika-gosudarstva-socialnaya-splochennost-598972" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-politika-i-tehnologiya-socialnoy-raboty-598929" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-politika-socialnoe-obespechenie-i-strahovanie-598928" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-politika-teoriya-i-istoriya-598993" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-politika-finansovye-mehanizmy-598940" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-politika-zarabotnaya-plata-i-strahovanie-riskov-ee-utraty-598907" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnaya-politika-kachestvo-zhizni-pozhilogo-naseleniya-i-strahovye-instituty-socialnoy-zaschity-598869" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialnoe-strahovanie-598451" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-professionalnymi-riskami-599002" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-usloviyami-i-ohranoy-truda-588130" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-vozmozhnostey-potrebnosti-interesy-shansy-599001" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomika-razvitiya-neravenstvo-bednost-i-razvitie-598962" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -1071,1401 +1071,1401 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>567840</v>
+        <v>599008</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>692</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2829.0</v>
+        <v>3029.0</v>
       </c>
       <c r="M5" s="9">
-        <v>3109.0</v>
+        <v>3329.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.849</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>564068</v>
+        <v>598821</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>317</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="9">
-        <v>1589.0</v>
+        <v>1699.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1749.0</v>
+        <v>1869.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.504</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>565910</v>
+        <v>598930</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>145</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>729.0</v>
+        <v>779.0</v>
       </c>
       <c r="M7" s="9">
-        <v>799.0</v>
+        <v>859.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.194</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>567077</v>
+        <v>588132</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>395</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L8" s="9">
-        <v>1929.0</v>
+        <v>2059.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2119.0</v>
+        <v>2259.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>64</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.599</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>564067</v>
+        <v>598820</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>479</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L9" s="9">
-        <v>2289.0</v>
+        <v>2449.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2519.0</v>
+        <v>2689.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.701</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>567074</v>
+        <v>588128</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>395</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L10" s="9">
-        <v>1929.0</v>
+        <v>2059.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2119.0</v>
+        <v>2259.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.599</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>564069</v>
+        <v>598822</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>336</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L11" s="9">
-        <v>1669.0</v>
+        <v>1789.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1839.0</v>
+        <v>1969.0</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6">
         <v>65.272</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.527</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>564995</v>
+        <v>598871</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>78</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>400</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L12" s="9">
-        <v>1949.0</v>
+        <v>2079.0</v>
       </c>
       <c r="M12" s="9">
-        <v>2139.0</v>
+        <v>2289.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>80</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>81</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>82</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.605</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>543238</v>
+        <v>598972</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>83</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>84</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>468</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L13" s="9">
-        <v>2239.0</v>
+        <v>2399.0</v>
       </c>
       <c r="M13" s="9">
-        <v>2459.0</v>
+        <v>2639.0</v>
       </c>
       <c r="N13" s="6"/>
       <c r="O13" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>85</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>86</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>87</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>88</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>89</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.687</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>565909</v>
+        <v>598929</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>90</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>91</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>525</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L14" s="9">
-        <v>2489.0</v>
+        <v>2659.0</v>
       </c>
       <c r="M14" s="9">
-        <v>2739.0</v>
+        <v>2919.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S14" s="6" t="s">
         <v>92</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>93</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
         <v>58</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.756</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>565908</v>
+        <v>598928</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>90</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>94</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>525</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L15" s="9">
-        <v>2489.0</v>
+        <v>2659.0</v>
       </c>
       <c r="M15" s="9">
-        <v>2739.0</v>
+        <v>2919.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>95</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>96</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
         <v>97</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y15" s="8">
         <v>0.756</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>567397</v>
+        <v>598993</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>98</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>99</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>436</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L16" s="9">
-        <v>2099.0</v>
+        <v>2249.0</v>
       </c>
       <c r="M16" s="9">
-        <v>2309.0</v>
+        <v>2469.0</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>85</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>86</v>
       </c>
       <c r="S16" s="6" t="s">
         <v>100</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
         <v>101</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
         <v>102</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y16" s="8">
         <v>0.648</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>566042</v>
+        <v>598940</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>103</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>104</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>570</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L17" s="9">
-        <v>2679.0</v>
+        <v>2869.0</v>
       </c>
       <c r="M17" s="9">
-        <v>2949.0</v>
+        <v>3159.0</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>85</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>86</v>
       </c>
       <c r="S17" s="6" t="s">
         <v>105</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
         <v>106</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
         <v>107</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y17" s="8">
         <v>0.811</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>565590</v>
+        <v>598907</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>536</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L18" s="9">
-        <v>2539.0</v>
+        <v>2709.0</v>
       </c>
       <c r="M18" s="9">
-        <v>2789.0</v>
+        <v>2979.0</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R18" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S18" s="6" t="s">
         <v>110</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
         <v>111</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
         <v>97</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y18" s="8">
         <v>0.769</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="8">
-        <v>564984</v>
+        <v>598869</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>112</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>113</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J19" s="8">
         <v>400</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L19" s="9">
-        <v>1949.0</v>
+        <v>2079.0</v>
       </c>
       <c r="M19" s="9">
-        <v>2139.0</v>
+        <v>2289.0</v>
       </c>
       <c r="N19" s="6"/>
       <c r="O19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>114</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>115</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
         <v>116</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y19" s="8">
         <v>0.605</v>
       </c>
       <c r="Z19" s="6"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="8">
-        <v>560449</v>
+        <v>598451</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>117</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>118</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J20" s="8">
         <v>418</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L20" s="9">
-        <v>2029.0</v>
+        <v>2169.0</v>
       </c>
       <c r="M20" s="9">
-        <v>2229.0</v>
+        <v>2389.0</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q20" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R20" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S20" s="6" t="s">
         <v>119</v>
       </c>
       <c r="T20" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U20" s="6" t="s">
         <v>120</v>
       </c>
       <c r="V20" s="6"/>
       <c r="W20" s="6" t="s">
         <v>49</v>
       </c>
       <c r="X20" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y20" s="8">
         <v>0.626</v>
       </c>
       <c r="Z20" s="6"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="8">
-        <v>544170</v>
+        <v>599002</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>121</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>122</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F21" s="6"/>
       <c r="G21" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="8">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J21" s="8">
         <v>657</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L21" s="9">
-        <v>2689.0</v>
+        <v>2879.0</v>
       </c>
       <c r="M21" s="9">
-        <v>2959.0</v>
+        <v>3169.0</v>
       </c>
       <c r="N21" s="6"/>
       <c r="O21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q21" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R21" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S21" s="6" t="s">
         <v>123</v>
       </c>
       <c r="T21" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U21" s="6" t="s">
         <v>124</v>
       </c>
       <c r="V21" s="6"/>
       <c r="W21" s="6" t="s">
         <v>125</v>
       </c>
       <c r="X21" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y21" s="8">
         <v>0.807</v>
       </c>
       <c r="Z21" s="6"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="8">
-        <v>556402</v>
+        <v>588130</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>126</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>127</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>128</v>
       </c>
       <c r="F22" s="6"/>
       <c r="G22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J22" s="8">
         <v>300</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L22" s="9">
-        <v>1519.0</v>
+        <v>1619.0</v>
       </c>
       <c r="M22" s="9">
-        <v>1669.0</v>
+        <v>1779.0</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q22" s="6" t="s">
         <v>129</v>
       </c>
       <c r="R22" s="6" t="s">
         <v>130</v>
       </c>
       <c r="S22" s="6" t="s">
         <v>131</v>
       </c>
       <c r="T22" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U22" s="6" t="s">
         <v>132</v>
       </c>
       <c r="V22" s="6"/>
       <c r="W22" s="6" t="s">
         <v>133</v>
       </c>
       <c r="X22" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y22" s="8">
         <v>0.483</v>
       </c>
       <c r="Z22" s="6"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="8">
-        <v>567777</v>
+        <v>599001</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>134</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>135</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J23" s="8">
         <v>498</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L23" s="9">
-        <v>1899.0</v>
+        <v>2029.0</v>
       </c>
       <c r="M23" s="9">
-        <v>2089.0</v>
+        <v>2229.0</v>
       </c>
       <c r="N23" s="6"/>
       <c r="O23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>75</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>85</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>86</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>136</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>137</v>
       </c>
       <c r="V23" s="6"/>
       <c r="W23" s="6">
         <v>65.01</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y23" s="8">
         <v>0.723</v>
       </c>
       <c r="Z23" s="6"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="8">
-        <v>542870</v>
+        <v>598962</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>138</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>139</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F24" s="6"/>
       <c r="G24" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="8">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J24" s="8">
         <v>474</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L24" s="9">
-        <v>2269.0</v>
+        <v>2429.0</v>
       </c>
       <c r="M24" s="9">
-        <v>2499.0</v>
+        <v>2669.0</v>
       </c>
       <c r="N24" s="6"/>
       <c r="O24" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q24" s="6" t="s">
         <v>85</v>
       </c>
       <c r="R24" s="6" t="s">
         <v>86</v>
       </c>
       <c r="S24" s="6" t="s">
         <v>140</v>
       </c>
       <c r="T24" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U24" s="6" t="s">
         <v>141</v>
       </c>
       <c r="V24" s="6"/>
       <c r="W24" s="6" t="s">