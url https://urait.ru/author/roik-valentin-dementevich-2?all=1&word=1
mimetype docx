--- v0 (2025-12-06)
+++ v1 (2026-01-17)
@@ -91,62 +91,62 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/565910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Платыгин, Д. Н. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Основы пенсионного законодательства: институт досрочных пенсий : учебник для среднего профессионального образования / Д. Н. Платыгин, В. Д. Роик. — Москва : Издательство Юрайт, 2025. — 395 с. — (Профессиональное образование). — ISBN 978-5-534-13518-3.</w:t>
+        <w:t xml:space="preserve">Основы пенсионного законодательства: институт досрочных пенсий : учебник для среднего профессионального образования / Д. Н. Платыгин, В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 395 с. — (Профессиональное образование). — ISBN 978-5-534-13518-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/567077</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588132</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Роик, В. Д. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Пенсионное страхование и обеспечение : учебник для вузов / В. Д. Роик. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 479 с. — (Высшее образование). — ISBN 978-5-534-17822-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -455,62 +455,62 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/544170</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Кузнецова, Е. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Управление условиями и охраной труда : учебник и практикум для вузов / Е. А. Кузнецова, В. Д. Роик. — Москва : Издательство Юрайт, 2025. — 300 с. — (Высшее образование). — ISBN 978-5-534-12777-5.</w:t>
+        <w:t xml:space="preserve">Управление условиями и охраной труда : учебник и практикум для вузов / Е. А. Кузнецова, В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 300 с. — (Высшее образование). — ISBN 978-5-534-12777-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/556402</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588130</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Роик, В. Д. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Экономика возможностей: потребности, интересы, шансы : монография / В. Д. Роик. — Москва : Издательство Юрайт, 2025. — 498 с. — (Актуальные монографии). — ISBN 978-5-534-14123-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -677,51 +677,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="Link"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567840" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564068" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565910" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567077" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564067" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567074" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564069" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564995" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/543238" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565909" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565908" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567397" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/566042" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565590" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564984" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/560449" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/544170" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/556402" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567777" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/542870" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567840" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564068" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565910" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588132" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564067" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567074" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564069" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564995" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/543238" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565909" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565908" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567397" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/566042" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565590" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564984" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/560449" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/544170" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588130" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567777" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/542870" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>