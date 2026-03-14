--- v1 (2026-01-17)
+++ v2 (2026-03-14)
@@ -13,556 +13,556 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Роик, В. Д. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Заработная плата, оплата труда и пенсионное страхование в России : учебник для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2025. — 692 с. — (Высшее образование). — ISBN 978-5-534-14195-5.</w:t>
+        <w:t xml:space="preserve">Заработная плата, оплата труда и пенсионное страхование в России : учебник для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 692 с. — (Высшее образование). — ISBN 978-5-534-14195-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/567840</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Медицинское страхование. Страхование от несчастных случаев на производстве и временной утраты трудоспособности : учебник для вузов / В. Д. Роик. — 3-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 317 с. — (Высшее образование). — ISBN 978-5-534-05410-1.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/599008</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роик, В. Д. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Медицинское страхование. Страхование от несчастных случаев на производстве и временной утраты трудоспособности : учебник для вузов / В. Д. Роик. — 3-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 317 с. — (Высшее образование). — ISBN 978-5-534-05410-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/564068</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Организация работы органов и учреждений социальной защиты населения : учебник для среднего профессионального образования / В. Д. Роик. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 145 с. — (Профессиональное образование). — ISBN 978-5-534-18660-4.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598821</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роик, В. Д. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Организация работы органов и учреждений социальной защиты населения : учебник для среднего профессионального образования / В. Д. Роик. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 145 с. — (Профессиональное образование). — ISBN 978-5-534-18660-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/565910</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598930</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Платыгин, Д. Н. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Основы пенсионного законодательства: институт досрочных пенсий : учебник для среднего профессионального образования / Д. Н. Платыгин, В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 395 с. — (Профессиональное образование). — ISBN 978-5-534-13518-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/588132</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Роик, В. Д. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Пенсионное страхование и обеспечение : учебник для вузов / В. Д. Роик. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 479 с. — (Высшее образование). — ISBN 978-5-534-17822-7.</w:t>
+        <w:t xml:space="preserve">Пенсионное страхование и обеспечение : учебник для вузов / В. Д. Роик. — 4-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 479 с. — (Высшее образование). — ISBN 978-5-534-17822-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/564067</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598820</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Платыгин, Д. Н. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Пенсионные системы: досрочные пенсии : учебник для вузов / Д. Н. Платыгин, В. Д. Роик. — Москва : Издательство Юрайт, 2025. — 395 с. — (Высшее образование). — ISBN 978-5-534-12860-4.</w:t>
+        <w:t xml:space="preserve">Пенсионные системы: досрочные пенсии : учебник для вузов / Д. Н. Платыгин, В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 395 с. — (Высшее образование). — ISBN 978-5-534-12860-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/567074</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Пенсионный возраст и модернизация пенсионных систем: отечественный и зарубежный опыт : монография / В. Д. Роик. — Москва : Издательство Юрайт, 2025. — 336 с. — (Актуальные монографии). — ISBN 978-5-534-05346-3.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588128</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роик, В. Д. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Пенсионный возраст и модернизация пенсионных систем: отечественный и зарубежный опыт : монография / В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 336 с. — (Актуальные монографии). — ISBN 978-5-534-05346-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/564069</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Социальная защита отдельных категорий граждан. Качество жизни пожилого населения : учебник для среднего профессионального образования / В. Д. Роик. — Москва : Издательство Юрайт, 2025. — 400 с. — (Профессиональное образование). — ISBN 978-5-534-09550-0.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598822</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роик, В. Д. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Социальная защита отдельных категорий граждан. Качество жизни пожилого населения : учебник для среднего профессионального образования / В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 400 с. — (Профессиональное образование). — ISBN 978-5-534-09550-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/564995</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Социальная политика государства: социальная сплоченность : учебное пособие для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2024. — 468 с. — (Высшее образование). — ISBN 978-5-534-12613-6.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598871</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роик, В. Д. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Социальная политика государства: социальная сплоченность : учебное пособие для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 468 с. — (Высшее образование). — ISBN 978-5-534-12613-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/543238</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Социальная политика и технология социальной работы : учебник для среднего профессионального образования / В. Д. Роик. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 525 с. — (Профессиональное образование). — ISBN 978-5-534-16347-6.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598972</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роик, В. Д. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Социальная политика и технология социальной работы : учебник для среднего профессионального образования / В. Д. Роик. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 525 с. — (Профессиональное образование). — ISBN 978-5-534-16347-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/565909</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Социальная политика. Социальное обеспечение и страхование : учебник для вузов / В. Д. Роик. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 525 с. — (Высшее образование). — ISBN 978-5-534-18661-1.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598929</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роик, В. Д. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Социальная политика. Социальное обеспечение и страхование : учебник для вузов / В. Д. Роик. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 525 с. — (Высшее образование). — ISBN 978-5-534-18661-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/565908</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Социальная политика. Теория и история : учебник для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2025. — 436 с. — (Высшее образование). — ISBN 978-5-534-13439-1.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598928</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роик, В. Д. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Социальная политика. Теория и история : учебник для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 436 с. — (Высшее образование). — ISBN 978-5-534-13439-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/567397</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Социальная политика. Финансовые механизмы : учебник и практикум для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2025. — 570 с. — (Высшее образование). — ISBN 978-5-534-11302-0.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598993</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роик, В. Д. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Социальная политика. Финансовые механизмы : учебник и практикум для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 570 с. — (Высшее образование). — ISBN 978-5-534-11302-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/566042</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Социальная политика: заработная плата и страхование рисков ее утраты : учебник для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2025. — 536 с. — (Высшее образование). — ISBN 978-5-534-10021-1.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598940</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роик, В. Д. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Социальная политика: заработная плата и страхование рисков ее утраты : учебник для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 536 с. — (Высшее образование). — ISBN 978-5-534-10021-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/565590</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Социальная политика: качество жизни пожилого населения и страховые институты социальной защиты : учебник для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2025. — 400 с. — (Высшее образование). — ISBN 978-5-534-07460-4.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598907</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роик, В. Д. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Социальная политика: качество жизни пожилого населения и страховые институты социальной защиты : учебник для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 400 с. — (Высшее образование). — ISBN 978-5-534-07460-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/564984</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Социальное страхование : учебник и практикум для вузов / В. Д. Роик. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 418 с. — (Высшее образование). — ISBN 978-5-534-08672-0.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598869</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роик, В. Д. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Социальное страхование : учебник и практикум для вузов / В. Д. Роик. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 418 с. — (Высшее образование). — ISBN 978-5-534-08672-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/560449</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Управление профессиональными рисками : учебник для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2024. — 657 с. — (Высшее образование). — ISBN 978-5-534-14160-3.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598451</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роик, В. Д. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Управление профессиональными рисками : учебник для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 657 с. — (Высшее образование). — ISBN 978-5-534-14160-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/544170</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/599002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Кузнецова, Е. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Управление условиями и охраной труда : учебник и практикум для вузов / Е. А. Кузнецова, В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 300 с. — (Высшее образование). — ISBN 978-5-534-12777-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/588130</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Роик, В. Д. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Экономика возможностей: потребности, интересы, шансы : монография / В. Д. Роик. — Москва : Издательство Юрайт, 2025. — 498 с. — (Актуальные монографии). — ISBN 978-5-534-14123-8.</w:t>
+        <w:t xml:space="preserve">Экономика возможностей: потребности, интересы, шансы : монография / В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 498 с. — (Актуальные монографии). — ISBN 978-5-534-14123-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/567777</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Экономика развития: неравенство, бедность и развитие : учебное пособие для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2024. — 474 с. — (Высшее образование). — ISBN 978-5-534-11787-5.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/599001</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роик, В. Д. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Экономика развития: неравенство, бедность и развитие : учебное пособие для вузов / В. Д. Роик. — Москва : Издательство Юрайт, 2026. — 474 с. — (Высшее образование). — ISBN 978-5-534-11787-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/542870</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/598962</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -677,51 +677,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="Link"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567840" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564068" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565910" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588132" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564067" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567074" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564069" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564995" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/543238" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565909" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565908" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567397" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/566042" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565590" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564984" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/560449" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/544170" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588130" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/567777" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/542870" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/599008" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598821" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598930" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588132" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598820" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588128" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598822" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598871" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598972" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598929" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598928" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598993" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598940" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598907" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598869" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598451" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/599002" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588130" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/599001" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/598962" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>