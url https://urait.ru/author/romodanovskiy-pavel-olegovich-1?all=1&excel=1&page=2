--- v0 (2025-12-25)
+++ v1 (2026-02-20)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
-    <t>26.12.2025</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -151,53 +151,50 @@
   <si>
     <t>Диагностика. Медицинская биофизика. Медицинская информатика. Судебно-медицинская экспертиза</t>
   </si>
   <si>
     <t>Учебное пособие разработано с учетом инновационных образовательных технологий, модульной учебной программы, соответствующей программе обучения дисциплине «судебная медицина» по ГОСТу высшего профессионального образования для специальности «Лечебное дело» и действующим законодательным нормам, правилам, инструкциям и другим официальным документам, регламентирующим проведение судебно-медицинской экспертизы. Издание поможет студентам сформировать основы экспертного мышления и рациональных действий врача-специалиста и овладеть методиками и техникой профессиональной экспертной деятельности. В книге даны ориентировочные основы действия (ООД) и приведены подробные схемы, руководствуясь которыми студенты могут выполнять то или иное задание. Для студентов высших учебных заведений, обучающихся по специальности «Лечебное дело» и смежным специальностям.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-08392-7</t>
   </si>
   <si>
     <t>58я73</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
   <si>
     <t>22.11.2018</t>
   </si>
   <si>
     <t>СУДЕБНАЯ МЕДИЦИНА. ПРАКТИЧЕСКИЙ КУРС 2-е изд. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> П. О. Ромодановский,  Е. Х. Баринов,  В. А. Спиридонов.</t>
-[...1 lines deleted...]
-  <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Целькурса — развивать деятельностную сторону обучаемого, т. е. способность ординаторов самостоятельно оценивать обстановку, принимать решение и практически его реализовывать и грамотно выполнять обязанности врача-специалиста в области судебной медицины. Для обеспечения эффективности самостоятельной работы ординатор в курсе даны ориентировочные основы действия (ООД) и приведены подробные схемы, руководствуясь которыми они могут выполнять то или иное задание; описание методов лабораторных исследований, методики работы с аппаратурой, используемой при определенных видах экспертиз; приведены основные и дополнительные литературные источники. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>978-5-534-08839-7</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>27.01.2020</t>
   </si>
   <si>
     <t>СУДЕБНАЯ СТОМАТОЛОГИЯ 2-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>Под ред. Ромодановского П. О., Баринова Е.Х</t>
   </si>
   <si>
     <t>Юридические науки</t>
@@ -305,50 +302,53 @@
     <t>В учебном пособии на многочисленных примерах разбираются юридические аспекты экспертной работы (в каких случаях вред квалифицируется как тяжкий, средний и т. д.), а также процессуальные вопросы (с какими материалами как работать). В конце издания дан небольшой практикум по ошибкам в стоматологии и тест. Основной материал дополнен фотографиями. Издание составлено на основе действующих нормативных актов, приказов, использования научно-практической литературы. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для судебно-медицинских экспертов и врачей-экспертов, а также студентов и преподавателей медицинских и юридических вузов.</t>
   </si>
   <si>
     <t>978-5-534-10865-1</t>
   </si>
   <si>
     <t>09.11.2020</t>
   </si>
   <si>
     <t>СУДЕБНО-МЕДИЦИНСКАЯ ЭКСПЕРТИЗА. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Под ред. Баринова Е.Х, Клевно В.А., Ромодановского П. О.</t>
   </si>
   <si>
     <t>Курс подготовлен преподавателями кафедры судебной медицины и медицинского права Московского государственного медико-стоматологического университета имени А. И. Евдокимова, кафедры судебной медицины Московского областного научно-исследовательского клинического института имени М. Ф. Владимирского и кафедры судебной медицины Российского университета дружбы народов. Настоящее издание направлено на реализацию основных профессиональных образовательных программ высшего образования — программы подготовки кадров высшей квалификации в ординатуре по специальности 31.08.10 «Судебно-медицинская экспертиза». Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для ординаторов кафедр судебной медицины, преподавателей, а также практических работников судебно-медицинских экспертных организаций. Может быть полезен для студентов медицинских вузов.</t>
   </si>
   <si>
     <t>978-5-534-13718-7</t>
   </si>
   <si>
     <t>67.5я73</t>
   </si>
   <si>
     <t>СУДЕБНО-МЕДИЦИНСКАЯ ЭКСПЕРТИЗА. Учебник и практикум для СПО</t>
+  </si>
+  <si>
+    <t>Е.Х. Баринов [и др.]; под редакцией Е.Х. Баринова, В.А. Клевно, П.О. Ромодановского.</t>
   </si>
   <si>
     <t>978-5-534-18699-4</t>
   </si>
   <si>
     <t>67.5я723</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -714,51 +714,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnaya-medicina-praktikum-dlya-vneauditornoy-raboty-563061" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnaya-medicina-prakticheskiy-kurs-557354" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnaya-stomatologiya-565917" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-veschestvennyh-dokazatelstv-565308" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-veschestvennyh-dokazatelstv-568985" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-ognestrelnoy-i-vzryvnoy-travmy-567635" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-ognestrelnoy-i-vzryvnoy-travmy-568987" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-professionalnyh-oshibok-v-akusherstve-ginekologii-i-neonatologii-565940" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-professionalnyh-oshibok-v-stomatologii-i-plasticheskoy-hirurgii-565941" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-567607" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-568989" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnaya-medicina-praktikum-dlya-vneauditornoy-raboty-585432" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnaya-medicina-prakticheskiy-kurs-586832" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnaya-stomatologiya-587337" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-veschestvennyh-dokazatelstv-586918" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-veschestvennyh-dokazatelstv-589657" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-ognestrelnoy-i-vzryvnoy-travmy-588483" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-ognestrelnoy-i-vzryvnoy-travmy-590529" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-professionalnyh-oshibok-v-akusherstve-ginekologii-i-neonatologii-587364" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-professionalnyh-oshibok-v-stomatologii-i-plasticheskoy-hirurgii-587365" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-588455" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebno-medicinskaya-ekspertiza-590530" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -939,810 +939,810 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>563061</v>
+        <v>585432</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>126</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>529.0</v>
+        <v>559.0</v>
       </c>
       <c r="M5" s="9">
-        <v>579.0</v>
+        <v>609.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y5" s="8">
         <v>0.136</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>557354</v>
+        <v>586832</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>225</v>
       </c>
       <c r="K6" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L6" s="9">
+        <v>1279.0</v>
+      </c>
+      <c r="M6" s="9">
+        <v>1409.0</v>
+      </c>
+      <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="L6" s="9">
-[...7 lines deleted...]
-      </c>
       <c r="O6" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X6" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Y6" s="8">
         <v>0.393</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>565917</v>
+        <v>587337</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" s="6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>598</v>
       </c>
       <c r="K7" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L7" s="9">
+        <v>2999.0</v>
+      </c>
+      <c r="M7" s="9">
+        <v>3299.0</v>
+      </c>
+      <c r="N7" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="L7" s="9">
-[...7 lines deleted...]
-      </c>
       <c r="O7" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q7" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="R7" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="R7" s="6" t="s">
+      <c r="S7" s="6" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="X7" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Y7" s="8">
         <v>0.844</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>565308</v>
+        <v>586918</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" s="6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>170</v>
       </c>
       <c r="K8" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L8" s="9">
+        <v>1019.0</v>
+      </c>
+      <c r="M8" s="9">
+        <v>1119.0</v>
+      </c>
+      <c r="N8" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="L8" s="9">
-[...7 lines deleted...]
-      </c>
       <c r="O8" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q8" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="R8" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="R8" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S8" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="X8" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Y8" s="8">
         <v>0.326</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>568985</v>
+        <v>589657</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>170</v>
       </c>
       <c r="K9" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="L9" s="9">
-        <v>949.0</v>
+        <v>1019.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1039.0</v>
+        <v>1119.0</v>
       </c>
       <c r="N9" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="O9" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="P9" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="O9" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q9" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="R9" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="R9" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S9" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="X9" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Y9" s="8">
         <v>0.326</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>567635</v>
+        <v>588483</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" s="6" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>144</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>579.0</v>
+        <v>619.0</v>
       </c>
       <c r="M10" s="9">
-        <v>639.0</v>
+        <v>679.0</v>
       </c>
       <c r="N10" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q10" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="R10" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="R10" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S10" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y10" s="8">
         <v>0.153</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>568987</v>
+        <v>590529</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>144</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>579.0</v>
+        <v>619.0</v>
       </c>
       <c r="M11" s="9">
-        <v>639.0</v>
+        <v>679.0</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="Q11" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="R11" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="R11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S11" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y11" s="8">
         <v>0.153</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>565940</v>
+        <v>587364</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" s="6" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>181</v>
       </c>
       <c r="K12" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L12" s="9">
+        <v>1069.0</v>
+      </c>
+      <c r="M12" s="9">
+        <v>1179.0</v>
+      </c>
+      <c r="N12" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="L12" s="9">
-[...7 lines deleted...]
-      </c>
       <c r="O12" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X12" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Y12" s="8">
         <v>0.339</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>565941</v>
+        <v>587365</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E13" s="6" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>294</v>
       </c>
       <c r="K13" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L13" s="9">
+        <v>1589.0</v>
+      </c>
+      <c r="M13" s="9">
+        <v>1749.0</v>
+      </c>
+      <c r="N13" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="L13" s="9">
-[...7 lines deleted...]
-      </c>
       <c r="O13" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>41</v>
       </c>
       <c r="X13" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Y13" s="8">
         <v>0.476</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>567607</v>
+        <v>588455</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="E14" s="6" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>317</v>
       </c>
       <c r="K14" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L14" s="9">
+        <v>1699.0</v>
+      </c>
+      <c r="M14" s="9">
+        <v>1869.0</v>
+      </c>
+      <c r="N14" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="L14" s="9">
-[...7 lines deleted...]
-      </c>
       <c r="O14" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q14" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="R14" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="R14" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S14" s="6" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="X14" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Y14" s="8">
         <v>0.504</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>568989</v>
+        <v>590530</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E15" s="6" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>317</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="L15" s="9">
-        <v>1589.0</v>
+        <v>1699.0</v>
       </c>
       <c r="M15" s="9">
-        <v>1749.0</v>
+        <v>1869.0</v>
       </c>
       <c r="N15" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="O15" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="P15" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="O15" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q15" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="R15" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="R15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S15" s="6" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>97</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
         <v>98</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="Y15" s="8">
         <v>0.504</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>
     <hyperlink ref="G14" r:id="rId_hyperlink_10"/>
     <hyperlink ref="G15" r:id="rId_hyperlink_11"/>
   </hyperlinks>