--- v0 (2025-12-06)
+++ v1 (2026-02-10)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
-[...1 lines deleted...]
-    <t>06.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+  <si>
+    <t>10.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -146,50 +146,74 @@
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Криминалистика и судебные экспертизы</t>
   </si>
   <si>
     <t>Курс предназначен для освоения одноименной дисциплины и подготовлен с учетом достижений науки криминалистики, на основе изучения и анализа действующего уголовного и уголовно-процессуального законодательства, отечественной и зарубежной литературы. Изложение учебного материала предусматривает реализацию самостоятельной концепции, включающей авторские подходы и определения, практико-ориентированный стиль изложения и рекомендации по применению технико-криминалистических средств, тактики и технологии производства отдельных следственных действий. Издание включает все основные темы дисциплины «Криминалистика». Содержание курса соответствует актуальным требованиям федеральных государственных образовательных стандартов высшего образования по направлениям подготовки 40.03.01 «Юриспруденция», 40.05.01 «Правовое обеспечение национальной безопасности», 40.05.02 «Правоохранительная деятельность». Для обучающихся и преподавателей высших учебных заведений юридического профиля, сотрудников органов предварительного расследования и экспертных подразделений, а также всех интересующихся изучением криминалистики.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-17027-6</t>
   </si>
   <si>
     <t>67.52я73</t>
   </si>
   <si>
     <t>70*100/16</t>
+  </si>
+  <si>
+    <t>20.09.2024</t>
+  </si>
+  <si>
+    <t>ЦИФРОВИЗАЦИЯ СУДЕБНО-ЭКСПЕРТНОЙ ДЕЯТЕЛЬНОСТИ. Учебное пособие для вузов</t>
+  </si>
+  <si>
+    <t>А.А. Саркисян; ответственный редактор Е.Р. Россинская.</t>
+  </si>
+  <si>
+    <t>Обложка</t>
+  </si>
+  <si>
+    <t>Курс состоит из двух разделов. Первый посвящен предпосылкам процесса цифровизации, генезису формирования и развития судебной компьютерно-технической экспертизы. Обозначаются основные направления развития цифровизации судебно-экспертной деятельности, ее особенности. Рассмотрены законодательные нормы, затрагивающие вопросы цифровизации судебно-экспертной деятельности в русле развития цифровой экономики. Исследуются основные проблемы использования искусственного интеллекта при производстве судебных экспертиз. Раздел второй посвящен понятию цифровых следов в качестве новых объектов судебных экспертиз, особенностям их классификации и исследования. Проводится анализ цифровых следов в системе криминалистического следоведения; рассматриваются особенности модификации экспертных задач, профессиональной подготовки и экспертной дидактики.</t>
+  </si>
+  <si>
+    <t>978-5-534-20447-6</t>
+  </si>
+  <si>
+    <t>67.5я73</t>
+  </si>
+  <si>
+    <t>60*90/16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
@@ -549,59 +573,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kriminalistika-obschie-polozheniya-tehnika-taktika-tehnologiya-568189" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kriminalistika-obschie-polozheniya-tehnika-taktika-tehnologiya-588987" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovizaciya-sudebno-ekspertnoy-deyatelnosti-589938" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z5"/>
+  <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -660,51 +684,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -774,126 +798,197 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>568189</v>
+        <v>588987</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>400</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1949.0</v>
+        <v>2079.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2139.0</v>
+        <v>2289.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.605</v>
       </c>
       <c r="Z5" s="6"/>
+    </row>
+    <row r="6" spans="1:26">
+      <c r="A6" s="8">
+        <v>589938</v>
+      </c>
+      <c r="B6" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" s="6"/>
+      <c r="G6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H6" s="6"/>
+      <c r="I6" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J6" s="8">
+        <v>138</v>
+      </c>
+      <c r="K6" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" s="9">
+        <v>479.0</v>
+      </c>
+      <c r="M6" s="9">
+        <v>529.0</v>
+      </c>
+      <c r="N6" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="P6" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="R6" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="S6" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="T6" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U6" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="V6" s="6"/>
+      <c r="W6" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="X6" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y6" s="8">
+        <v>0.147</v>
+      </c>
+      <c r="Z6" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>