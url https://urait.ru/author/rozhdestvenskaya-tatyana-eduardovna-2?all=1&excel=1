--- v0 (2025-12-25)
+++ v1 (2026-02-09)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
-[...1 lines deleted...]
-    <t>25.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+  <si>
+    <t>09.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,119 +115,113 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>05.11.2024</t>
   </si>
   <si>
     <t>БАНКОВСКОЕ ПРАВО 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Т. Э. Рождественская,  А. Г. Гузнов,  А. В. Шамраев.</t>
+    <t>Рождественская Т. Э., Гузнов А. Г., Шамраев А. В.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Финансовое право</t>
   </si>
   <si>
     <t>В настоящем курсе раскрыты вопросы функционирования банковской системы Российской Федерации и правового регулирования деятельности Банка России и кредитных организаций. Впервые четко разделены вопросы, относящиеся к публичному банковскому праву и частному банковскому праву. Особое внимание уделено публично-правовой стороне регулирования банковской деятельности: вопросам функционирования Банка России как мегарегулятора, системы страхования вкладов, публично-правовой системы финансового оздоровления банков, правового регулирования противодействия легализации доходов, полученных преступным путем, и иные. Для студентов, обучающихся по образовательным программам академического бакалавриата и магистратуры по экономическим направлениям и специальностям, а также аспирантов и преподавателей экономических и юридических вузов и факультетов.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20562-6</t>
   </si>
   <si>
     <t>67.404.2я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>07.11.2024</t>
   </si>
   <si>
     <t>БАНКОВСКОЕ ПРАВО. ПУБЛИЧНО-ПРАВОВОЕ РЕГУЛИРОВАНИЕ 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Т. Э. Рождественская,  А. Г. Гузнов.</t>
+    <t>Рождественская Т. Э., Гузнов А. Г.</t>
   </si>
   <si>
     <t>В издании рассмотрены вопросы публичного банковского права. Особое внимание уделено публично-правовой стороне регулирования банковской деятельности: вопросам функционирования Банка России как мегарегулятора системы страхования вкладов, системы финансового оздоровления банков, правового регулирования противодействия легализации доходов, полученных преступным путем и др. Материал изложен на основе современного банковского законодательства, включая нормативные акты Банка России, правовых позиций судебных органов. Представлены теоретические дискуссии, зарубежный правовой материал.</t>
   </si>
   <si>
     <t>978-5-534-20593-0</t>
   </si>
   <si>
     <t>БАНКОВСКОЕ ПРАВО. ЧАСТНО-ПРАВОВОЕ РЕГУЛИРОВАНИЕ 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t>Рождественская Т. Э., Гузнов А. Г., Шамраев А. В.</t>
-[...1 lines deleted...]
-  <si>
     <t>В курсе раскрыты вопросы функционирования банковской системы Российской Федерации и правового регулирования деятельности кредитных организаций. Освещены аспекты, относящиеся к частному банковскому праву. Особое внимание уделено правовому регулированию банковских операций, расчетов в Российской Федерации, международных банковских сделок. В курсе нашли отражение последние новеллы банковского законодательства, включая нормативные акты Банка России, выделены правовые позиции судебных органов. По ряду вопросов представлены теоретические дискуссии, зарубежный правовой материал. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, обучающихся по образовательным программам академического бакалавриата и магистратуры по экономическим направлениям и специальностям, а также аспирантов и преподавателей экономических и юридических вузов и факультетов.</t>
   </si>
   <si>
     <t>978-5-534-20594-7</t>
   </si>
   <si>
     <t>15.02.2024</t>
   </si>
   <si>
     <t>БАНКОВСКОЕ РЕГУЛИРОВАНИЕ И НАДЗОР. БАНКРОТСТВО ФИНАНСОВЫХ ОРГАНИЗАЦИЙ. МЕРЫ ВОЗДЕЙСТВИЯ БАНКА РОССИИ 4-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
-    <t>Рождественская Т. Э., Гузнов А. Г.</t>
-[...1 lines deleted...]
-  <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Экономические науки</t>
   </si>
   <si>
     <t>Финансы</t>
   </si>
   <si>
     <t>В представленном учебном курсе рассмотрены вопросы регулирования, контроля и надзора на финансовом рынке (в том числе в банковском секторе), а также вопросы правового регулирования мер воздействия Банка России на организации финансового рынка и особенности урегулирования несостоятельности финансовых организаций. Особое внимание уделяется вопросам предотвращения банкротства организаций на финансовом рынке. Издание поможет студентам выработать представление о современных подходах к регулированию, контролю и надзору на финансовом рынке в целом и отдельных его секторах (банковском, страховом, рынке ценных бумаг, микрофинансировании, рынке коллективных инвестиций и др.). Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов учебных заведений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-17318-5</t>
   </si>
   <si>
     <t>65.26я723</t>
   </si>
   <si>
     <t>24.07.2024</t>
   </si>
   <si>
     <t>ОБЕСПЕЧЕНИЕ ЗАКОННОСТИ В СФЕРЕ ЦИФРОВОЙ ЭКОНОМИКИ  2-е изд., пер. и доп. Учебник для вузов</t>
@@ -242,59 +236,50 @@
     <t>Предлагаемая работа отражает результаты научно-практического исследования вопросов обеспечения законности в сфере цифровой экономики. Авторами анализируются понятие цифровой экономики, вопросы правового регулирования общественных отношений в сфере цифровой экономики, раскрываются задачи, основные направления и особенности прокурорского надзора за исполнением законов в условиях цифровой экономики. Освещаются актуальные сферы экономики, наиболее подверженные влиянию цифровой трансформации: кредитно-банковская, антимонопольная, государственных и муниципальных закупок, государственной и муниципальной собственности, жилищно-коммунального хозяйства и др. Применительно к каждой сфере проведен анализ законодательных положений, нарушений, форм и методов работы, актуализирующихся в условиях цифровой экономики, наиболее оптимальных мер прокурорского реагирования. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Работа предназначена для широкого круга читателей: работников правоохранительных и контрольно-надзорных органов, научных работников и преподавателей, иных специалистов в областях юриспруденции и экономики.</t>
   </si>
   <si>
     <t>978-5-534-19684-9</t>
   </si>
   <si>
     <t>67.4я73</t>
   </si>
   <si>
     <t>08.12.2023</t>
   </si>
   <si>
     <t>РЕГУЛИРОВАНИЕ, КОНТРОЛЬ И НАДЗОР НА ФИНАНСОВОМ РЫНКЕ В РОССИЙСКОЙ ФЕДЕРАЦИИ 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Гузнов А. Г., Рождественская Т. Э.</t>
   </si>
   <si>
     <t>Издание посвящено вопросам публично-правового регулирования финансового рынка, в том числе вопросам правового регулирования контроля и надзора. Особое внимание уделяется банковскому сектору, страхованию, рынку ценных бумаг, рынку коллективных инвестиций, микрофинансовой деятельности, а также организациям инфраструктуры финансового рынка. Отдельные темы посвящены вопросам правового регулирования контроля и надзора в системе финансового рынка и мерам воздействия, применяемым Банком России к финансовым организациям, а также особенностям урегулирования банкротства институтов финансового рынка. Курс учитывает как международно-признанные стандарты регулирования и осуществления надзора на финансовом рынке, так и действующее российское законодательство. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, обучающихся по юридическим и экономическим направлениям и специальностям, аспирантов и преподавателей юридических и экономических (финансовых) вузов и факультетов, а также практических работников.</t>
   </si>
   <si>
     <t>978-5-534-17362-8</t>
   </si>
   <si>
     <t>65.26я73</t>
-  </si>
-[...7 lines deleted...]
-    <t>978-5-534-17317-8</t>
   </si>
   <si>
     <t>08.10.2024</t>
   </si>
   <si>
     <t>ЦИФРОВАЯ ЭКОНОМИКА. ОБЕСПЕЧЕНИЕ ЗАКОННОСТИ 2-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Н.Д. Бут [и др.].</t>
   </si>
   <si>
     <t>Предлагаемая работа отражает результаты научно-практического исследования вопросов обеспечения законности в сфере цифровой экономики. Авторами анализируются понятие цифровой экономики, вопросы правового регулирования общественных отношений в сфере цифровой экономики, раскрываются задачи, основные направления и особенности прокурорского надзора за исполнением законов в условиях цифровой экономики. Освещаются актуальные сферы экономики, наиболее подверженные влиянию цифровой трансформации: кредитно-банковская, антимонопольная, государственных и муниципальных закупок, государственной и муниципальной собственности, жилищно-коммунального хозяйства и др. Применительно к каждой сфере проведен анализ законодательных положений, нарушений, форм и методов работы, актуализирующихся в условиях цифровой экономики, наиболее оптимальных мер прокурорского реагирования.</t>
   </si>
   <si>
     <t>978-5-534-20743-9</t>
   </si>
   <si>
     <t>67.4я723</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -672,59 +657,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-558387" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-publichno-pravovoe-regulirovanie-558436" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-chastno-pravovoe-regulirovanie-558437" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-regulirovanie-i-nadzor-bankrotstvo-finansovyh-organizaciy-mery-vozdeystviya-banka-rossii-562086" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obespechenie-zakonnosti-v-sfere-cifrovoy-ekonomiki-567653" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/regulirovanie-kontrol-i-nadzor-na-finansovom-rynke-v-rossiyskoy-federacii-562067" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/regulirovanie-kontrol-i-nadzor-na-finansovom-rynke-v-rossiyskoy-federacii-565987" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-ekonomika-obespechenie-zakonnosti-569309" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-583247" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-publichno-pravovoe-regulirovanie-584118" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-chastno-pravovoe-regulirovanie-584120" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-regulirovanie-i-nadzor-bankrotstvo-finansovyh-organizaciy-mery-vozdeystviya-banka-rossii-584686" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obespechenie-zakonnosti-v-sfere-cifrovoy-ekonomiki-588499" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/regulirovanie-kontrol-i-nadzor-na-finansovom-rynke-v-rossiyskoy-federacii-584672" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-ekonomika-obespechenie-zakonnosti-590540" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z12"/>
+  <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -783,51 +768,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -897,623 +882,552 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558387</v>
+        <v>583247</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>480</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2289.0</v>
+        <v>2449.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2519.0</v>
+        <v>2689.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.702</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>558436</v>
+        <v>584118</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>272</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1539.0</v>
+        <v>1639.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.45</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>558437</v>
+        <v>584120</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>214</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1139.0</v>
+        <v>1219.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1249.0</v>
+        <v>1339.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.379</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>562086</v>
+        <v>584686</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>243</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q8" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="R8" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="Q8" s="6" t="s">
+      <c r="S8" s="6" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.414</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>567653</v>
+        <v>588499</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>257</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1059.0</v>
+        <v>1139.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1159.0</v>
+        <v>1249.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.431</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>562067</v>
+        <v>584672</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>585</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>2749.0</v>
+        <v>2939.0</v>
       </c>
       <c r="M10" s="9">
-        <v>3019.0</v>
+        <v>3229.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="R10" s="6" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.829</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>565987</v>
+        <v>590540</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
-        <v>585</v>
+        <v>257</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>2749.0</v>
+        <v>1139.0</v>
       </c>
       <c r="M11" s="9">
-        <v>3019.0</v>
+        <v>1249.0</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>78</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
-        <v>0.829</v>
+        <v>0.431</v>
       </c>
       <c r="Z11" s="6"/>
-    </row>
-[...68 lines deleted...]
-      <c r="Z12" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
-    <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>