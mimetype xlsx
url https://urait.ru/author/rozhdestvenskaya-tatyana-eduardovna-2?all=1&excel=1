--- v1 (2026-02-09)
+++ v2 (2026-02-23)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
-    <t>09.02.2026</t>
+    <t>23.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>