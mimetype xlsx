--- v0 (2025-12-25)
+++ v1 (2026-02-20)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
-[...1 lines deleted...]
-    <t>25.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+  <si>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,87 +115,84 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>04.12.2024</t>
   </si>
   <si>
     <t>ВСЕМИРНАЯ ИСТОРИЯ. ДРЕВНОСТЬ — АНТИЧНОСТЬ — КОЧЕВНИКИ. Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. П. Румянцев.</t>
+    <t>Румянцев В. П.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Общественные науки</t>
   </si>
   <si>
     <t>Всемирная история</t>
   </si>
   <si>
     <t>Это издание для тех, кто хотел бы познакомиться с основными событиями всемирной истории, изложенными доступным языком. События прошлого здесь показаны так, чтобы лучше понять то, что происходит сейчас или происходило недавно в разных частях мира. Курс дает возможность познакомится с основными сюжетными линиями развития различных государств и цивилизаций, которые имеют тенденцию повторяться. В данном издании предпринята попытка уделить одинаковое внимания событиям и историческим процессам как на Западе, так и на Востоке. Стиль изложения соответствует лекционной подаче материала, что делает его доступным различным категориям читателей. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по непрофильным направлениям.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-21163-4</t>
   </si>
   <si>
     <t>63.3(0)я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>ВСЕМИРНАЯ ИСТОРИЯ. НАРОДЫ, ГОСУДАРСТВА, ИМПЕРИИ ДРЕВНЕГО МИРА. Учебник для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t>Румянцев В. П.</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Это издание для тех, кто хотел бы познакомиться с основными событиями всемирной истории, изложенными доступным языком. События прошлого здесь показаны так, чтобы лучше понять то, что происходит сейчас или происходило недавно в разных частях мира. Курс дает возможность познакомится с основными сюжетными линиями развития различных государств и цивилизаций, которые имеют тенденцию повторяться. В данном издании предпринята попытка уделить одинаковое внимания событиям и историческим процессам как на Западе, так и на Востоке. Стиль изложения соответствует лекционной подаче материала, что делает его доступным различным категориям читателей. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-21164-1</t>
   </si>
   <si>
     <t>63.3(0)я723</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
@@ -570,51 +567,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vsemirnaya-istoriya-drevnost-antichnost-kochevniki-559478" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vsemirnaya-istoriya-narody-gosudarstva-imperii-drevnego-mira-580541" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vsemirnaya-istoriya-drevnost-antichnost-kochevniki-589956" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/vsemirnaya-istoriya-narody-gosudarstva-imperii-drevnego-mira-589957" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -795,179 +792,179 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>559478</v>
+        <v>589956</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>263</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1359.0</v>
+        <v>1449.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1489.0</v>
+        <v>1589.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.438</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>580541</v>
+        <v>589957</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>263</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1359.0</v>
+        <v>1449.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1489.0</v>
+        <v>1589.0</v>
       </c>
       <c r="N6" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.438</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>