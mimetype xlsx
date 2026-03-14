--- v0 (2026-01-21)
+++ v1 (2026-03-14)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
-[...1 lines deleted...]
-    <t>21.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -109,101 +109,119 @@
   <si>
     <t>Аннотация</t>
   </si>
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
+    <t>13.03.2026</t>
+  </si>
+  <si>
+    <t>Гастроэнтерология. Клинико-патофизиологические аспекты гепатологии. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>О.А. Гребенчиков [и др.]; под редакцией В.Т. Долгих, А.Н. Кузовлева, В.В. Мороза.</t>
+  </si>
+  <si>
+    <t>Переплет</t>
+  </si>
+  <si>
+    <t>Гриф УМО ВО</t>
+  </si>
+  <si>
+    <t>Высшее образование</t>
+  </si>
+  <si>
+    <t>Медицина и фармакология</t>
+  </si>
+  <si>
+    <t>Анатомия и физиология. Цитология. Гистология. Эмбриология</t>
+  </si>
+  <si>
+    <t>Курс раскрывает клинико-патофизиологические основы гепатопатий, включая этиологию, механизмы повреждения печени, диагностику и коррекцию печеночной недостаточности. Представлены особенности метаболизма печени, функциональные нарушения при различных состояниях, таких как алкогольные и лекарственные повреждения печени, COVID-19, сахарный диабет, беременность, туберкулез, а также современные подходы к терапии, включая анестезиологическое обеспечение и трансплантацию. Актуальность курса обусловлена ростом распространенности заболеваний печени и необходимостью интеграции фундаментальных патофизиологических знаний с клинической практикой. Курс будет полезен студентам и преподавателям как основа для формирования клинического мышления и подготовки к практической работе. На Образовательной платформе «Юрайт» доступны тесты к курсу, позволяющие эффективно контролировать знания и повышать вовлеченность обучающихся в учебный процесс.</t>
+  </si>
+  <si>
+    <t>М.:Издательство Юрайт</t>
+  </si>
+  <si>
+    <t>978-5-534-21955-5</t>
+  </si>
+  <si>
+    <t>54.13я73</t>
+  </si>
+  <si>
+    <t>70*100/16</t>
+  </si>
+  <si>
     <t>01.06.2023</t>
   </si>
   <si>
     <t>КЛИНИКО-ПАТОФИЗИОЛОГИЧЕСКИЕ АСПЕКТЫ ДЫХАТЕЛЬНОЙ НЕДОСТАТОЧНОСТИ. Учебник для вузов</t>
   </si>
   <si>
     <t>Под ред. Долгих В.Т., Мороза В.В., Кузовлева А.Н.</t>
   </si>
   <si>
-    <t>Переплет</t>
-[...10 lines deleted...]
-  <si>
     <t>Клиническая медицина.  Эпидемиология, инфекционные болезни</t>
   </si>
   <si>
     <t>Курс знакомит с содержанием патологических процессов и заболеваний органов дыхания, приводящих к дыхательной недостаточности. Описаны методы диагностики заболеваний дыхательной системы, их этиология и особенности патогенеза, а также принципы и способы лечения. Отдельно рассмотрены нарушения дыхания у детей, а также пневмония, вызванная новой коронавирусной инфекцией COVID-19. Кроме того, курс включает клинико-патофизиологические ситуационные задачи, направленные на формирование у будущих врачей рационального мышления и умения принимать обоснованное врачебное решение. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
-    <t>М.:Издательство Юрайт</t>
-[...1 lines deleted...]
-  <si>
     <t>978-5-534-16864-8</t>
   </si>
   <si>
     <t>54.12я73</t>
   </si>
   <si>
-    <t>70*100/16</t>
-[...1 lines deleted...]
-  <si>
     <t>18.07.2022</t>
   </si>
   <si>
     <t>КЛИНИЧЕСКАЯ ПРАКТИКА ПО ПАТОФИЗИОЛОГИИ. Учебник для вузов</t>
   </si>
   <si>
     <t>Отв. ред. Долгих В. Т., Корпачева О. В., Кузовлев А. Н.</t>
   </si>
   <si>
-    <t>Анатомия и физиология. Цитология. Гистология. Эмбриология</t>
-[...1 lines deleted...]
-  <si>
     <t>Курс содержит клинико-патофизиологические ситуационные задачи по основным разделам патофизиологии как учебной дисциплины. Методология построения ситуационных задач — когнитивное моделирование той или иной клинической ситуации — ставит перед обучающимся задачу принятия того или иного врачебного решения, а значит, является, по мнению авторов, эффективным инструментом формирования подобной компетенции. Решение такой задачи базируется на понимании патофизиологических основ семиотики, диагностики и дифференциальной диагностики, принципов обоснованного выбора этиотропной, патогенетической, симптоматической терапии и профилактики отдельных патологических процессов, болезней, синдромов и позволяет развивать логическое мышление. Учебно-методические материалы подготовлены с учетом требований соответствующих федеральных государственных образовательных стандартов высшего образования и могут способствовать более глубокому, осмысленному и мотивированному, с позиций будущей врачебной деятельности обучающегося, освоению такой фундаментальной дисциплины, как патологическая физиология. Предназначено для студентов высших учебных заведений, обучающихся по направлениям подготовки и специальностям «Лечебное дело», «Педиатрия», «Медико-профилактическое дело», «Стоматология» в качестве дополнения к лекционному курсу и учебнику. Может быть также полезно для ординаторов и аспирантов по направлениям подготовки «Фундаментальная медицина», «Клиническая медицина».</t>
   </si>
   <si>
     <t>978-5-534-15664-5</t>
   </si>
   <si>
     <t>52.5я73</t>
   </si>
   <si>
     <t>06.12.2023</t>
   </si>
   <si>
     <t>КЛИНИЧЕСКАЯ ПРАКТИКА ПО ПАТОФИЗИОЛОГИИ. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Курс содержит клинико-патофизиологические ситуационные задачи по основным разделам патофизиологии как учебной дисциплины. Методология построения ситуационных задач — когнитивное моделирование той или иной клинической ситуации — ставит перед обучающимся задачу принятия того или иного врачебного решения, а значит, является, по мнению авторов, эффективным инструментом формирования подобной компетенции. Решение такой задачи базируется на понимании патофизиологических основ семиотики, диагностики и дифференциальной диагностики, принципов обоснованного выбора этиотропной, патогенетической, симптоматической терапии и профилактики отдельных патологических процессов, болезней, синдромов и позволяет развивать логическое мышление. Учебно-методические материалы подготовлены с учетом требований соответствующих федеральных государственных образовательных стандартов высшего образования и могут способствовать более глубокому, осмысленному и мотивированному, с позиций будущей врачебной деятельности обучающегося, освоению такой фундаментальной дисциплины, как патологическая физиология. Предназначено для студентов средних профессиональных учебных заведений, обучающихся по направлениям подготовки и специальностям «Лечебное дело», «Педиатрия», «Медико-профилактическое дело», «Стоматология» в качестве дополнения к лекционному курсу и учебнику. Может быть также полезно для ординаторов и аспирантов по направлениям подготовки «Фундаментальная медицина», «Клиническая медицина».</t>
   </si>
   <si>
     <t>978-5-534-17358-1</t>
@@ -275,62 +293,50 @@
     <t>60*90/16</t>
   </si>
   <si>
     <t>СЕРДЕЧНО-СОСУДИСТАЯ НЕДОСТАТОЧНОСТЬ. Учебник для СПО</t>
   </si>
   <si>
     <t>Учебник направлен на изучение важнейших разделов патофизиологии сердечно-сосудистой системы: острой и хронической сердечной недостаточности, кардиогенного шока, коронарной недостаточности, алкогольного поражения сердца, сердечных аритмий, нарушений сосудистого тонуса, гемодинамических нарушений при шоковых и коматозных состояниях. После каждой главы имеются ситуационные задачи. Содержанию учебника предшествует краткий экскурс в физиологию сердечно-сосудистой системы. Учебник отличается последовательным и логичным изложением важнейших разделов патофизиологии сердечно-сосудистой системы, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний сердца и сосудов. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования.. Учебник предназначен для студентов высших и средних учебных заведений, обучающихся по медицинским направлениям, ординаторов, аспирантов, преподавателей и врачей различных специальностей.</t>
   </si>
   <si>
     <t>978-5-534-17406-9</t>
   </si>
   <si>
     <t>20.03.2025</t>
   </si>
   <si>
     <t>ЧАСТНАЯ ПАТОФИЗИОЛОГИЯ 2-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>Под ред. Долгих В.Т.</t>
   </si>
   <si>
     <t>Курс направлен на изучение важнейших разделов патофизиологии органов и систем; с самой современной точки зрения рассматриваются вопросы патологии системы крови и гемостаза, сердечно-сосудистой и дыхательной систем, патофизиологии пищеварения, печени, почек, центральной нервной системы, имунной и эндокринной систем, вопросы боли и обезболивания, актуальные аспекты поражения органов и тканей при алкоголизме и наркомании. Курс отличается последовательным и логическим изложением частной патофизиологии, конкретностью, простотой и практической направленностью, позволяет с учетом новейших данных трактовать патологические процессы как компоненты различных заболеваний, рассматривать патофизиологию как основу научного медицинского мышления. Для студентов высших учебных заведений, обучающихся по медицинским направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20971-6</t>
-  </si>
-[...10 lines deleted...]
-    <t>978-5-534-20974-7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
@@ -690,51 +696,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kliniko-patofiziologicheskie-aspekty-dyhatelnoy-nedostatochnosti-589220" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-589127" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-589384" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nefrologiya-kliniko-patofiziologicheskie-aspekty-590421" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586707" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586729" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-589087" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-589400" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587711" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587721" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gastroenterologiya-kliniko-patofiziologicheskie-aspekty-gepatologii-590707" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kliniko-patofiziologicheskie-aspekty-dyhatelnoy-nedostatochnosti-589220" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-589127" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/klinicheskaya-praktika-po-patofiziologii-589384" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nefrologiya-kliniko-patofiziologicheskie-aspekty-590421" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586707" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obschaya-patofiziologiya-586729" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-589087" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/serdechno-sosudistaya-nedostatochnost-589400" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/chastnaya-patofiziologiya-587711" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -915,739 +921,739 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>589220</v>
+        <v>590707</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
-        <v>229</v>
+        <v>370</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>969.0</v>
+        <v>1949.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1069.0</v>
+        <v>2139.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
-        <v>0.397</v>
+        <v>0.568</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>589127</v>
+        <v>589220</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
-        <v>375</v>
+        <v>229</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1839.0</v>
+        <v>1039.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2019.0</v>
+        <v>1139.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
-        <v>0.574</v>
+        <v>0.397</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>589384</v>
+        <v>589127</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>375</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1839.0</v>
+        <v>1969.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2019.0</v>
+        <v>2169.0</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.574</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>590421</v>
+        <v>589384</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
-        <v>309</v>
+        <v>375</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1549.0</v>
+        <v>1969.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1699.0</v>
+        <v>2169.0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
-        <v>0.494</v>
+        <v>0.574</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>586707</v>
+        <v>590421</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
-        <v>491</v>
+        <v>309</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>2339.0</v>
+        <v>1659.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2569.0</v>
+        <v>1819.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
-        <v>0.715</v>
+        <v>0.494</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>586729</v>
+        <v>586707</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>491</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>2339.0</v>
+        <v>2499.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2569.0</v>
+        <v>2749.0</v>
       </c>
       <c r="N10" s="6" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.715</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>589087</v>
+        <v>586729</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2026</v>
       </c>
       <c r="J11" s="8">
-        <v>150</v>
+        <v>491</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>699.0</v>
+        <v>2499.0</v>
       </c>
       <c r="M11" s="9">
-        <v>769.0</v>
+        <v>2749.0</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="X11" s="6" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="Y11" s="8">
-        <v>0.24</v>
+        <v>0.715</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>589400</v>
+        <v>589087</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>150</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>699.0</v>
+        <v>749.0</v>
       </c>
       <c r="M12" s="9">
-        <v>769.0</v>
+        <v>819.0</v>
       </c>
       <c r="N12" s="6" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="X12" s="6" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="Y12" s="8">
         <v>0.24</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>587711</v>
+        <v>589400</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>82</v>
+        <v>57</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
         <v>2026</v>
       </c>
       <c r="J13" s="8">
-        <v>499</v>
+        <v>150</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>2379.0</v>
+        <v>749.0</v>
       </c>
       <c r="M13" s="9">
-        <v>2619.0</v>
+        <v>819.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="X13" s="6" t="s">
-        <v>43</v>
+        <v>84</v>
       </c>
       <c r="Y13" s="8">
-        <v>0.724</v>
+        <v>0.24</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>587721</v>
+        <v>587711</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
         <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>499</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>2379.0</v>
+        <v>2539.0</v>
       </c>
       <c r="M14" s="9">
-        <v>2619.0</v>
+        <v>2789.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.724</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>