--- v0 (2025-12-05)
+++ v1 (2026-01-17)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
-    <t>05.12.2025</t>
+    <t>17.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>