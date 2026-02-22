--- v1 (2026-01-17)
+++ v2 (2026-02-22)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
-[...1 lines deleted...]
-    <t>17.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
+  <si>
+    <t>22.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -148,66 +148,66 @@
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Земельное право. Экологическое право</t>
   </si>
   <si>
     <t>Курс подготовлен на основе Федерального закона от 29 декабря 2006 г. № 264-ФЗ «О развитии сельского хозяйства» и других актов аграрного законодательства, охватывает все основные темы курса аграрного права, преподаваемого в юридических вузах. В нем раскрываются основные понятия аграрного права, анализируются последние научные работы, нормативные акты и правоприменительная практика. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, обучающихся по направлениям и специальностям «Юриспруденция», «Юриспруденция (учитель права)», «Правоохранительная деятельность», «Юриспруденция (бакалавр)», «Юриспруденция (магистр)».</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-14767-4</t>
   </si>
   <si>
     <t>67.404.96я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
-    <t>25.01.2022</t>
-[...2 lines deleted...]
-    <t>ГРАЖДАНСКОЕ ПРАВО РОССИИ. ОБЩАЯ ЧАСТЬ 5-е изд., пер. и доп. Учебник для вузов</t>
+    <t>04.02.2026</t>
+  </si>
+  <si>
+    <t>Гражданское право России. Общая часть 6-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Анисимов А. П., Козлова М. Ю., Рыженков А. Я. ; Под общ. ред. Рыженкова А. Я.</t>
   </si>
   <si>
     <t>Гражданское право</t>
   </si>
   <si>
-    <t>В курсе раскрываются основные понятия гражданского права, анализируются научные работы, нормативные правовые акты и правоприменительная практика. Простым и понятным языком изложены основные современные проблемы цивилистической доктрины и правоприменительной практики. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, аспирантов, преподавателей юридических вузов, сотрудников правоохранительных органов, государственных служащих, юристов, а также всех заинтересованных читателей.</t>
-[...2 lines deleted...]
-    <t>978-5-534-15227-2</t>
+    <t>В курсе раскрываются основные понятия гражданского права, анализируются научные работы, нормативные правовые акты и правоприменительная практика. Простым и понятным языком изложены основные современные проблемы цивилистической доктрины и правоприменительной практики. Теоретический материал дополняют интерактивные тесты и практико-ориентированные задания, направленные на закрепление теории, развитие навыков правового анализа и применения норм гражданского законодательства в типовых ситуациях. Для студентов, аспирантов, преподавателей юридических вузов, сотрудников правоохранительных органов, государственных служащих, юристов, а также всех заинтересованных читателей.</t>
+  </si>
+  <si>
+    <t>978-5-534-21959-3</t>
   </si>
   <si>
     <t>67.404я73</t>
   </si>
   <si>
     <t>21.03.2024</t>
   </si>
   <si>
     <t>ГРАЖДАНСКОЕ ПРАВО РОССИИ. ПРАКТИКУМ 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Рыженков А. Я., Анисимов А. П., Козлова М. Ю., Осетрова А. Ю. ; Под общ. ред. Рыженкова А. Я.</t>
   </si>
   <si>
     <t>Данный практикум подготовлен на основе Гражданского кодекса РФ, иных федеральных законов и подзаконных актов. Он охватывает все основные темы курса для бакалавров и магистров. Использование практикума позволит усвоить основные понятия, изучить ведущие научные работы, приобрести умения и навыки по решению практических задач и составлению необходимых документов. Издание содержит методические рекомендации по изучению курса гражданского права, практические материалы для бакалавров, а также включает учебно-методический комплекс по изучению спецкурса «Актуальные проблемы правового режима объектов недвижимости».</t>
   </si>
   <si>
     <t>978-5-534-18771-7</t>
   </si>
   <si>
     <t>26.01.2022</t>
   </si>
   <si>
     <t>ГРАЖДАНСКОЕ ПРАВО. ОБЩАЯ ЧАСТЬ 5-е изд., пер. и доп. Учебник для СПО</t>
   </si>
@@ -334,51 +334,51 @@
   <si>
     <t>ИНВЕСТИЦИОННОЕ ПРАВО. Учебник для вузов</t>
   </si>
   <si>
     <t>, Иншакова А. О. [и др.] ; Под ред. Иншаковой А. О., Матыцина Д. Е., Рыженкова А. Я.</t>
   </si>
   <si>
     <t>Финансовое право</t>
   </si>
   <si>
     <t>Целью курса является достижение всестороннего понимания студентами сущности инвестиционных отношений, подготовка их к практической деятельности в области инвестиционного законодательства и изучение соответствующей юридической терминологии. Методология курса способствует формированию у студентов четкой научно-исследовательской позиции и навыков творческого характера. После изучения предлагаемого учебного курса студент сможет уверенно применять на практике свои знания. Прежде всего, разбираться в принципах, отраслевой принадлежности, правовых методах и средствах инвестиционного права, понимать перспективы его развития как межотраслевого института и учебной дисциплины. Структура дисциплины, разработанная с учетом оптимальной организации учебного процесса, обеспечивает приобретение студентами соответствующих знаний. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по программам бакалавриата, специалитета и магистратуры, преподавателей, практикующих специалистов, а также для всех интересующихся вопросами инвестиционного права в России и за рубежом.</t>
   </si>
   <si>
     <t>978-5-534-19167-7</t>
   </si>
   <si>
     <t>67.402я73</t>
   </si>
   <si>
     <t>06.12.2024</t>
   </si>
   <si>
     <t>НЕМАТЕРИАЛЬНЫЕ БЛАГА В СИСТЕМЕ ОБЪЕКТОВ ГРАЖДАНСКИХ ПРАВ. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. О. Иншакова [и др.] ; ответственные редакторы А. О. Иншакова, А. Я. Рыженков.</t>
+    <t>Отв. ред. Иншакова А. О., Рыженков А. Я.</t>
   </si>
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>В курсе авторы раскрывают теоретические аспекты и современную правоприменительную практику таких объектов гражданских прав, как нематериальные блага. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, аспирантов, преподавателей юридических вузов, а также всех заинтересованных читателей.</t>
   </si>
   <si>
     <t>978-5-534-21111-5</t>
   </si>
   <si>
     <t>23.10.2023</t>
   </si>
   <si>
     <t>НОТАРИАТ 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Адвокатура. Нотариат</t>
   </si>
   <si>
     <t>Данный курс освещает ключевые понятия, организационно-правовые основы деятельности нотариата и правила совершения нотариальных действий в Российской Федерации. В основе подготовленного материала находятся нормативные правовые акты о нотариате, учебная и специальная научная литература по проблемам нотариата и нотариальной деятельности, а также отечественная судебная практика. Значительное внимание уделено работе нотариуса по оказанию правовой помощи физическим и юридическим лицам. Авторами были детально рассмотрены аспекты исторического развития основных моделей нотариальной деятельности, объем и характер компетенций нотариата, этические нормы профессии нотариуса, а также зарубежный опыт регулирования нотариальной деятельности других стран. Для студентов юридических вузов и факультетов, обучающихся по программам бакалавриата, специалитета и магистратуры, преподавателей, практикующих специалистов, а также для всех интересующихся проблемами нотариата в России и за рубежом.</t>
   </si>
   <si>
     <t>978-5-534-18026-8</t>
   </si>
@@ -466,69 +466,66 @@
   <si>
     <t>67я73</t>
   </si>
   <si>
     <t>09.02.2023</t>
   </si>
   <si>
     <t>ПРАВОВОЕ ОБЕСПЕЧЕНИЕ ПРОФЕССИОНАЛЬНОЙ ДЕЯТЕЛЬНОСТИ 6-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>Курс входит в образовательную программу подготовки студентов. В нем раскрываются основные понятия общей теории права и государства, а также отраслевых дисциплин. Особое внимание уделяется рассмотрению норм конституционного, гражданского, уголовного, трудового, экологического и иных отраслей права. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Курс может представлять интерес для студентов неюридических специальностей образовательных учреждений среднего профессионального образования, а также для преподавателей, аспирантов, государственных и муниципальных служащих.</t>
   </si>
   <si>
     <t>978-5-534-16129-8</t>
   </si>
   <si>
     <t>67я723</t>
   </si>
   <si>
     <t>24.06.2025</t>
   </si>
   <si>
     <t>Семейное право 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t>А.О. Иншакова [и др.]; под редакцией А.О. Иншаковой, А.Я. Рыженкова, Д.Е. Матыцина.</t>
+    <t>Под ред. Иншаковой А. О., Рыженкова А. Я., Матыцина Д. Е.</t>
   </si>
   <si>
     <t>Семейное право</t>
   </si>
   <si>
-    <t>Учебник подготовлен на основе Семейного кодекса РФ и других актов семейного законодательства, охватывает все основные темы курса семейного права, преподаваемого в юридических вузах. В подготовленном учебном курсе раскрываются основные понятия семейного права, анализируются последние научные работы, нормативные акты и правоприменительная практика. Контент издания соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов юридических вузов и факультетов, обучающихся по программам бакалавриата, специалитета и магистратуры, преподавателей, практикующих специалистов, а также для всех интересующихся проблемами семейного права в России и за рубежом.</t>
+    <t>Курс отражает современный этап правового регулирования семейных отношений в России и ряде зарубежных стран. Студенты изучат условия заключения и прекращения брака, имущественные и личные права супругов, алиментные обязательства, формы устройства детей-сирот. Современность курса подчеркивается вниманием к диинамике семейных правоотношений и защите интересов детей в меняющихся социальных реалиях. Полученные при изучении курса компетенции полезны для работы в органах опеки, судах, нотариате, адвокатуре и организациях социальной защиты. Практико-ориентированный подход включает интерактивные тесты на образовательной платформе.</t>
   </si>
   <si>
     <t>978-5-534-19853-9</t>
   </si>
   <si>
     <t>СЕМЕЙНОЕ ПРАВО 2-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
-    <t>Под ред. Иншаковой А. О., Рыженкова А. Я., Матыцина Д. Е.</t>
-[...2 lines deleted...]
-    <t>Кус подготовлен на основе Семейного кодекса Российской Федерации и других актов семейного законодательства. В нем раскрываются основные понятия семейного права, анализируются последние научные работы, нормативные акты и правоприменительная практика. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов юридических ссузов и факультетов, преподавателей, практикующих специалистов, а также для всех интересующихся проблемами семейного права в России и за рубежом.</t>
+    <t>Курс предоставляет системные знания о правовом регулировании семейных отношений в России. Студенты изучат условия заключения и прекращения брака, права и обязанности супругов, алиментные обязательства, формы устройства детей, оставшихся без попечения родителей, и другие актуальные институты семейного права. Современность курса подчеркивается вниманием к последним изменениям законодательства, судебной практике и тенденциям развития семейных отношений. Полученные компетенции полезны для работы в органах опеки и попечительства, судах, нотариате, адвокатуре и организациях социальной защиты. Практико-ориентированный подход включает интерактивные тесты и решение ситуационных задач.</t>
   </si>
   <si>
     <t>978-5-534-19866-9</t>
   </si>
   <si>
     <t>19.02.2024</t>
   </si>
   <si>
     <t>ТРУДОВОЕ ПРАВО 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Рыженков А. Я., Шаронов С. А.</t>
   </si>
   <si>
     <t>Трудовое право. Право социального обеспечения</t>
   </si>
   <si>
     <t>В настоящем издании изложены теоретические основы по курсу «Трудовое право». Учебный материал четко систематизирован, отражает как традиционные, так и современные подходы к изучению предмета, написан в доступной для понимания форме. Данное пособие — хорошая база для изучения курса и подготовки к текущей и итоговой аттестации по дисциплине. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов и преподавателей высших учебных заведений юридических вузов и факультетов, а также для работников органов государственной власти, местного самоуправления и профсоюзных органов, индивидуальных предпринимателей, работников кадровых служб организаций и иных лиц.</t>
   </si>
   <si>
     <t>978-5-534-18851-6</t>
   </si>
   <si>
     <t>67.405я73</t>
   </si>
@@ -548,50 +545,65 @@
     <t>67.405я723</t>
   </si>
   <si>
     <t>21.01.2025</t>
   </si>
   <si>
     <t>ТРУДОВОЕ ПРАВО РОССИИ 8-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Шаронов С. А., Рыженков А. Я. ; Под общ. ред. Шаронова С.А.</t>
   </si>
   <si>
     <t>Курс подготовлен с учетом последних изменений, внесенных в Трудовой кодекс Российской Федерации, и охватывает все основные темы курса трудового права, преподаваемого в юридических вузах. Раскрываются основные понятия трудового права, анализируются последние научные работы, нормативные акты и правоприменительная практика. Для студентов, аспирантов и преподавателей юридических вузов. Может быть рекомендован юристам, государственным служащим, а также всем участникам трудовых правоотношений в случае возникновения вопросов, связанных с применением норм трудового права на практике.</t>
   </si>
   <si>
     <t>978-5-534-21169-6</t>
   </si>
   <si>
     <t>ЭКОЛОГИЧЕСКОЕ ПРАВО РОССИИ 9-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>В курсе излагаются все основные темы экологического права, изучаемые на юридических факультетах вузов. Содержание глав и параграфов издания отвечает современному уровню развития теории экологического права. В курсе используется и разъясняется действующее экологическое законодательство, приводятся примеры из судебной практики, анализируются экологическое законы ряда субъектов РФ, приводятся примеры муниципальных правовых актов. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Материалы курса могут быть использованы не только студентами высших учебных заведений, но и в качестве справочного пособия должностными лицами органов публичной власти и общественными экологическими объединениями.</t>
   </si>
   <si>
     <t>978-5-534-18526-3</t>
+  </si>
+  <si>
+    <t>29.01.2026</t>
+  </si>
+  <si>
+    <t>Энергетическое право. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>под науч. ред. Абашидзе А.Х., Иншаковой А. О., Матыцина Д. Е.</t>
+  </si>
+  <si>
+    <t>Целью курса является достижение всестороннего понимания студентами сущности экономико-правовых основ энергетики в национальном и международном праве, основных правовых режимов оборота энергетических ресурсов, подготовка к практической деятельности, а также изучение энергетического законодательства и соответствующей юридической терминологии. Курс предназначен для студентов юридических вузов и факультетов, обучающихся по программам бакалавриата, специалитета и магистратуры, преподавателей, практикующих специалистов, а также для всех интересующихся проблемами правового обеспечения энергетического сектора и оборота энергетических ресурсов в России и за рубежом.</t>
+  </si>
+  <si>
+    <t>978-5-534-21341-6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
@@ -951,59 +963,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/agrarnoe-pravo-567542" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-rossii-obschaya-chast-559739" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-rossii-praktikum-560549" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-obschaya-chast-561214" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-chasti-iii-iv-gk-rf-561500" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-chasti-iii-iv-gk-rf-562885" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-obyazatelstva-561499" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-obyazatelstva-562882" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovornoe-pravo-562961" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zhilischnoe-pravo-567844" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zemelnoe-pravo-rossii-569474" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zemelnoe-pravo-rossii-569483" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/investicionnoe-pravo-569104" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nematerialnye-blaga-v-sisteme-obektov-grazhdanskih-prav-559359" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/notariat-564821" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/notariat-568819" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obekty-grazhdanskih-prav-559357" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-ekologicheskogo-prava-561101" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-evropeyskogo-soyuza-v-2-chastyah-ch-2-564574" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovedenie-559932" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-563492" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/semeynoe-pravo-580994" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/semeynoe-pravo-581014" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-560812" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-560885" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-rossii-559484" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekologicheskoe-pravo-rossii-559637" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/agrarnoe-pravo-588393" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-rossii-obschaya-chast-590718" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-rossii-praktikum-583273" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-obschaya-chast-583975" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-chasti-iii-iv-gk-rf-584189" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-chasti-iii-iv-gk-rf-585322" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-obyazatelstva-584188" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-obyazatelstva-585319" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovornoe-pravo-585358" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zhilischnoe-pravo-588685" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zemelnoe-pravo-rossii-582542" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zemelnoe-pravo-rossii-584598" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/investicionnoe-pravo-589763" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nematerialnye-blaga-v-sisteme-obektov-grazhdanskih-prav-590096" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/notariat-586585" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/notariat-589530" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obekty-grazhdanskih-prav-590084" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-ekologicheskogo-prava-583880" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-evropeyskogo-soyuza-v-2-chastyah-ch-2-586444" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovedenie-582797" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-585752" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/semeynoe-pravo-589175" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/semeynoe-pravo-589177" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-583642" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-583702" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-rossii-582540" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekologicheskoe-pravo-rossii-582541" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/energeticheskoe-pravo-590632" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z31"/>
+  <dimension ref="A1:Z32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -1062,51 +1074,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -1176,1970 +1188,2041 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>567542</v>
+        <v>588393</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>523</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2479.0</v>
+        <v>2649.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2729.0</v>
+        <v>2909.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.754</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>559739</v>
+        <v>590718</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>2099.0</v>
+        <v>2219.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2309.0</v>
+        <v>2439.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
-        <v>0.647</v>
+        <v>0.64</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>560549</v>
+        <v>583273</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>329</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1639.0</v>
+        <v>1759.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1799.0</v>
+        <v>1929.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.519</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>561214</v>
+        <v>583975</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>435</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2099.0</v>
+        <v>2249.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2309.0</v>
+        <v>2469.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.647</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>561500</v>
+        <v>584189</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>242</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1269.0</v>
+        <v>1349.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1399.0</v>
+        <v>1479.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.413</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>562885</v>
+        <v>585322</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>242</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1269.0</v>
+        <v>1349.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1399.0</v>
+        <v>1479.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.413</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>561499</v>
+        <v>584188</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>376</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1839.0</v>
+        <v>1969.0</v>
       </c>
       <c r="M11" s="9">
-        <v>2019.0</v>
+        <v>2169.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.575</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>562882</v>
+        <v>585319</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>376</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1839.0</v>
+        <v>1969.0</v>
       </c>
       <c r="M12" s="9">
-        <v>2019.0</v>
+        <v>2169.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>69</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>75</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.575</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>562961</v>
+        <v>585358</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>348</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1719.0</v>
+        <v>1839.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1889.0</v>
+        <v>2019.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>78</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>79</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.542</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>567844</v>
+        <v>588685</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>82</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>424</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>2049.0</v>
+        <v>2199.0</v>
       </c>
       <c r="M14" s="9">
-        <v>2249.0</v>
+        <v>2419.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>83</v>
       </c>
       <c r="S14" s="6" t="s">
         <v>84</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>85</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.634</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>569474</v>
+        <v>582542</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>86</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>87</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>88</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>287</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>1459.0</v>
+        <v>1559.0</v>
       </c>
       <c r="M15" s="9">
-        <v>1599.0</v>
+        <v>1709.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>89</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>90</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
         <v>91</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y15" s="8">
         <v>0.468</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>569483</v>
+        <v>584598</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>86</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>93</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>287</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
-        <v>1459.0</v>
+        <v>1559.0</v>
       </c>
       <c r="M16" s="9">
-        <v>1599.0</v>
+        <v>1709.0</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S16" s="6" t="s">
         <v>94</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
         <v>95</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
         <v>96</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y16" s="8">
         <v>0.468</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>569104</v>
+        <v>589763</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>97</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
         <v>98</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>99</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>402</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="9">
-        <v>1959.0</v>
+        <v>2089.0</v>
       </c>
       <c r="M17" s="9">
-        <v>2149.0</v>
+        <v>2299.0</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>100</v>
       </c>
       <c r="S17" s="6" t="s">
         <v>101</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
         <v>102</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
         <v>103</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y17" s="8">
         <v>0.607</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>559359</v>
+        <v>590096</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
         <v>105</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>106</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>67</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>107</v>
       </c>
       <c r="L18" s="9">
-        <v>429.0</v>
+        <v>459.0</v>
       </c>
       <c r="M18" s="9">
-        <v>469.0</v>
+        <v>499.0</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>107</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R18" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S18" s="6" t="s">
         <v>108</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
         <v>109</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y18" s="8">
         <v>0.1</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="8">
-        <v>564821</v>
+        <v>586585</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>110</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
         <v>111</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>82</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J19" s="8">
         <v>467</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L19" s="9">
-        <v>2239.0</v>
+        <v>2389.0</v>
       </c>
       <c r="M19" s="9">
-        <v>2459.0</v>
+        <v>2629.0</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>112</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>113</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>114</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
         <v>115</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y19" s="8">
         <v>0.686</v>
       </c>
       <c r="Z19" s="6"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="8">
-        <v>568819</v>
+        <v>589530</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>110</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
         <v>116</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>117</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J20" s="8">
         <v>468</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L20" s="9">
-        <v>2239.0</v>
+        <v>2399.0</v>
       </c>
       <c r="M20" s="9">
-        <v>2459.0</v>
+        <v>2639.0</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q20" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R20" s="6" t="s">
         <v>112</v>
       </c>
       <c r="S20" s="6" t="s">
         <v>118</v>
       </c>
       <c r="T20" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U20" s="6" t="s">
         <v>119</v>
       </c>
       <c r="V20" s="6"/>
       <c r="W20" s="6" t="s">
         <v>115</v>
       </c>
       <c r="X20" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y20" s="8">
         <v>0.687</v>
       </c>
       <c r="Z20" s="6"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="8">
-        <v>559357</v>
+        <v>590084</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
         <v>121</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>106</v>
       </c>
       <c r="F21" s="6"/>
       <c r="G21" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J21" s="8">
         <v>330</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L21" s="9">
-        <v>1649.0</v>
+        <v>1759.0</v>
       </c>
       <c r="M21" s="9">
-        <v>1809.0</v>
+        <v>1929.0</v>
       </c>
       <c r="N21" s="6"/>
       <c r="O21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q21" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R21" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S21" s="6" t="s">
         <v>122</v>
       </c>
       <c r="T21" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U21" s="6" t="s">
         <v>123</v>
       </c>
       <c r="V21" s="6"/>
       <c r="W21" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X21" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y21" s="8">
         <v>0.52</v>
       </c>
       <c r="Z21" s="6"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="8">
-        <v>561101</v>
+        <v>583880</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>124</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
         <v>125</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>126</v>
       </c>
       <c r="F22" s="6"/>
       <c r="G22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J22" s="8">
         <v>432</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L22" s="9">
-        <v>2089.0</v>
+        <v>2229.0</v>
       </c>
       <c r="M22" s="9">
-        <v>2299.0</v>
+        <v>2449.0</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q22" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R22" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S22" s="6" t="s">
         <v>127</v>
       </c>
       <c r="T22" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U22" s="6" t="s">
         <v>128</v>
       </c>
       <c r="V22" s="6"/>
       <c r="W22" s="6" t="s">
         <v>96</v>
       </c>
       <c r="X22" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y22" s="8">
         <v>0.644</v>
       </c>
       <c r="Z22" s="6"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="8">
-        <v>564574</v>
+        <v>586444</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>129</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
         <v>130</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>131</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J23" s="8">
         <v>343</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L23" s="9">
-        <v>1699.0</v>
+        <v>1819.0</v>
       </c>
       <c r="M23" s="9">
-        <v>1869.0</v>
+        <v>1999.0</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>132</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>133</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>134</v>
       </c>
       <c r="V23" s="6"/>
       <c r="W23" s="6" t="s">
         <v>135</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y23" s="8">
         <v>0.536</v>
       </c>
       <c r="Z23" s="6"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="8">
-        <v>559932</v>
+        <v>582797</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>136</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
         <v>137</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>138</v>
       </c>
       <c r="F24" s="6"/>
       <c r="G24" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J24" s="8">
         <v>344</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L24" s="9">
-        <v>1709.0</v>
+        <v>1829.0</v>
       </c>
       <c r="M24" s="9">
-        <v>1879.0</v>
+        <v>2009.0</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q24" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R24" s="6" t="s">
         <v>139</v>
       </c>
       <c r="S24" s="6" t="s">
         <v>140</v>
       </c>
       <c r="T24" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U24" s="6" t="s">
         <v>141</v>
       </c>
       <c r="V24" s="6"/>
       <c r="W24" s="6" t="s">
         <v>142</v>
       </c>
       <c r="X24" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y24" s="8">
         <v>0.537</v>
       </c>
       <c r="Z24" s="6"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="8">
-        <v>563492</v>
+        <v>585752</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>143</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
         <v>144</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>138</v>
       </c>
       <c r="F25" s="6"/>
       <c r="G25" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H25" s="6"/>
       <c r="I25" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J25" s="8">
         <v>344</v>
       </c>
       <c r="K25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L25" s="9">
-        <v>1709.0</v>
+        <v>1829.0</v>
       </c>
       <c r="M25" s="9">
-        <v>1879.0</v>
+        <v>2009.0</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P25" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q25" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R25" s="6" t="s">
         <v>139</v>
       </c>
       <c r="S25" s="6" t="s">
         <v>145</v>
       </c>
       <c r="T25" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U25" s="6" t="s">
         <v>146</v>
       </c>
       <c r="V25" s="6"/>
       <c r="W25" s="6" t="s">
         <v>147</v>
       </c>
       <c r="X25" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y25" s="8">
         <v>0.537</v>
       </c>
       <c r="Z25" s="6"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="8">
-        <v>580994</v>
+        <v>589175</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>148</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
         <v>149</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>150</v>
       </c>
       <c r="F26" s="6"/>
       <c r="G26" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J26" s="8">
         <v>397</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L26" s="9">
-        <v>1939.0</v>
+        <v>2069.0</v>
       </c>
       <c r="M26" s="9">
-        <v>2129.0</v>
+        <v>2279.0</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q26" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R26" s="6" t="s">
         <v>151</v>
       </c>
       <c r="S26" s="6" t="s">
         <v>152</v>
       </c>
       <c r="T26" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U26" s="6" t="s">
         <v>153</v>
       </c>
       <c r="V26" s="6"/>
       <c r="W26" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X26" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y26" s="8">
         <v>0.601</v>
       </c>
       <c r="Z26" s="6"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="8">
-        <v>581014</v>
+        <v>589177</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>148</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
         <v>154</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="F27" s="6"/>
       <c r="G27" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H27" s="6"/>
       <c r="I27" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J27" s="8">
         <v>308</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L27" s="9">
-        <v>1549.0</v>
+        <v>1659.0</v>
       </c>
       <c r="M27" s="9">
-        <v>1699.0</v>
+        <v>1819.0</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>151</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="V27" s="6"/>
       <c r="W27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y27" s="8">
         <v>0.493</v>
       </c>
       <c r="Z27" s="6"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="8">
-        <v>560812</v>
+        <v>583642</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="E28" s="6" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="F28" s="6"/>
       <c r="G28" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H28" s="6"/>
       <c r="I28" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J28" s="8">
         <v>252</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L28" s="9">
-        <v>1049.0</v>
+        <v>1129.0</v>
       </c>
       <c r="M28" s="9">
-        <v>1149.0</v>
+        <v>1239.0</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O28" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q28" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R28" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="S28" s="6" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="T28" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U28" s="6" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="V28" s="6"/>
       <c r="W28" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="X28" s="6" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="Y28" s="8">
         <v>0.339</v>
       </c>
       <c r="Z28" s="6"/>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="8">
-        <v>560885</v>
+        <v>583702</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E29" s="6" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F29" s="6"/>
       <c r="G29" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H29" s="6"/>
       <c r="I29" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J29" s="8">
         <v>252</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L29" s="9">
-        <v>1049.0</v>
+        <v>1129.0</v>
       </c>
       <c r="M29" s="9">
-        <v>1149.0</v>
+        <v>1239.0</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P29" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q29" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R29" s="6" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="S29" s="6" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="T29" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U29" s="6" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="V29" s="6"/>
       <c r="W29" s="6" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="X29" s="6" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="Y29" s="8">
         <v>0.339</v>
       </c>
       <c r="Z29" s="6"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="8">
-        <v>559484</v>
+        <v>582540</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="E30" s="6" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="F30" s="6"/>
       <c r="G30" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H30" s="6"/>
       <c r="I30" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J30" s="8">
         <v>462</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L30" s="9">
-        <v>2219.0</v>
+        <v>2369.0</v>
       </c>
       <c r="M30" s="9">
-        <v>2439.0</v>
+        <v>2609.0</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P30" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q30" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R30" s="6" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="S30" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="T30" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U30" s="6" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="V30" s="6"/>
       <c r="W30" s="6" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="X30" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y30" s="8">
         <v>0.68</v>
       </c>
       <c r="Z30" s="6"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="8">
-        <v>559637</v>
+        <v>582541</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>124</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>126</v>
       </c>
       <c r="F31" s="6"/>
       <c r="G31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H31" s="6"/>
       <c r="I31" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J31" s="8">
         <v>432</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L31" s="9">
-        <v>2089.0</v>
+        <v>2229.0</v>
       </c>
       <c r="M31" s="9">
-        <v>2299.0</v>
+        <v>2449.0</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="V31" s="6"/>
       <c r="W31" s="6" t="s">
         <v>91</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y31" s="8">
         <v>0.644</v>
       </c>
       <c r="Z31" s="6"/>
+    </row>
+    <row r="32" spans="1:26">
+      <c r="A32" s="8">
+        <v>590632</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="C32" s="6"/>
+      <c r="D32" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="F32" s="6"/>
+      <c r="G32" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H32" s="6"/>
+      <c r="I32" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J32" s="8">
+        <v>440</v>
+      </c>
+      <c r="K32" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" s="9">
+        <v>2269.0</v>
+      </c>
+      <c r="M32" s="9">
+        <v>2499.0</v>
+      </c>
+      <c r="N32" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O32" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P32" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q32" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="R32" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="S32" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="T32" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U32" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="V32" s="6"/>
+      <c r="W32" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="X32" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y32" s="8">
+        <v>0.653</v>
+      </c>
+      <c r="Z32" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>
     <hyperlink ref="G14" r:id="rId_hyperlink_10"/>
     <hyperlink ref="G15" r:id="rId_hyperlink_11"/>
     <hyperlink ref="G16" r:id="rId_hyperlink_12"/>
     <hyperlink ref="G17" r:id="rId_hyperlink_13"/>
     <hyperlink ref="G18" r:id="rId_hyperlink_14"/>
     <hyperlink ref="G19" r:id="rId_hyperlink_15"/>
     <hyperlink ref="G20" r:id="rId_hyperlink_16"/>
     <hyperlink ref="G21" r:id="rId_hyperlink_17"/>
     <hyperlink ref="G22" r:id="rId_hyperlink_18"/>
     <hyperlink ref="G23" r:id="rId_hyperlink_19"/>
     <hyperlink ref="G24" r:id="rId_hyperlink_20"/>
     <hyperlink ref="G25" r:id="rId_hyperlink_21"/>
     <hyperlink ref="G26" r:id="rId_hyperlink_22"/>
     <hyperlink ref="G27" r:id="rId_hyperlink_23"/>
     <hyperlink ref="G28" r:id="rId_hyperlink_24"/>
     <hyperlink ref="G29" r:id="rId_hyperlink_25"/>
     <hyperlink ref="G30" r:id="rId_hyperlink_26"/>
     <hyperlink ref="G31" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="G32" r:id="rId_hyperlink_28"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>