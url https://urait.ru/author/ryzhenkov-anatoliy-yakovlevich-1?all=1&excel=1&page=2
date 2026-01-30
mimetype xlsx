--- v0 (2026-01-20)
+++ v1 (2026-01-30)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
-[...1 lines deleted...]
-    <t>20.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
+  <si>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -545,50 +545,65 @@
     <t>67.405я723</t>
   </si>
   <si>
     <t>21.01.2025</t>
   </si>
   <si>
     <t>ТРУДОВОЕ ПРАВО РОССИИ 8-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Шаронов С. А., Рыженков А. Я. ; Под общ. ред. Шаронова С.А.</t>
   </si>
   <si>
     <t>Курс подготовлен с учетом последних изменений, внесенных в Трудовой кодекс Российской Федерации, и охватывает все основные темы курса трудового права, преподаваемого в юридических вузах. Раскрываются основные понятия трудового права, анализируются последние научные работы, нормативные акты и правоприменительная практика. Для студентов, аспирантов и преподавателей юридических вузов. Может быть рекомендован юристам, государственным служащим, а также всем участникам трудовых правоотношений в случае возникновения вопросов, связанных с применением норм трудового права на практике.</t>
   </si>
   <si>
     <t>978-5-534-21169-6</t>
   </si>
   <si>
     <t>ЭКОЛОГИЧЕСКОЕ ПРАВО РОССИИ 9-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>В курсе излагаются все основные темы экологического права, изучаемые на юридических факультетах вузов. Содержание глав и параграфов издания отвечает современному уровню развития теории экологического права. В курсе используется и разъясняется действующее экологическое законодательство, приводятся примеры из судебной практики, анализируются экологическое законы ряда субъектов РФ, приводятся примеры муниципальных правовых актов. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Материалы курса могут быть использованы не только студентами высших учебных заведений, но и в качестве справочного пособия должностными лицами органов публичной власти и общественными экологическими объединениями.</t>
   </si>
   <si>
     <t>978-5-534-18526-3</t>
+  </si>
+  <si>
+    <t>29.01.2026</t>
+  </si>
+  <si>
+    <t>Энергетическое право. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>под науч. ред. Абашидзе А.Х., Иншаковой А. О., Матыцина Д. Е.</t>
+  </si>
+  <si>
+    <t>Целью курса является достижение всестороннего понимания студентами сущности экономико-правовых основ энергетики в национальном и международном праве, основных правовых режимов оборота энергетических ресурсов, подготовка к практической деятельности, а также изучение энергетического законодательства и соответствующей юридической терминологии. Курс предназначен для студентов юридических вузов и факультетов, обучающихся по программам бакалавриата, специалитета и магистратуры, преподавателей, практикующих специалистов, а также для всех интересующихся проблемами правового обеспечения энергетического сектора и оборота энергетических ресурсов в России и за рубежом.</t>
+  </si>
+  <si>
+    <t>978-5-534-21341-6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
@@ -948,59 +963,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/agrarnoe-pravo-588393" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-rossii-obschaya-chast-582621" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-rossii-praktikum-583273" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-obschaya-chast-583975" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-chasti-iii-iv-gk-rf-584189" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-chasti-iii-iv-gk-rf-585322" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-obyazatelstva-584188" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-obyazatelstva-585319" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovornoe-pravo-585358" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zhilischnoe-pravo-588685" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zemelnoe-pravo-rossii-582542" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zemelnoe-pravo-rossii-584598" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/investicionnoe-pravo-589763" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nematerialnye-blaga-v-sisteme-obektov-grazhdanskih-prav-590096" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/notariat-586585" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/notariat-589530" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obekty-grazhdanskih-prav-590084" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-ekologicheskogo-prava-583880" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-evropeyskogo-soyuza-v-2-chastyah-ch-2-586444" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovedenie-582797" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-585752" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/semeynoe-pravo-589175" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/semeynoe-pravo-589177" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-583642" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-583702" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-rossii-582540" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekologicheskoe-pravo-rossii-582541" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/agrarnoe-pravo-588393" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-rossii-obschaya-chast-582621" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-rossii-praktikum-583273" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-obschaya-chast-583975" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-chasti-iii-iv-gk-rf-584189" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-chasti-iii-iv-gk-rf-585322" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-obyazatelstva-584188" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/grazhdanskoe-pravo-osobennaya-chast-obyazatelstva-585319" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/dogovornoe-pravo-585358" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zhilischnoe-pravo-588685" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zemelnoe-pravo-rossii-582542" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zemelnoe-pravo-rossii-584598" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/investicionnoe-pravo-589763" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nematerialnye-blaga-v-sisteme-obektov-grazhdanskih-prav-590096" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/notariat-586585" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/notariat-589530" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obekty-grazhdanskih-prav-590084" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-ekologicheskogo-prava-583880" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-evropeyskogo-soyuza-v-2-chastyah-ch-2-586444" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovedenie-582797" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-585752" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/semeynoe-pravo-589175" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/semeynoe-pravo-589177" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-583642" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-583702" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trudovoe-pravo-rossii-582540" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekologicheskoe-pravo-rossii-582541" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/energeticheskoe-pravo-590632" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z31"/>
+  <dimension ref="A1:Z32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -1059,51 +1074,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -3058,85 +3073,156 @@
         <v>37</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>175</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>176</v>
       </c>
       <c r="V31" s="6"/>
       <c r="W31" s="6" t="s">
         <v>91</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y31" s="8">
         <v>0.644</v>
       </c>
       <c r="Z31" s="6"/>
+    </row>
+    <row r="32" spans="1:26">
+      <c r="A32" s="8">
+        <v>590632</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="C32" s="6"/>
+      <c r="D32" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="F32" s="6"/>
+      <c r="G32" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H32" s="6"/>
+      <c r="I32" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J32" s="8">
+        <v>440</v>
+      </c>
+      <c r="K32" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" s="9">
+        <v>2119.0</v>
+      </c>
+      <c r="M32" s="9">
+        <v>2329.0</v>
+      </c>
+      <c r="N32" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O32" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P32" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q32" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="R32" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="S32" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="T32" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U32" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="V32" s="6"/>
+      <c r="W32" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="X32" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y32" s="8">
+        <v>0.653</v>
+      </c>
+      <c r="Z32" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>
     <hyperlink ref="G14" r:id="rId_hyperlink_10"/>
     <hyperlink ref="G15" r:id="rId_hyperlink_11"/>
     <hyperlink ref="G16" r:id="rId_hyperlink_12"/>
     <hyperlink ref="G17" r:id="rId_hyperlink_13"/>
     <hyperlink ref="G18" r:id="rId_hyperlink_14"/>
     <hyperlink ref="G19" r:id="rId_hyperlink_15"/>
     <hyperlink ref="G20" r:id="rId_hyperlink_16"/>
     <hyperlink ref="G21" r:id="rId_hyperlink_17"/>
     <hyperlink ref="G22" r:id="rId_hyperlink_18"/>
     <hyperlink ref="G23" r:id="rId_hyperlink_19"/>
     <hyperlink ref="G24" r:id="rId_hyperlink_20"/>
     <hyperlink ref="G25" r:id="rId_hyperlink_21"/>
     <hyperlink ref="G26" r:id="rId_hyperlink_22"/>
     <hyperlink ref="G27" r:id="rId_hyperlink_23"/>
     <hyperlink ref="G28" r:id="rId_hyperlink_24"/>
     <hyperlink ref="G29" r:id="rId_hyperlink_25"/>
     <hyperlink ref="G30" r:id="rId_hyperlink_26"/>
     <hyperlink ref="G31" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="G32" r:id="rId_hyperlink_28"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>