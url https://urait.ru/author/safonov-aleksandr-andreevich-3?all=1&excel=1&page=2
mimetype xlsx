--- v0 (2025-12-14)
+++ v1 (2026-03-17)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
-[...1 lines deleted...]
-    <t>14.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
+  <si>
+    <t>17.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -220,77 +220,74 @@
   <si>
     <t>978-5-534-16137-3</t>
   </si>
   <si>
     <t>26я723</t>
   </si>
   <si>
     <t>07.02.2023</t>
   </si>
   <si>
     <t>ГЕОГРАФИЯ МИРА. БАЗОВЫЙ И УГЛУБЛЕННЫЙ УРОВНИ: 10—11 КЛАССЫ 3-е изд., пер. и доп. Учебник для СОО</t>
   </si>
   <si>
     <t>В учебнике представлены основные сведения по населению мира и мировому хозяйству сравнительно с социально-экономическим развитием России. Учебник ориентирован на среднее общее образование в пределах освоения образовательной программы СПО на базе основного общего образования.</t>
   </si>
   <si>
     <t>978-5-534-15652-2</t>
   </si>
   <si>
     <t>30.08.2024</t>
   </si>
   <si>
     <t>ИСТОРИЯ (КОНЕЦ XX — НАЧАЛО XXI ВЕКА) 4-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. А. Сафонов,  М. А. Сафонова.</t>
+    <t>Сафонов А. А., Сафонова М. А.</t>
   </si>
   <si>
     <t>Общественные науки</t>
   </si>
   <si>
     <t>История России</t>
   </si>
   <si>
     <t>Изложение материала курса максимально нейтрально освещает изменения в России и в мире. Курс необходим для гармоничного развития и социализации личности обучающегося и основан на воспитании системного и критического мышления. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Курс предназначен для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20248-9</t>
   </si>
   <si>
     <t>63я723</t>
   </si>
   <si>
     <t>05.09.2024</t>
   </si>
   <si>
     <t>ИСТОРИЯ: МЕЖДУНАРОДНЫЕ КОНФЛИКТЫ В XXI ВЕКЕ 5-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
-    <t>Сафонов А. А., Сафонова М. А.</t>
-[...1 lines deleted...]
-  <si>
     <t>Мировая политика и международные отношения</t>
   </si>
   <si>
     <t>В учебном курсе представлены основные теоретические положения международной конфликтологии. Приводится значительное количество примеров из мировой практики последних лет, обозначена официальная позиция МИД России по наиболее значимым международным спорам. Особое внимание уделено вопросам управления конфликтами, их предотвращения и урегулирования, а также актуальным проблемам современности — миграционным кризисам и информационным войнам. Курс дополнен различными заданиями для самостоятельной работы студента. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования, изучающих международные отношения, политологию, конфликтологию, историю, мировую экономику, журналистику, государственное и муниципальное управление, а также для всех интересующихся современной мировой политикой.</t>
   </si>
   <si>
     <t>978-5-534-20312-7</t>
   </si>
   <si>
     <t>66.4(0)я723</t>
   </si>
   <si>
     <t>27.12.2024</t>
   </si>
   <si>
     <t>КОНФЛИКТЫ В ИСЛАМСКОМ МИРЕ 5-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>В учебном курсе представлены основные теоретические положения международной конфликтологии. Подробно рассмотрено значительное количество примеров из мировой практики последних лет, обозначена официальная позиция МИД России по наиболее значимым международным спорам. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для изучающих международные отношения, политологию, конфликтологию, историю, мировую экономику, журналистику, государственное и муниципальное управление, для абитуриентов, преподавателей обществознания и истории, государственных служащих, сотрудников правоохранительных органов, практикующих журналистов, а также для всех интересующихся современной мировой политикой.</t>
   </si>
   <si>
     <t>978-5-534-21361-4</t>
@@ -430,53 +427,50 @@
   <si>
     <t>978-5-534-15896-0</t>
   </si>
   <si>
     <t>79.1я723</t>
   </si>
   <si>
     <t>05.10.2022</t>
   </si>
   <si>
     <t>МУЗЕЙНОЕ ДЕЛО И ОХРАНА ПАМЯТНИКОВ 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>В учебном курсе представлены основные теоретические и практические сведения по музейному делу. Демонстрируется опыт ведущих российских и зарубежных музейных центров. Приводится правовая база действующего законодательства в отрасли. Курс дополнен различными заданиями для самостоятельной работы студента. Соответствует актуальным требованиям профессионального стандарта «Хранитель музейных ценностей», федеральных государственных образовательных стандартов высшего образования и рабочим программам ведущих университетов и колледжей. Для изучающих туризм, педагогику, искусствоведение, рекламу, историю и культурологию, преподавателей обществознания, литературы, истории, мировой художественной культуры, сотрудников музеев, галерей и выставочных комплексов, государственных служащих, журналистов, а также для всех интересующихся современной культурой.</t>
   </si>
   <si>
     <t>978-5-534-15742-0</t>
   </si>
   <si>
     <t>16.04.2025</t>
   </si>
   <si>
     <t>Образовательный маркетинг. Учебник для вузов</t>
   </si>
   <si>
-    <t>А.А. Сафонов, М.А. Сафонова</t>
-[...1 lines deleted...]
-  <si>
     <t>Экономические науки</t>
   </si>
   <si>
     <t>Маркетинг</t>
   </si>
   <si>
     <t>В учебном курсе представлены основные особенности маркетинга в сфере образования в России. Основная цель этого курса — продемонстрировать применимость маркетинговых подходов к реалиям российского образования и дать навыки, необходимые как будущим учителям и администраторам, так и занимающимся репетиторством в порядке самозанятости. В курсе раскрываются все аспекты образовательного маркетинга — от специфики образовательных рынков до ценовой политики, СММ в сфере образования и академического фандрайзинга. Соответствует актуальным требованиям федеральных государственных образовательных стандартов высшего образования и рабочим программам ведущих университетов и колледжей. Для изучающих маркетинг, педагогику, а также для всех интересующихся академической карьерой.</t>
   </si>
   <si>
     <t>978-5-534-17645-2</t>
   </si>
   <si>
     <t>74.0я73</t>
   </si>
   <si>
     <t>26.09.2023</t>
   </si>
   <si>
     <t>ОХРАНА ТРУДА. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Технические науки</t>
   </si>
   <si>
     <t>Безопасность жизнедеятельности. Охрана труда</t>
@@ -499,51 +493,51 @@
   <si>
     <t>20.04.2022</t>
   </si>
   <si>
     <t>ПАРТНЕРСТВА В ЦИФРОВОМ ОБРАЗОВАНИИ 2022—2030. МАТЕРИАЛЫ ВЕБИНАРОВ, БЕСЕД И ИССЛЕДОВАНИЙ ЮРАЙТ.АКАДЕМИИ. ВЫПУСК 5. ЗИМНЯЯ ШКОЛА ПРЕПОДАВАТЕЛЯ 2022</t>
   </si>
   <si>
     <t>Сост. Сафонов А. А., Кокая Э. Т., Частова П. А., Матыс О. И.</t>
   </si>
   <si>
     <t>Педагогика и образование. Общие работы</t>
   </si>
   <si>
     <t>В сборник вошли материалы и тезисы онлайн-классов и дискуссий X Зимней школы преподавателя, проходившей с 31 января по 4 февраля 2022 г. Редакция «Юрайта» составила тексты на основе выступлений российских и зарубежных преподавателей, исследователей, администраторов и работодателей. Сборник освещает проблемы партнерства в цифровом образовании и цифровых технологиях, взаимодействия цифрового образования и государства, научной интеграции, экономических аспектов цифрового образования, международной кооперации в образовании и многое другое. В сборник также вошли проектные задания слушателей Школы и материалы осеннего семестра 2021. Материалы сборника распространяются на условиях Creative Commons (CC BY-NC). Для широкого круга читателей, интересующихся проблемами образования.</t>
   </si>
   <si>
     <t>978-5-534-15586-0</t>
   </si>
   <si>
     <t>26.12.2024</t>
   </si>
   <si>
     <t>ПЕДАГОГИЧЕСКИЙ ДИЗАЙН ЭЛЕКТРОННЫХ КУРСОВ. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. А. Сафонов.</t>
+    <t>Сафонов А. А.</t>
   </si>
   <si>
     <t>Курс посвящен разработке и содержанию цифрового курса, форматам цифровых занятий, системе оценивания эффективности обучения. Материалы данного курса позволяют сформировать у обучающихся понимание новой роли, функций и необходимых компетенций преподавателя в цифровом образовательном процессе. Курс адресован студентам педагогических направлений, практикующим преподавателям, сотрудникам учебно-методических отделов, а также разработчикам цифровых сервисов и приложений для образования.</t>
   </si>
   <si>
     <t>978-5-534-21364-5</t>
   </si>
   <si>
     <t>74.6я73</t>
   </si>
   <si>
     <t>ПЕДАГОГИЧЕСКИЙ ДИЗАЙН ЭЛЕКТРОННЫХ КУРСОВ. Учебник и практикум для СПО</t>
   </si>
   <si>
     <t>978-5-534-21365-2</t>
   </si>
   <si>
     <t>74.6я723</t>
   </si>
   <si>
     <t>17.06.2021</t>
   </si>
   <si>
     <t>ПРОСТОРЫ И ГОРИЗОНТЫ ЦИФРОВОГО ОБРАЗОВАНИЯ. МАТЕРИАЛЫ ВЕБИНАРОВ, БЕСЕД И ИССЛЕДОВАНИЙ ЮРАЙТ.АКАДЕМИИ. ВЫПУСК 3. ВЕСЕННИЙ СЕМЕСТР 2021</t>
   </si>
@@ -1071,51 +1065,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/astronomiya-565336" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/astronomiya-564978" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/astronomiya-10-11-klassy-568401" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geografiya-dlya-kolledzhey-566226" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geografiya-mira-bazovyy-i-uglublennyy-urovni-10-11-klassy-568413" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-konec-xx-nachalo-xxi-veka-557853" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-mezhdunarodnye-konflikty-v-xxi-veke-565771" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konflikty-v-islamskom-mire-569811" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/literatura-hrestomatiya-10-klass-563051" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/literatura-hrestomatiya-11-klass-563161" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/literatura-hrestomatiya-russkaya-klassicheskaya-drama-10-11-klassy-564786" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lichnostno-orientirovannoe-cifrovoe-obrazovanie-materialy-yurayt-akademii-vypusk-9-569237" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnye-konflikty-v-xxi-veke-565111" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnyy-terrorizm-i-radikalnyy-islamizm-569819" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/menedzhment-i-marketing-v-muzeynoy-deyatelnosti-569843" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/muzeevedenie-565608" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/muzeynoe-delo-i-ohrana-pamyatnikov-565600" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obrazovatelnyy-marketing-581021" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ohrana-truda-568599" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ohrana-truda-568624" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/partnerstva-v-cifrovom-obrazovanii-2022-2030-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-5-zimnyaya-shkola-prepodavatelya-2022-568386" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskiy-dizayn-elektronnyh-kursov-569814" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskiy-dizayn-elektronnyh-kursov-569815" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prostory-i-gorizonty-cifrovogo-obrazovaniya-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-3-vesenniy-semestr-2021-568213" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/protivodeystvie-terrorizmu-radikalnyy-islamizm-569817" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/regionalnye-konflikty-569810" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rossiya-v-mire-konec-xx-nachalo-xxi-veka-10-11-klassy-557943" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkie-esteticheskie-traktaty-v-2-t-tom-1-klassicizm-562803" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkie-esteticheskie-traktaty-v-2-t-tom-2-romantizm-562856" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennaya-istoriya-557942" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trendy-cifrovogo-obrazovaniya-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-2-zimnyaya-shkola-prepodavatelya-2021-568177" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-pedagogika-prakticheskiy-kurs-569199" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-transformaciya-obrazovaniya-569813" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovye-navyki-dlya-distanta-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-1-2020-god-482713" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/effektivnost-cifrovogo-obrazovaniya-materialy-yurayt-akademii-vyp-8-568672" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/astronomiya-565336" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/astronomiya-564978" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/astronomiya-10-11-klassy-568401" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geografiya-dlya-kolledzhey-590571" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geografiya-mira-bazovyy-i-uglublennyy-urovni-10-11-klassy-589160" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-konec-xx-nachalo-xxi-veka-588691" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-mezhdunarodnye-konflikty-v-xxi-veke-587224" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konflikty-v-islamskom-mire-590209" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/literatura-hrestomatiya-10-klass-585426" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/literatura-hrestomatiya-11-klass-585528" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/literatura-hrestomatiya-russkaya-klassicheskaya-drama-10-11-klassy-586562" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lichnostno-orientirovannoe-cifrovoe-obrazovanie-materialy-yurayt-akademii-vypusk-9-589869" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnye-konflikty-v-xxi-veke-586778" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnyy-terrorizm-i-radikalnyy-islamizm-590212" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/menedzhment-i-marketing-v-muzeynoy-deyatelnosti-590216" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/muzeevedenie-587117" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/muzeynoe-delo-i-ohrana-pamyatnikov-587109" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obrazovatelnyy-marketing-590344" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ohrana-truda-589336" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ohrana-truda-589358" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/partnerstva-v-cifrovom-obrazovanii-2022-2030-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-5-zimnyaya-shkola-prepodavatelya-2022-589134" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskiy-dizayn-elektronnyh-kursov-590214" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskiy-dizayn-elektronnyh-kursov-590215" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prostory-i-gorizonty-cifrovogo-obrazovaniya-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-3-vesenniy-semestr-2021-589011" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/protivodeystvie-terrorizmu-radikalnyy-islamizm-590213" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/regionalnye-konflikty-590208" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rossiya-v-mire-konec-xx-nachalo-xxi-veka-10-11-klassy-589151" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkie-esteticheskie-traktaty-v-2-t-tom-1-klassicizm-562803" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/russkie-esteticheskie-traktaty-v-2-t-tom-2-romantizm-562856" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennaya-istoriya-588984" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/trendy-cifrovogo-obrazovaniya-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-2-zimnyaya-shkola-prepodavatelya-2021-588975" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-pedagogika-prakticheskiy-kurs-589852" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-transformaciya-obrazovaniya-590211" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovye-navyki-dlya-distanta-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-1-2020-god-482713" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/effektivnost-cifrovogo-obrazovaniya-materialy-yurayt-akademii-vyp-8-589404" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -1323,54 +1317,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2025</v>
       </c>
       <c r="J5" s="8">
         <v>288</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1779.0</v>
+        <v>1899.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1959.0</v>
+        <v>2089.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
@@ -1391,54 +1385,54 @@
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2025</v>
       </c>
       <c r="J6" s="8">
         <v>288</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1639.0</v>
+        <v>1899.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1799.0</v>
+        <v>2089.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>47</v>
       </c>
@@ -1461,2298 +1455,2298 @@
       <c r="B7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2025</v>
       </c>
       <c r="J7" s="8">
         <v>306</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1539.0</v>
+        <v>1649.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1689.0</v>
+        <v>1809.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6">
         <v>22.6</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y7" s="8">
         <v>0.491</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>566226</v>
+        <v>590571</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>362</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1779.0</v>
+        <v>1909.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1959.0</v>
+        <v>2099.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y8" s="8">
         <v>0.558</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>568413</v>
+        <v>589160</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>360</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1779.0</v>
+        <v>1899.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1959.0</v>
+        <v>2089.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>58</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y9" s="8">
         <v>0.556</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>557853</v>
+        <v>588691</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>277</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1419.0</v>
+        <v>1519.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1559.0</v>
+        <v>1669.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>73</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y10" s="8">
         <v>0.456</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>565771</v>
+        <v>587224</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>358</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1769.0</v>
+        <v>1889.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1949.0</v>
+        <v>2079.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R11" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="S11" s="6" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y11" s="8">
         <v>0.554</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>569811</v>
+        <v>590209</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>209</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1119.0</v>
+        <v>1199.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1229.0</v>
+        <v>1319.0</v>
       </c>
       <c r="N12" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R12" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y12" s="8">
         <v>0.373</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>563051</v>
+        <v>585426</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="E13" s="6" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>213</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1139.0</v>
+        <v>1219.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1249.0</v>
+        <v>1339.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q13" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="R13" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="R13" s="6" t="s">
+      <c r="S13" s="6" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y13" s="8">
         <v>0.378</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>563161</v>
+        <v>585528</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>267</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>1369.0</v>
+        <v>1469.0</v>
       </c>
       <c r="M14" s="9">
-        <v>1509.0</v>
+        <v>1619.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q14" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="R14" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="R14" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S14" s="6" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y14" s="8">
         <v>0.443</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>564786</v>
+        <v>586562</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" s="6" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>438</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>2109.0</v>
+        <v>2259.0</v>
       </c>
       <c r="M15" s="9">
-        <v>2319.0</v>
+        <v>2479.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="R15" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="S15" s="6" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y15" s="8">
         <v>0.651</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>569237</v>
+        <v>589869</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="E16" s="6" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>242</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
-        <v>1009.0</v>
+        <v>1079.0</v>
       </c>
       <c r="M16" s="9">
-        <v>1109.0</v>
+        <v>1189.0</v>
       </c>
       <c r="N16" s="6"/>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q16" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="Q16" s="6" t="s">
+      <c r="R16" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="R16" s="6" t="s">
+      <c r="S16" s="6" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6">
         <v>74</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y16" s="8">
         <v>0.413</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>565111</v>
+        <v>586778</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>451</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="9">
-        <v>2169.0</v>
+        <v>2319.0</v>
       </c>
       <c r="M17" s="9">
-        <v>2389.0</v>
+        <v>2549.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S17" s="6" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U17" s="6" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y17" s="8">
         <v>0.666</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>569819</v>
+        <v>590212</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>53</v>
       </c>
       <c r="K18" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L18" s="9">
-        <v>379.0</v>
+        <v>399.0</v>
       </c>
       <c r="M18" s="9">
-        <v>419.0</v>
+        <v>439.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O18" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R18" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S18" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U18" s="6" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y18" s="8">
         <v>0.083</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="8">
-        <v>569843</v>
+        <v>590216</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J19" s="8">
         <v>135</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L19" s="9">
-        <v>689.0</v>
+        <v>739.0</v>
       </c>
       <c r="M19" s="9">
-        <v>759.0</v>
+        <v>809.0</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q19" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="R19" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="R19" s="6" t="s">
+      <c r="S19" s="6" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y19" s="8">
         <v>0.182</v>
       </c>
       <c r="Z19" s="6"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="8">
-        <v>565608</v>
+        <v>587117</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="E20" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J20" s="8">
         <v>365</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L20" s="9">
-        <v>1799.0</v>
+        <v>1919.0</v>
       </c>
       <c r="M20" s="9">
-        <v>1979.0</v>
+        <v>2109.0</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q20" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="R20" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="R20" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S20" s="6" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="T20" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U20" s="6" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="V20" s="6"/>
       <c r="W20" s="6" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="X20" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y20" s="8">
         <v>0.562</v>
       </c>
       <c r="Z20" s="6"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="8">
-        <v>565600</v>
+        <v>587109</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E21" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F21" s="6"/>
       <c r="G21" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J21" s="8">
         <v>365</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L21" s="9">
-        <v>1799.0</v>
+        <v>1919.0</v>
       </c>
       <c r="M21" s="9">
-        <v>1979.0</v>
+        <v>2109.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q21" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="R21" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="R21" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S21" s="6" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="T21" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U21" s="6" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="V21" s="6"/>
       <c r="W21" s="6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="X21" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y21" s="8">
         <v>0.562</v>
       </c>
       <c r="Z21" s="6"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="8">
-        <v>581021</v>
+        <v>590344</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="E22" s="6" t="s">
-        <v>138</v>
+        <v>68</v>
       </c>
       <c r="F22" s="6"/>
       <c r="G22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J22" s="8">
         <v>167</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L22" s="9">
-        <v>939.0</v>
+        <v>1009.0</v>
       </c>
       <c r="M22" s="9">
-        <v>1029.0</v>
+        <v>1109.0</v>
       </c>
       <c r="N22" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q22" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="R22" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="S22" s="6" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="T22" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U22" s="6" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="V22" s="6"/>
       <c r="W22" s="6" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="X22" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y22" s="8">
         <v>0.322</v>
       </c>
       <c r="Z22" s="6"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="8">
-        <v>568599</v>
+        <v>589336</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J23" s="8">
         <v>485</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L23" s="9">
-        <v>2319.0</v>
+        <v>2479.0</v>
       </c>
       <c r="M23" s="9">
-        <v>2549.0</v>
+        <v>2729.0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q23" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="R23" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="S23" s="6" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="V23" s="6"/>
       <c r="W23" s="6" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y23" s="8">
         <v>0.708</v>
       </c>
       <c r="Z23" s="6"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="8">
-        <v>568624</v>
+        <v>589358</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E24" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F24" s="6"/>
       <c r="G24" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J24" s="8">
         <v>485</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L24" s="9">
-        <v>2319.0</v>
+        <v>2479.0</v>
       </c>
       <c r="M24" s="9">
-        <v>2549.0</v>
+        <v>2729.0</v>
       </c>
       <c r="N24" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q24" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="R24" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="S24" s="6" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
       <c r="T24" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U24" s="6" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="V24" s="6"/>
       <c r="W24" s="6"/>
       <c r="X24" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y24" s="8">
         <v>0.708</v>
       </c>
       <c r="Z24" s="6"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="8">
-        <v>568386</v>
+        <v>589134</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="E25" s="6" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="F25" s="6"/>
       <c r="G25" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H25" s="6"/>
       <c r="I25" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J25" s="8">
         <v>208</v>
       </c>
       <c r="K25" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L25" s="9">
-        <v>779.0</v>
+        <v>829.0</v>
       </c>
       <c r="M25" s="9">
-        <v>859.0</v>
+        <v>909.0</v>
       </c>
       <c r="N25" s="6"/>
       <c r="O25" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="P25" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q25" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="Q25" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R25" s="6" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="S25" s="6" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="T25" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U25" s="6" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="V25" s="6"/>
       <c r="W25" s="6">
         <v>94.3</v>
       </c>
       <c r="X25" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y25" s="8">
         <v>0.269</v>
       </c>
       <c r="Z25" s="6"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="8">
-        <v>569814</v>
+        <v>590214</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E26" s="6" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="F26" s="6"/>
       <c r="G26" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J26" s="8">
         <v>177</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L26" s="9">
-        <v>979.0</v>
+        <v>1049.0</v>
       </c>
       <c r="M26" s="9">
-        <v>1079.0</v>
+        <v>1149.0</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q26" s="6" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="R26" s="6" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="S26" s="6" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="T26" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U26" s="6" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="V26" s="6"/>
       <c r="W26" s="6" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="X26" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y26" s="8">
         <v>0.334</v>
       </c>
       <c r="Z26" s="6"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="8">
-        <v>569815</v>
+        <v>590215</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F27" s="6"/>
       <c r="G27" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H27" s="6"/>
       <c r="I27" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J27" s="8">
         <v>177</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L27" s="9">
-        <v>979.0</v>
+        <v>1049.0</v>
       </c>
       <c r="M27" s="9">
-        <v>1079.0</v>
+        <v>1149.0</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="V27" s="6"/>
       <c r="W27" s="6" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y27" s="8">
         <v>0.334</v>
       </c>
       <c r="Z27" s="6"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="8">
-        <v>568213</v>
+        <v>589011</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="E28" s="6" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F28" s="6"/>
       <c r="G28" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H28" s="6"/>
       <c r="I28" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J28" s="8">
         <v>212</v>
       </c>
       <c r="K28" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L28" s="9">
-        <v>789.0</v>
+        <v>839.0</v>
       </c>
       <c r="M28" s="9">
-        <v>869.0</v>
+        <v>919.0</v>
       </c>
       <c r="N28" s="6"/>
       <c r="O28" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="P28" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q28" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="Q28" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R28" s="6" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="S28" s="6" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="T28" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U28" s="6" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="V28" s="6"/>
       <c r="W28" s="6">
         <v>94.3</v>
       </c>
       <c r="X28" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y28" s="8">
         <v>0.274</v>
       </c>
       <c r="Z28" s="6"/>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="8">
-        <v>569817</v>
+        <v>590213</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="E29" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F29" s="6"/>
       <c r="G29" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H29" s="6"/>
       <c r="I29" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J29" s="8">
         <v>53</v>
       </c>
       <c r="K29" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L29" s="9">
-        <v>379.0</v>
+        <v>399.0</v>
       </c>
       <c r="M29" s="9">
-        <v>419.0</v>
+        <v>439.0</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O29" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="P29" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q29" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R29" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S29" s="6" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="T29" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U29" s="6" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="V29" s="6"/>
       <c r="W29" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="X29" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y29" s="8">
         <v>0.083</v>
       </c>
       <c r="Z29" s="6"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="8">
-        <v>569810</v>
+        <v>590208</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F30" s="6"/>
       <c r="G30" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H30" s="6"/>
       <c r="I30" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J30" s="8">
         <v>304</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L30" s="9">
-        <v>1529.0</v>
+        <v>1639.0</v>
       </c>
       <c r="M30" s="9">
-        <v>1679.0</v>
+        <v>1799.0</v>
       </c>
       <c r="N30" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P30" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q30" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R30" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S30" s="6" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="T30" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U30" s="6" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="V30" s="6"/>
       <c r="W30" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="X30" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y30" s="8">
         <v>0.488</v>
       </c>
       <c r="Z30" s="6"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="8">
-        <v>557943</v>
+        <v>589151</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F31" s="6"/>
       <c r="G31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H31" s="6"/>
       <c r="I31" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J31" s="8">
         <v>279</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L31" s="9">
-        <v>1429.0</v>
+        <v>1529.0</v>
       </c>
       <c r="M31" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>70</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="V31" s="6"/>
       <c r="W31" s="6">
         <v>63</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y31" s="8">
         <v>0.458</v>
       </c>
       <c r="Z31" s="6"/>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="8">
         <v>562803</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="E32" s="6" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="F32" s="6"/>
       <c r="G32" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H32" s="6"/>
       <c r="I32" s="8">
         <v>2025</v>
       </c>
       <c r="J32" s="8">
         <v>308</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L32" s="9">
-        <v>999.0</v>
+        <v>1069.0</v>
       </c>
       <c r="M32" s="9">
-        <v>1099.0</v>
+        <v>1179.0</v>
       </c>
       <c r="N32" s="6"/>
       <c r="O32" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P32" s="6" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="Q32" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R32" s="6" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="S32" s="6" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="T32" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U32" s="6" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="V32" s="6"/>
       <c r="W32" s="6">
         <v>87.8</v>
       </c>
       <c r="X32" s="6" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="Y32" s="8">
         <v>0.393</v>
       </c>
       <c r="Z32" s="6"/>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="8">
         <v>562856</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="F33" s="6"/>
       <c r="G33" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H33" s="6"/>
       <c r="I33" s="8">
         <v>2025</v>
       </c>
       <c r="J33" s="8">
         <v>444</v>
       </c>
       <c r="K33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L33" s="9">
-        <v>1379.0</v>
+        <v>1469.0</v>
       </c>
       <c r="M33" s="9">
-        <v>1519.0</v>
+        <v>1619.0</v>
       </c>
       <c r="N33" s="6"/>
       <c r="O33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P33" s="6" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="Q33" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R33" s="6" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="S33" s="6" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="T33" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U33" s="6" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="V33" s="6"/>
       <c r="W33" s="6">
         <v>87.8</v>
       </c>
       <c r="X33" s="6" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="Y33" s="8">
         <v>0.525</v>
       </c>
       <c r="Z33" s="6"/>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="8">
-        <v>557942</v>
+        <v>588984</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F34" s="6"/>
       <c r="G34" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H34" s="6"/>
       <c r="I34" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J34" s="8">
         <v>277</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L34" s="9">
-        <v>1419.0</v>
+        <v>1519.0</v>
       </c>
       <c r="M34" s="9">
-        <v>1559.0</v>
+        <v>1669.0</v>
       </c>
       <c r="N34" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O34" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P34" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q34" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R34" s="6" t="s">
         <v>70</v>
       </c>
       <c r="S34" s="6" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="T34" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U34" s="6" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="V34" s="6"/>
       <c r="W34" s="6" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="X34" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y34" s="8">
         <v>0.456</v>
       </c>
       <c r="Z34" s="6"/>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="8">
-        <v>568177</v>
+        <v>588975</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="6" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="F35" s="6"/>
       <c r="G35" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H35" s="6"/>
       <c r="I35" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J35" s="8">
         <v>93</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L35" s="9">
-        <v>419.0</v>
+        <v>449.0</v>
       </c>
       <c r="M35" s="9">
-        <v>459.0</v>
+        <v>489.0</v>
       </c>
       <c r="N35" s="6"/>
       <c r="O35" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="P35" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q35" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="Q35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R35" s="6" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="V35" s="6"/>
       <c r="W35" s="6">
         <v>94.3</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y35" s="8">
         <v>0.131</v>
       </c>
       <c r="Z35" s="6"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="8">
-        <v>569199</v>
+        <v>589852</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="6" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F36" s="6"/>
       <c r="G36" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H36" s="6"/>
       <c r="I36" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J36" s="8">
         <v>285</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L36" s="9">
-        <v>1449.0</v>
+        <v>1549.0</v>
       </c>
       <c r="M36" s="9">
-        <v>1589.0</v>
+        <v>1699.0</v>
       </c>
       <c r="N36" s="6"/>
       <c r="O36" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P36" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q36" s="6" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="R36" s="6" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="S36" s="6" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="T36" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U36" s="6" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="V36" s="6"/>
       <c r="W36" s="6" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="X36" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y36" s="8">
         <v>0.465</v>
       </c>
       <c r="Z36" s="6"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="8">
-        <v>569813</v>
+        <v>590211</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="6" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F37" s="6"/>
       <c r="G37" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H37" s="6"/>
       <c r="I37" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J37" s="8">
         <v>100</v>
       </c>
       <c r="K37" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L37" s="9">
-        <v>559.0</v>
+        <v>589.0</v>
       </c>
       <c r="M37" s="9">
-        <v>609.0</v>
+        <v>649.0</v>
       </c>
       <c r="N37" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O37" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="P37" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q37" s="6" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="R37" s="6" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="S37" s="6" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="T37" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U37" s="6" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="V37" s="6"/>
       <c r="W37" s="6" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="X37" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y37" s="8">
         <v>0.14</v>
       </c>
       <c r="Z37" s="6"/>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="8">
         <v>482713</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="6" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="E38" s="6" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="F38" s="6"/>
       <c r="G38" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H38" s="6"/>
       <c r="I38" s="8">
         <v>2021</v>
       </c>
       <c r="J38" s="8">
         <v>275</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L38" s="9">
         <v>389.0</v>
       </c>
       <c r="M38" s="9">
         <v>429.0</v>
       </c>
       <c r="N38" s="6"/>
       <c r="O38" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P38" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q38" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="Q38" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R38" s="6" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="S38" s="6" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="T38" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U38" s="6" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="V38" s="6"/>
       <c r="W38" s="6">
         <v>94.3</v>
       </c>
       <c r="X38" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y38" s="8">
         <v>0.352</v>
       </c>
       <c r="Z38" s="6"/>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="8">
-        <v>568672</v>
+        <v>589404</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="6" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="F39" s="6"/>
       <c r="G39" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H39" s="6"/>
       <c r="I39" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J39" s="8">
         <v>159</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L39" s="9">
-        <v>629.0</v>
+        <v>669.0</v>
       </c>
       <c r="M39" s="9">
-        <v>689.0</v>
+        <v>739.0</v>
       </c>
       <c r="N39" s="6"/>
       <c r="O39" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="P39" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q39" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="Q39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R39" s="6" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="V39" s="6"/>
       <c r="W39" s="6">
         <v>94.3</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y39" s="8">
         <v>0.21</v>
       </c>
       <c r="Z39" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>