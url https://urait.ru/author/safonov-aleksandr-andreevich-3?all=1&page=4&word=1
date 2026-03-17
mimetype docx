--- v0 (2026-01-19)
+++ v1 (2026-03-17)
@@ -221,62 +221,62 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/590209</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Сафонов, А. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Литература. Хрестоматия. 10 класс : учебник для среднего общего образования / А. А. Сафонов ; под редакцией М. А. Сафоновой. — Москва : Издательство Юрайт, 2025. — 213 с. — (Общеобразовательный цикл). — ISBN 978-5-534-16219-6.</w:t>
+        <w:t xml:space="preserve">Литература. Хрестоматия. 10 класс : учебник для среднего общего образования / А. А. Сафонов ; под редакцией М. А. Сафоновой. — Москва : Издательство Юрайт, 2026. — 213 с. — (Общеобразовательный цикл). — ISBN 978-5-534-16219-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563051</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585426</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Сафонов, А. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Литература. Хрестоматия. 11 класс : учебник для среднего общего образования / А. А. Сафонов ; под редакцией М. А. Сафоновой. — Москва : Издательство Юрайт, 2026. — 267 с. — (Общеобразовательный цикл). — ISBN 978-5-534-16220-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -299,62 +299,62 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/586562</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Личностно-ориентированное цифровое образование. Материалы Юрайт. Академии. Выпуск 9 / под редакцией Д. М. Антипиной, Е. В. Пучниной, А. А. Сафонова ; под общей редакцией Н. В. Рыбкиной. — Москва : Издательство Юрайт, 2025. — 242 с. — (Юрайт.Академия). — ISBN 978-5-534-20488-9.</w:t>
+        <w:t xml:space="preserve">Личностно-ориентированное цифровое образование. Материалы Юрайт. Академии. Выпуск 9 / под редакцией Д. М. Антипиной, Е. В. Пучниной, А. А. Сафонова ; под общей редакцией Н. В. Рыбкиной. — Москва : Издательство Юрайт, 2026. — 242 с. — (Юрайт.Академия). — ISBN 978-5-534-20488-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/569237</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/589869</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Сафонов, А. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Международные конфликты в XXI веке : учебник и практикум для вузов / А. А. Сафонов, М. А. Сафонова. — 5-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 451 с. — (Высшее образование). — ISBN 978-5-534-20295-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -403,62 +403,62 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/590216</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Сафонов, А. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Музееведение : учебник и практикум для среднего профессионального образования / А. А. Сафонов, М. А. Сафонова. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 365 с. — (Профессиональное образование). — ISBN 978-5-534-15896-0.</w:t>
+        <w:t xml:space="preserve">Музееведение : учебник и практикум для среднего профессионального образования / А. А. Сафонов, М. А. Сафонова. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 365 с. — (Профессиональное образование). — ISBN 978-5-534-15896-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/565608</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/587117</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Сафонов, А. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Музейное дело и охрана памятников : учебник и практикум для вузов / А. А. Сафонов, М. А. Сафонова. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 365 с. — (Высшее образование). — ISBN 978-5-534-15742-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -507,62 +507,62 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/589336</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Сафонов, А. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Охрана труда : учебник и практикум для среднего профессионального образования / А. А. Сафонов, М. А. Сафонова. — Москва : Издательство Юрайт, 2025. — 485 с. — (Профессиональное образование). — ISBN 978-5-534-18090-9.</w:t>
+        <w:t xml:space="preserve">Охрана труда : учебник и практикум для среднего профессионального образования / А. А. Сафонов, М. А. Сафонова. — Москва : Издательство Юрайт, 2026. — 485 с. — (Профессиональное образование). — ISBN 978-5-534-18090-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/568624</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/589358</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Партнерства в цифровом образовании 2022—2030. Материалы вебинаров, бесед и исследований Юрайт. Академии. Выпуск 5. Зимняя школа преподавателя 2022 / составители А. А. Сафонов, Э. Т. Кокая, П. А. Частова, О. И. Матыс. — Москва : Издательство Юрайт, 2026. — 208 с. — (Юрайт.Академия). — ISBN 978-5-534-15586-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -793,88 +793,88 @@
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/588984</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Тренды цифрового образования. Материалы вебинаров, бесед и исследований Юрайт. Академии. Выпуск 2. Зимняя школа преподавателя 2021 / составители А. А. Сафонов, Э. Т. Кокая, А. А. Красюк, П. А. Частова. — Москва : Издательство Юрайт, 2025. — 93 с. — (Юрайт.Академия). — ISBN 978-5-534-14866-4.</w:t>
+        <w:t xml:space="preserve">Тренды цифрового образования. Материалы вебинаров, бесед и исследований Юрайт. Академии. Выпуск 2. Зимняя школа преподавателя 2021 / составители А. А. Сафонов, Э. Т. Кокая, А. А. Красюк, П. А. Частова. — Москва : Издательство Юрайт, 2026. — 93 с. — (Юрайт.Академия). — ISBN 978-5-534-14866-4.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/568177</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Цифровая педагогика. Практический курс : учебник и практикум для вузов / А. А. Сафонов, М. А. Сафонова. — Москва : Издательство Юрайт, 2025. — 285 с. — (Высшее образование). — ISBN 978-5-534-19747-1.</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/588975</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сафонов, А. А. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Цифровая педагогика. Практический курс : учебник и практикум для вузов / А. А. Сафонов, М. А. Сафонова. — Москва : Издательство Юрайт, 2026. — 285 с. — (Высшее образование). — ISBN 978-5-534-19747-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/569199</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/589852</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Сафонов, А. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Цифровая трансформация образования : учебник и практикум для вузов / А. А. Сафонов, М. А. Сафонова. — Москва : Издательство Юрайт, 2026. — 100 с. — (Высшее образование). — ISBN 978-5-534-21363-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -1067,51 +1067,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="Link"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565336" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564978" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568401" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590571" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589160" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588691" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587224" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590209" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563051" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585528" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586562" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/569237" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586778" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590212" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590216" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565608" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587109" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590344" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589336" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568624" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589134" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590214" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590215" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589011" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590213" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590208" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589151" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562803" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562856" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588984" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568177" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/569199" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590211" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/482713" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589404" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/565336" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/564978" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/568401" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590571" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589160" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588691" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587224" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590209" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585426" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585528" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586562" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589869" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/586778" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590212" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590216" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587117" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587109" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590344" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589336" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589358" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589134" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590214" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590215" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589011" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590213" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590208" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589151" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562803" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/562856" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588984" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/588975" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589852" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590211" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/482713" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/589404" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>