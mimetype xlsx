--- v0 (2025-12-15)
+++ v1 (2026-01-31)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
-[...1 lines deleted...]
-    <t>15.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+  <si>
+    <t>31.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -220,77 +220,74 @@
   <si>
     <t>978-5-534-16137-3</t>
   </si>
   <si>
     <t>26я723</t>
   </si>
   <si>
     <t>07.02.2023</t>
   </si>
   <si>
     <t>ГЕОГРАФИЯ МИРА. БАЗОВЫЙ И УГЛУБЛЕННЫЙ УРОВНИ: 10—11 КЛАССЫ 3-е изд., пер. и доп. Учебник для СОО</t>
   </si>
   <si>
     <t>В учебнике представлены основные сведения по населению мира и мировому хозяйству сравнительно с социально-экономическим развитием России. Учебник ориентирован на среднее общее образование в пределах освоения образовательной программы СПО на базе основного общего образования.</t>
   </si>
   <si>
     <t>978-5-534-15652-2</t>
   </si>
   <si>
     <t>30.08.2024</t>
   </si>
   <si>
     <t>ИСТОРИЯ (КОНЕЦ XX — НАЧАЛО XXI ВЕКА) 4-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. А. Сафонов,  М. А. Сафонова.</t>
+    <t>Сафонов А. А., Сафонова М. А.</t>
   </si>
   <si>
     <t>Общественные науки</t>
   </si>
   <si>
     <t>История России</t>
   </si>
   <si>
     <t>Изложение материала курса максимально нейтрально освещает изменения в России и в мире. Курс необходим для гармоничного развития и социализации личности обучающегося и основан на воспитании системного и критического мышления. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Курс предназначен для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20248-9</t>
   </si>
   <si>
     <t>63я723</t>
   </si>
   <si>
     <t>05.09.2024</t>
   </si>
   <si>
     <t>ИСТОРИЯ: МЕЖДУНАРОДНЫЕ КОНФЛИКТЫ В XXI ВЕКЕ 5-е изд., пер. и доп. Учебник и практикум для СПО</t>
   </si>
   <si>
-    <t>Сафонов А. А., Сафонова М. А.</t>
-[...1 lines deleted...]
-  <si>
     <t>Мировая политика и международные отношения</t>
   </si>
   <si>
     <t>В учебном курсе представлены основные теоретические положения международной конфликтологии. Приводится значительное количество примеров из мировой практики последних лет, обозначена официальная позиция МИД России по наиболее значимым международным спорам. Особое внимание уделено вопросам управления конфликтами, их предотвращения и урегулирования, а также актуальным проблемам современности — миграционным кризисам и информационным войнам. Курс дополнен различными заданиями для самостоятельной работы студента. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования, изучающих международные отношения, политологию, конфликтологию, историю, мировую экономику, журналистику, государственное и муниципальное управление, а также для всех интересующихся современной мировой политикой.</t>
   </si>
   <si>
     <t>978-5-534-20312-7</t>
   </si>
   <si>
     <t>66.4(0)я723</t>
   </si>
   <si>
     <t>27.12.2024</t>
   </si>
   <si>
     <t>КОНФЛИКТЫ В ИСЛАМСКОМ МИРЕ 5-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>В учебном курсе представлены основные теоретические положения международной конфликтологии. Подробно рассмотрено значительное количество примеров из мировой практики последних лет, обозначена официальная позиция МИД России по наиболее значимым международным спорам. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для изучающих международные отношения, политологию, конфликтологию, историю, мировую экономику, журналистику, государственное и муниципальное управление, для абитуриентов, преподавателей обществознания и истории, государственных служащих, сотрудников правоохранительных органов, практикующих журналистов, а также для всех интересующихся современной мировой политикой.</t>
   </si>
   <si>
     <t>978-5-534-21361-4</t>
@@ -404,53 +401,50 @@
     <t>В учебном курсе представлены основные теоретические и практические сведения по музейному делу. Демонстрируется опыт ведущих российских и зарубежных музейных центров. Приводится правовая база действующего законодательства в отрасли. Курс дополнен различными заданиями для самостоятельной работы студента. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям и рабочим программам ведущих колледжей. Для изучающих туризм, педагогику, искусствоведение, рекламу, историю и культурологию, преподавателей обществознания, литературы, истории, мировой художественной культуры, сотрудников музеев, галерей и выставочных комплексов, государственных служащих, журналистов, а также для всех интересующихся современной культурой.</t>
   </si>
   <si>
     <t>978-5-534-15896-0</t>
   </si>
   <si>
     <t>79.1я723</t>
   </si>
   <si>
     <t>05.10.2022</t>
   </si>
   <si>
     <t>МУЗЕЙНОЕ ДЕЛО И ОХРАНА ПАМЯТНИКОВ 3-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>В учебном курсе представлены основные теоретические и практические сведения по музейному делу. Демонстрируется опыт ведущих российских и зарубежных музейных центров. Приводится правовая база действующего законодательства в отрасли. Курс дополнен различными заданиями для самостоятельной работы студента. Соответствует актуальным требованиям профессионального стандарта «Хранитель музейных ценностей», федеральных государственных образовательных стандартов высшего образования и рабочим программам ведущих университетов и колледжей. Для изучающих туризм, педагогику, искусствоведение, рекламу, историю и культурологию, преподавателей обществознания, литературы, истории, мировой художественной культуры, сотрудников музеев, галерей и выставочных комплексов, государственных служащих, журналистов, а также для всех интересующихся современной культурой.</t>
   </si>
   <si>
     <t>978-5-534-15742-0</t>
   </si>
   <si>
     <t>16.04.2025</t>
   </si>
   <si>
     <t>Образовательный маркетинг. Учебник для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t>А.А. Сафонов, М.А. Сафонова</t>
   </si>
   <si>
     <t>Экономические науки</t>
   </si>
   <si>
     <t>Маркетинг</t>
   </si>
   <si>
     <t>В учебном курсе представлены основные особенности маркетинга в сфере образования в России. Основная цель этого курса — продемонстрировать применимость маркетинговых подходов к реалиям российского образования и дать навыки, необходимые как будущим учителям и администраторам, так и занимающимся репетиторством в порядке самозанятости. В курсе раскрываются все аспекты образовательного маркетинга — от специфики образовательных рынков до ценовой политики, СММ в сфере образования и академического фандрайзинга. Соответствует актуальным требованиям федеральных государственных образовательных стандартов высшего образования и рабочим программам ведущих университетов и колледжей. Для изучающих маркетинг, педагогику, а также для всех интересующихся академической карьерой.</t>
   </si>
   <si>
     <t>978-5-534-17645-2</t>
   </si>
   <si>
     <t>74.0я73</t>
   </si>
   <si>
     <t>26.09.2023</t>
   </si>
   <si>
     <t>ОХРАНА ТРУДА. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Технические науки</t>
   </si>
@@ -939,51 +933,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/astronomiya-565336" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/astronomiya-564978" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/astronomiya-10-11-klassy-568401" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geografiya-dlya-kolledzhey-566226" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geografiya-mira-bazovyy-i-uglublennyy-urovni-10-11-klassy-568413" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-konec-xx-nachalo-xxi-veka-557853" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-mezhdunarodnye-konflikty-v-xxi-veke-565771" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konflikty-v-islamskom-mire-569811" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/literatura-hrestomatiya-10-klass-563051" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/literatura-hrestomatiya-11-klass-563161" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/literatura-hrestomatiya-russkaya-klassicheskaya-drama-10-11-klassy-564786" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnye-konflikty-v-xxi-veke-565111" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnyy-terrorizm-i-radikalnyy-islamizm-569819" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/menedzhment-i-marketing-v-muzeynoy-deyatelnosti-569843" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/muzeevedenie-565608" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/muzeynoe-delo-i-ohrana-pamyatnikov-565600" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obrazovatelnyy-marketing-581021" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ohrana-truda-568599" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ohrana-truda-568624" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskiy-dizayn-elektronnyh-kursov-569815" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/protivodeystvie-terrorizmu-radikalnyy-islamizm-569817" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/regionalnye-konflikty-569810" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rossiya-v-mire-konec-xx-nachalo-xxi-veka-10-11-klassy-557943" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennaya-istoriya-557942" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-pedagogika-prakticheskiy-kurs-569199" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-pedagogika-prakticheskiy-kurs-569200" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-transformaciya-obrazovaniya-569813" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/astronomiya-565336" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/astronomiya-564978" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/astronomiya-10-11-klassy-568401" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geografiya-dlya-kolledzhey-590571" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geografiya-mira-bazovyy-i-uglublennyy-urovni-10-11-klassy-589160" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-konec-xx-nachalo-xxi-veka-588691" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-mezhdunarodnye-konflikty-v-xxi-veke-587224" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konflikty-v-islamskom-mire-590209" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/literatura-hrestomatiya-10-klass-585426" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/literatura-hrestomatiya-11-klass-585528" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/literatura-hrestomatiya-russkaya-klassicheskaya-drama-10-11-klassy-586562" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnye-konflikty-v-xxi-veke-586778" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnyy-terrorizm-i-radikalnyy-islamizm-590212" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/menedzhment-i-marketing-v-muzeynoy-deyatelnosti-590216" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/muzeevedenie-587117" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/muzeynoe-delo-i-ohrana-pamyatnikov-587109" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/obrazovatelnyy-marketing-590344" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ohrana-truda-589336" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ohrana-truda-589358" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pedagogicheskiy-dizayn-elektronnyh-kursov-590215" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/protivodeystvie-terrorizmu-radikalnyy-islamizm-590213" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/regionalnye-konflikty-590208" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rossiya-v-mire-konec-xx-nachalo-xxi-veka-10-11-klassy-589151" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sovremennaya-istoriya-588984" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-pedagogika-prakticheskiy-kurs-589852" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-pedagogika-prakticheskiy-kurs-589853" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-transformaciya-obrazovaniya-590211" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -1372,69 +1366,69 @@
         <v>37</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6">
         <v>22.6</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y7" s="8">
         <v>0.491</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>566226</v>
+        <v>590571</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>362</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
         <v>1779.0</v>
       </c>
       <c r="M8" s="9">
         <v>1959.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>36</v>
       </c>
@@ -1442,69 +1436,69 @@
         <v>58</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y8" s="8">
         <v>0.558</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>568413</v>
+        <v>589160</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>360</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
         <v>1779.0</v>
       </c>
       <c r="M9" s="9">
         <v>1959.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>36</v>
       </c>
@@ -1512,69 +1506,69 @@
         <v>58</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y9" s="8">
         <v>0.556</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>557853</v>
+        <v>588691</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>277</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
         <v>1419.0</v>
       </c>
       <c r="M10" s="9">
         <v>1559.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>69</v>
       </c>
@@ -1582,1503 +1576,1503 @@
         <v>70</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>73</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y10" s="8">
         <v>0.456</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>565771</v>
+        <v>587224</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>358</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
         <v>1769.0</v>
       </c>
       <c r="M11" s="9">
         <v>1949.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R11" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="S11" s="6" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y11" s="8">
         <v>0.554</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>569811</v>
+        <v>590209</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>209</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
         <v>1119.0</v>
       </c>
       <c r="M12" s="9">
         <v>1229.0</v>
       </c>
       <c r="N12" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R12" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y12" s="8">
         <v>0.373</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>563051</v>
+        <v>585426</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="E13" s="6" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>213</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
         <v>1139.0</v>
       </c>
       <c r="M13" s="9">
         <v>1249.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q13" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="R13" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="R13" s="6" t="s">
+      <c r="S13" s="6" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y13" s="8">
         <v>0.378</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>563161</v>
+        <v>585528</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>267</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
         <v>1369.0</v>
       </c>
       <c r="M14" s="9">
         <v>1509.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q14" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="R14" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="R14" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S14" s="6" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y14" s="8">
         <v>0.443</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>564786</v>
+        <v>586562</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" s="6" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>438</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
         <v>2109.0</v>
       </c>
       <c r="M15" s="9">
         <v>2319.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="R15" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="S15" s="6" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y15" s="8">
         <v>0.651</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>565111</v>
+        <v>586778</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>451</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
         <v>2169.0</v>
       </c>
       <c r="M16" s="9">
         <v>2389.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y16" s="8">
         <v>0.666</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>569819</v>
+        <v>590212</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>53</v>
       </c>
       <c r="K17" s="6" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="L17" s="9">
         <v>379.0</v>
       </c>
       <c r="M17" s="9">
         <v>419.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O17" s="6" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S17" s="6" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U17" s="6" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y17" s="8">
         <v>0.083</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>569843</v>
+        <v>590216</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>135</v>
       </c>
       <c r="K18" s="6" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="L18" s="9">
         <v>689.0</v>
       </c>
       <c r="M18" s="9">
         <v>759.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O18" s="6" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q18" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="R18" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="R18" s="6" t="s">
+      <c r="S18" s="6" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U18" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y18" s="8">
         <v>0.182</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="8">
-        <v>565608</v>
+        <v>587117</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J19" s="8">
         <v>365</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L19" s="9">
         <v>1799.0</v>
       </c>
       <c r="M19" s="9">
         <v>1979.0</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q19" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="R19" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="R19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S19" s="6" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y19" s="8">
         <v>0.562</v>
       </c>
       <c r="Z19" s="6"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="8">
-        <v>565600</v>
+        <v>587109</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E20" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J20" s="8">
         <v>365</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L20" s="9">
         <v>1799.0</v>
       </c>
       <c r="M20" s="9">
         <v>1979.0</v>
       </c>
       <c r="N20" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q20" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="R20" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="R20" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S20" s="6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T20" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U20" s="6" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V20" s="6"/>
       <c r="W20" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="X20" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y20" s="8">
         <v>0.562</v>
       </c>
       <c r="Z20" s="6"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="8">
-        <v>581021</v>
+        <v>590344</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="6" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="E21" s="6" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="F21" s="6"/>
       <c r="G21" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J21" s="8">
         <v>167</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L21" s="9">
         <v>939.0</v>
       </c>
       <c r="M21" s="9">
         <v>1029.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q21" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="R21" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="S21" s="6" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
       <c r="T21" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U21" s="6" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="V21" s="6"/>
       <c r="W21" s="6" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="X21" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y21" s="8">
         <v>0.322</v>
       </c>
       <c r="Z21" s="6"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="8">
-        <v>568599</v>
+        <v>589336</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="6" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="E22" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F22" s="6"/>
       <c r="G22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J22" s="8">
         <v>485</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L22" s="9">
         <v>2319.0</v>
       </c>
       <c r="M22" s="9">
         <v>2549.0</v>
       </c>
       <c r="N22" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q22" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="R22" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="S22" s="6" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="T22" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U22" s="6" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="V22" s="6"/>
       <c r="W22" s="6" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="X22" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y22" s="8">
         <v>0.708</v>
       </c>
       <c r="Z22" s="6"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="8">
-        <v>568624</v>
+        <v>589358</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="6" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J23" s="8">
         <v>485</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L23" s="9">
         <v>2319.0</v>
       </c>
       <c r="M23" s="9">
         <v>2549.0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q23" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="R23" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="S23" s="6" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="V23" s="6"/>
       <c r="W23" s="6"/>
       <c r="X23" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y23" s="8">
         <v>0.708</v>
       </c>
       <c r="Z23" s="6"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="8">
-        <v>569815</v>
+        <v>590215</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="6" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F24" s="6"/>
       <c r="G24" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J24" s="8">
         <v>177</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L24" s="9">
         <v>979.0</v>
       </c>
       <c r="M24" s="9">
         <v>1079.0</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q24" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="R24" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="S24" s="6" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="T24" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U24" s="6" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="V24" s="6"/>
       <c r="W24" s="6" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="X24" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y24" s="8">
         <v>0.334</v>
       </c>
       <c r="Z24" s="6"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="8">
-        <v>569817</v>
+        <v>590213</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="6" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="E25" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F25" s="6"/>
       <c r="G25" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H25" s="6"/>
       <c r="I25" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J25" s="8">
         <v>53</v>
       </c>
       <c r="K25" s="6" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="L25" s="9">
         <v>379.0</v>
       </c>
       <c r="M25" s="9">
         <v>419.0</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O25" s="6" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="P25" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q25" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R25" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S25" s="6" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="T25" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U25" s="6" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="V25" s="6"/>
       <c r="W25" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="X25" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y25" s="8">
         <v>0.083</v>
       </c>
       <c r="Z25" s="6"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="8">
-        <v>569810</v>
+        <v>590208</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="6" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F26" s="6"/>
       <c r="G26" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H26" s="6"/>
       <c r="I26" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J26" s="8">
         <v>304</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L26" s="9">
         <v>1529.0</v>
       </c>
       <c r="M26" s="9">
         <v>1679.0</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q26" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R26" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S26" s="6" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="T26" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U26" s="6" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="V26" s="6"/>
       <c r="W26" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="X26" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y26" s="8">
         <v>0.488</v>
       </c>
       <c r="Z26" s="6"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="8">
-        <v>557943</v>
+        <v>589151</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F27" s="6"/>
       <c r="G27" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H27" s="6"/>
       <c r="I27" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J27" s="8">
         <v>279</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L27" s="9">
         <v>1429.0</v>
       </c>
       <c r="M27" s="9">
         <v>1569.0</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>70</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="V27" s="6"/>
       <c r="W27" s="6">
         <v>63</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y27" s="8">
         <v>0.458</v>
       </c>
       <c r="Z27" s="6"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="8">
-        <v>557942</v>
+        <v>588984</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="6" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F28" s="6"/>
       <c r="G28" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H28" s="6"/>
       <c r="I28" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J28" s="8">
         <v>277</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L28" s="9">
         <v>1419.0</v>
       </c>
       <c r="M28" s="9">
         <v>1559.0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O28" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q28" s="6" t="s">
         <v>69</v>
       </c>
       <c r="R28" s="6" t="s">
         <v>70</v>
       </c>
       <c r="S28" s="6" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="T28" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U28" s="6" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="V28" s="6"/>
       <c r="W28" s="6" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="X28" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y28" s="8">
         <v>0.456</v>
       </c>
       <c r="Z28" s="6"/>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="8">
-        <v>569199</v>
+        <v>589852</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="6" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="E29" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F29" s="6"/>
       <c r="G29" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H29" s="6"/>
       <c r="I29" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J29" s="8">
         <v>285</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L29" s="9">
         <v>1449.0</v>
       </c>
       <c r="M29" s="9">
         <v>1589.0</v>
       </c>
       <c r="N29" s="6"/>
       <c r="O29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P29" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q29" s="6" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="R29" s="6" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="S29" s="6" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="T29" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U29" s="6" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="V29" s="6"/>
       <c r="W29" s="6" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="X29" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y29" s="8">
         <v>0.465</v>
       </c>
       <c r="Z29" s="6"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="8">
-        <v>569200</v>
+        <v>589853</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="F30" s="6"/>
       <c r="G30" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H30" s="6"/>
       <c r="I30" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J30" s="8">
         <v>285</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L30" s="9">
         <v>1449.0</v>
       </c>
       <c r="M30" s="9">
         <v>1589.0</v>
       </c>
       <c r="N30" s="6"/>
       <c r="O30" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P30" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Q30" s="6" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="R30" s="6" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="S30" s="6" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="T30" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U30" s="6" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="V30" s="6"/>
       <c r="W30" s="6" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="X30" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y30" s="8">
         <v>0.465</v>
       </c>
       <c r="Z30" s="6"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="8">
-        <v>569813</v>
+        <v>590211</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F31" s="6"/>
       <c r="G31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H31" s="6"/>
       <c r="I31" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J31" s="8">
         <v>100</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="L31" s="9">
         <v>559.0</v>
       </c>
       <c r="M31" s="9">
         <v>609.0</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="V31" s="6"/>
       <c r="W31" s="6" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Y31" s="8">
         <v>0.14</v>
       </c>
       <c r="Z31" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>