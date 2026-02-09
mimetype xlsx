--- v0 (2025-12-25)
+++ v1 (2026-02-09)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>25.12.2025</t>
+    <t>09.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -112,51 +112,51 @@
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>26.11.2018</t>
   </si>
   <si>
-    <t>ГЕОХИМИЧЕСКИЕ МЕТОДЫ ПОИСКОВ МЕСТОРОЖДЕНИЙ ПОЛЕЗНЫХ ИСКОПАЕМЫХ 2-е изд., пер. и доп. Учебное пособие для академического бакалавриата</t>
+    <t>ГЕОХИМИЧЕСКИЕ МЕТОДЫ ПОИСКОВ МЕСТОРОЖДЕНИЙ ПОЛЕЗНЫХ ИСКОПАЕМЫХ 2-е изд., пер. и доп. Учебное пособие для вузов</t>
   </si>
   <si>
     <t>Буланов В. А., Сасим С. А.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Естественные науки</t>
   </si>
   <si>
     <t>Физическая география. Геология. Почвоведение</t>
   </si>
   <si>
     <t>В курсе рассмотрены основные черты применяемых геохимических методов поисков полезных ископаемых, Представлены не только общие теоретические данные, но и подробно освещена практическая сторона проведения исследований. Материал данного курса поможет будущим специалистам освоить основы практического применения геохимических методов, способствующих наиболее результативному поиску полезных ископаемых. Для студентов высших учебных заведений, обучающихся техническим направлениям, аспирантов, преподавателей.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20750-7</t>
   </si>
@@ -546,51 +546,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geohimicheskie-metody-poiskov-mestorozhdeniy-poleznyh-iskopaemyh-558680" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/geohimicheskie-metody-poiskov-mestorozhdeniy-poleznyh-iskopaemyh-585747" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -771,81 +771,81 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558680</v>
+        <v>585747</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>164</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>929.0</v>
+        <v>989.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1019.0</v>
+        <v>1089.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">