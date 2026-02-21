--- v1 (2026-02-09)
+++ v2 (2026-02-21)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>09.02.2026</t>
+    <t>21.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>