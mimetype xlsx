--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>25.12.2025</t>
+    <t>16.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>