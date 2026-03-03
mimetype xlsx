--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
-[...1 lines deleted...]
-    <t>16.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+  <si>
+    <t>03.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>27.03.2023</t>
   </si>
   <si>
     <t>АВТОРСКОЕ ПРАВО 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Н. В. Щербак.</t>
+    <t>Щербак Н. В.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Авторское право. Интеллектуальная собственность</t>
   </si>
   <si>
     <t>В курсе на основе анализа российского и зарубежного законодательства рассматриваются теоретические основы авторского права, его понятие, объекты, субъекты, содержание, а также исследуются актуальные проблемы теории и практики авторско-правовых отношений, в том числе вопросы защиты авторского права и распоряжения им. Издание подготовлено на основе действующего законодательства по состоянию на 14 октября 2022 г. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений юридического профиля, обучающихся по программам академического бакалавриата и магистратуры, аспирантов, преподавателей, а также всех интересующихся вопросами авторского права.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-15929-5</t>
   </si>
@@ -170,53 +170,50 @@
     <t>70*100/16</t>
   </si>
   <si>
     <t>07.02.2025</t>
   </si>
   <si>
     <t>АВТОРСКОЕ ПРАВО 2-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В курсе на основе анализа российского и зарубежного законодательства рассматриваются теоретические основы авторского права, его понятие, объекты, субъекты, содержание, а также исследуются актуальные проблемы теории и практики авторско-правовых отношений, в том числе вопросы защиты авторского права и распоряжения им. Издание подготовлено на основе действующего законодательства по состоянию на 14 октября 2022 г. Для студентов образовательных учреждений среднего профессионального образования</t>
   </si>
   <si>
     <t>978-5-534-18231-6</t>
   </si>
   <si>
     <t>07.12.2022</t>
   </si>
   <si>
     <t>ПРАВО ИНТЕЛЛЕКТУАЛЬНОЙ СОБСТВЕННОСТИ: ОБЩЕЕ УЧЕНИЕ. АВТОРСКОЕ ПРАВО И СМЕЖНЫЕ ПРАВА 2-е изд., пер. и доп. Учебник для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t>Щербак Н. В.</t>
   </si>
   <si>
     <t>В учебном курсе освещаются вопросы развития законодательства об интеллектуальных правах, гражданско-правовой режим результатов интеллектуальной деятельности, исследуются важнейшие проблемы гражданско-правовой защиты интеллектуальных прав, оборота исключительных прав, рассматриваются различные виды договоров в сфере интеллектуальной деятельности, проводится различие договоров по приобретению и распоряжению исключительными правами. Большое внимание уделяется актуальным проблемам авторского права и смежных прав, в том числе исследуются пределы авторского права, критерии охраноспособности объектов авторских прав, вопросы свободного использования произведений, а также гражданско-правовые и иные способы защиты авторских и смежных прав. В издании учтены изменения действующего законодательства Российской Федерации по состоянию на 30 июля 2022 г. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений юридического профиля, обучающихся по программам бакалавриата и магистратуры, аспирантов, преподавателей, практических работников, а также всех интересующихся проблемами права интеллектуальной собственности.</t>
   </si>
   <si>
     <t>978-5-534-15768-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -582,51 +579,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/avtorskoe-pravo-579603" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/avtorskoe-pravo-579605" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-intellektualnoy-sobstvennosti-obschee-uchenie-avtorskoe-pravo-i-smezhnye-prava-565747" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/avtorskoe-pravo-585078" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/avtorskoe-pravo-590292" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravo-intellektualnoy-sobstvennosti-obschee-uchenie-avtorskoe-pravo-i-smezhnye-prava-565747" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -807,245 +804,245 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>579603</v>
+        <v>585078</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>199</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1079.0</v>
+        <v>1159.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1189.0</v>
+        <v>1269.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.361</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>579605</v>
+        <v>590292</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>199</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1079.0</v>
+        <v>1159.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1189.0</v>
+        <v>1269.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.361</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
         <v>565747</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2025</v>
       </c>
       <c r="J7" s="8">
         <v>342</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1699.0</v>
+        <v>1819.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1869.0</v>
+        <v>1999.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.534</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>