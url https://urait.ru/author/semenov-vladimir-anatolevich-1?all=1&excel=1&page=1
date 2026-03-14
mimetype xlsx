--- v0 (2025-12-14)
+++ v1 (2026-03-14)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
-[...1 lines deleted...]
-    <t>14.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,114 +115,114 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>06.08.2025</t>
   </si>
   <si>
     <t>ГОСУДАРСТВЕННАЯ СЕМЕЙНАЯ ПОЛИТИКА РФ. Учебник для вузов</t>
   </si>
   <si>
-    <t>Д.Н. Боброва [и др.]; под научной редакцией Д.Н. Бобровой, В.А. Семенова.</t>
+    <t>под науч. ред. Бобровой Д.Н., Семенова В.А.</t>
   </si>
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Государственное и муниципальное управление</t>
   </si>
   <si>
     <t>Теория и история государственного и муниципального управления</t>
   </si>
   <si>
     <t>В курсе раскрывается содержание понятия семейной политики, демонстрируется ее место в социальной политике государства. Проанализированы ключевые субъекты управления и основные направления реализации государственной семейной политики в Российской Федерации. Курс содержит актуальную характеристику состояния института семьи в Российской Федерации, включая его социально-демографические показатели. Подробно рассматриваются вопросы эффективности реализации государственной семейной политики в контексте текущих и перспективных общегосударственных приоритетов. Практико-ориентированный формат включает интерактивные тесты и аналитические задания, что позволяет сформировать навыки применения правовых норм и разработки мер поддержки для различных типов семей. Для студентов высших учебных заведений, обучающихся по социально-экономическим направлениям.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-21568-7</t>
   </si>
   <si>
     <t>60.99я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>22.02.2018</t>
   </si>
   <si>
     <t>ЗАПАДНАЯ СОЦИОЛОГИЯ 3-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> И. А. Громов,  В. А. Семенов.</t>
+    <t>Громов И. А., Семенов В. А.</t>
   </si>
   <si>
     <t>Общественные науки</t>
   </si>
   <si>
     <t>Социология</t>
   </si>
   <si>
     <t>В данном учебнике рассматривается история развития и современное состояние западной социологии. Авторами анализируется теоретическое наследие западных социологов от О. Конта до наших дней. Учебник поможет читателю научиться самостоятельно ориентироваться в обилии школ, течений и направлений. Знание социологических идей и теорий прошлого поможет правильному пониманию современных процессов функционирования общества в нашей стране и за рубежом.</t>
   </si>
   <si>
     <t>978-5-534-19680-1</t>
   </si>
   <si>
     <t>60.51я73</t>
   </si>
   <si>
     <t>22.01.2018</t>
   </si>
   <si>
     <t>ИСТОРИЯ ЗАРУБЕЖНОЙ КОНФЛИКТОЛОГИИ В ХХ ВЕКЕ. ПРИКЛАДНАЯ КОНФЛИКТОЛОГИЯ 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> В. А. Семенов.</t>
+    <t>Семенов В. А.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Специальные социологические дисциплины</t>
   </si>
   <si>
     <t>В учебном издании подробно изложена история развития идеи конфликта и становления конфликтологической парадигмы социального знания от Древнего мира до наших дней. В курсе поднимаются вопросы о становлении конфликтологической парадигмы социального знания в ХХ веке и прикладной конфликтологии. Рассматриваются модели и концепции конфликта Зиммеля — Козера, Р. Парка, Р. Коллинза, Н. Лумана и других.</t>
   </si>
   <si>
     <t>978-5-534-06165-9</t>
   </si>
   <si>
     <t>18.01.2018</t>
   </si>
   <si>
     <t>ИСТОРИЯ ЗАРУБЕЖНОЙ КОНФЛИКТОЛОГИИ ДО XIX ВЕКА 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В учебном издании подробно изложена история развития идеи конфликта и становления конфликтологической парадигмы социального знания от Древнего мира до наших дней. В курсе рассматривается философская парадигма осмысления конфликтов от древности до XIX века. Поднимаются вопросы зарождения конфликтологической мысли, формы религиозных конфликтов, межконфессиональные и внутриконфессиональные конфликты, анализируются философские воззрения И. Канта, Ф. Шеллинга, Г. Гегеля и других.</t>
   </si>
   <si>
     <t>978-5-534-06164-2</t>
   </si>
@@ -332,53 +332,50 @@
     <t>03.10.2018</t>
   </si>
   <si>
     <t>ПОЛИТИЧЕСКИЙ МЕНЕДЖМЕНТ 2-е изд., испр. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Семенов В. А., Колесников В. Н.</t>
   </si>
   <si>
     <t>Менеджмент</t>
   </si>
   <si>
     <t>Учебное пособие раскрывает основное содержание, методы и технологии политического менеджмента — одного из ключевых направлений современной политической деятельности. В пособии представлены субъекты политического менеджмента и его основные виды (имиджмейкинг, электоральный менеджмент, регулирование политических конфликтов, заключение политических союзов, технологии лоббизма, политический маркетинг, политическое консультирование, организация политических кампаний). После каждой главы книги даются контрольные вопросы и задания, приводится список литературы. Издание базируется на данных отечественных и зарубежных исследований фундаментального и прикладного характера в области эффективного политического менеджмента. При написании данного учебного пособия авторы исходят из междисциплинарного характера политического менеджмента как учебной дисциплины.</t>
   </si>
   <si>
     <t>978-5-534-08008-7</t>
   </si>
   <si>
     <t>66.04я73</t>
   </si>
   <si>
     <t>19.10.2025</t>
   </si>
   <si>
     <t>Социально-правовая и законодательная основы социальной работы с семьей и детьми. Учебник для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t>под науч. ред. Бобровой Д.Н., Семенова В.А.</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Педагогика, психология, социальная работа</t>
   </si>
   <si>
     <t>Социальная работа</t>
   </si>
   <si>
     <t>В курсе раскрывается содержание понятия семейной политики, демонстрируется ее место в социальной политике государства. Проанализированы ключевые субъекты управления и основные направления реализации государственной семейной политики в Российской Федерации. Курс содержит актуальную характеристику состояния института семьи в Российской Федерации, включая его социально-демографические показатели. Подробно рассматриваются вопросы эффективности реализации государственной семейной политики в контексте текущих и перспективных общегосударственных приоритетов. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-21854-1</t>
   </si>
   <si>
     <t>25.02.2025</t>
   </si>
   <si>
     <t>СОЦИОЛОГИЧЕСКИЕ КОНЦЕПЦИИ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>под науч. ред. Зарубина В. Г.</t>
   </si>
@@ -819,51 +816,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennaya-semeynaya-politika-rf-581755" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zapadnaya-sociologiya-556897" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-zarubezhnoy-konfliktologii-v-hh-veke-prikladnaya-konfliktologiya-556752" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-zarubezhnoy-konfliktologii-do-xix-veka-556751" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konfliktologiya-563085" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematicheskie-metody-v-gumanitarnyh-issledovaniyah-564372" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-i-tehnika-sociologicheskih-issledovaniy-565698" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/otraslevaya-sociologiya-558306" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politicheskiy-analiz-i-prognozirovanie-564373" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politicheskiy-menedzhment-564371" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialno-pravovaya-i-zakonodatelnaya-osnovy-socialnoy-raboty-s-semey-i-detmi-582306" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologicheskie-koncepcii-575013" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-mobilnosti-559515" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-roberta-k-mertona-567483" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-upravleniya-558105" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gosudarstvennaya-semeynaya-politika-rf-590479" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/zapadnaya-sociologiya-589851" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-zarubezhnoy-konfliktologii-v-hh-veke-prikladnaya-konfliktologiya-586213" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/istoriya-zarubezhnoy-konfliktologii-do-xix-veka-585529" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/konfliktologiya-585448" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/matematicheskie-metody-v-gumanitarnyh-issledovaniyah-586317" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metodika-i-tehnika-sociologicheskih-issledovaniy-587174" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/otraslevaya-sociologiya-587177" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politicheskiy-analiz-i-prognozirovanie-586318" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/politicheskiy-menedzhment-586316" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/socialno-pravovaya-i-zakonodatelnaya-osnovy-socialnoy-raboty-s-semey-i-detmi-590509" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologicheskie-koncepcii-587176" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-mobilnosti-590141" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-roberta-k-mertona-588349" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sociologiya-upravleniya-588149" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -1044,1087 +1041,1087 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>581755</v>
+        <v>590479</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>138</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>699.0</v>
+        <v>749.0</v>
       </c>
       <c r="M5" s="9">
-        <v>769.0</v>
+        <v>819.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.185</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>556897</v>
+        <v>589851</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>607</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>2499.0</v>
+        <v>2679.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2749.0</v>
+        <v>2949.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.747</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>556752</v>
+        <v>586213</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>287</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="9">
-        <v>1459.0</v>
+        <v>1559.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1599.0</v>
+        <v>1709.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.468</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>556751</v>
+        <v>585529</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>220</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="9">
-        <v>1169.0</v>
+        <v>1249.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1289.0</v>
+        <v>1369.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.386</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>563085</v>
+        <v>585448</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>351</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L9" s="9">
-        <v>1739.0</v>
+        <v>1859.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1909.0</v>
+        <v>2039.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>56</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.545</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>564372</v>
+        <v>586317</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>242</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L10" s="9">
-        <v>1269.0</v>
+        <v>1349.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1399.0</v>
+        <v>1479.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>73</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>74</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>75</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>76</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.413</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>565698</v>
+        <v>587174</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>78</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>79</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>73</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>359.0</v>
+        <v>389.0</v>
       </c>
       <c r="M11" s="9">
-        <v>389.0</v>
+        <v>429.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>80</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>81</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>82</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>83</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>84</v>
       </c>
       <c r="Y11" s="8">
         <v>0.085</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>558306</v>
+        <v>587177</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>85</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>86</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>87</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>511</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L12" s="9">
-        <v>2429.0</v>
+        <v>2599.0</v>
       </c>
       <c r="M12" s="9">
-        <v>2669.0</v>
+        <v>2859.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>56</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>88</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>89</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>83</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.739</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>564373</v>
+        <v>586318</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>90</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>91</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>92</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>433</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L13" s="9">
-        <v>2089.0</v>
+        <v>2239.0</v>
       </c>
       <c r="M13" s="9">
-        <v>2299.0</v>
+        <v>2459.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>93</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>94</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>95</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>96</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.645</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>564371</v>
+        <v>586316</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>97</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>98</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>99</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>298</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L14" s="9">
-        <v>1509.0</v>
+        <v>1609.0</v>
       </c>
       <c r="M14" s="9">
-        <v>1659.0</v>
+        <v>1769.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>100</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>100</v>
       </c>
       <c r="S14" s="6" t="s">
         <v>101</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
         <v>102</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
         <v>103</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.481</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>582306</v>
+        <v>590509</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
         <v>105</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>106</v>
+        <v>33</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>136</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>689.0</v>
+        <v>739.0</v>
       </c>
       <c r="M15" s="9">
-        <v>759.0</v>
+        <v>809.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>80</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q15" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="S15" s="6" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y15" s="8">
         <v>0.183</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>575013</v>
+        <v>587176</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="E16" s="6" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>158</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L16" s="9">
-        <v>729.0</v>
+        <v>779.0</v>
       </c>
       <c r="M16" s="9">
-        <v>799.0</v>
+        <v>859.0</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
         <v>83</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>84</v>
       </c>
       <c r="Y16" s="8">
         <v>0.248</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>559515</v>
+        <v>590141</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" s="6" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>53</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="9">
-        <v>379.0</v>
+        <v>399.0</v>
       </c>
       <c r="M17" s="9">
-        <v>419.0</v>
+        <v>439.0</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R17" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S17" s="6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
         <v>83</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y17" s="8">
         <v>0.083</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>567483</v>
+        <v>588349</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="E18" s="6" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>175</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L18" s="9">
-        <v>629.0</v>
+        <v>669.0</v>
       </c>
       <c r="M18" s="9">
-        <v>689.0</v>
+        <v>739.0</v>
       </c>
       <c r="N18" s="6"/>
       <c r="O18" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R18" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S18" s="6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6">
         <v>60.5</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>84</v>
       </c>
       <c r="Y18" s="8">
         <v>0.265</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="8">
-        <v>558105</v>
+        <v>588149</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E19" s="6" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J19" s="8">
         <v>279</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L19" s="9">
-        <v>1429.0</v>
+        <v>1529.0</v>
       </c>
       <c r="M19" s="9">
-        <v>1569.0</v>
+        <v>1679.0</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>55</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>56</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y19" s="8">
         <v>0.458</v>
       </c>
       <c r="Z19" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>