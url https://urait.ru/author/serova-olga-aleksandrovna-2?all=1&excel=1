--- v0 (2026-02-10)
+++ v1 (2026-03-27)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
-[...1 lines deleted...]
-    <t>10.02.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+  <si>
+    <t>27.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -199,90 +199,96 @@
   <si>
     <t>978-5-534-20488-9</t>
   </si>
   <si>
     <t>20.04.2022</t>
   </si>
   <si>
     <t>ПАРТНЕРСТВА В ЦИФРОВОМ ОБРАЗОВАНИИ 2022—2030. МАТЕРИАЛЫ ВЕБИНАРОВ, БЕСЕД И ИССЛЕДОВАНИЙ ЮРАЙТ.АКАДЕМИИ. ВЫПУСК 5. ЗИМНЯЯ ШКОЛА ПРЕПОДАВАТЕЛЯ 2022</t>
   </si>
   <si>
     <t>Сост. Сафонов А. А., Кокая Э. Т., Частова П. А., Матыс О. И.</t>
   </si>
   <si>
     <t>Педагогика и образование. Общие работы</t>
   </si>
   <si>
     <t>В сборник вошли материалы и тезисы онлайн-классов и дискуссий X Зимней школы преподавателя, проходившей с 31 января по 4 февраля 2022 г. Редакция «Юрайта» составила тексты на основе выступлений российских и зарубежных преподавателей, исследователей, администраторов и работодателей. Сборник освещает проблемы партнерства в цифровом образовании и цифровых технологиях, взаимодействия цифрового образования и государства, научной интеграции, экономических аспектов цифрового образования, международной кооперации в образовании и многое другое. В сборник также вошли проектные задания слушателей Школы и материалы осеннего семестра 2021. Материалы сборника распространяются на условиях Creative Commons (CC BY-NC). Для широкого круга читателей, интересующихся проблемами образования.</t>
   </si>
   <si>
     <t>978-5-534-15586-0</t>
   </si>
   <si>
     <t>11.08.2023</t>
   </si>
   <si>
-    <t>ПРЕДПРИНИМАТЕЛЬСКОЕ ПРАВО 3-е изд., пер. и доп. Учебник для вузов</t>
+    <t>ПРЕДПРИНИМАТЕЛЬСКОЕ ПРАВО 3-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Под ред. Морозова С.Ю.</t>
   </si>
   <si>
+    <t>Гриф УМО СПО</t>
+  </si>
+  <si>
+    <t>Профессиональное образование</t>
+  </si>
+  <si>
+    <t>Юридические науки</t>
+  </si>
+  <si>
+    <t>Предпринимательское и коммерческое право</t>
+  </si>
+  <si>
+    <t>Курс содержит системное изложение материала учебной дисциплины «Предпринимательское право». В курсе проанализированы такие концептуальные категории, как понятие предпринимательского права, саморегулирование предпринимательской деятельности, правовой режим имущества субъектов предпринимательской деятельности, общие положения о субъектах предпринимательства, государственное регулирование предпринимательской деятельности, договоры в сфере предпринимательской деятельности. Курс подготовлен в рамках гранта Минобрнауки Российской Федерации по созданию онлайн курсов. Соответствует актуальным требованиям федерального государственного образовательного стандарта. Для обучающихся по юридическим специальностям СПО.</t>
+  </si>
+  <si>
+    <t>978-5-534-17612-4</t>
+  </si>
+  <si>
+    <t>67я73</t>
+  </si>
+  <si>
+    <t>26.03.2026</t>
+  </si>
+  <si>
+    <t>ПРЕДПРИНИМАТЕЛЬСКОЕ ПРАВО 4-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>С.Ю. Морозов [и др.]; под редакцией С.Ю. Морозова.</t>
+  </si>
+  <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
-    <t>Юридические науки</t>
-[...26 lines deleted...]
-    <t>978-5-534-17612-4</t>
+    <t>Курс содержит системное изложение материала учебной дисциплины «Предпринимательское право». В курсе проанализированы такие концептуальные категории, как понятие предпринимательского права, саморегулирование предпринимательской деятельности, правовой режим имущества субъектов предпринимательской деятельности, общие положения о субъектах предпринимательства, государственное регулирование предпринимательской деятельности, договоры в сфере предпринимательской деятельности. Курс подготовлен в рамках гранта Минобрнауки Российской Федерации по созданию онлайн-курсов. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс предназначен не только для обучающихся по направлению «юриспруденция», но и для студентов, осваивающих неюридические специальности и направления подготовки в целях формирования универсальных компетенций в рамках курса «Основы предпринимательского права».</t>
+  </si>
+  <si>
+    <t>978-5-534-11586-4</t>
   </si>
   <si>
     <t>21.04.2021</t>
   </si>
   <si>
     <t>ЦИФРОВЫЕ НАВЫКИ ДЛЯ ДИСТАНТА. МАТЕРИАЛЫ ВЕБИНАРОВ, БЕСЕД И ИССЛЕДОВАНИЙ ЮРАЙТ.АКАДЕМИИ. ВЫПУСК 1. 2020 ГОД</t>
   </si>
   <si>
     <t xml:space="preserve"> А. А. Сафонов [и др.] ; составители А. А. Сафонов, П. А. Частова.</t>
   </si>
   <si>
     <t>В сборник вошли материалы и тезисы онлайн-классов и дискуссий Юрайт.Академии и VII Летней школы преподавателя, состоявшихся в 2020 г. Редакция Юрайта составила тексты на основе выступлений преподавателей, исследователей, администраторов и представителей EdTech. Сборник освещает фундаментальные и прикладные проблемы цифрового образования. Юрайт.Академия совместно с теоретиками и практиками современного образования делится лучшими наблюдениями и приемами, формулирует предложения по развитию, анализирует теоретические и практические аспекты. Для широкого круга читателей, интересующихся проблемами образования.</t>
   </si>
   <si>
     <t>978-5-534-14656-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
@@ -657,51 +663,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gibkie-navyki-kompetencii-novyh-fgos-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-7-zimnyaya-shkola-prepodavatelya-2023-589265" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kachestvo-cifrovogo-obrazovaniya-2022-2030-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-6-letnyaya-shkola-prepodavatelya-2022-589179" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lichnostno-orientirovannoe-cifrovoe-obrazovanie-materialy-yurayt-akademii-vypusk-9-589869" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/partnerstva-v-cifrovom-obrazovanii-2022-2030-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-5-zimnyaya-shkola-prepodavatelya-2022-589134" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/predprinimatelskoe-pravo-588886" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/predprinimatelskoe-pravo-589364" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovye-navyki-dlya-distanta-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-1-2020-god-482713" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gibkie-navyki-kompetencii-novyh-fgos-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-7-zimnyaya-shkola-prepodavatelya-2023-589265" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kachestvo-cifrovogo-obrazovaniya-2022-2030-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-6-letnyaya-shkola-prepodavatelya-2022-589179" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/lichnostno-orientirovannoe-cifrovoe-obrazovanie-materialy-yurayt-akademii-vypusk-9-589869" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/partnerstva-v-cifrovom-obrazovanii-2022-2030-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-5-zimnyaya-shkola-prepodavatelya-2022-589134" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/predprinimatelskoe-pravo-589364" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/predprinimatelskoe-pravo-600222" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovye-navyki-dlya-distanta-materialy-vebinarov-besed-i-issledovaniy-yurayt-akademii-vypusk-1-2020-god-482713" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -1154,51 +1160,51 @@
         <v>57</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6">
         <v>94.3</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y8" s="8">
         <v>0.269</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>588886</v>
+        <v>589364</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>592</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
@@ -1224,173 +1230,173 @@
         <v>66</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>69</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y9" s="8">
         <v>0.837</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>589364</v>
+        <v>600222</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
-        <v>592</v>
+        <v>650</v>
       </c>
       <c r="K10" s="6" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="L10" s="9">
-        <v>2969.0</v>
+        <v>2849.0</v>
       </c>
       <c r="M10" s="9">
-        <v>3269.0</v>
+        <v>3129.0</v>
       </c>
       <c r="N10" s="6" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="O10" s="6" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="P10" s="6" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y10" s="8">
-        <v>0.837</v>
+        <v>0.799</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
         <v>482713</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2021</v>
       </c>
       <c r="J11" s="8">
         <v>275</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
         <v>389.0</v>
       </c>
       <c r="M11" s="9">
         <v>429.0</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>57</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6">
         <v>94.3</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y11" s="8">
         <v>0.352</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>