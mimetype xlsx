--- v0 (2025-12-19)
+++ v1 (2026-01-15)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>19.12.2025</t>
+    <t>15.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>