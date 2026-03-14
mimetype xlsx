--- v1 (2026-01-15)
+++ v2 (2026-03-14)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
-[...1 lines deleted...]
-    <t>15.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,90 +115,87 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>05.11.2024</t>
   </si>
   <si>
     <t>БАНКОВСКОЕ ПРАВО 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Т. Э. Рождественская,  А. Г. Гузнов,  А. В. Шамраев.</t>
+    <t>Рождественская Т. Э., Гузнов А. Г., Шамраев А. В.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Финансовое право</t>
   </si>
   <si>
     <t>В настоящем курсе раскрыты вопросы функционирования банковской системы Российской Федерации и правового регулирования деятельности Банка России и кредитных организаций. Впервые четко разделены вопросы, относящиеся к публичному банковскому праву и частному банковскому праву. Особое внимание уделено публично-правовой стороне регулирования банковской деятельности: вопросам функционирования Банка России как мегарегулятора, системы страхования вкладов, публично-правовой системы финансового оздоровления банков, правового регулирования противодействия легализации доходов, полученных преступным путем, и иные. Для студентов, обучающихся по образовательным программам академического бакалавриата и магистратуры по экономическим направлениям и специальностям, а также аспирантов и преподавателей экономических и юридических вузов и факультетов.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20562-6</t>
   </si>
   <si>
     <t>67.404.2я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>07.11.2024</t>
   </si>
   <si>
     <t>БАНКОВСКОЕ ПРАВО. ЧАСТНО-ПРАВОВОЕ РЕГУЛИРОВАНИЕ 4-е изд., пер. и доп. Учебник для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t>Рождественская Т. Э., Гузнов А. Г., Шамраев А. В.</t>
   </si>
   <si>
     <t>В курсе раскрыты вопросы функционирования банковской системы Российской Федерации и правового регулирования деятельности кредитных организаций. Освещены аспекты, относящиеся к частному банковскому праву. Особое внимание уделено правовому регулированию банковских операций, расчетов в Российской Федерации, международных банковских сделок. В курсе нашли отражение последние новеллы банковского законодательства, включая нормативные акты Банка России, выделены правовые позиции судебных органов. По ряду вопросов представлены теоретические дискуссии, зарубежный правовой материал. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, обучающихся по образовательным программам академического бакалавриата и магистратуры по экономическим направлениям и специальностям, а также аспирантов и преподавателей экономических и юридических вузов и факультетов.</t>
   </si>
   <si>
     <t>978-5-534-20594-7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -564,51 +561,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-558387" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-chastno-pravovoe-regulirovanie-558437" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-583247" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bankovskoe-pravo-chastno-pravovoe-regulirovanie-584120" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -789,175 +786,175 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558387</v>
+        <v>583247</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>480</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2289.0</v>
+        <v>2449.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2519.0</v>
+        <v>2689.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.702</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>558437</v>
+        <v>584120</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>214</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1139.0</v>
+        <v>1219.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1249.0</v>
+        <v>1339.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.379</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>