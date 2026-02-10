--- v0 (2025-12-06)
+++ v1 (2026-02-10)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>06.12.2025</t>
+    <t>10.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -154,51 +154,51 @@
   <si>
     <t>Криминалистика и судебные экспертизы</t>
   </si>
   <si>
     <t>Курс предназначен для освоения одноименной дисциплины и подготовлен с учетом достижений науки криминалистики, на основе изучения и анализа действующего уголовного и уголовно-процессуального законодательства, отечественной и зарубежной литературы. Изложение учебного материала предусматривает реализацию самостоятельной концепции, включающей авторские подходы и определения, практико-ориентированный стиль изложения и рекомендации по применению технико-криминалистических средств, тактики и технологии производства отдельных следственных действий. Издание включает все основные темы дисциплины «Криминалистика». Содержание курса соответствует актуальным требованиям федеральных государственных образовательных стандартов высшего образования по направлениям подготовки 40.03.01 «Юриспруденция», 40.05.01 «Правовое обеспечение национальной безопасности», 40.05.02 «Правоохранительная деятельность». Для обучающихся и преподавателей высших учебных заведений юридического профиля, сотрудников органов предварительного расследования и экспертных подразделений, а также всех интересующихся изучением криминалистики.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-17027-6</t>
   </si>
   <si>
     <t>67.52я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>19.11.2024</t>
   </si>
   <si>
     <t>КРИМИНАЛИСТИКА. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. И. Бастрыкин [и др.] ; под общей редакцией А. И. Бастрыкина.</t>
+    <t>Под общ. ред. Бастрыкина А.И.</t>
   </si>
   <si>
     <t>В курсе на основе анализа современной следственной практики раскрыты общетеоретические основы криминалистики, криминалистическая техника и тактика, рассматриваются общие и частные положения криминалистической методики расследования отдельных видов преступлений. Предназначен для студентов, магистрантов, аспирантов, преподавателей, научных сотрудников юридических вузов, практических работников следственных органов и других юристов.</t>
   </si>
   <si>
     <t>978-5-534-17759-6</t>
   </si>
   <si>
     <t>60*90/8</t>
   </si>
   <si>
     <t>29.11.2024</t>
   </si>
   <si>
     <t>КРИМИНАЛИСТИЧЕСКАЯ ТЕХНИКА. Учебник для вузов</t>
   </si>
   <si>
     <t>В курсе на основе анализа современной следственной практики раскрыта криминалистическая техника. Предназначен для студентов, магистрантов, аспирантов, преподавателей, научных сотрудников юридических вузов, практических работников следственных органов и других юристов.</t>
   </si>
   <si>
     <t>978-5-534-21235-8</t>
   </si>
 </sst>
 </file>
 
@@ -579,51 +579,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kriminalistika-obschie-polozheniya-tehnika-taktika-tehnologiya-568189" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kriminalistika-559218" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kriminalisticheskaya-tehnika-569345" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kriminalistika-obschie-polozheniya-tehnika-taktika-tehnologiya-588987" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kriminalistika-589903" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kriminalisticheskaya-tehnika-590154" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -804,219 +804,219 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>568189</v>
+        <v>588987</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>400</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1949.0</v>
+        <v>2079.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2139.0</v>
+        <v>2289.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.605</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>559218</v>
+        <v>589903</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>643</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>4799.0</v>
+        <v>5129.0</v>
       </c>
       <c r="M6" s="9">
-        <v>5279.0</v>
+        <v>5639.0</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Y6" s="8">
         <v>1.408</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>569345</v>
+        <v>590154</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>203</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1759.0</v>
+        <v>1879.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1929.0</v>
+        <v>2069.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>53</v>
       </c>