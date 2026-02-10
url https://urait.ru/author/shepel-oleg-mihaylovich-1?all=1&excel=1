--- v0 (2025-12-06)
+++ v1 (2026-02-10)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>06.12.2025</t>
+    <t>10.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>09.11.2024</t>
   </si>
   <si>
     <t>ЕСТЕСТВОЗНАНИЕ. Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> О. М. Шепель.</t>
+    <t>Шепель О. М.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Естественные науки</t>
   </si>
   <si>
     <t>Естествознание</t>
   </si>
   <si>
     <t>Предлагаемые Вашему вниманию материалы составлены на основе представлений о неразрывной целостности естественнонаучной картины мира и условности разделения всех знаний на различные отрасли науки. Курс рекомендуется использовать при изучении естествознания. В тексте уделено очень немного внимания практическому применению тех или иных естественнонаучных законов или химических веществ. Это вызвано тем, что, по мнению автора, содержание настоящего курса должно представлять собой не набор утилитарных сведений, предназначенных для практического использования в материальной жизни, но быть отражением фрагмента единой, величественной естественнонаучной картины мира, восприятие которой помогает взрослеющему человеку осмыслить своё место во Вселенной. Именно поэтому технологические аспекты естественных дисциплин, здесь почти не рассматриваются.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20766-8</t>
   </si>
@@ -567,51 +567,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/estestvoznanie-558722" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/estestvoznanie-558724" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/estestvoznanie-589968" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/estestvoznanie-589975" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -792,151 +792,151 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558722</v>
+        <v>589968</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>180</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>999.0</v>
+        <v>1069.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1099.0</v>
+        <v>1179.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.338</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>558724</v>
+        <v>589975</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>176</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>999.0</v>
+        <v>1069.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1099.0</v>
+        <v>1179.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>