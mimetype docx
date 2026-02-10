--- v0 (2025-12-16)
+++ v1 (2026-02-10)
@@ -13,426 +13,426 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Конструирование и технологии производства радиоэлектронных средств. Интегральные схемы : учебник для среднего профессионального образования — Москва : Издательство Юрайт, 2025. — 460 с. — (Профессиональное образование). — ISBN 978-5-534-19770-9.</w:t>
+        <w:t xml:space="preserve">Конструирование и технологии производства радиоэлектронных средств. Интегральные схемы : учебник для среднего профессионального образования — Москва : Издательство Юрайт, 2026. — 460 с. — (Профессиональное образование). — ISBN 978-5-534-19770-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/580944</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/590545</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Конструирование и технологии производства радиоэлектронных средств. Ионно-плазменные технологии : учебник для среднего профессионального образования / А. С. Сигов, В. И. Иванов, П. А. Лучников, А. П. Суржиков. — Москва : Издательство Юрайт, 2025. — 270 с. — (Профессиональное образование). — ISBN 978-5-534-19786-0.</w:t>
+        <w:t xml:space="preserve">Конструирование и технологии производства радиоэлектронных средств. Ионно-плазменные технологии : учебник для среднего профессионального образования / А. С. Сигов, В. И. Иванов, П. А. Лучников, А. П. Суржиков. — Москва : Издательство Юрайт, 2026. — 270 с. — (Профессиональное образование). — ISBN 978-5-534-19786-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/580949</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/590389</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Конструирование и технологии производства радиоэлектронных средств. Радиационные технологии : учебник для среднего профессионального образования / А. С. Сигов, В. И. Иванов, П. А. Лучников, А. П. Суржиков. — Москва : Издательство Юрайт, 2025. — 321 с. — (Профессиональное образование). — ISBN 978-5-534-19783-9.</w:t>
+        <w:t xml:space="preserve">Конструирование и технологии производства радиоэлектронных средств. Радиационные технологии : учебник для среднего профессионального образования / А. С. Сигов, В. И. Иванов, П. А. Лучников, А. П. Суржиков. — Москва : Издательство Юрайт, 2026. — 321 с. — (Профессиональное образование). — ISBN 978-5-534-19783-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/580946</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/590388</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Щука, А. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Наноэлектроника : учебник для вузов / А. А. Щука ; под общей редакцией А. С. Сигова. — Москва : Издательство Юрайт, 2025. — 297 с. — (Высшее образование). — ISBN 978-5-9916-8280-0.</w:t>
+        <w:t xml:space="preserve">Наноэлектроника : учебник для вузов / А. А. Щука ; под общей редакцией А. С. Сигова. — Москва : Издательство Юрайт, 2026. — 297 с. — (Высшее образование). — ISBN 978-5-9916-8280-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561199</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/583961</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Нефедов, В. И. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Общая теория связи : учебник для вузов / В. И. Нефедов, А. С. Сигов ; под редакцией В. И. Нефедова. — Москва : Издательство Юрайт, 2025. — 592 с. — (Высшее образование). — ISBN 978-5-534-19215-5.</w:t>
+        <w:t xml:space="preserve">Общая теория связи : учебник для вузов / В. И. Нефедов, А. С. Сигов ; под редакцией В. И. Нефедова. — Москва : Издательство Юрайт, 2026. — 592 с. — (Высшее образование). — ISBN 978-5-534-19215-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/560416</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/583145</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Основы конструирования и технологии производства радиоэлектронных средств. Интегральные схемы : учебник для вузов / под редакцией Ю. В. Гуляева. — Москва : Издательство Юрайт, 2025. — 460 с. — (Высшее образование). — ISBN 978-5-534-03170-6.</w:t>
+        <w:t xml:space="preserve">Основы конструирования и технологии производства радиоэлектронных средств. Интегральные схемы : учебник для вузов / под редакцией Ю. В. Гуляева. — Москва : Издательство Юрайт, 2026. — 460 с. — (Высшее образование). — ISBN 978-5-534-03170-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561305</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584044</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Основы конструирования и технологии производства радиоэлектронных средств. Ионно-плазменные технологии : учебник для вузов / А. С. Сигов, В. И. Иванов, П. А. Лучников, А. П. Суржиков ; под редакцией А. С. Сигова. — Москва : Издательство Юрайт, 2025. — 270 с. — (Высшее образование). — ISBN 978-5-9916-7153-8.</w:t>
+        <w:t xml:space="preserve">Основы конструирования и технологии производства радиоэлектронных средств. Ионно-плазменные технологии : учебник для вузов / А. С. Сигов, В. И. Иванов, П. А. Лучников, А. П. Суржиков ; под редакцией А. С. Сигова. — Москва : Издательство Юрайт, 2026. — 270 с. — (Высшее образование). — ISBN 978-5-9916-7153-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561307</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584046</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Основы конструирования и технологии производства радиоэлектронных средств. Электронные радиационные технологии : учебник для вузов / А. С. Сигов, В. И. Иванов, П. А. Лучников, А. П. Суржиков ; под редакцией А. С. Сигова. — Москва : Издательство Юрайт, 2025. — 321 с. — (Высшее образование). — ISBN 978-5-9916-7154-5.</w:t>
+        <w:t xml:space="preserve">Основы конструирования и технологии производства радиоэлектронных средств. Электронные радиационные технологии : учебник для вузов / А. С. Сигов, В. И. Иванов, П. А. Лучников, А. П. Суржиков ; под редакцией А. С. Сигова. — Москва : Издательство Юрайт, 2026. — 321 с. — (Высшее образование). — ISBN 978-5-9916-7154-5.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561306</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584045</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Нефедов, В. И. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Радиотехнические цепи и сигналы : учебник для вузов / В. И. Нефедов, А. С. Сигов ; под редакцией В. И. Нефедова. — Москва : Издательство Юрайт, 2025. — 319 с. — (Высшее образование). — ISBN 978-5-534-19219-3.</w:t>
+        <w:t xml:space="preserve">Радиотехнические цепи и сигналы : учебник для вузов / В. И. Нефедов, А. С. Сигов ; под редакцией В. И. Нефедова. — Москва : Издательство Юрайт, 2026. — 319 с. — (Высшее образование). — ISBN 978-5-534-19219-3.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561145</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/583921</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Нефедов, В. И. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Радиотехнические цепи и сигналы : учебник для среднего профессионального образования / В. И. Нефедов, А. С. Сигов ; под редакцией В. И. Нефедова. — Москва : Издательство Юрайт, 2025. — 319 с. — (Профессиональное образование). — ISBN 978-5-534-19220-9.</w:t>
+        <w:t xml:space="preserve">Радиотехнические цепи и сигналы : учебник для среднего профессионального образования / В. И. Нефедов, А. С. Сигов ; под редакцией В. И. Нефедова. — Москва : Издательство Юрайт, 2026. — 319 с. — (Профессиональное образование). — ISBN 978-5-534-19220-9.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561146</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/583922</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Теория механизмов и машин. Проектирование элементов и устройств технологических систем электронной техники : учебник для вузов / Е. Н. Ивашов, П. А. Лучников, А. С. Сигов, С. В. Степанчиков ; под редакцией А. С. Сигова. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 369 с. — (Высшее образование). — ISBN 978-5-534-03196-6.</w:t>
+        <w:t xml:space="preserve">Теория механизмов и машин. Проектирование элементов и устройств технологических систем электронной техники : учебник для вузов / Е. Н. Ивашов, П. А. Лучников, А. С. Сигов, С. В. Степанчиков ; под редакцией А. С. Сигова. — 2-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 369 с. — (Высшее образование). — ISBN 978-5-534-03196-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561261</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Нефедов, В. И. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Теория электросвязи : учебник для среднего профессионального образования / В. И. Нефедов, А. С. Сигов ; под редакцией В. И. Нефедова. — Москва : Издательство Юрайт, 2025. — 592 с. — (Профессиональное образование). — ISBN 978-5-534-19218-6.</w:t>
+        <w:t xml:space="preserve">Теория электросвязи : учебник для среднего профессионального образования / В. И. Нефедов, А. С. Сигов ; под редакцией В. И. Нефедова. — Москва : Издательство Юрайт, 2026. — 592 с. — (Профессиональное образование). — ISBN 978-5-534-19218-6.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561144</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/583920</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Щука, А. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Электроника в 4 ч. Часть 1. Вакуумная и плазменная электроника : учебник для вузов / А. А. Щука, А. С. Сигов ; под редакцией А. С. Сигова. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 172 с. — (Высшее образование). — ISBN 978-5-534-01763-2.</w:t>
+        <w:t xml:space="preserve">Электроника в 4 ч. Часть 1. Вакуумная и плазменная электроника : учебник для вузов / А. А. Щука, А. С. Сигов ; под редакцией А. С. Сигова. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 172 с. — (Высшее образование). — ISBN 978-5-534-01763-2.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561095</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/583874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Щука, А. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Электроника в 4 ч. Часть 2. Микроэлектроника : учебник для вузов / А. А. Щука, А. С. Сигов ; ответственный редактор А. С. Сигов. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 326 с. — (Высшее образование). — ISBN 978-5-534-01867-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
           <w:t xml:space="preserve">https://urait.ru/bcode/561577</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Щука, А. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Электроника в 4 ч. Часть 3. Квантовая и оптическая электроника : учебник для вузов / А. А. Щука, А. С. Сигов ; ответственный редактор А. С. Сигов. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 117 с. — (Высшее образование). — ISBN 978-5-534-01870-7.</w:t>
+        <w:t xml:space="preserve">Электроника в 4 ч. Часть 3. Квантовая и оптическая электроника : учебник для вузов / А. А. Щука, А. С. Сигов ; ответственный редактор А. С. Сигов. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2026. — 117 с. — (Высшее образование). — ISBN 978-5-534-01870-7.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/561578</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/584255</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Щука, А. А. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Электроника в 4 ч. Часть 4. Функциональная электроника : учебник для вузов / А. А. Щука, А. С. Сигов ; ответственный редактор А. С. Сигов. — 2-е изд., испр. и доп. — Москва : Издательство Юрайт, 2025. — 183 с. — (Высшее образование). — ISBN 978-5-534-01873-8.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
@@ -573,51 +573,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="Link"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/580944" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/580949" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/580946" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561199" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/560416" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561305" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561307" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561306" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561145" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561146" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561261" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561144" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561095" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561577" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561578" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561579" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590545" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590389" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/590388" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583961" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583145" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584044" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584046" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584045" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583921" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583922" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584020" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583920" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/583874" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561577" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/584255" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/561579" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>