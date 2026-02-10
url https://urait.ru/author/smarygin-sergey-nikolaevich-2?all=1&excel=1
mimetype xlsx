--- v0 (2025-12-25)
+++ v1 (2026-02-10)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
-[...1 lines deleted...]
-    <t>25.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+  <si>
+    <t>10.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -187,66 +187,63 @@
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Все достижения современной неорганической химии и смежных с ней дисциплин нашли отражение в четвертом издании учебника «Неорганическая химия». В начале каждой главы приводятся ключевые темы, которые должны сориентировать студентов, помочь выбрать наиболее важный материал. Все главы завершаются контрольными вопросами и упражнениями, при помощи которых студенты могут самостоятельно проверить и оценить уровень усвоения проработанного ими материала.</t>
   </si>
   <si>
     <t>978-5-534-11760-8, 978-5-534-04049-4</t>
   </si>
   <si>
     <t>24.1я723</t>
   </si>
   <si>
     <t>НЕОРГАНИЧЕСКАЯ ХИМИЯ ДЛЯ АГРАРИЕВ. В 2 Ч. ЧАСТЬ 2. ХИМИЯ ЭЛЕМЕНТОВ 5-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>978-5-534-11743-1, 978-5-534-04049-4</t>
   </si>
   <si>
     <t>26.01.2012</t>
   </si>
   <si>
     <t>НЕОРГАНИЧЕСКАЯ ХИМИЯ. ПРАКТИКУМ. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> С. Н. Смарыгин.</t>
+    <t>Смарыгин С. Н., Багнавец Н. Л., Дайдакова И. В.</t>
   </si>
   <si>
     <t>Практикум состоит из двух частей: «Теоретические основы» и «Химия элементов». Каждая часть включает несколько глав. Главы первой части помогают закрепить основы общей химии, второй — изучить свойства простых веществ и соединений химических элементов по группам периодической системы Д. И. Менделеева. Главы пособия имеют одинаковую структуру. Сначала указаны вопросы для подготовки к коллоквиуму и главы учебника, которые надо повторить, чтобы начать самостоятельную работу. Затем следуют примеры, подробно разъясняющие возможные способы решения типовых задач. В конце каждой главы приведены индивидуальные задания.</t>
   </si>
   <si>
     <t>978-5-9916-1831-1</t>
   </si>
   <si>
     <t>07.06.2016</t>
   </si>
   <si>
     <t>НЕОРГАНИЧЕСКАЯ ХИМИЯ. ПРАКТИКУМ. Учебно-практическое пособие для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> С. Н. Смарыгин,  Н. Л. Багнавец,  И. В. Дайдакова.</t>
   </si>
   <si>
     <t>Данный практикум состоит из двух частей: «Теоретические основы» и «Химия элементов». Каждая часть включает несколько глав, которые имеют одинаковую структуру. Сначала указаны вопросы для подготовки к коллоквиуму и главы учебника, которые надо повторить, чтобы начать самостоятельную работу. Затем следуют примеры, подробно разъясняющие возможные способы решения типовых задач. Главы первой части помогают закрепить основы общей химии, второй изучить свойства простых веществ и соединений химических элементов по группам периодической системы Д. И. Менделеева.</t>
   </si>
   <si>
     <t>978-5-9916-6577-3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -612,51 +609,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-dlya-agrariev-v-2-ch-chast-1-teoreticheskie-osnovy-537506" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-dlya-agrariev-v-2-ch-chast-2-himiya-elementov-537507" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-dlya-agrariev-v-2-ch-chast-1-teoreticheskie-osnovy-537977" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-dlya-agrariev-v-2-ch-chast-2-himiya-elementov-537978" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-praktikum-558164" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-praktikum-558167" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-dlya-agrariev-v-2-ch-chast-1-teoreticheskie-osnovy-537506" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-dlya-agrariev-v-2-ch-chast-2-himiya-elementov-537507" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-dlya-agrariev-v-2-ch-chast-1-teoreticheskie-osnovy-537977" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-dlya-agrariev-v-2-ch-chast-2-himiya-elementov-537978" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-praktikum-582793" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/neorganicheskaya-himiya-praktikum-583980" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -864,54 +861,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2024</v>
       </c>
       <c r="J5" s="8">
         <v>253</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1159.0</v>
+        <v>1139.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1269.0</v>
+        <v>1249.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -1004,54 +1001,54 @@
       <c r="B7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2024</v>
       </c>
       <c r="J7" s="8">
         <v>253</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1149.0</v>
+        <v>1139.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1259.0</v>
+        <v>1249.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>51</v>
       </c>
@@ -1074,218 +1071,218 @@
       <c r="B8" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2024</v>
       </c>
       <c r="J8" s="8">
         <v>357</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1419.0</v>
+        <v>1519.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1559.0</v>
+        <v>1669.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.442</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>558164</v>
+        <v>582793</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>55</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>414</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1609.0</v>
+        <v>1729.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1769.0</v>
+        <v>1899.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>58</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>59</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.496</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>558167</v>
+        <v>583980</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>60</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>414</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1609.0</v>
+        <v>1729.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1769.0</v>
+        <v>1899.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>48</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.496</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>