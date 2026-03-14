--- v0 (2026-01-12)
+++ v1 (2026-03-14)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
-[...1 lines deleted...]
-    <t>12.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -112,102 +112,105 @@
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>07.06.2023</t>
   </si>
   <si>
-    <t>УГОЛОВНОЕ ПРАВО. ОБЩАЯ ЧАСТЬ 7-е изд., пер. и доп. Учебник для вузов</t>
+    <t>УГОЛОВНОЕ ПРАВО. ОБЩАЯ ЧАСТЬ 7-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Боровиков В. Б., Смердов А. А. ; Под ред. Боровикова В.Б.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
+    <t>Гриф УМО СПО</t>
+  </si>
+  <si>
+    <t>Профессиональное образование</t>
+  </si>
+  <si>
+    <t>Юридические науки</t>
+  </si>
+  <si>
+    <t>Уголовное право</t>
+  </si>
+  <si>
+    <t>В курсе с учетом последних изменений в уголовном законодательстве и судебной практике в лаконичной и доступной для читателя форме изложены основные понятия, положения и институты, относящиеся к Общей части российского уголовного права учебного курса «Уголовное право». Материал изложен в соответствии со структурой Уголовного кодекса РФ. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования юридического профиля, сотрудников правоохранительных органов и лиц, интересующихся вопросами уголовного права.</t>
+  </si>
+  <si>
+    <t>М.:Издательство Юрайт</t>
+  </si>
+  <si>
+    <t>978-5-534-19803-4</t>
+  </si>
+  <si>
+    <t>67.408я723</t>
+  </si>
+  <si>
+    <t>70*100/16</t>
+  </si>
+  <si>
+    <t>27.01.2026</t>
+  </si>
+  <si>
+    <t>УГОЛОВНОЕ ПРАВО. ОБЩАЯ ЧАСТЬ 8-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
-    <t>Юридические науки</t>
-[...11 lines deleted...]
-    <t>978-5-534-19802-7</t>
+    <t>Курс формирует системные знания об основах уголовного права и их применении. Рассматриваются ключевые институты: понятие и состав преступления, стадии и соучастие, обстоятельства, исключающие преступность деяния, система наказаний и освобождение от ответственности. Особое внимание уделяется современной судебной практике и актуальным вопросам правоприменения. Результами обучения является приобретение умений анализировать состав преступления, квалифицировать деяния, применять нормы Общей части УК РФ. Курс включает интерактивные тесты, практические задания, что обеспечивает глубокое усвоение материала. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов вузов юридического профиля, сотрудников правоохранительных органов и лиц, интересующихся вопросами уголовного права.</t>
+  </si>
+  <si>
+    <t>978-5-534-21857-2</t>
   </si>
   <si>
     <t>67.408я73</t>
-  </si>
-[...19 lines deleted...]
-    <t>67.408я723</t>
   </si>
   <si>
     <t>12.07.2023</t>
   </si>
   <si>
     <t>УГОЛОВНОЕ ПРАВО. ОСОБЕННАЯ ЧАСТЬ 7-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>В издании с учетом последних изменений в уголовном законодательстве и судебной практике в лаконичной и доступной для читателя форме изложены основные понятия, положения и институты, относящиеся к Особенной части российского уголовного права учебного курса «Уголовное право». Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов вузов юридического профиля, сотрудников правоохранительных органов и лиц, интересующихся вопросами уголовного права.</t>
   </si>
   <si>
     <t>978-5-534-20004-1</t>
   </si>
   <si>
     <t>УГОЛОВНОЕ ПРАВО. ОСОБЕННАЯ ЧАСТЬ 7-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>В издании с учетом последних изменений в уголовном законодательстве и судебной практике в лаконичной и доступной для читателя форме изложены основные понятия, положения и институты, относящиеся к Особенной части российского уголовного права учебного курса «Уголовное право». Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования юридического профиля, сотрудников правоохранительных органов и лиц, интересующихся вопросами уголовного права.</t>
   </si>
   <si>
     <t>978-5-534-20006-5</t>
   </si>
 </sst>
 </file>
 
@@ -588,51 +591,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-obschaya-chast-561008" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-obschaya-chast-560878" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-557446" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-557447" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-obschaya-chast-583697" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-obschaya-chast-582310" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-583808" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnoe-pravo-osobennaya-chast-583741" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -813,319 +816,319 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>561008</v>
+        <v>583697</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>243</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.414</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>560878</v>
+        <v>582310</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
-        <v>243</v>
+        <v>263</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="N6" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
-        <v>0.414</v>
+        <v>0.438</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>557446</v>
+        <v>583808</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>479</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2289.0</v>
+        <v>2449.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2519.0</v>
+        <v>2689.0</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.701</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>557447</v>
+        <v>583741</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>479</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2289.0</v>
+        <v>2449.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2519.0</v>
+        <v>2689.0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.701</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">