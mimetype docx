--- v0 (2025-12-25)
+++ v1 (2026-02-20)
@@ -13,88 +13,88 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Софронова, Н. В. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Теория и методика обучения информатике : учебник для вузов / Н. В. Софронова, А. А. Бельчусов. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 469 с. — (Высшее образование). — ISBN 978-5-534-17981-1.</w:t>
+        <w:t xml:space="preserve">Теория и методика обучения информатике : учебник для вузов / Н. В. Софронова, А. А. Бельчусов. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 469 с. — (Высшее образование). — ISBN 978-5-534-17981-1.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/563291</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/585608</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Софронова, Н. В. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Теория и методика обучения информатике : учебник для среднего профессионального образования / Н. В. Софронова, А. А. Бельчусов. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2025. — 469 с. — (Профессиональное образование). — ISBN 978-5-534-17959-0.</w:t>
+        <w:t xml:space="preserve">Теория и методика обучения информатике : учебник для среднего профессионального образования / Н. В. Софронова, А. А. Бельчусов. — 3-е изд., перераб. и доп. — Москва : Издательство Юрайт, 2026. — 469 с. — (Профессиональное образование). — ISBN 978-5-534-17959-0.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> — URL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Link"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://urait.ru/bcode/566464</w:t>
+          <w:t xml:space="preserve">https://urait.ru/bcode/587703</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -209,51 +209,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character">
     <w:name w:val="Link"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/563291" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/566464" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/585608" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/bcode/587703" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>