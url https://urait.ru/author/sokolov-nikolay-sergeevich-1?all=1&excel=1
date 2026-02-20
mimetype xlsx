--- v0 (2025-12-27)
+++ v1 (2026-02-20)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
-[...1 lines deleted...]
-    <t>27.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+  <si>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -109,87 +109,108 @@
   <si>
     <t>Аннотация</t>
   </si>
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
+    <t>10.02.2026</t>
+  </si>
+  <si>
+    <t>ГИДРОЛОГИЯ. ГИДРАВЛИКА, ВОДОПОНИЖЕНИЕ И ДРЕНАЖ. Учебник и практикум для СПО</t>
+  </si>
+  <si>
+    <t>Соколов Н. С.</t>
+  </si>
+  <si>
+    <t>Переплет</t>
+  </si>
+  <si>
+    <t>Гриф УМО СПО</t>
+  </si>
+  <si>
+    <t>Профессиональное образование</t>
+  </si>
+  <si>
+    <t>Технические науки</t>
+  </si>
+  <si>
+    <t>Строительство</t>
+  </si>
+  <si>
+    <t>Рассматриваются вопросы определения притока подземных вод, гидрогеологические расчеты горизонтальных и вертикальных дренажей. В приложении к учебному пособию приведены задания на расчетно-графические работы с алгоритмами решений, также примеры гидрогеологических расчетов фильтрационных расчетов. Для студентов II?V курсов дневного и заочного отделений, обучающихся по профилю «Строительство автомобильных дорог». Может быть полезно для инженеров-строителей, инженеров-проектировщиков.</t>
+  </si>
+  <si>
+    <t>М.:Издательство Юрайт</t>
+  </si>
+  <si>
+    <t>978-5-534-21205-1</t>
+  </si>
+  <si>
+    <t>26.225я723</t>
+  </si>
+  <si>
+    <t>70*100/16</t>
+  </si>
+  <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>Инженерная гидрология. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t>Соколов Н. С.</t>
-[...4 lines deleted...]
-  <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
-    <t>Технические науки</t>
-[...4 lines deleted...]
-  <si>
     <t>Рассматриваются вопросы определения притока подземных вод, гидрогеологические расчеты горизонтальных и вертикальных дренажей. В приложении к учебному пособию приведены задания на расчетно-графические работы с алгоритмами решений, а также примеры гидрогеологических и фильтрационных расчетов.</t>
   </si>
   <si>
-    <t>М.:Издательство Юрайт</t>
-[...1 lines deleted...]
-  <si>
     <t>978-5-534-21197-9</t>
   </si>
   <si>
     <t>26.225я73</t>
-  </si>
-[...1 lines deleted...]
-    <t>70*100/16</t>
   </si>
   <si>
     <t>17.06.2021</t>
   </si>
   <si>
     <t>ОСНОВАНИЯ И ФУНДАМЕНТЫ. Учебник для вузов</t>
   </si>
   <si>
     <t>В курс включены вопросы проектирования оснований и фундаментов в открытых котлованах, свайных фундаментов, сравнение вариантов фундаментов, расчеты оснований по деформациям. Даны краткие эталонные ответы на эти вопросы. Содержание курса соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс предназначен для студентов высших учебных заведений, обучающихся по инженерно-техническим направлениям, магистрантов и аспирантов, а также может быть полезен инженерам-строителям.</t>
   </si>
   <si>
     <t>978-5-534-14473-4</t>
   </si>
   <si>
     <t>38.58я75</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -567,89 +588,89 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/inzhenernaya-gidrologiya-581678" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovaniya-i-fundamenty-567752" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/gidrologiya-gidravlika-vodoponizhenie-i-drenazh-581677" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/inzhenernaya-gidrologiya-581678" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovaniya-i-fundamenty-588599" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z6"/>
+  <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
     <col min="19" max="19" width="100" customWidth="true" style="0"/>
     <col min="20" max="20" width="19" customWidth="true" style="0"/>
     <col min="21" max="21" width="17.139" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8.284" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="9.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="13.854" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
@@ -678,51 +699,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -792,197 +813,268 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>581678</v>
+        <v>581677</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>323</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1619.0</v>
+        <v>1729.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1779.0</v>
+        <v>1899.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.511</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>567752</v>
+        <v>581678</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2025</v>
       </c>
       <c r="J6" s="8">
-        <v>223</v>
+        <v>323</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>949.0</v>
+        <v>1729.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1039.0</v>
+        <v>1899.0</v>
       </c>
       <c r="N6" s="6" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="Y6" s="8">
+        <v>0.511</v>
+      </c>
+      <c r="Z6" s="6"/>
+    </row>
+    <row r="7" spans="1:26">
+      <c r="A7" s="8">
+        <v>588599</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="6"/>
+      <c r="G7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H7" s="6"/>
+      <c r="I7" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J7" s="8">
+        <v>223</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" s="9">
+        <v>1019.0</v>
+      </c>
+      <c r="M7" s="9">
+        <v>1119.0</v>
+      </c>
+      <c r="N7" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="O7" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P7" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q7" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="R7" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="S7" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="T7" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U7" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="V7" s="6"/>
+      <c r="W7" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="X7" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="Y7" s="8">
         <v>0.311</v>
       </c>
-      <c r="Z6" s="6"/>
+      <c r="Z7" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>