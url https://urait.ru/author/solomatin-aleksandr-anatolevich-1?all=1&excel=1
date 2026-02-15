--- v0 (2025-12-15)
+++ v1 (2026-02-15)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
-    <t>15.12.2025</t>
+    <t>15.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -151,51 +151,51 @@
   <si>
     <t>Педагогика, психология, социальная работа</t>
   </si>
   <si>
     <t>Психология. Общие работы</t>
   </si>
   <si>
     <t>В курсе рассматриваются различные аспекты психологии менеджмента, имеющие прежде всего прикладное значение. Знание психологии менеджмента позволит стать успешным руководителем, выбирать правильные стратегии управления, учитывая особенности членов коллектива, чтобы более эффективно решать поставленные перед организацией задачи. За счет того, что курс дает цельное представление о сфере психологии менеджмента, он может быть использован не только для обучения студентов, но и для целей повышения квалификации действующих специалистов данной сферы. Курс составлен в соответствии с требованиями федерального государственного образовательного стандарта высшего профессионального образования. Для студентов высших учебных заведений, обучающихся по экономическим и гуманитарным направлениям.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20650-0</t>
   </si>
   <si>
     <t>88.4я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>06.02.2025</t>
   </si>
   <si>
-    <t>ПСИХОЛОГИЯ УПРАВЛЕНИЯ ПЕРСОНАЛОМ 3-е изд., пер. и доп. Учебник для академического бакалавриата</t>
+    <t>ПСИХОЛОГИЯ УПРАВЛЕНИЯ ПЕРСОНАЛОМ 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Коноваленко М. Ю., Соломатин А. А.</t>
   </si>
   <si>
     <t>Менеджмент</t>
   </si>
   <si>
     <t>Управление персоналом. Управление человеческими ресурсами</t>
   </si>
   <si>
     <t>Курс дает цельное представление о сфере управления персоналом и способен оказать помощь в профессиональном росте тем, кто желает и готов подняться до уровня высококлассного управленца. В курсе в доступной форме рассмотрены специфика использования теоретических основ и технологий психологии в управленческой практике, подходы к формированию и совершенствованию психологического климата и организационной культуры предприятия, проанализированы особенности коммуникативных процессов в современной организации, бизнес-среде и обществе. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов вузов, обучающихся по экономическим направлениям, а также действующих специалистов данной сферы, желающих повысить квалификацию.</t>
   </si>
   <si>
     <t>978-5-534-21394-2</t>
   </si>
   <si>
     <t>31.10.2024</t>
   </si>
   <si>
     <t>УПРАВЛЕНЧЕСКАЯ ПСИХОЛОГИЯ 2-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
@@ -591,51 +591,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologiya-menedzhmenta-teoriya-i-praktika-560205" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologiya-upravleniya-personalom-569896" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlencheskaya-psihologiya-560694" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologiya-menedzhmenta-teoriya-i-praktika-582932" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/psihologiya-upravleniya-personalom-582928" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlencheskaya-psihologiya-583540" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -816,221 +816,221 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>560205</v>
+        <v>582932</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>328</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1639.0</v>
+        <v>1749.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1799.0</v>
+        <v>1919.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.517</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>569896</v>
+        <v>582928</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>400</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1949.0</v>
+        <v>2079.0</v>
       </c>
       <c r="M6" s="9">
-        <v>2139.0</v>
+        <v>2289.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.605</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>560694</v>
+        <v>583540</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>328</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1639.0</v>
+        <v>1749.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1799.0</v>
+        <v>1919.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>56</v>
       </c>