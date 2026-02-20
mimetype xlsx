--- v0 (2025-12-25)
+++ v1 (2026-02-20)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>26.12.2025</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -154,51 +154,51 @@
   <si>
     <t>Международное право и международное частное право</t>
   </si>
   <si>
     <t>В курсе на основе комплексного подхода раскрыты понятие и классификация вооруженных конфликтов. Особое внимание уделяется статусу участников вооруженных конфликтов, запрещенным методам и средствам ведения войны, правовому статусу военнопленных, международно-правовой защите раненых, больных и лиц, потерпевших кораблекрушение. Более полно рассмотрены международно-правовая ответственность государств и уголовная ответственность физических лиц за нарушения права вооруженных конфликтов. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс подготовлен для реализации учебной программы профессиональной подготовки по направлению 40.04.01 «Юриспруденция», для освоения магистерских программ «Международное право в период вооруженных конфликтов», «Международно-правовая защита прав человека во время вооруженных конфликтов и в постконфликтных ситуациях», профиль подготовки: «Право вооруженных конфликтов», по учебной дисциплине «Правовое регулирование прохождения военной службы» и по направлению подготовки бакалавриата 40.03.01 «Юриспруденция» по учебной дисциплине «Основы военного законодательства». Рассчитан на научных и практических работников, военнослужащих, преподавателей, адъюнктов и аспирантов, студентов, курсантов и слушателей образовательных организаций. Изложенный материал будет полезен также лицам, направляемым в зону вооруженного конфликта.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-15682-9</t>
   </si>
   <si>
     <t>67.412.1я73</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
   <si>
     <t>01.04.2025</t>
   </si>
   <si>
     <t>ПРАВОВОЕ ОБЕСПЕЧЕНИЕ НАЦИОНАЛЬНОЙ БЕЗОПАСНОСТИ 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Ю. Н. Туганов [и др.] ; под редакцией Ю. Н. Туганова.</t>
+    <t>Под ред. Туганова Ю.Н.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Правоохранительные органы и силовые структуры</t>
   </si>
   <si>
     <t>В курсе отражены актуальные вопросы понятия и содержания национальной безопасности, а также государственной безопасности как ее составной части, вопросы организации и практической реализации основных направлений деятельности и полномочий органов власти, обеспечивающих государственную и национальную безопасность страны. Предназначен для подготовки и проведения занятий со студентами, магистрами и аспирантами, обучающимися по направлению подготовки «Юриспруденция», для освоения магистерской программы «Юрист в сфере национальной безопасности», по учебной дисциплине «Правовое регулирование национальной безопасности»; по направлениям подготовки бакалавриата «Юриспруденция» по учебным дисциплинам «Национальная безопасность», «Правовое обеспечение национальной безопасности»; «Конфликтология» по учебной дисциплине «Национальная безопасность»; «Педагогическое образование» по учебной дисциплине «Национальная безопасность, оборона государства и организация управления в кризисных ситуациях».</t>
   </si>
   <si>
     <t>978-5-534-12531-3</t>
   </si>
   <si>
     <t>67я73</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
@@ -573,51 +573,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-gumanitarnoe-pravo-pravo-vooruzhennyh-konfliktov-568336" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-nacionalnoy-bezopasnosti-580186" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/mezhdunarodnoe-gumanitarnoe-pravo-pravo-vooruzhennyh-konfliktov-589113" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-nacionalnoy-bezopasnosti-588016" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -798,151 +798,151 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>568336</v>
+        <v>589113</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>73</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>359.0</v>
+        <v>389.0</v>
       </c>
       <c r="M5" s="9">
-        <v>389.0</v>
+        <v>429.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.085</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>580186</v>
+        <v>588016</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>168</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="9">
-        <v>759.0</v>
+        <v>809.0</v>
       </c>
       <c r="M6" s="9">
-        <v>829.0</v>
+        <v>889.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>