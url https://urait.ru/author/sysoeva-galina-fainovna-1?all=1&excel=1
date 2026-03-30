--- v0 (2026-02-08)
+++ v1 (2026-03-30)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
-[...1 lines deleted...]
-    <t>08.02.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+  <si>
+    <t>30.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,87 +115,90 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>15.12.2025</t>
   </si>
   <si>
     <t>АНАЛИЗ ВНЕШНЕЭКОНОМИЧЕСКОЙ ДЕЯТЕЛЬНОСТИ 4-е изд. Учебник для вузов</t>
   </si>
   <si>
+    <t>Г.Ф. Сысоева, И.П. Малецкая; под редакцией Г.Ф. Сысоевой.</t>
+  </si>
+  <si>
+    <t>Обложка</t>
+  </si>
+  <si>
+    <t>Гриф УМО ВО</t>
+  </si>
+  <si>
+    <t>Высшее образование</t>
+  </si>
+  <si>
+    <t>Экономические науки</t>
+  </si>
+  <si>
+    <t>Мировая экономика и внешнеэкономическая деятельность</t>
+  </si>
+  <si>
+    <t>В курсе рассматриваются сущность и регулирование внешнеэкономической деятельности. Особое внимание уделяется методике анализа внешнеэкономической деятельности организаций, включая принципы аналитической оценки условий внешнеторговых контрактов и вариантов коммерческих сделок для обоснованного принятия управленческих решений. Применение предлагаемых инструментов анализа направлено на разработку и оценку решений по повышению эффективности экспортно-импортных операций. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс предназначен для студентов, обучающихся по экономическим направлениям, а также для преподавателей экономических вузов, бухгалтеров, аудиторов, бизнес-аналитиков.</t>
+  </si>
+  <si>
+    <t>М.:Издательство Юрайт</t>
+  </si>
+  <si>
+    <t>978-5-534-21860-2</t>
+  </si>
+  <si>
+    <t>65.298я73</t>
+  </si>
+  <si>
+    <t>70*100/16</t>
+  </si>
+  <si>
+    <t>04.12.2025</t>
+  </si>
+  <si>
+    <t>БУХГАЛТЕРСКИЙ УЧЕТ, НАЛОГООБЛОЖЕНИЕ И АНАЛИЗ ВНЕШНЕЭКОНОМИЧЕСКОЙ ДЕЯТЕЛЬНОСТИ 4-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
     <t>Сысоева Г. Ф., Малецкая И. П., Абдалова Е. Б. ; Под ред. Сысоевой Г.Ф.</t>
-  </si>
-[...34 lines deleted...]
-    <t>БУХГАЛТЕРСКИЙ УЧЕТ, НАЛОГООБЛОЖЕНИЕ И АНАЛИЗ ВНЕШНЕЭКОНОМИЧЕСКОЙ ДЕЯТЕЛЬНОСТИ 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Бухгалтерский учет и аудит. Налоговый учет</t>
   </si>
   <si>
     <t>Исследованы содержание внешнеэкономической деятельности, ее регулирование, порядок организации бухгалтерского и налогового учета валютных операций, экспорта и импорта товаров. Проведено сравнение правил учета курсовых разниц в соответствии с российским стандартом и МСФО. Раскрыты особенности анализа внешнеэкономической деятельности организаций. Значительное внимание уделено обоснованию применения экспортных и импортных цен при заключении контрактов. Обоснована и изложена методика комплексного анализа влияния основных факторов на показатели экспорта как по отдельным контрактам, так и по всему экспорту организации. По импортным операциям представлена методика анализа факторов, влияющих на формирование затрат, связанных с импортом, а также эффективности импорта товаров, приобретаемых с целью их продажи на внутреннем рынке и для производственных нужд организации. Изложение теоретического материала сопровождается примерами, контрольными вопросами, заданиями по решению конкретных ситуаций.</t>
   </si>
   <si>
     <t>978-5-534-21859-6</t>
   </si>
   <si>
     <t>19.12.2025</t>
   </si>
   <si>
     <t>УЧЕТ И АНАЛИЗ ВНЕШНЕЭКОНОМИЧЕСКОЙ ДЕЯТЕЛЬНОСТИ 4-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
@@ -914,239 +917,239 @@
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.142</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
         <v>582313</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>299</v>
       </c>
       <c r="K6" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L6" s="9">
         <v>1619.0</v>
       </c>
       <c r="M6" s="9">
         <v>1779.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.482</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
         <v>582315</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>226</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L7" s="9">
         <v>1279.0</v>
       </c>
       <c r="M7" s="9">
         <v>1409.0</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="S7" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.394</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
         <v>590522</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>616</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
         <v>2709.0</v>
       </c>
       <c r="M8" s="9">
         <v>2979.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.758</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">