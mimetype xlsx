--- v1 (2026-01-16)
+++ v2 (2026-03-14)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
-[...1 lines deleted...]
-    <t>16.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -130,84 +130,78 @@
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>22.05.2025</t>
   </si>
   <si>
     <t>ФИНАНСОВАЯ ГРАМОТНОСТЬ. ПРЕДПРИНИМАТЕЛЬСКИЕ РИСКИ 2-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Турчаева И. Н., Таенчук Я. Ю.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Экономические науки</t>
   </si>
   <si>
-    <t>Предпринимательство. Лидерство</t>
+    <t>Страхование. Управление рисками</t>
   </si>
   <si>
     <t>В курсе кратко раскрываются основные категории и понятия предпринимательской деятельности, финансовой среды предпринимательства, предпринимательских рисков, методы их оценки и снижения. Каждый раздел содержит практические задания с методическими рекомендациями к их выполнению, кроссворды, контрольные вопросы в целях лучшего усвоения учебного материала. Включены словарь основных терминов и список рекомендуемой литературы. Цель курса — помочь студентам в получении и закреплении теоретических знаний, выработке практических умений и навыков при освоении соответствующих компетенций. Курс соответствует требованиям федерального государственного образовательного стандарта высшего образования последнего поколения.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20583-1</t>
   </si>
   <si>
     <t>65.29я723</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>15.02.2023</t>
   </si>
   <si>
     <t>ФИНАНСОВАЯ СРЕДА ПРЕДПРИНИМАТЕЛЬСТВА И ПРЕДПРИНИМАТЕЛЬСКИЕ РИСКИ 2-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> И. Н. Турчаева,  Я. Ю. Таенчук.</t>
-[...1 lines deleted...]
-  <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
-  </si>
-[...1 lines deleted...]
-    <t>В курсе кратко раскрываются основные категории и понятия предпринимательской деятельности, финансовой среды предпринимательства, предпринимательских рисков, методы их оценки и снижения. Каждый раздел содержит практические задания с методическими рекомендациями к их выполнению, кроссворды, контрольные вопросы в целях лучшего усвоения учебного материала. Включены словарь основных терминов и список рекомендуемой литературы. Цель курса — помочь студентам в получении и закреплении теоретических знаний, выработке практических умений и навыков при освоении соответствующих компетенций. Курс соответствует требованиям федерального государственного образовательного стандарта высшего образования последнего поколения. Предназначен для изучения дисциплины «Финансовая среда предпринимательства и предпринимательские риски» при подготовке студентов высших учебных заведений, обучающихся по специальности 38.05.01 «Экономическая безопасность». Может быть также использован при подготовке студентов, обучающихся по программам бакалавриата по направлениям подготовки «Экономика», «Менеджмент», слушателей системы дополнительного, дистанционного и послевузовского образования.</t>
   </si>
   <si>
     <t>978-5-534-20066-9</t>
   </si>
   <si>
     <t>65.29я73</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -573,51 +567,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovaya-gramotnost-predprinimatelskie-riski-581465" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovaya-sreda-predprinimatelstva-i-predprinimatelskie-riski-557523" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovaya-gramotnost-predprinimatelskie-riski-590446" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovaya-sreda-predprinimatelstva-i-predprinimatelskie-riski-588206" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -798,179 +792,179 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>581465</v>
+        <v>590446</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>157</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>899.0</v>
+        <v>959.0</v>
       </c>
       <c r="M5" s="9">
-        <v>989.0</v>
+        <v>1049.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.31</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>557523</v>
+        <v>588206</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>157</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>899.0</v>
+        <v>959.0</v>
       </c>
       <c r="M6" s="9">
-        <v>989.0</v>
+        <v>1049.0</v>
       </c>
       <c r="N6" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.31</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>