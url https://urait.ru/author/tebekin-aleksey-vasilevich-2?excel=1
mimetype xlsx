--- v0 (2025-12-05)
+++ v1 (2026-01-22)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
-[...1 lines deleted...]
-    <t>05.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+  <si>
+    <t>23.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -112,231 +112,228 @@
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>09.12.2013</t>
   </si>
   <si>
-    <t>ИННОВАЦИОННЫЙ МЕНЕДЖМЕНТ 2-е изд., пер. и доп. Учебник для бакалавров</t>
+    <t>ИННОВАЦИОННЫЙ МЕНЕДЖМЕНТ 2-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Тебекин А. В.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Менеджмент</t>
   </si>
   <si>
     <t>Инноватика</t>
   </si>
   <si>
-    <t>В учебнике рассматриваются тенденции и разновидности путей развития менеджмента и инновационного менеджмента в последнее столетие, аспекты возникновения и становления инновационного менеджмента, описаны его основные черты. Большое внимание в учебнике уделено вопросам организации инновационного менеджмента, разработке программ и проектов нововведений. Большой интерес представляют инновационные игры, начиная от моделей инновационных процессов и заканчивая моделями создания инновационной продукции. Для определения перспектив развития инновационного менеджмента в учебнике используются как инструменты прогнозирования, так и результаты прогнозных оценок. После каждой главы представлены контрольные вопросы и задания для самопроверки.</t>
+    <t>Рассматриваются тенденции и разновидности путей развития менеджмента и инновационного менеджмента в последнее столетие, аспекты возникновения и становления инновационного менеджмента, описаны его основные черты; вопросы организации инновационного менеджмента, разработке программ и проектов нововведений. Представленны инновационные игры, от моделей инновационных процессов до моделей создания инновационной продукции. Для определения перспектив развития инновационного менеджмента используются как инструменты прогнозирования, так и результаты прогнозных оценок.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
-    <t>978-5-9916-3656-8</t>
+    <t>978-5-534-21865-7</t>
   </si>
   <si>
     <t>65.290-2я73</t>
   </si>
   <si>
+    <t>60*90/16</t>
+  </si>
+  <si>
+    <t>06.05.2024</t>
+  </si>
+  <si>
+    <t>КВАЛИМЕТРИЯ 2-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Обложка</t>
+  </si>
+  <si>
+    <t>Управление качеством</t>
+  </si>
+  <si>
+    <t>Предлагаемый курс «Квалиметрия» является логическим продолжением изложения дисциплин по специальности «Менеджмент». В нем раскрыты сущность квалиметриии: ее история и современное состояние в России и зарубежом; основные методы; алгоритмы квалиметрической оценки; основные задачи квалиметрической оценки и ее особенности. Курс соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, аспирантов и преподавателей экономических и технических специальностей, а также специалистов всех уровней в области управления качеством.</t>
+  </si>
+  <si>
+    <t>978-5-534-21727-8</t>
+  </si>
+  <si>
+    <t>30.607я73</t>
+  </si>
+  <si>
+    <t>70*100/16</t>
+  </si>
+  <si>
+    <t>КВАЛИМЕТРИЯ 2-е изд., пер. и доп. Учебник для СПО</t>
+  </si>
+  <si>
+    <t>Гриф УМО СПО</t>
+  </si>
+  <si>
+    <t>Профессиональное образование</t>
+  </si>
+  <si>
+    <t>В предлагаемом курсе «Квалиметрия» раскрыты сущность квалиметриии: ее история и современное состояние в России и зарубежом; основные методы; алгоритмы квалиметрической оценки; основные задачи квалиметрической оценки и ее особенности. Курс соответствует актуальным требованиям федерального государственного образовательного стандарта средного профессионального образования. Для студентов и преподавателей экономических и технических специальностей, а также специалистов всех уровней в области управления качеством.</t>
+  </si>
+  <si>
+    <t>978-5-534-21728-5</t>
+  </si>
+  <si>
+    <t>23.05.2013</t>
+  </si>
+  <si>
+    <t>МЕТОДЫ ПРИНЯТИЯ УПРАВЛЕНЧЕСКИХ РЕШЕНИЙ. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Управление персоналом. Управление человеческими ресурсами</t>
+  </si>
+  <si>
+    <t>В курсе отражены основные функции решения в методологии и организации процесса управления, типология управленческих решений, условия и факторы качества управленческих решений, модели, методология и организация процесса разработки управленческого решения и многие другие аспекты разработки и реализации управленческих решений. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов, аспирантов и преподавателей экономических факультетов и вузов, а также специалистов всех уровней управления.</t>
+  </si>
+  <si>
+    <t>978-5-9916-5576-7</t>
+  </si>
+  <si>
+    <t>65.050я73</t>
+  </si>
+  <si>
+    <t>22.09.2014</t>
+  </si>
+  <si>
+    <t>СТРАТЕГИЧЕСКИЙ МЕНЕДЖМЕНТ 2-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Экономические науки</t>
+  </si>
+  <si>
+    <t>Предпринимательство. Лидерство</t>
+  </si>
+  <si>
+    <t>Изложены вопросы стратегического менеджмента, в том числе стратегические проблемы развития производства и струк тура промышленности; стратегия предприятия и стратегическое управление; стратегический маркетинг; ситуационный анализ; формирование стратегических целей и стратегии предприятия, стратегии и технической политики предприятия. Представлены стратегия внешнеэкономической деятельности (ВЭД), стратегия и организационная структура предприятия; стратегический потенциал предприятия. Рассмотрено проектирование систем управления.</t>
+  </si>
+  <si>
+    <t>978-5-534-21735-3</t>
+  </si>
+  <si>
+    <t>30.06.2015</t>
+  </si>
+  <si>
+    <t>СТРАТЕГИЧЕСКИЙ МЕНЕДЖМЕНТ 2-е изд., пер. и доп. Учебник для СПО</t>
+  </si>
+  <si>
+    <t>Изложены вопросы стратегического менеджмента, в том числе стратегические проблемы развития производства и структура промышленности; стратегия предприятия и стратегическое управление; стратегический маркетинг; ситуационный анализ; формирование стратегических целей и стратегии предприятия, стратегии и технической политики предприятия. Представлены стратегия внешнеэкономической деятельности (ВЭД), стратегия и организационная структура предприятия; стратегический потенциал предприятия. Рассмотрено проектирование систем управления.</t>
+  </si>
+  <si>
+    <t>978-5-534-21734-6</t>
+  </si>
+  <si>
+    <t>65.290-2я723</t>
+  </si>
+  <si>
+    <t>21.05.2013</t>
+  </si>
+  <si>
+    <t>УПРАВЛЕНИЕ КАЧЕСТВОМ 2-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>В учебнике обобщены основные положения теории и практики управления качеством, начиная от общих понятий проблем качества, классических концепций науки управления качеством и заканчивая самыми современными течениями, школами, направлениями, подходами и концепциями. Рассмотрены требования законодательства к качеству продукции, роль стандартизации и сертификации в подтверждении качества, основные приемы улучшения качества, вопросы выработки политики в области качества. Для удобства изучения предмета после каждой главы приведены вопросы и задания для самоконтроля.</t>
+  </si>
+  <si>
+    <t>978-5-534-21729-2</t>
+  </si>
+  <si>
+    <t>28.03.2011</t>
+  </si>
+  <si>
+    <t>УПРАВЛЕНИЕ ПЕРСОНАЛОМ. Учебник для СПО</t>
+  </si>
+  <si>
+    <t>В настоящем издании изложены теоретические основы по курсу «Управление персоналом». Учебный материал четко систематизирован, отражает как традиционные, так и современные подходы к изучению предмета, написан в доступной для понимания форме. Данное пособие хорошая база для изучения курса и подготовки к текущей и итоговой аттестации по дисциплине.</t>
+  </si>
+  <si>
+    <t>978-5-9916-7974-9</t>
+  </si>
+  <si>
+    <t>65.290я73</t>
+  </si>
+  <si>
+    <t>29.04.2011</t>
+  </si>
+  <si>
+    <t>ЭКОНОМИЧЕСКАЯ ИСТОРИЯ 12-е изд. Учебник для бакалавров</t>
+  </si>
+  <si>
+    <t>Конотопов М. В., Сметанин С. И., Тебекин А. В.</t>
+  </si>
+  <si>
+    <t>Бакалавр. Академический курс</t>
+  </si>
+  <si>
+    <t>Экономическая теория, история экономики и история экономических учений</t>
+  </si>
+  <si>
+    <t>Рассмотрен весь процесс экономического развития человечества. Особое внимание уделено тем периодам и регионам, изменения в которых носили принципиальный характер для мировой экономики. Изложена подробно экономика России, а также бывшего Советского Союза с использованием современных статистических данных. Обобщен опыт мировой экономики с учетом результатов исследований авторов. Для студентов экономических специальностей вузов.</t>
+  </si>
+  <si>
+    <t>978-5-9916-1288-3</t>
+  </si>
+  <si>
+    <t>65.01я73</t>
+  </si>
+  <si>
     <t>84*108/32</t>
-  </si>
-[...145 lines deleted...]
-    <t>65.01я73</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
@@ -696,51 +693,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/innovacionnyy-menedzhment-508049" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kvalimetriya-581985" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kvalimetriya-581986" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metody-prinyatiya-upravlencheskih-resheniy-556405" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskiy-menedzhment-581993" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskiy-menedzhment-581992" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-kachestvom-581987" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-personalom-559848" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-istoriya-509179" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/innovacionnyy-menedzhment-582320" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kvalimetriya-589761" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kvalimetriya-589762" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metody-prinyatiya-upravlencheskih-resheniy-582850" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskiy-menedzhment-582720" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskiy-menedzhment-583716" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-kachestvom-582719" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-personalom-559848" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-istoriya-509179" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -921,139 +918,139 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>508049</v>
+        <v>582320</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>481</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>1849.0</v>
       </c>
       <c r="M5" s="9">
         <v>2029.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
-        <v>0.484</v>
+        <v>0.561</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>581985</v>
+        <v>589761</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>102</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="9">
         <v>559.0</v>
       </c>
       <c r="M6" s="9">
         <v>609.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
@@ -1061,69 +1058,69 @@
         <v>47</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y6" s="8">
         <v>0.142</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>581986</v>
+        <v>589762</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>101</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="9">
         <v>559.0</v>
       </c>
       <c r="M7" s="9">
         <v>609.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
@@ -1131,462 +1128,462 @@
         <v>47</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y7" s="8">
         <v>0.141</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>556405</v>
+        <v>582850</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>493</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
         <v>2349.0</v>
       </c>
       <c r="M8" s="9">
         <v>2579.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="S8" s="6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y8" s="8">
         <v>0.717</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>581993</v>
+        <v>582720</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>271</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
         <v>1389.0</v>
       </c>
       <c r="M9" s="9">
         <v>1529.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="R9" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="R9" s="6" t="s">
+      <c r="S9" s="6" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y9" s="8">
         <v>0.448</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>581992</v>
+        <v>583716</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>271</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
         <v>1389.0</v>
       </c>
       <c r="M10" s="9">
         <v>1529.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q10" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="R10" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="R10" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S10" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y10" s="8">
         <v>0.448</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>581987</v>
+        <v>582719</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>340</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
         <v>1689.0</v>
       </c>
       <c r="M11" s="9">
         <v>1859.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>51</v>
       </c>
       <c r="Y11" s="8">
         <v>0.532</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
         <v>559848</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2025</v>
       </c>
       <c r="J12" s="8">
         <v>182</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
         <v>809.0</v>
       </c>
       <c r="M12" s="9">
         <v>889.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="X12" s="6" t="s">
-        <v>84</v>
+        <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.271</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
         <v>509179</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
         <v>2022</v>
       </c>
       <c r="J13" s="8">
         <v>641</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
         <v>2399.0</v>
       </c>
       <c r="M13" s="9">
         <v>2639.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q13" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="R13" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="S13" s="6" t="s">
         <v>88</v>
-      </c>
-[...7 lines deleted...]
-        <v>90</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="X13" s="6" t="s">
-        <v>43</v>
+        <v>91</v>
       </c>
       <c r="Y13" s="8">
         <v>0.619</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>