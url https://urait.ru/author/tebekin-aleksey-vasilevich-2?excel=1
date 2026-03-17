--- v1 (2026-01-22)
+++ v2 (2026-03-17)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
-[...1 lines deleted...]
-    <t>23.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+  <si>
+    <t>17.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -268,72 +268,66 @@
   <si>
     <t>В учебнике обобщены основные положения теории и практики управления качеством, начиная от общих понятий проблем качества, классических концепций науки управления качеством и заканчивая самыми современными течениями, школами, направлениями, подходами и концепциями. Рассмотрены требования законодательства к качеству продукции, роль стандартизации и сертификации в подтверждении качества, основные приемы улучшения качества, вопросы выработки политики в области качества. Для удобства изучения предмета после каждой главы приведены вопросы и задания для самоконтроля.</t>
   </si>
   <si>
     <t>978-5-534-21729-2</t>
   </si>
   <si>
     <t>28.03.2011</t>
   </si>
   <si>
     <t>УПРАВЛЕНИЕ ПЕРСОНАЛОМ. Учебник для СПО</t>
   </si>
   <si>
     <t>В настоящем издании изложены теоретические основы по курсу «Управление персоналом». Учебный материал четко систематизирован, отражает как традиционные, так и современные подходы к изучению предмета, написан в доступной для понимания форме. Данное пособие хорошая база для изучения курса и подготовки к текущей и итоговой аттестации по дисциплине.</t>
   </si>
   <si>
     <t>978-5-9916-7974-9</t>
   </si>
   <si>
     <t>65.290я73</t>
   </si>
   <si>
     <t>29.04.2011</t>
   </si>
   <si>
-    <t>ЭКОНОМИЧЕСКАЯ ИСТОРИЯ 12-е изд. Учебник для бакалавров</t>
+    <t>ЭКОНОМИЧЕСКАЯ ИСТОРИЯ 12-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>Конотопов М. В., Сметанин С. И., Тебекин А. В.</t>
   </si>
   <si>
-    <t>Бакалавр. Академический курс</t>
-[...1 lines deleted...]
-  <si>
     <t>Экономическая теория, история экономики и история экономических учений</t>
   </si>
   <si>
     <t>Рассмотрен весь процесс экономического развития человечества. Особое внимание уделено тем периодам и регионам, изменения в которых носили принципиальный характер для мировой экономики. Изложена подробно экономика России, а также бывшего Советского Союза с использованием современных статистических данных. Обобщен опыт мировой экономики с учетом результатов исследований авторов. Для студентов экономических специальностей вузов.</t>
   </si>
   <si>
-    <t>978-5-9916-1288-3</t>
+    <t>978-5-534-21934-0</t>
   </si>
   <si>
     <t>65.01я73</t>
-  </si>
-[...1 lines deleted...]
-    <t>84*108/32</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
@@ -693,51 +687,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/innovacionnyy-menedzhment-582320" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kvalimetriya-589761" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kvalimetriya-589762" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metody-prinyatiya-upravlencheskih-resheniy-582850" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskiy-menedzhment-582720" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskiy-menedzhment-583716" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-kachestvom-582719" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-personalom-559848" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-istoriya-509179" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/innovacionnyy-menedzhment-582320" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kvalimetriya-589761" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kvalimetriya-589762" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/metody-prinyatiya-upravlencheskih-resheniy-582850" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskiy-menedzhment-582720" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/strategicheskiy-menedzhment-583716" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-kachestvom-582719" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/upravlenie-personalom-559848" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekonomicheskaya-istoriya-590658" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -945,54 +939,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>481</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1849.0</v>
+        <v>1979.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2029.0</v>
+        <v>2179.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -1015,54 +1009,54 @@
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>102</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="9">
-        <v>559.0</v>
+        <v>599.0</v>
       </c>
       <c r="M6" s="9">
-        <v>609.0</v>
+        <v>659.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
@@ -1085,54 +1079,54 @@
       <c r="B7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>101</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="9">
-        <v>559.0</v>
+        <v>599.0</v>
       </c>
       <c r="M7" s="9">
-        <v>609.0</v>
+        <v>659.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>56</v>
       </c>
@@ -1155,54 +1149,54 @@
       <c r="B8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>493</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2349.0</v>
+        <v>2509.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2579.0</v>
+        <v>2759.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>61</v>
       </c>
@@ -1225,54 +1219,54 @@
       <c r="B9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>271</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1389.0</v>
+        <v>1489.0</v>
       </c>
       <c r="M9" s="9">
-        <v>1529.0</v>
+        <v>1639.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>68</v>
       </c>
@@ -1295,54 +1289,54 @@
       <c r="B10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>271</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1389.0</v>
+        <v>1489.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1529.0</v>
+        <v>1639.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>72</v>
       </c>
@@ -1365,54 +1359,54 @@
       <c r="B11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>340</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1689.0</v>
+        <v>1809.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1859.0</v>
+        <v>1989.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>77</v>
       </c>
@@ -1435,158 +1429,158 @@
       <c r="B12" s="6" t="s">
         <v>78</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2025</v>
       </c>
       <c r="J12" s="8">
         <v>182</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>809.0</v>
+        <v>869.0</v>
       </c>
       <c r="M12" s="9">
-        <v>889.0</v>
+        <v>959.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>59</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>80</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>81</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>82</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.271</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>509179</v>
+        <v>590658</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>83</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>84</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>85</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
-        <v>641</v>
+        <v>510</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>2399.0</v>
+        <v>2589.0</v>
       </c>
       <c r="M13" s="9">
-        <v>2639.0</v>
+        <v>2849.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>65</v>
       </c>
       <c r="R13" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="S13" s="6" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="X13" s="6" t="s">
-        <v>91</v>
+        <v>51</v>
       </c>
       <c r="Y13" s="8">
-        <v>0.619</v>
+        <v>0.738</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>