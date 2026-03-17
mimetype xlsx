--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
-[...1 lines deleted...]
-    <t>15.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+  <si>
+    <t>17.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -109,147 +109,162 @@
   <si>
     <t>Аннотация</t>
   </si>
   <si>
     <t>Издательство</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
+    <t>12.03.2026</t>
+  </si>
+  <si>
+    <t>Интеллектуальные системы поддержки принятия решений. Цифровая трансформация, искусственный интеллект. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Трофимов В. В., Трофимова Е. В.</t>
+  </si>
+  <si>
+    <t>Переплет</t>
+  </si>
+  <si>
+    <t>Гриф УМО ВО</t>
+  </si>
+  <si>
+    <t>Высшее образование</t>
+  </si>
+  <si>
+    <t>Компьютерные и информационные науки</t>
+  </si>
+  <si>
+    <t>Информационные системы и технологии</t>
+  </si>
+  <si>
+    <t>Настоящий учебник содержит информацию об интеллектуальных системах поддержки принятия решений на базе технологий цифровой трансформации и искусственного интеллекта и опирается на многолетний опыт преподавания этой дисциплины для студентов магистратуры экономических и технических направлений на кафедре информатики Санкт-Петербургского государственного экономического университета. Материал учебника подобран таким образом, чтобы он содержал все основные разделы, требующиеся для изучения и понимания современного состояния дел в области разработки, эксплуатации и развития СППР. Это универсальное издание предназначено для студентов вузов и СПО, а также для учащихся школ, обучающихся по усложненной программе по информатике и готовящихся к поступлению в вуз. Оно может быть также полезно и для специалистов как справочник терминов, определений, понятий и методов, используемых в области построения СППР.</t>
+  </si>
+  <si>
+    <t>М.:Издательство Юрайт</t>
+  </si>
+  <si>
+    <t>978-5-534-21777-3</t>
+  </si>
+  <si>
+    <t>32.81я73</t>
+  </si>
+  <si>
+    <t>70*100/16</t>
+  </si>
+  <si>
     <t>08.08.2018</t>
   </si>
   <si>
     <t>ИНФОРМАЦИОННЫЕ СИСТЕМЫ И ТЕХНОЛОГИИ В ЭКОНОМИКЕ И УПРАВЛЕНИИ В 2 Ч. ЧАСТЬ 1 5-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Отв. ред. Трофимов В. В.</t>
   </si>
   <si>
-    <t>Переплет</t>
-[...10 lines deleted...]
-  <si>
     <t>Информационные технологии в отраслях</t>
   </si>
   <si>
     <t>Учебник представляет собой обобщенный труд в области современных информационных систем и технологий, применяемых в экономике, и включает в себя не только обязательные разделы программы, но и дополнительный материал, который поясняет современное состояние дел в области создания и эксплуатации современных информационных систем и технологий, а также перспектив их развития. В конце каждого раздела приводятся контрольные вопросы и задания, которые помогут студенту проверить свои знания.</t>
   </si>
   <si>
-    <t>М.:Издательство Юрайт</t>
-[...1 lines deleted...]
-  <si>
     <t>978-5-534-09090-1, 978-5-534-09091-8</t>
   </si>
   <si>
     <t>65ф.я73</t>
   </si>
   <si>
-    <t>70*100/16</t>
-[...1 lines deleted...]
-  <si>
     <t>ИНФОРМАЦИОННЫЕ СИСТЕМЫ И ТЕХНОЛОГИИ В ЭКОНОМИКЕ И УПРАВЛЕНИИ В 2 Ч. ЧАСТЬ 2 5-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>978-5-534-09092-5, 978-5-534-09091-8</t>
   </si>
   <si>
     <t>18.01.2024</t>
   </si>
   <si>
     <t>ИНФОРМАЦИОННЫЕ ТЕХНОЛОГИИ В ЭКОНОМИКЕ И УПРАВЛЕНИИ 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Курс включает следующие обязательные разделы программ: все аспекты базовых и сетевых технологий, разноуровневые информационные системы, специфику применения современных информационных технологий, описывает специфику применения современных информационных технологий, в том числе в банковской сфере, где основная роль отводится современным методам обеспечения информационной безопасности, а также принципы, примеры и особенности применения информационных технологий в маркетинге, менеджменте, бухгалтерском учете и т. д. Кроме того, в издании содержится дополнительный материал, поясняющий современное состояние дел в области информационных технологий, а также перспективы их развития. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений экономического профиля, готовящихся к профессиональной деятельности в областях банковского дела; маркетинга; менеджмента; страхового дела; экономики и бухгалтерского учета.</t>
   </si>
   <si>
     <t>978-5-534-18678-9</t>
   </si>
   <si>
     <t>(32.81+65с)я73</t>
   </si>
   <si>
     <t>ИНФОРМАЦИОННЫЕ ТЕХНОЛОГИИ В ЭКОНОМИКЕ И УПРАВЛЕНИИ 4-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Курс включает следующие обязательные разделы программ: все аспекты базовых и сетевых технологий, разноуровневые информационные системы, специфику применения современных информационных технологий, описывает специфику применения современных информационных технологий, в том числе в банковской сфере, где основная роль отводится современным методам обеспечения информационной безопасности, а также принципы, примеры и особенности применения информационных технологий в маркетинге, менеджменте, бухгалтерском учете и т. д. Кроме того, в издании содержится дополнительный материал, поясняющий современное состояние дел в области информационных технологий, а также перспективы их развития. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования, готовящихся к профессиональной деятельности в областях банковского дела; маркетинга; менеджмента; страхового дела; экономики и бухгалтерского учета.</t>
   </si>
   <si>
     <t>978-5-534-18677-2</t>
   </si>
   <si>
     <t>(32.81+65с)я723</t>
   </si>
   <si>
     <t>10.03.2009</t>
   </si>
   <si>
     <t>ИНФОРМАЦИОННЫЕ ТЕХНОЛОГИИ. Учебник для вузов</t>
   </si>
   <si>
     <t>Трофимов В. В., Ильина О. П., Кияев В. И., Трофимова Е. В. ; Под ред. Трофимова В.В.</t>
   </si>
   <si>
-    <t>Информационные системы и технологии</t>
-[...1 lines deleted...]
-  <si>
     <t>Настоящий учебник представляет собой обобщенный труд в области современных информационных технологий, применяемых в экономике и управлении. Это универсальное издание для любых экономических специальностей. Материал учебника включает не только обязательные разделы программы, но и дополнительный материал, поясняющий современное состояние дел в области создания и эксплуатации современных информационных технологий и систем, а также перспективы их развития.</t>
   </si>
   <si>
     <t>978-5-534-18340-5</t>
-  </si>
-[...1 lines deleted...]
-    <t>32.81я73</t>
   </si>
   <si>
     <t>08.07.2016</t>
   </si>
   <si>
     <t>ИНФОРМАЦИОННЫЕ ТЕХНОЛОГИИ. Учебник для СПО</t>
   </si>
   <si>
     <t>Трофимов В. В., Ильина О. П., Кияев В. И., Трофимова Е. В. ; Отв. ред. Трофимов В. В.</t>
   </si>
   <si>
     <t>978-5-534-18341-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -621,59 +636,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informacionnye-sistemy-i-tehnologii-v-ekonomike-i-upravlenii-v-2-ch-chast-1-564598" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informacionnye-sistemy-i-tehnologii-v-ekonomike-i-upravlenii-v-2-ch-chast-2-564599" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informacionnye-tehnologii-v-ekonomike-i-upravlenii-568903" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informacionnye-tehnologii-v-ekonomike-i-upravlenii-568904" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informacionnye-tehnologii-568880" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informacionnye-tehnologii-568882" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/intellektualnye-sistemy-podderzhki-prinyatiya-resheniy-cifrovaya-transformaciya-iskusstvennyy-intellekt-590642" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informacionnye-sistemy-i-tehnologii-v-ekonomike-i-upravlenii-v-2-ch-chast-1-586457" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informacionnye-sistemy-i-tehnologii-v-ekonomike-i-upravlenii-v-2-ch-chast-2-586458" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informacionnye-tehnologii-v-ekonomike-i-upravlenii-589592" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informacionnye-tehnologii-v-ekonomike-i-upravlenii-589593" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informacionnye-tehnologii-589572" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/informacionnye-tehnologii-589573" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z10"/>
+  <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
@@ -732,51 +747,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -846,481 +861,552 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>564598</v>
+        <v>590642</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
-        <v>375</v>
+        <v>199</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1839.0</v>
+        <v>1159.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2019.0</v>
+        <v>1269.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
-        <v>0.574</v>
+        <v>0.361</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>564599</v>
+        <v>586457</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
-        <v>324</v>
+        <v>375</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1619.0</v>
+        <v>1969.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1779.0</v>
+        <v>2169.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
-        <v>0.513</v>
+        <v>0.574</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>568903</v>
+        <v>586458</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
-        <v>556</v>
+        <v>324</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2619.0</v>
+        <v>1729.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2879.0</v>
+        <v>1899.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
-        <v>0.794</v>
+        <v>0.513</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>568904</v>
+        <v>589592</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>556</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2619.0</v>
+        <v>2809.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2879.0</v>
+        <v>3089.0</v>
       </c>
       <c r="N8" s="6" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.794</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>568880</v>
+        <v>589593</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
-        <v>546</v>
+        <v>556</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>2579.0</v>
+        <v>2809.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2839.0</v>
+        <v>3089.0</v>
       </c>
       <c r="N9" s="6" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
-        <v>0.781</v>
+        <v>0.794</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>568882</v>
+        <v>589572</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>546</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>2579.0</v>
+        <v>2759.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2839.0</v>
+        <v>3029.0</v>
       </c>
       <c r="N10" s="6" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.781</v>
       </c>
       <c r="Z10" s="6"/>
+    </row>
+    <row r="11" spans="1:26">
+      <c r="A11" s="8">
+        <v>589573</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="F11" s="6"/>
+      <c r="G11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H11" s="6"/>
+      <c r="I11" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J11" s="8">
+        <v>546</v>
+      </c>
+      <c r="K11" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" s="9">
+        <v>2759.0</v>
+      </c>
+      <c r="M11" s="9">
+        <v>3029.0</v>
+      </c>
+      <c r="N11" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="O11" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P11" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q11" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="R11" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="S11" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="T11" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U11" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="V11" s="6"/>
+      <c r="W11" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="X11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y11" s="8">
+        <v>0.781</v>
+      </c>
+      <c r="Z11" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>