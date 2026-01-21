--- v0 (2025-12-25)
+++ v1 (2026-01-21)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
-    <t>25.12.2025</t>
+    <t>21.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -238,51 +238,51 @@
   <si>
     <t>28.08.2024</t>
   </si>
   <si>
     <t>УГОЛОВНО-ПРОЦЕССУАЛЬНОЕ ПРАВО РОССИЙСКОЙ ФЕДЕРАЦИИ. ПРАКТИКУМ 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Вилкова Т. Ю., Маркова Т. Ю.</t>
   </si>
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Практикум по дисциплине «Уголовно-процессуальное право Российской Федерации» подготовлен преподавателями кафедры уголовно-процессуального права Московского государственного юридического университета имени О. Е. Кутафина (МГЮА) на основе многолетнего опыта преподавания, в соответствии с учебной программой указанной дисциплины, разработанной и используемой в современном образовательном процессе. При подготовке практикума использовались действующая редакция Уголовно-процессуального кодекса Российской Федерации (в том числе последние изменения, внесенные в законодательство), а также многочисленные решения Конституционного Суда Российской Федерации и Верховного Суда Российской Федерации. Нормативные акты используются по состоянию на 1 июля 2024 г. Для студентов высших учебных заведений, обучающихся по юридическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20157-4</t>
   </si>
   <si>
     <t>25.04.2025</t>
   </si>
   <si>
     <t>УГОЛОВНО-ПРОЦЕССУАЛЬНОЕ ПРАВО РОССИЙСКОЙ ФЕДЕРАЦИИ. Учебник и практикум для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Т. Ю. Маркова,  Т. Ю. Вилкова,  Т. Ю. Максимова,  А. А. Ничипоренко ; ответственный редактор Т. Ю. Маркова.</t>
+    <t>Маркова Т. Ю., Вилкова Т. Ю., Максимова Т. Ю., Ничипоренко А. А. ; Отв. ред. Маркова Т. Ю.</t>
   </si>
   <si>
     <t>При подготовке занимательного практикума по дисциплине «Уголовно-процессуальное право Российской Федерации» использовался Уголовно-процессуальный кодекс Российской Федерации по состоянию на 1 ноября 2024 г., а также иные источники и материалы. Включено значительное число заданий, основанных на литературных произведениях. Характер и содержание заданий практикума предназначен в первую очередь для внеаудиторных форм работы с обучающимися (для работы научных студенческих кружков, литературных юридических клубов, для проведения викторин и конкурсов) и их самостоятельной работы, но в определенном объеме могут использоваться и на практических занятиях по уголовному процессу. Для студентов высших учебных заведений, обучающихся по юридическим направлениям (бакалавриата, специалитета и магистратуры).</t>
   </si>
   <si>
     <t>978-5-534-20007-2</t>
   </si>
   <si>
     <t>67.410.2я73</t>
   </si>
   <si>
     <t>14.04.2025</t>
   </si>
   <si>
     <t>УГОЛОВНЫЙ ПРОЦЕСС. ПРИНЦИП ГЛАСНОСТИ УГОЛОВНОГО СУДОПРОИЗВОДСТВА 2-е изд. Учебник для вузов</t>
   </si>
   <si>
     <t>Вилкова Т. Ю.</t>
   </si>
   <si>
     <t>В курсе проведен анализ правовых основ, содержания и гарантий гласности в российском уголовном процессе с 1864 года по настоящее время. Рассмотрено развитие научных представлений о гласности как о принципе уголовного судопроизводства. Уникальный характер данной работе придает проведенное автором масштабное сравнительно-правовое исследование: по вопросам гласности уголовного судопроизводства проанализировано законодательство 193 государств, входящих в ООН, приведены малоизвестные примеры из отечественной судебной практики различных исторических периодов. Предложен новый подход, согласно которому гласность является не общим условием судебного разбирательства, но его принципом. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений юридического профиля, аспирантов, докторантов, преподавателей, а также практических работников.</t>
   </si>
   <si>
     <t>978-5-534-19914-7</t>
   </si>
@@ -699,51 +699,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudoustroystvo-i-pravoohranitelnye-organy-560758" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudoustroystvo-i-pravoohranitelnye-organy-561392" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-interaktivnyy-praktikum-dop-materialy-v-ebs-560540" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-obschaya-chast-557176" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-osobennaya-chast-557177" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-praktikum-560343" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-581139" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnyy-process-princip-glasnosti-ugolovnogo-sudoproizvodstva-557324" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnyy-process-princip-prezumpcii-nevinovnosti-564379" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnyy-process-princip-uchastiya-grazhdan-v-osuschestvlenii-pravosudiya-557327" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudoustroystvo-i-pravoohranitelnye-organy-583596" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudoustroystvo-i-pravoohranitelnye-organy-584103" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-interaktivnyy-praktikum-dop-materialy-v-ebs-560540" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-obschaya-chast-584381" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-osobennaya-chast-584382" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-praktikum-583067" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-590338" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnyy-process-princip-glasnosti-ugolovnogo-sudoproizvodstva-587158" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnyy-process-princip-prezumpcii-nevinovnosti-586322" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnyy-process-princip-uchastiya-grazhdan-v-osuschestvlenii-pravosudiya-585855" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -924,69 +924,69 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>560758</v>
+        <v>583596</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>298</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>1509.0</v>
       </c>
       <c r="M5" s="9">
         <v>1659.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
@@ -994,69 +994,69 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.481</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>561392</v>
+        <v>584103</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>298</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>1509.0</v>
       </c>
       <c r="M6" s="9">
         <v>1659.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
@@ -1134,69 +1134,69 @@
         <v>53</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Y7" s="8">
         <v>0.527</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>557176</v>
+        <v>584381</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>440</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
         <v>2119.0</v>
       </c>
       <c r="M8" s="9">
         <v>2329.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
@@ -1204,69 +1204,69 @@
         <v>53</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.653</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>557177</v>
+        <v>584382</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>498</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
         <v>2369.0</v>
       </c>
       <c r="M9" s="9">
         <v>2609.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
@@ -1274,137 +1274,137 @@
         <v>53</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.723</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>560343</v>
+        <v>583067</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>623</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="9">
         <v>2559.0</v>
       </c>
       <c r="M10" s="9">
         <v>2809.0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.767</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>581139</v>
+        <v>590338</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>186</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
         <v>1019.0</v>
       </c>
       <c r="M11" s="9">
         <v>1119.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
@@ -1412,205 +1412,205 @@
         <v>53</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.345</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>557324</v>
+        <v>587158</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>78</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>80</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>277</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
         <v>1129.0</v>
       </c>
       <c r="M12" s="9">
         <v>1239.0</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>81</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>82</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>77</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.456</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>564379</v>
+        <v>586322</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>83</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>84</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>80</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>129</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>69</v>
       </c>
       <c r="L13" s="9">
         <v>539.0</v>
       </c>
       <c r="M13" s="9">
         <v>589.0</v>
       </c>
       <c r="N13" s="6"/>
       <c r="O13" s="6" t="s">
         <v>69</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>85</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>86</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>87</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>88</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Y13" s="8">
         <v>0.139</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>557327</v>
+        <v>585855</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>89</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
         <v>90</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>91</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>263</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
         <v>1359.0</v>
       </c>
       <c r="M14" s="9">
         <v>1489.0</v>
       </c>
       <c r="N14" s="6"/>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>53</v>