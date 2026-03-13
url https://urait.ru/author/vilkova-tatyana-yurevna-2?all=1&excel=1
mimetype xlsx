--- v1 (2026-01-21)
+++ v2 (2026-03-13)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
-[...1 lines deleted...]
-    <t>21.01.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+  <si>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -190,69 +190,75 @@
   <si>
     <t>25.12.2014</t>
   </si>
   <si>
     <t>УГОЛОВНО-ПРОЦЕССУАЛЬНОЕ ПРАВО РОССИЙСКОЙ ФЕДЕРАЦИИ. ИНТЕРАКТИВНЫЙ ПРАКТИКУМ + ДОП.МАТЕРИАЛЫ В ЭБС. Учебник для вузов</t>
   </si>
   <si>
     <t>Под общ. ред. Резника Г.М.</t>
   </si>
   <si>
     <t>Уголовный процесс</t>
   </si>
   <si>
     <t>Практикум по дисциплине «Уголовно-процессуальное право Российской Федерации» подготовлен преподавателями кафедры уголовно-процессуального права Московского государственного юридического университета имени О. Е. Кутафина (МГЮА) на основе многолетнего опыта преподавания. В практикум включены сценарии деловых игр, а также задания на анализ процессуальных документов, которые основаны на судебной, прокурорской, следственной и адвокатской практике. В качестве приложения к книге прилагаются дополнительные материалы, доступные в электронной библиотечной системе «Юрайт» biblio-online.ru.</t>
   </si>
   <si>
     <t>978-5-534-02456-2</t>
   </si>
   <si>
     <t>67.411я73</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
   <si>
-    <t>05.04.2023</t>
-[...2 lines deleted...]
-    <t>УГОЛОВНО-ПРОЦЕССУАЛЬНОЕ ПРАВО РОССИЙСКОЙ ФЕДЕРАЦИИ. ОБЩАЯ ЧАСТЬ 4-е изд., пер. и доп. Учебник для вузов</t>
+    <t>09.02.2026</t>
+  </si>
+  <si>
+    <t>УГОЛОВНО-ПРОЦЕССУАЛЬНОЕ ПРАВО РОССИЙСКОЙ ФЕДЕРАЦИИ. ОБЩАЯ ЧАСТЬ 5-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Г.М. Резник [и др.]; под общей редакцией Г.М. Резника.</t>
+  </si>
+  <si>
+    <t>Курс формирует системные знания фундаментальных основ уголовного процесса. Изучаются назначение, принципы, стадии процесса, статус участников, учение о доказательствах, меры принуждения и ключевые процессуальные институты (ходатайства, сроки, реабилитация и др.). Программа актуализирована с учетом последних изменений законодательства и правоприменительной практики. Усвоение материала обеспечит прочную базу для профессиональной деятельности в правоохранительных органах, адвокатуре и суде. Обучение включает интерактивные тесты и задания для отработки навыков применения УПК РФ. Курс предназначен для студентов, аспирантов и преподавателей юридических вузов и факультетов, а также для судей, адвокатов, сотрудников правоохранительных органов.</t>
+  </si>
+  <si>
+    <t>978-5-534-21978-4</t>
+  </si>
+  <si>
+    <t>10.04.2023</t>
+  </si>
+  <si>
+    <t>УГОЛОВНО-ПРОЦЕССУАЛЬНОЕ ПРАВО РОССИЙСКОЙ ФЕДЕРАЦИИ. ОСОБЕННАЯ ЧАСТЬ 4-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Отв. ред. Резник Г. М.</t>
   </si>
   <si>
     <t>Курс состоит из Общей и Особенной частей. В Общую часть включены общие положения уголовного судопроизводства, уголовно-процессуального права, отдельно рассматриваются доказательства и доказывание, процессуальные сроки и издержки и реабилитация, в Особенную — досудебное и судебное производства, а также особый порядок уголовного судопроизводства. Курс подготовлен преподавателями кафедры уголовно-процессуального права федерального государственного бюджетного образовательного учреждения высшего образования «Московский государственный юридический университет имени О. Е. Кутафина (МГЮА)», большинство из которых совмещают образовательную деятельность с практикой адвоката, поэтому в курсе наряду с доктриной имеется информация, носящая практическую направленность. Для студентов, аспирантов и преподавателей юридических вузов и факультетов, а также для судей, адвокатов, сотрудников правоохранительных органов.</t>
-  </si>
-[...10 lines deleted...]
-    <t>Отв. ред. Резник Г. М.</t>
   </si>
   <si>
     <t>978-5-534-19820-1</t>
   </si>
   <si>
     <t>28.08.2024</t>
   </si>
   <si>
     <t>УГОЛОВНО-ПРОЦЕССУАЛЬНОЕ ПРАВО РОССИЙСКОЙ ФЕДЕРАЦИИ. ПРАКТИКУМ 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Вилкова Т. Ю., Маркова Т. Ю.</t>
   </si>
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Практикум по дисциплине «Уголовно-процессуальное право Российской Федерации» подготовлен преподавателями кафедры уголовно-процессуального права Московского государственного юридического университета имени О. Е. Кутафина (МГЮА) на основе многолетнего опыта преподавания, в соответствии с учебной программой указанной дисциплины, разработанной и используемой в современном образовательном процессе. При подготовке практикума использовались действующая редакция Уголовно-процессуального кодекса Российской Федерации (в том числе последние изменения, внесенные в законодательство), а также многочисленные решения Конституционного Суда Российской Федерации и Верховного Суда Российской Федерации. Нормативные акты используются по состоянию на 1 июля 2024 г. Для студентов высших учебных заведений, обучающихся по юридическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-20157-4</t>
   </si>
   <si>
     <t>25.04.2025</t>
   </si>
@@ -699,51 +705,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudoustroystvo-i-pravoohranitelnye-organy-583596" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudoustroystvo-i-pravoohranitelnye-organy-584103" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-interaktivnyy-praktikum-dop-materialy-v-ebs-560540" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-obschaya-chast-584381" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-osobennaya-chast-584382" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-praktikum-583067" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-590338" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnyy-process-princip-glasnosti-ugolovnogo-sudoproizvodstva-587158" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnyy-process-princip-prezumpcii-nevinovnosti-586322" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnyy-process-princip-uchastiya-grazhdan-v-osuschestvlenii-pravosudiya-585855" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudoustroystvo-i-pravoohranitelnye-organy-583596" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudoustroystvo-i-pravoohranitelnye-organy-584103" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-interaktivnyy-praktikum-dop-materialy-v-ebs-560540" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-obschaya-chast-599116" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-osobennaya-chast-584382" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-praktikum-583067" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovno-processualnoe-pravo-rossiyskoy-federacii-590338" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnyy-process-princip-glasnosti-ugolovnogo-sudoproizvodstva-587158" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnyy-process-princip-prezumpcii-nevinovnosti-586322" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ugolovnyy-process-princip-uchastiya-grazhdan-v-osuschestvlenii-pravosudiya-585855" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -951,54 +957,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>298</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1509.0</v>
+        <v>1609.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1659.0</v>
+        <v>1769.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -1021,54 +1027,54 @@
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>298</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1509.0</v>
+        <v>1609.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1659.0</v>
+        <v>1769.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>
@@ -1091,564 +1097,564 @@
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2025</v>
       </c>
       <c r="J7" s="8">
         <v>446</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1729.0</v>
+        <v>1849.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1899.0</v>
+        <v>2029.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Y7" s="8">
         <v>0.527</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>584381</v>
+        <v>599116</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
-        <v>440</v>
+        <v>486</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>2119.0</v>
+        <v>2479.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2329.0</v>
+        <v>2729.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S8" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
-        <v>0.653</v>
+        <v>0.709</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
         <v>584382</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>498</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>2369.0</v>
+        <v>2539.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2609.0</v>
+        <v>2789.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S9" s="6" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.723</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
         <v>583067</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>623</v>
       </c>
       <c r="K10" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="L10" s="9">
-        <v>2559.0</v>
+        <v>2739.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2809.0</v>
+        <v>3009.0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.767</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
         <v>590338</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>186</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1019.0</v>
+        <v>1099.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1119.0</v>
+        <v>1209.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.345</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
         <v>587158</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>277</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>1129.0</v>
+        <v>1209.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1239.0</v>
+        <v>1329.0</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y12" s="8">
         <v>0.456</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
         <v>586322</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
         <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>129</v>
       </c>
       <c r="K13" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="L13" s="9">
-        <v>539.0</v>
+        <v>569.0</v>
       </c>
       <c r="M13" s="9">
-        <v>589.0</v>
+        <v>629.0</v>
       </c>
       <c r="N13" s="6"/>
       <c r="O13" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Y13" s="8">
         <v>0.139</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
         <v>585855</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
         <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>263</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>1359.0</v>
+        <v>1449.0</v>
       </c>
       <c r="M14" s="9">
-        <v>1489.0</v>
+        <v>1589.0</v>
       </c>
       <c r="N14" s="6"/>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R14" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S14" s="6" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.438</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>