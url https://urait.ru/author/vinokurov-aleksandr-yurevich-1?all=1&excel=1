--- v0 (2025-12-06)
+++ v1 (2026-01-21)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
-[...1 lines deleted...]
-    <t>06.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+  <si>
+    <t>21.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -148,168 +148,162 @@
   <si>
     <t>Юридические науки</t>
   </si>
   <si>
     <t>Прокурорский надзор</t>
   </si>
   <si>
     <t>В настоящей книге на основе анализа действующей нормативной правовой базы, регламентирующей вопросы организации и деятельности прокуратуры Российской Федерации, решений высших судебных органов, а также литературных источников по различным вопросам прокурорской деятельности дан научно-практический комментарий действующей редакции Федерального закона от 17.01.1992 № 2202-1 «О прокуратуре Российской Федерации». В издании дана краткая характеристика в целом законодательной базе, имеющей отношение к прокуорской деятельности, в связи с чем его можно рассматривать как комплексную работу, освещающую не только специфику Федерального закона «О прокуратуре Российской Федерации», но и как комментарий к законодательству об организации и деятельности прокуратуры Российской Федерации.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-18027-5</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>18.10.2024</t>
   </si>
   <si>
     <t>ПРАВООХРАНИТЕЛЬНЫЕ И СУДЕБНЫЕ ОРГАНЫ 8-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> Б. Я. Гаврилов [и др.] ; под общей редакцией Б. Я. Гаврилова.</t>
+    <t>Под общ. ред. Гаврилова Б.Я.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Правоохранительные органы и силовые структуры</t>
   </si>
   <si>
     <t>Курс дает представление о правоохранительной деятельности в целом, о конкретных ее направлениях (функциях), о построении соответствующих органов и организаций, их структуре, взаимосвязи и соподчиненности, основных полномочиях и задачах, взаимодействии друг с другом, с государственным механизмом и пр. Курс написан в сжатой, компактной и доступной форме на основе Конституции Российской Федерации, федеральных конституционных законов о судах, других законодательных и нормативных актов. Учтены изменения законодательства о судоустройстве, правоохранительных органах, адвокатской деятельности и др., которые произошли с момента выхода в свет предыдущего издания. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20712-5</t>
   </si>
   <si>
     <t>67.7я723</t>
   </si>
   <si>
     <t>ПРАВООХРАНИТЕЛЬНЫЕ ОРГАНЫ РОССИИ 8-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Курс дает представление о правоохранительной деятельности в целом, о конкретных ее направлениях (функциях), о построении соответствующих органов и организаций, их структуре, взаимосвязи и соподчиненности, основных полномочиях и задачах, взаимодействии друг с другом, с государственным механизмом и пр. Курс написан в сжатой, компактной и доступной форме на основе Конституции Российской Федерации, федеральных конституционных законов о судах, других законодательных и нормативных актов. Учтены изменения законодательства о судоустройстве, правоохранительных органах, адвокатской деятельности и др., которые произошли с момента выхода в свет предыдущего издания.</t>
   </si>
   <si>
     <t>978-5-534-20709-5</t>
   </si>
   <si>
     <t>67.7я73</t>
   </si>
   <si>
     <t>28.10.2024</t>
   </si>
   <si>
     <t>ПРОКУРОРСКИЙ НАДЗОР 17-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> Ю. Е. Винокуров,  А. Ю. Винокуров ; под редакцией Ю. Е. Винокурова.</t>
+    <t>Винокуров Ю. Е., Винокуров А. Ю. ; Под ред. Винокурова Ю.Е.</t>
   </si>
   <si>
     <t>В настоящем курсе помимо традиционных тем раскрываются особенности осуществления прокурорами появившихся в последние годы направлений надзорной и иной деятельности, обусловленных изменениями в законодательстве. Речь идет об обеспечении прокурором законности в сфере осуществления административного надзора за лицами, освобожденными из мест лишения свободы, международном сотрудничестве прокуратуры в сфере реализации задач уголовно-исполнительного законодательства, контроле за соответствием расходов лиц, замещающих государственные должности, и иных лиц их доходам. К числу авторских новелл необходимо отнести детализированное изложение функции уголовного преследования, а также административного преследования. Для студентов бакалавриата, специалитета и магистратуры, преподавателей и аспирантов юридических высших учебных заведений и факультетов.</t>
   </si>
   <si>
     <t>978-5-534-20627-2</t>
   </si>
   <si>
     <t>67.72я73</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
   <si>
     <t>ПРОКУРОРСКИЙ НАДЗОР 7-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. Ю. Винокуров,  Ю. Е. Винокуров ; под общей редакцией А. Ю. Винокурова.</t>
+    <t>Винокуров А. Ю., Винокуров Ю. Е. ; Под общ. ред. Винокурова А.Ю.</t>
   </si>
   <si>
     <t>Настоящее издание подготовлено авторским коллективом ученых, длительное время работавших в органах и организациях прокуратуры Российской Федерации. Представляет собой курс тематических материалов, в которых с учетом положений действующего законодательства об организации и деятельности прокуратуры Российской Федерации и современных тенденций прокурорской науки рассматриваются основные вопросы функционирования прокуратуры Российской Федерации. Материалы носят ярко выраженную практическую направленность, поскольку содержат рекомендации по организации и осуществлению надзорной и иной деятельности прокуроров. Для студентов, обучающихся по образовательным программам прикладного бакалавриата по направлению «Юриспруденция». Курс может оказаться полезным для обучения по программе специалитета, аспирантов и соискателей, профессорско-преподавательского состава, а также для прокурорских работников и других специалистов, интересующихся вопросами организации и деятельности прокуратуры.</t>
   </si>
   <si>
     <t>978-5-534-20626-5</t>
   </si>
   <si>
     <t>ПРОКУРОРСКИЙ НАДЗОР 7-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Настоящее издание подготовлено авторским коллективом ученых, длительное время работавших в органах и организациях прокуратуры Российской Федерации. Курс представляет собой тематические материалы, в которых с учетом положений действующего законодательства об организации и деятельности прокуратуры Российской Федерации и современных тенденций прокурорской науки рассматриваются основные вопросы функционирования прокуратуры Российской Федерации. Материалы носят ярко выраженную практическую направленность, поскольку содержат рекомендации по организации и осуществлению надзорной и иной деятельности прокуроров.</t>
   </si>
   <si>
     <t>978-5-534-20635-7</t>
   </si>
   <si>
     <t>67.72я723</t>
   </si>
   <si>
     <t>08.04.2024</t>
   </si>
   <si>
     <t>ПРОКУРОРСКИЙ НАДЗОР. ПРАКТИКУМ 3-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t>Винокуров А. Ю., Винокуров Ю. Е. ; Под общ. ред. Винокурова А.Ю.</t>
-[...1 lines deleted...]
-  <si>
     <t>Представляемый практикум предназначен для углубленного усвоения пройденных тем, самостоятельной подготовки к семинарским и практическим занятиям по дисциплине «Прокурорский надзор». В него включены организационно-методические указания по изучению данного учебного курса, основные понятия (глоссарий), упражнения (контрольные вопросы), задачи, тесты, сценарии деловых игр, перечень нормативных правовых актов и литературных источников, а также образцы основных актов прокурорского реагирования. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по юридическим направлениям.</t>
   </si>
   <si>
     <t>978-5-534-18202-6</t>
   </si>
   <si>
     <t>ПРОКУРОРСКИЙ НАДЗОР. ПРАКТИКУМ 3-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Представляемый практикум предназначен для углубленного усвоения пройденных тем, самостоятельной подготовки к семинарским и практическим занятиям по дисциплине «Прокурорский надзор». В него включены организационно-методические указания по изучению данного учебного курса, основные понятия (глоссарий), упражнения (контрольные вопросы), задачи, тесты, сценарии деловых игр, перечень нормативных правовых актов и литературных источников, а также образцы основных актов прокурорского реагирования. Соответствует актуальным требованиям Федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования юридического профиля.</t>
   </si>
   <si>
     <t>978-5-534-17905-7</t>
   </si>
   <si>
     <t>11.11.2024</t>
   </si>
   <si>
     <t>УЧАСТИЕ ПРОКУРОРА В АРБИТРАЖНОМ ПРОЦЕССЕ, ГРАЖДАНСКОМ И АДМИНИСТРАТИВНОМ СУДОПРОИЗВОДСТВЕ 17-е изд., пер. и доп. Учебник для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> А. Ю. Винокуров.</t>
   </si>
   <si>
     <t>В настоящем курсе раскрываются особенности участия прокурора в гражданском, арбитражном и административном судопроизводстве. Особое внимание уделено участию прокурора в рассмотрении судами дел об административных правонарушениях. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов бакалавриата, специалитета и магистратуры, преподавателей и аспирантов юридических высших учебных заведений и факультетов; может быть использован прокурорскими работниками — слушателями факультетов профессиональной переподготовки и повышения квалификации и межрегиональных центров профессионального обучения прокурорских работников и федеральных государственных гражданских служащих.</t>
   </si>
   <si>
     <t>978-5-534-21087-3</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -678,51 +672,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nauchno-prakticheskiy-kommentariy-k-federalnomu-zakonu-o-prokurature-rossiyskoy-federacii-580419" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravoohranitelnye-i-sudebnye-organy-558623" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravoohranitelnye-organy-rossii-558620" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prokurorskiy-nadzor-558480" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prokurorskiy-nadzor-558479" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prokurorskiy-nadzor-558497" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prokurorskiy-nadzor-praktikum-560026" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prokurorskiy-nadzor-praktikum-560960" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/uchastie-prokurora-v-arbitrazhnom-processe-grazhdanskom-i-administrativnom-sudoproizvodstve-559310" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/nauchno-prakticheskiy-kommentariy-k-federalnomu-zakonu-o-prokurature-rossiyskoy-federacii-589468" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravoohranitelnye-i-sudebnye-organy-583557" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravoohranitelnye-organy-rossii-582502" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prokurorskiy-nadzor-587975" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prokurorskiy-nadzor-582828" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prokurorskiy-nadzor-583728" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prokurorskiy-nadzor-praktikum-582885" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/prokurorskiy-nadzor-praktikum-583767" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/uchastie-prokurora-v-arbitrazhnom-processe-grazhdanskom-i-administrativnom-sudoproizvodstve-590123" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -903,137 +897,137 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>580419</v>
+        <v>589468</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>971</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>3899.0</v>
       </c>
       <c r="M5" s="9">
         <v>4289.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6">
         <v>67.72</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y5" s="8">
         <v>1.184</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>558623</v>
+        <v>583557</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>337</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="9">
         <v>1679.0</v>
       </c>
       <c r="M6" s="9">
         <v>1849.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>36</v>
       </c>
@@ -1041,69 +1035,69 @@
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y6" s="8">
         <v>0.528</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>558620</v>
+        <v>582502</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>337</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="9">
         <v>1679.0</v>
       </c>
       <c r="M7" s="9">
         <v>1849.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>36</v>
       </c>
@@ -1111,205 +1105,205 @@
         <v>48</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y7" s="8">
         <v>0.528</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>558480</v>
+        <v>587975</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>549</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L8" s="9">
         <v>2589.0</v>
       </c>
       <c r="M8" s="9">
         <v>2849.0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y8" s="8">
         <v>0.785</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>558479</v>
+        <v>582828</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>400</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L9" s="9">
         <v>1949.0</v>
       </c>
       <c r="M9" s="9">
         <v>2139.0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y9" s="8">
         <v>0.605</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>558497</v>
+        <v>583728</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>400</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L10" s="9">
         <v>1949.0</v>
       </c>
       <c r="M10" s="9">
         <v>2139.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>36</v>
       </c>
@@ -1317,252 +1311,252 @@
         <v>37</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y10" s="8">
         <v>0.605</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>560026</v>
+        <v>582885</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>197</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L11" s="9">
         <v>1069.0</v>
       </c>
       <c r="M11" s="9">
         <v>1179.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y11" s="8">
         <v>0.358</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>560960</v>
+        <v>583767</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>197</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L12" s="9">
         <v>1069.0</v>
       </c>
       <c r="M12" s="9">
         <v>1179.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
         <v>72</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Y12" s="8">
         <v>0.358</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>559310</v>
+        <v>590123</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>105</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
         <v>459.0</v>
       </c>
       <c r="M13" s="9">
         <v>499.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S13" s="6" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>63</v>
       </c>
       <c r="X13" s="6" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="Y13" s="8">
         <v>0.116</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>