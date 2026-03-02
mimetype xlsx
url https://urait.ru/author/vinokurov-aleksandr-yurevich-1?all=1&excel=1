--- v1 (2026-01-21)
+++ v2 (2026-03-02)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
-    <t>21.01.2026</t>
+    <t>03.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -924,54 +924,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>971</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>3899.0</v>
+        <v>4169.0</v>
       </c>
       <c r="M5" s="9">
-        <v>4289.0</v>
+        <v>4589.0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6">
@@ -992,54 +992,54 @@
       <c r="B6" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>337</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="9">
-        <v>1679.0</v>
+        <v>1789.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1849.0</v>
+        <v>1969.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>50</v>
       </c>
@@ -1062,54 +1062,54 @@
       <c r="B7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
         <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>337</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="9">
-        <v>1679.0</v>
+        <v>1789.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1849.0</v>
+        <v>1969.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>56</v>
       </c>
@@ -1132,54 +1132,54 @@
       <c r="B8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
         <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>549</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L8" s="9">
-        <v>2589.0</v>
+        <v>2769.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2849.0</v>
+        <v>3049.0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
@@ -1200,54 +1200,54 @@
       <c r="B9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>400</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L9" s="9">
-        <v>1949.0</v>
+        <v>2079.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2139.0</v>
+        <v>2289.0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
@@ -1268,54 +1268,54 @@
       <c r="B10" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>66</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
         <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>400</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L10" s="9">
-        <v>1949.0</v>
+        <v>2079.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2139.0</v>
+        <v>2289.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>71</v>
       </c>
@@ -1338,54 +1338,54 @@
       <c r="B11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
         <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>197</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L11" s="9">
-        <v>1069.0</v>
+        <v>1149.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1179.0</v>
+        <v>1259.0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>76</v>
       </c>
@@ -1408,54 +1408,54 @@
       <c r="B12" s="6" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>66</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
         <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>197</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>45</v>
       </c>
       <c r="L12" s="9">
-        <v>1069.0</v>
+        <v>1149.0</v>
       </c>
       <c r="M12" s="9">
-        <v>1179.0</v>
+        <v>1259.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S12" s="6" t="s">
         <v>78</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U12" s="6" t="s">
         <v>79</v>
       </c>
@@ -1478,54 +1478,54 @@
       <c r="B13" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
         <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>105</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>459.0</v>
+        <v>489.0</v>
       </c>
       <c r="M13" s="9">
-        <v>499.0</v>
+        <v>539.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="R13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S13" s="6" t="s">
         <v>82</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>39</v>
       </c>
       <c r="U13" s="6" t="s">
         <v>83</v>
       </c>