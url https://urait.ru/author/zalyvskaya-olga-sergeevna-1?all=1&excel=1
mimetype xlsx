--- v0 (2025-12-05)
+++ v1 (2026-01-19)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
-[...1 lines deleted...]
-    <t>05.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+  <si>
+    <t>19.01.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,87 +115,84 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>28.07.2025</t>
   </si>
   <si>
     <t>ЦВЕТОВОДСТВО И ЦВЕТОЧНОЕ ОФОРМЛЕНИЕ. Учебник для вузов</t>
   </si>
   <si>
-    <t>О.С. Залывская</t>
+    <t>Залывская О. С.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Сельскохозяйственные науки</t>
   </si>
   <si>
     <t>Агрономия</t>
   </si>
   <si>
     <t>В курсе рассмотрены биологические основы общего цветоводства. Приведены типы цветников. Выполнен анализ цветочных композиций для интерьеров. Раскрыт региональный компонент цветочного оформления на Севере. Для студентов высших учебных заведений, обучающихся по направлению «Ландшафтная архитектура» и специалистов садово-паркового строительства.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20933-4</t>
   </si>
   <si>
     <t>42.374я73</t>
   </si>
   <si>
     <t>70*100/16</t>
   </si>
   <si>
     <t>ЦВЕТОВОДСТВО И ЦВЕТОЧНОЕ ОФОРМЛЕНИЕ. Учебник для СПО</t>
-  </si>
-[...1 lines deleted...]
-    <t>Залывская О. С.</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>Рассмотрены биологические основы общего цветоводства. Приведены типы цветников. Выполнен анализ цветочных композиций для интерьеров. Раскрыт региональный компонент цветочного оформления на Севере.</t>
   </si>
   <si>
     <t>978-5-534-20952-5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -567,51 +564,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cvetovodstvo-i-cvetochnoe-oformlenie-581676" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cvetovodstvo-i-cvetochnoe-oformlenie-581675" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cvetovodstvo-i-cvetochnoe-oformlenie-590425" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cvetovodstvo-i-cvetochnoe-oformlenie-590477" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -792,69 +789,69 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>581676</v>
+        <v>590425</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>221</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
         <v>1169.0</v>
       </c>
       <c r="M5" s="9">
         <v>1289.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
@@ -862,105 +859,105 @@
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.388</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>581675</v>
+        <v>590477</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>221</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
         <v>1169.0</v>
       </c>
       <c r="M6" s="9">
         <v>1289.0</v>
       </c>
       <c r="N6" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6"/>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.388</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">