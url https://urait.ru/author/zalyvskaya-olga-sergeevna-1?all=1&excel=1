--- v1 (2026-01-19)
+++ v2 (2026-03-14)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>19.01.2026</t>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -816,54 +816,54 @@
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
         <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>221</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1169.0</v>
+        <v>1259.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1289.0</v>
+        <v>1379.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
@@ -886,54 +886,54 @@
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
         <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>221</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>1169.0</v>
+        <v>1259.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1289.0</v>
+        <v>1379.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>48</v>
       </c>