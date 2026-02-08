--- v0 (2025-12-13)
+++ v1 (2026-02-08)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
-[...1 lines deleted...]
-    <t>14.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+  <si>
+    <t>09.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -208,80 +208,77 @@
   <si>
     <t>, Землина О. М. [и др.] ; Под общ. ред. Землина А.И.</t>
   </si>
   <si>
     <t>Право: общие работы</t>
   </si>
   <si>
     <t>В издании в систематизированной форме изложены дидактические блоки, включенные в курс «Правовая культура», ориентированный на студентов транспортных вузов и содержащий материал, достаточный для формирования у будущих специалистов с высшим образованием компетенций правовой направленности, обеспечивающих уровень личностного правосознания и степень развитости навыков правового поведения, необходимый для обучения в транспортной образовательной организации высшего образования. Представленный материал отражает все современные тенденции динамично развивающегося российского законодательства, последние изменения в нормативных правовых актах, регулирующих деятельность в различных областях жизнедеятельности. При работе с курсом использовалась Справочная правовая система «КонсультантПлюс». Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс может представлять интерес не только для студентов, но и для научных работников, преподавателей, специалистов и всех, кто интересуется вопросами права.</t>
   </si>
   <si>
     <t>978-5-534-15223-4</t>
   </si>
   <si>
     <t>24.05.2023</t>
   </si>
   <si>
     <t>ПРАВОВЕДЕНИЕ ДЛЯ СТУДЕНТОВ ТРАНСПОРТНЫХ ВУЗОВ 5-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
     <t>Под общ. ред. Землина А.И.</t>
   </si>
   <si>
     <t>Правоведение</t>
   </si>
   <si>
-    <t>В издании в систематизированной форме изложены дидактические блоки, включенные в курс «Правоведение», ориентированный на специалистов транспортных вузов и содержащий материал, необходимый и достаточный для формирования у будущих специалистов в области транспорта компетенций правовой направленности, позволяющих обеспечить успешное выполнение ими в последующем обязанностей по предстоящему должностному предназначению в условиях цифровизации экономики и транспортной логистики. Учтены поправки в Конституцию Российской Федерации в соответствии с Законами РФ от 04.10.2022 № 5-ФКЗ, от 04.10.2022 № 6-ФКЗ, от 04.10.2022 № 7-ФКЗ, от 04.10.2022 № 8-ФКЗ.</t>
+    <t>В учебнике в систематизированной форме изложены дидактические блоки, включенные в курс «Правоведение», ориентированный на специалистов транспортных вузов и содержащий материал, необходимый и достаточный для формирования у будущих специалистов в области транспорта компетенций правовой направленности, позволяющих обеспечить успешное выполнение ими в последующем обязанностей по предстоящему должностному предназначению в условиях цифровизации экономики и транспортной логистики. Учтены поправки в Конституцию Российской Федерации в соответствии с Законами РФ от 04.10.2022 № 5-ФКЗ, от 04.10.2022 № 6-ФКЗ, от 04.10.2022 № 7-ФКЗ, от 04.10.2022 № 8-ФКЗ.</t>
   </si>
   <si>
     <t>978-5-534-16810-5</t>
   </si>
   <si>
     <t>67.0я73</t>
   </si>
   <si>
     <t>02.09.2020</t>
   </si>
   <si>
     <t>ПРАВОВОЕ ОБЕСПЕЧЕНИЕ ПРОФЕССИОНАЛЬНОЙ ДЕЯТЕЛЬНОСТИ (ДЛЯ СТУДЕНТОВ ТРАНСПОРТНЫХ ВУЗОВ). Учебник для вузов</t>
   </si>
   <si>
     <t>В учебнике в краткой систематизированной форме представлены все дидактические блоки, включенные в курс «Правовое обеспечение профессиональной деятельности», преподаваемый студентам транспортных вузов, обучающимся по программам бакалавриата и специалитета. Издание содержит учебный материал в объеме, достаточном для формирования у будущих специалистов в области транспорта компетенций правовой направленности, необходимых для последующего успешного выполнения ими профессиональных обязанностей в условиях цифровизации экономики и транспорта. Представленный материал отражает современные тенденции динамично развивающегося российского законодательства, последние изменения в нормативных правовых актах, регулирующих деятельность в сфере транспорта. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Для студентов транспортных вузов, а также преподавателей, научных работников, специалистов и всех, кто интересуется вопросами российского права и его связями с функционированием транспортной системы.</t>
   </si>
   <si>
     <t>978-5-534-13655-5</t>
   </si>
   <si>
     <t>67.4я73</t>
   </si>
   <si>
     <t>ПРАВОВОЕ ОБЕСПЕЧЕНИЕ ПРОФЕССИОНАЛЬНОЙ ДЕЯТЕЛЬНОСТИ (ОСНОВЫ ПРАВА) ДЛЯ ТРАНСПОРТНЫХ СПЕЦИАЛЬНОСТЕЙ 5-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. И. Землин [и др.] ; под общей редакцией А. И. Землина.</t>
-[...1 lines deleted...]
-  <si>
     <t>В издании в систематизированной форме изложены дидактические блоки, включенные в курс «Правоведение», ориентированный на специалистов транспортных ссузов и содержащий материал, необходимый и достаточный для формирования у будущих специалистов в области транспорта компетенций правовой направленности, позволяющих обеспечить успешное выполнение ими в последующем обязанностей по предстоящему должностному предназначению в условиях цифровизации экономики и транспортной логистики. Представленный материал отражает все современные тенденции динамично развивающегося российского законодательства, последние изменения в нормативных правовых актах, регулирующих деятельность в сфере транспорта. Учтены поправки в Конституцию Российской Федерации в соответствии с Законами РФ от 04.10.2022 № 5-ФКЗ, от 04.10.2022 № 6-ФКЗ, от 04.10.2022 № 7-ФКЗ, от 04.10.2022 № 8-ФКЗ.</t>
   </si>
   <si>
     <t>978-5-534-16800-6</t>
   </si>
   <si>
     <t>67.0я723</t>
   </si>
   <si>
     <t>26.02.2021</t>
   </si>
   <si>
     <t>ПРАВОВОЕ ОБЕСПЕЧЕНИЕ ПРОФЕССИОНАЛЬНОЙ ДЕЯТЕЛЬНОСТИ НА ТРАНСПОРТЕ ДЛЯ КОЛЛЕДЖЕЙ. Учебник для СПО</t>
   </si>
   <si>
     <t>, Землин А. И. [и др.] ; Отв. ред. Землин А. И.</t>
   </si>
   <si>
     <t>В курс включены дидактические блоки, в должной мере отражающие вопросы правового регулирования государственного управления и государственной службы, ведения бизнеса, трудовых отношений и безопасности труда на транспорте; техносферной и экологической безопасности. Особое внимание уделено вопросам публично-правового и частноправового регулирования транспортных отношений, финансово-правового обеспечения функционирования транспортной системы. С учетом потребностей цифровизации экономики и транспорта в курс включена тема, посвященная вопросам защиты интеллектуальной собственности, а также дополнительно включена тема, посвященная противодействию коррупции.</t>
   </si>
   <si>
     <t>978-5-534-14241-9</t>
   </si>
   <si>
     <t>31.08.2020</t>
@@ -370,51 +367,51 @@
   <si>
     <t>ФИНАНСОВО-ПРАВОВЫЕ ОСНОВЫ ГОСУДАРСТВЕННОГО И МУНИЦИПАЛЬНОГО УПРАВЛЕНИЯ 2-е изд., пер. и доп. Учебник и практикум для вузов</t>
   </si>
   <si>
     <t>Мишуткин И. В., Землин А. И., Землина О. М., Ольховская Н. П.</t>
   </si>
   <si>
     <t>Финансовое право</t>
   </si>
   <si>
     <t>Курс предназначен для слушателей программы профессиональной переподготовки военнослужащих, увольняемых в запас, для выполнения нового вида профессиональной деятельности в сфере правового обеспечения государственного и муниципального управления. В курсе в краткой и систематизированной форме представлены дидактические материалы по темам дисциплины «Финансово-правовые основы государственного и муниципального управления», имеющим особое значение для понимания сути и правовых основ финансовой деятельности государства, а также перечень материалов для самостоятельного поиска и научного анализа нормативных правовых актов и литературы для исполнения представленных заданий. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Курс также может быть использован студентами и курсантами, обучающимися в образовательных организациях высшего образования по направлениям «Государственное и муниципальное управление», «Экономика», «Финансы и кредит» и «Юриспруденция», специальностям «Правовое обеспечение национальной безопасности», «Правоохранительная деятельность», а также в системе дополнительного профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-18937-7</t>
   </si>
   <si>
     <t>67.402я73</t>
   </si>
   <si>
     <t>11.10.2024</t>
   </si>
   <si>
     <t>ФИНАНСОВОЕ ПРАВО 4-е изд., пер. и доп. Учебник для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. И. Землин,  О. М. Землина,  Н. П. Ольховская ; под общей редакцией А. И. Землина.</t>
+    <t>Землин А. И., Землина О. М., Ольховская Н. П. ; Под общ. ред. Землина А.И.</t>
   </si>
   <si>
     <t>Курс состоит из Общей и Особенной частей. В Общей части финансового права рассматриваются понятия финансов и финансовой деятельности; предмет, система и источники финансового права; финансово-правовые нормы и финансово-правовые отношения, а также понятие, формы и методы финансового контроля. При изучении Особенной части финансового права с правовых позиций в системном и упорядоченном виде раскрываются вопросы, характеризующие государственное регулирование финансово-кредитной системы, бюджетного устройства и бюджетного процесса, государственных доходов и расходов, налоговой системы, денежного обращения и валютного регулирования, кредитования и расчетов, секторов финансового рынка Российской Федерации и др. Для студентов образовательных организаций высшего образования, аспирантов, магистрантов, преподавателей.</t>
   </si>
   <si>
     <t>978-5-534-20717-0</t>
   </si>
   <si>
     <t>17.10.2024</t>
   </si>
   <si>
     <t>ФИНАНСОВОЕ ПРАВО 4-е изд., пер. и доп. Учебник для СПО</t>
   </si>
   <si>
     <t>Курс состоит из Общей и Особенной частей. В Общей части финансового права рассматриваются понятия финансов и финансовой деятельности; предмет, система и источники финансового права; финансово-правовые нормы и финансово-правовые отношения, а также понятие, формы и методы финансового контроля. При изучении Особенной части финансового права с правовых позиций в системном и упорядоченном виде раскрываются вопросы, характеризующие государственное регулирование финансово-кредитной системы, бюджетного устройства и бюджетного процесса, государственных доходов и расходов, налоговой системы, денежного обращения и валютного регулирования, кредитования и расчетов, секторов финансового рынка Российской Федерации и др. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования.</t>
   </si>
   <si>
     <t>978-5-534-20720-0</t>
   </si>
   <si>
     <t>67.402я723</t>
   </si>
 </sst>
 </file>
 
@@ -795,51 +792,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/aktualnye-problemy-pravovogo-obespecheniya-professionalnoy-deyatelnosti-567587" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bezopasnost-zhiznedeyatelnosti-dlya-transportnyh-specialnostey-protivodeystvie-terrorizmu-na-transporte-565396" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovaya-kultura-568253" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovedenie-dlya-studentov-transportnyh-vuzov-559412" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-dlya-studentov-transportnyh-vuzov-567556" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-osnovy-prava-dlya-transportnyh-specialnostey-564715" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-na-transporte-dlya-kolledzhey-567836" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovye-i-organizacionnye-aspekty-obespecheniya-protivodeystviya-terrorizmu-na-transporte-565383" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovye-osnovy-protivodeystviya-korrupcii-565312" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/protivodeystvie-korrupcii-pravovye-osnovy-565334" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/transportnoe-pravo-564586" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/transportnoe-pravo-565358" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovo-pravovye-osnovy-gosudarstvennogo-i-municipalnogo-upravleniya-568219" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovoe-pravo-558648" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovoe-pravo-558650" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/aktualnye-problemy-pravovogo-obespecheniya-professionalnoy-deyatelnosti-588434" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/bezopasnost-zhiznedeyatelnosti-dlya-transportnyh-specialnostey-protivodeystvie-terrorizmu-na-transporte-586987" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovaya-kultura-589051" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovedenie-dlya-studentov-transportnyh-vuzov-586453" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-dlya-studentov-transportnyh-vuzov-588406" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-osnovy-prava-dlya-transportnyh-specialnostey-586521" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovoe-obespechenie-professionalnoy-deyatelnosti-na-transporte-dlya-kolledzhey-588677" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovye-i-organizacionnye-aspekty-obespecheniya-protivodeystviya-terrorizmu-na-transporte-586981" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/pravovye-osnovy-protivodeystviya-korrupcii-586920" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/protivodeystvie-korrupcii-pravovye-osnovy-586944" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/transportnoe-pravo-586452" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/transportnoe-pravo-586965" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovo-pravovye-osnovy-gosudarstvennogo-i-municipalnogo-upravleniya-589018" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovoe-pravo-586895" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/finansovoe-pravo-586900" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -1020,1085 +1017,1085 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>567587</v>
+        <v>588434</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>459</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>2199.0</v>
+        <v>2359.0</v>
       </c>
       <c r="M5" s="9">
-        <v>2419.0</v>
+        <v>2589.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.676</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>565396</v>
+        <v>586987</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>155</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>719.0</v>
+        <v>769.0</v>
       </c>
       <c r="M6" s="9">
-        <v>789.0</v>
+        <v>849.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>51</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>52</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Y6" s="8">
         <v>0.245</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>568253</v>
+        <v>589051</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>522</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>2469.0</v>
+        <v>2649.0</v>
       </c>
       <c r="M7" s="9">
-        <v>2719.0</v>
+        <v>2909.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>59</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.752</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>559412</v>
+        <v>586453</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>404</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1969.0</v>
+        <v>2099.0</v>
       </c>
       <c r="M8" s="9">
-        <v>2169.0</v>
+        <v>2309.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>63</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>64</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>65</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
         <v>66</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.609</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>567556</v>
+        <v>588406</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>397</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>1939.0</v>
+        <v>2069.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2129.0</v>
+        <v>2279.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>69</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>70</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>71</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.601</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>564715</v>
+        <v>586521</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>60</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>416</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>2019.0</v>
+        <v>2159.0</v>
       </c>
       <c r="M10" s="9">
-        <v>2219.0</v>
+        <v>2369.0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>63</v>
       </c>
       <c r="S10" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.624</v>
       </c>
       <c r="Z10" s="6"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="8">
-        <v>567836</v>
+        <v>588677</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J11" s="8">
         <v>254</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="9">
-        <v>1319.0</v>
+        <v>1409.0</v>
       </c>
       <c r="M11" s="9">
-        <v>1449.0</v>
+        <v>1549.0</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="V11" s="6"/>
       <c r="W11" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y11" s="8">
         <v>0.428</v>
       </c>
       <c r="Z11" s="6"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="8">
-        <v>565383</v>
+        <v>586981</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" s="6" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J12" s="8">
         <v>155</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="9">
-        <v>719.0</v>
+        <v>769.0</v>
       </c>
       <c r="M12" s="9">
-        <v>789.0</v>
+        <v>849.0</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R12" s="6" t="s">
         <v>49</v>
       </c>
       <c r="S12" s="6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="T12" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U12" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="V12" s="6"/>
       <c r="W12" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="X12" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Y12" s="8">
         <v>0.245</v>
       </c>
       <c r="Z12" s="6"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="8">
-        <v>565312</v>
+        <v>586920</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" s="6" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J13" s="8">
         <v>198</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L13" s="9">
-        <v>1079.0</v>
+        <v>1149.0</v>
       </c>
       <c r="M13" s="9">
-        <v>1189.0</v>
+        <v>1259.0</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q13" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="R13" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="R13" s="6" t="s">
+      <c r="S13" s="6" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="T13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U13" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="V13" s="6"/>
       <c r="W13" s="6" t="s">
         <v>71</v>
       </c>
       <c r="X13" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y13" s="8">
         <v>0.36</v>
       </c>
       <c r="Z13" s="6"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="8">
-        <v>565334</v>
+        <v>586944</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="6" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J14" s="8">
         <v>198</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L14" s="9">
-        <v>1079.0</v>
+        <v>1149.0</v>
       </c>
       <c r="M14" s="9">
-        <v>1189.0</v>
+        <v>1259.0</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q14" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="R14" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="R14" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S14" s="6" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="T14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U14" s="6" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="V14" s="6"/>
       <c r="W14" s="6" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="X14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y14" s="8">
         <v>0.36</v>
       </c>
       <c r="Z14" s="6"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="8">
-        <v>564586</v>
+        <v>586452</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="E15" s="6" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J15" s="8">
         <v>522</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L15" s="9">
-        <v>2469.0</v>
+        <v>2649.0</v>
       </c>
       <c r="M15" s="9">
-        <v>2719.0</v>
+        <v>2909.0</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="V15" s="6"/>
       <c r="W15" s="6" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y15" s="8">
         <v>0.752</v>
       </c>
       <c r="Z15" s="6"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="8">
-        <v>565358</v>
+        <v>586965</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="6" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J16" s="8">
         <v>522</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L16" s="9">
-        <v>2469.0</v>
+        <v>2649.0</v>
       </c>
       <c r="M16" s="9">
-        <v>2719.0</v>
+        <v>2909.0</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R16" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S16" s="6" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="T16" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U16" s="6" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="V16" s="6"/>
       <c r="W16" s="6" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="X16" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y16" s="8">
         <v>0.752</v>
       </c>
       <c r="Z16" s="6"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="8">
-        <v>568219</v>
+        <v>589018</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" s="6" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J17" s="8">
         <v>182</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L17" s="9">
-        <v>1009.0</v>
+        <v>1079.0</v>
       </c>
       <c r="M17" s="9">
-        <v>1109.0</v>
+        <v>1189.0</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R17" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="S17" s="6" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="T17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U17" s="6" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="V17" s="6"/>
       <c r="W17" s="6" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="X17" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y17" s="8">
         <v>0.34</v>
       </c>
       <c r="Z17" s="6"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="8">
-        <v>558648</v>
+        <v>586895</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" s="6" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J18" s="8">
         <v>335</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L18" s="9">
-        <v>1669.0</v>
+        <v>1779.0</v>
       </c>
       <c r="M18" s="9">
-        <v>1839.0</v>
+        <v>1959.0</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R18" s="6" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="S18" s="6" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="T18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U18" s="6" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="V18" s="6"/>
       <c r="W18" s="6" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="X18" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y18" s="8">
         <v>0.526</v>
       </c>
       <c r="Z18" s="6"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="8">
-        <v>558650</v>
+        <v>586900</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J19" s="8">
         <v>328</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L19" s="9">
-        <v>1639.0</v>
+        <v>1749.0</v>
       </c>
       <c r="M19" s="9">
-        <v>1799.0</v>
+        <v>1919.0</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>47</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="V19" s="6"/>
       <c r="W19" s="6" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y19" s="8">
         <v>0.517</v>
       </c>
       <c r="Z19" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
     <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
     <hyperlink ref="G12" r:id="rId_hyperlink_8"/>
     <hyperlink ref="G13" r:id="rId_hyperlink_9"/>