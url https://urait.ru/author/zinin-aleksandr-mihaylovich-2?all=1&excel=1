--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>07.12.2025</t>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -175,51 +175,51 @@
   <si>
     <t>ПРОФЕССИОНАЛЬНАЯ ЭТИКА СУДЕБНО-ЭКСПЕРТНОЙ ДЕЯТЕЛЬНОСТИ. Учебное пособие для вузов</t>
   </si>
   <si>
     <t>Мыскина К. М. ; Отв. ред. Зинин А. М.</t>
   </si>
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Курс состоит из трех разделов. Первый раздел посвящен истории судебно-экспертной этики, ее становлению и генезису, основным этическим принципам, которыми должен руководствоваться судебный эксперт. Второй раздел затрагивает особенности экспертной этики на разных этапах деятельности судебного эксперта: при проведении экспертного исследования, при взаимодействии с коллегами, судом или следователем, сторонами по делу, а также с руководителем экспертного учреждения. Третий раздел раскрывает вопросы этического воспитания при обучении будущих судебных экспертов. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Курс предназначен для студентов, обучающихся по направлению «Судебная экспертиза», преподавателей и аспирантов, слушателей программ профессиональной переподготовки и повышения квалификации. Кроме того, данное пособие будет полезно всем, кто интересуется общими вопросами судебной экспертологии.</t>
   </si>
   <si>
     <t>978-5-534-21277-8</t>
   </si>
   <si>
     <t>67.53я73</t>
   </si>
   <si>
     <t>13.12.2024</t>
   </si>
   <si>
     <t>СУДЕБНАЯ ПОРТРЕТНАЯ ЭКСПЕРТИЗА. ИСТОРИКО-ТЕОРЕТИЧЕСКИЕ ОСНОВЫ. Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. М. Зинин.</t>
+    <t>Зинин А. М.</t>
   </si>
   <si>
     <t>В данном курсе кратко на основе многолетнего экспертного опыта автора рассмотрены проблемные вопросы идентификации человека в различных его изображениях. Обращено внимание на подходы к их решению на основе данных антропологии, биологии и медицины. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Для студентов высших учебных заведений, обучающихся по направлению «Судебная экспертиза», преподавателей и аспирантов, слушателей программ профессиональной переподготовки и повышения квалификации. Кроме того, данное пособие будет полезно всем, кто интересуется проблемными вопросами судебной портретной экспертизы.</t>
   </si>
   <si>
     <t>978-5-534-19862-1</t>
   </si>
   <si>
     <t>60*90/16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -588,51 +588,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kriminalisticheskaya-identifikaciya-cheloveka-po-priznakam-vneshnosti-564857" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/professionalnaya-etika-sudebno-ekspertnoy-deyatelnosti-569494" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnaya-portretnaya-ekspertiza-istoriko-teoreticheskie-osnovy-569567" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/kriminalisticheskaya-identifikaciya-cheloveka-po-priznakam-vneshnosti-586607" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/professionalnaya-etika-sudebno-ekspertnoy-deyatelnosti-590160" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/sudebnaya-portretnaya-ekspertiza-istoriko-teoreticheskie-osnovy-590158" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -813,221 +813,221 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>564857</v>
+        <v>586607</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>323</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>1619.0</v>
+        <v>1729.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1779.0</v>
+        <v>1899.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.511</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>569494</v>
+        <v>590160</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>122</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="9">
-        <v>639.0</v>
+        <v>689.0</v>
       </c>
       <c r="M6" s="9">
-        <v>699.0</v>
+        <v>759.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.166</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>569567</v>
+        <v>590158</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>57</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="9">
-        <v>249.0</v>
+        <v>269.0</v>
       </c>
       <c r="M7" s="9">
-        <v>269.0</v>
+        <v>299.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>