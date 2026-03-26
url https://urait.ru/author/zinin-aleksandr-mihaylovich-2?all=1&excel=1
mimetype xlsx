--- v1 (2026-02-04)
+++ v2 (2026-03-26)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>04.02.2026</t>
+    <t>26.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>