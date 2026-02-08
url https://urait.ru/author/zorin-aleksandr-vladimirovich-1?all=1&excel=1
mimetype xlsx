--- v0 (2025-12-05)
+++ v1 (2026-02-08)
@@ -14,53 +14,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
-[...1 lines deleted...]
-    <t>05.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+  <si>
+    <t>08.02.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ББК</t>
   </si>
   <si>
     <t>Формат</t>
   </si>
   <si>
     <t>Вес (кг)</t>
   </si>
   <si>
     <t>ISBN предыдущего издания</t>
   </si>
   <si>
     <t>27.08.2021</t>
   </si>
   <si>
     <t>АЭРОЛОГИЯ КАРЬЕРОВ. Учебное пособие для вузов</t>
   </si>
   <si>
-    <t xml:space="preserve"> А. В. Зорин.</t>
+    <t>Зорин А. В.</t>
   </si>
   <si>
     <t>Переплет</t>
   </si>
   <si>
     <t>Гриф УМО ВО</t>
   </si>
   <si>
     <t>Высшее образование</t>
   </si>
   <si>
     <t>Естественные науки</t>
   </si>
   <si>
     <t>Физическая география. Геология. Почвоведение</t>
   </si>
   <si>
     <t>В курсе представлены особенности метеорологических процессов в атмосфере карьеров и естественной аэрации карьерного пространства. Дается энергетическая оценка процессов при интенсификации воздухообмена в карьерах. Оценивается влияние метеорологических условий на некоторые аспекты горного производства. Описываются основы математического моделирования атмосферных процессов в карьерах и программ автоматизированных расчетов, параметров загрязнения атмосферы карьеров при естественной аэрации. Представлены методы прогноза опасных по загрязнению атмосферы карьеров метеорологических условий. Рассматриваются прикладные вопросы использования метеорологической информации при ведении открытых горных работ. Приводится схема автоматизированной системы комплексного мониторинга состояния внутрикарьерной атмосферы. Рассматриваются возможные пути нормализации атмосферы карьеров.</t>
   </si>
   <si>
     <t>М.:Издательство Юрайт</t>
   </si>
   <si>
     <t>978-5-534-20703-3</t>
   </si>
@@ -173,53 +173,50 @@
     <t>04.10.2021</t>
   </si>
   <si>
     <t>АЭРОЛОГИЯ КАРЬЕРОВ. Учебное пособие для СПО</t>
   </si>
   <si>
     <t>Гриф УМО СПО</t>
   </si>
   <si>
     <t>Профессиональное образование</t>
   </si>
   <si>
     <t>В курсе представлены особенности метеорологических процессов в атмосфере карьеров и естественной аэрации карьерного пространства. Дается энергетическая оценка процессов при интенсификации воздухообмена в карьерах. Оценивается влияние метеорологических условий на некоторые аспекты горного производства. Описываются основы математического моделирования атмосферных процессов в карьерах и программ автоматизированных расчетов, параметров загрязнения атмосферы карьеров при естественной аэрации. Представлены методы прогноза опасных по загрязнению атмосферы карьеров метеорологических условий. Рассматриваются прикладные вопросы использования метеорологической информации при ведении открытых горных работ. Приводится схема автоматизированной системы комплексного мониторинга состояния внутрикарьерной атмосферы. Рассматриваются возможные пути нормализации атмосферы карьеров. Соответствует актуальным требованиям федерального государственного образовательного стандарта среднего профессионального образования и профессиональным требованиям. Для студентов образовательных учреждений среднего профессионального образования, обучающихся по направлению подготовки «Горное дело».</t>
   </si>
   <si>
     <t>978-5-534-20704-0</t>
   </si>
   <si>
     <t>33.181я723</t>
   </si>
   <si>
     <t>30.12.2021</t>
   </si>
   <si>
     <t>ОСОБЕННОСТИ ВОЗДУХООБМЕНА В АТМОСФЕРЕ ГЛУБОКИХ КАРЬЕРОВ. Учебник для вузов</t>
-  </si>
-[...1 lines deleted...]
-    <t>Зорин А. В.</t>
   </si>
   <si>
     <t>Обложка</t>
   </si>
   <si>
     <t>Технические науки</t>
   </si>
   <si>
     <t>Горное дело. Нефтегазовое дело</t>
   </si>
   <si>
     <t>В данном пособии рассматриваются прогноз состояния атмосферы карьера, процессов и явлений погоды, влияющих на загрязнение атмосферы, которые представляет собой одну из основных задач метеорологического обеспечения открытых горных работ. Соответствует актуальным требованиям федерального государственного образовательного стандарта высшего образования. Пособие предназначено для студентов высших учебных заведений, обучающихся по естественно-научным направлениям.</t>
   </si>
   <si>
     <t>978-5-534-15030-8</t>
   </si>
   <si>
     <t>33я73</t>
   </si>
   <si>
     <t>20.08.2021</t>
   </si>
   <si>
     <t>ТРАНСПОРТНАЯ ЭКОЛОГИЯ. АВИАЦИОННЫЕ ВЫБРОСЫ. Учебник для вузов</t>
   </si>
@@ -627,51 +624,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/aerologiya-karerov-558614" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/aerologiya-karerov-558615" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osobennosti-vozduhoobmena-v-atmosfere-glubokih-karerov-568193" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/transportnaya-ekologiya-aviacionnye-vybrosy-571379" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekologiya-na-transporte-aviacionnye-vybrosy-571380" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/aerologiya-karerov-588912" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/aerologiya-karerov-588913" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osobennosti-vozduhoobmena-v-atmosfere-glubokih-karerov-588991" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/transportnaya-ekologiya-aviacionnye-vybrosy-588763" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/ekologiya-na-transporte-aviacionnye-vybrosy-590237" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
@@ -852,389 +849,389 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>558614</v>
+        <v>588912</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>165</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>749.0</v>
+        <v>799.0</v>
       </c>
       <c r="M5" s="9">
-        <v>819.0</v>
+        <v>879.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.255</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>558615</v>
+        <v>588913</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>165</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>749.0</v>
+        <v>799.0</v>
       </c>
       <c r="M6" s="9">
-        <v>819.0</v>
+        <v>879.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.255</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>568193</v>
+        <v>588991</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>138</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L7" s="9">
-        <v>559.0</v>
+        <v>599.0</v>
       </c>
       <c r="M7" s="9">
-        <v>609.0</v>
+        <v>659.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="R7" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="R7" s="6" t="s">
+      <c r="S7" s="6" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.147</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>571379</v>
+        <v>588763</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>59</v>
       </c>
       <c r="K8" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L8" s="9" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="M8" s="9" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="S8" s="6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="V8" s="6"/>
       <c r="W8" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="X8" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y8" s="8">
         <v>0.072</v>
       </c>
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
-        <v>571380</v>
+        <v>590237</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J9" s="8">
         <v>59</v>
       </c>
       <c r="K9" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L9" s="9">
-        <v>259.0</v>
+        <v>269.0</v>
       </c>
       <c r="M9" s="9">
-        <v>279.0</v>
+        <v>299.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="S9" s="6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
         <v>0.072</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>