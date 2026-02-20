--- v0 (2025-12-25)
+++ v1 (2026-02-20)
@@ -14,275 +14,293 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+  <si>
+    <t>20.02.2026</t>
+  </si>
+  <si>
+    <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
+  </si>
+  <si>
+    <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
+  </si>
+  <si>
+    <t>Всего книг</t>
+  </si>
+  <si>
+    <t>Сумма заказа:</t>
+  </si>
+  <si>
+    <t>Код</t>
+  </si>
+  <si>
+    <t>Дата выхода книги</t>
+  </si>
+  <si>
+    <t>Заказ</t>
+  </si>
+  <si>
+    <t>Название</t>
+  </si>
+  <si>
+    <t>Автор</t>
+  </si>
+  <si>
+    <t>Состав учебно-методического комплекса</t>
+  </si>
+  <si>
+    <t>Ознакомиться с текстом</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распродажа предыдущих изданий </t>
+  </si>
+  <si>
+    <t>Год</t>
+  </si>
+  <si>
+    <t>Кол-во страниц</t>
+  </si>
+  <si>
+    <t>Тип переплета</t>
+  </si>
+  <si>
+    <t>Цена для библиотек</t>
+  </si>
+  <si>
+    <t>Цена розничная</t>
+  </si>
+  <si>
+    <t>Гриф</t>
+  </si>
+  <si>
+    <t>Обложка/ Переплет</t>
+  </si>
+  <si>
+    <t>Серия</t>
+  </si>
+  <si>
+    <t>Тематика</t>
+  </si>
+  <si>
+    <t>Подтематика</t>
+  </si>
+  <si>
+    <t>Аннотация</t>
+  </si>
+  <si>
+    <t>Издательство</t>
+  </si>
+  <si>
+    <t>ISBN</t>
+  </si>
+  <si>
+    <t>EAN</t>
+  </si>
+  <si>
+    <t>ББК</t>
+  </si>
+  <si>
+    <t>Формат</t>
+  </si>
+  <si>
+    <t>Вес (кг)</t>
+  </si>
+  <si>
+    <t>ISBN предыдущего издания</t>
+  </si>
+  <si>
+    <t>10.10.2023</t>
+  </si>
+  <si>
+    <t>ОРГАНИЗАЦИЯ РАССЛЕДОВАНИЯ ПРЕСТУПЛЕНИЙ. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Зуев С. В., Задорожная В. А., Овчинникова О. В.</t>
+  </si>
+  <si>
+    <t>Переплет</t>
+  </si>
+  <si>
+    <t>Гриф УМО ВО</t>
+  </si>
+  <si>
+    <t>Высшее образование</t>
+  </si>
+  <si>
+    <t>Юридические науки</t>
+  </si>
+  <si>
+    <t>Уголовный процесс</t>
+  </si>
+  <si>
+    <t>В курсе излагаются основные положения теории расследования преступлений, включая предварительное следствие, дознание и оперативно-розыскное сопровождение. Теоретические аспекты сочетаются с практическими рекомендациями и алгоритмами действий в различных следственных ситуациях. Курс подготовлен в соответствии с требованиями Федерального государственного образовательного стандарта высшего образования. В тексте использованы законы и подзаконные акты по состоянию на 1 августа 2023 года. Данное издание предназначено для студентов, обучающихся по специальностям 40.05.02 «Правоохранительная деятельность» и 40.05.01 «Правовое обеспечение национальной безопасности», по направлениям 40.03.01 «Юриспруденция» и 40.04.01 «Юриспруденция»; рекомендуется аспирантам, адъюнктам, преподавателям юридических вузов и факультетов, а также сотрудникам правоохранительных органов, занимающихся самообразованием.</t>
+  </si>
+  <si>
+    <t>М.:Издательство Юрайт</t>
+  </si>
+  <si>
+    <t>978-5-534-17632-2</t>
+  </si>
+  <si>
+    <t>67.73я73</t>
+  </si>
+  <si>
+    <t>70*100/16</t>
+  </si>
+  <si>
+    <t>ОРГАНИЗАЦИЯ РАССЛЕДОВАНИЯ ПРЕСТУПЛЕНИЙ. Учебник для СПО</t>
+  </si>
+  <si>
+    <t>Зуев С. В., Задорожная В. А.</t>
+  </si>
+  <si>
+    <t>Гриф УМО СПО</t>
+  </si>
+  <si>
+    <t>Профессиональное образование</t>
+  </si>
+  <si>
+    <t>В курсе «Организация расследования преступлений» изложены основные положения теории расследования преступлений, включая предварительное следствие, дознание и оперативно-розыскное сопровождение. Теоретические аспекты сочетаются с практическими рекомендациями и алгоритмом действий в различных следственных ситуациях. Курс подготовлен с использованием СПС «КонсультантПлюс».</t>
+  </si>
+  <si>
+    <t>978-5-534-17633-9</t>
+  </si>
+  <si>
+    <t>20.11.2023</t>
+  </si>
+  <si>
+    <t>ОСНОВЫ ОПЕРАТИВНО-РОЗЫСКНОЙ ДЕЯТЕЛЬНОСТИ 2-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Зуев С. В.</t>
+  </si>
+  <si>
+    <t>Правоохранительные органы и силовые структуры</t>
+  </si>
+  <si>
+    <t>Курс включает теоретические материалы, используемые автором при прочтении лекций по дисциплине «Основы оперативно-розыскной деятельности». Текст содержит примеры судебной практики, а также случаи из личного опыта автора в период его работы в правоохранительных органах. Соответствует актуальным требованиям Федерального государственного образовательного стандарта высшего образования. Курс предназначен для студентов, обучающихся по специальностям 40.05.02 «Правоохранительная деятельность», 40.05.01 «Правовое обеспечение национальной безопасности», 40.05.03 «Судебная экспертиза», рекомендуется аспирантам, адъюнктам, преподавателям юридических вузов и факультетов, а также сотрудникам правоохранительных органов, занимающимся самообразованием.</t>
+  </si>
+  <si>
+    <t>978-5-534-17261-4</t>
+  </si>
+  <si>
+    <t>67я73</t>
+  </si>
+  <si>
+    <t>13.11.2020</t>
+  </si>
+  <si>
+    <t>РАССЛЕДОВАНИЕ ПРЕСТУПЛЕНИЙ В СФЕРЕ КОМПЬЮТЕРНОЙ ИНФОРМАЦИИ И ЭЛЕКТРОННЫХ СРЕДСТВ ПЛАТЕЖА. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Отв. ред. Зуев С. В., Вехов В. Б.</t>
+  </si>
+  <si>
+    <t>В курсе представлены методики расследования преступлений в сфере компьютерной информации и электронных средств платежа в современных условиях. В издании комплексно рассматриваются: понятие и криминалистическая характеристика преступных посягательств названных видов; типичные следственные ситуации; обстоятельства, подлежащие установлению и доказыванию; алгоритмы действий сотрудников органов предварительного расследования на первоначальном этапе. Даны практические рекомендации по организации и тактике производства типичных следственных действий и проверочных мероприятий. Предложены примерные образцы процессуальных документов. Приведены наиболее востребованные при расследовании данных преступлений положения нормативных правовых актов; примерные вопросы для назначения отдельных судебных экспертиз; словарь жаргонных слов и выражений. Соответствует актуальным требованиям Федерального государственного стандарта высшего образования. Издание рассчитано на научных работников, преподавателей, аспирантов (адъюнктов), студентов (курсантов, слушателей) юридических вузов и факультетов.</t>
+  </si>
+  <si>
+    <t>978-5-534-13898-6</t>
+  </si>
+  <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
+    <t>Цифровая криминалистика 3-е изд., пер. и доп. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Под ред. Вехова В.Б., Зуева С.В.</t>
+  </si>
+  <si>
+    <t>Криминалистика и судебные экспертизы</t>
+  </si>
+  <si>
+    <t>Базовый курс по блоку инновационных криминалистических дисциплин, ориентированных на подготовку специалистов юридического профиля для противодействия правонарушениям, совершаемым в условиях создания и развития цифровой экономики. Методологически обоснованы концептуальные положения криминалистического исследования цифровой информации, ее производных, средств обработки и защиты. С позиций криминалистической техники и тактики раскрыты особенности обнаружения, фиксации, предварительного исследования и последующего использования цифровых следов. Рассмотрены современные информационные технологии, применяемые в деятельности правоохранительных органов для обеспечения борьбы с правонарушениями.</t>
+  </si>
+  <si>
+    <t>978-5-534-21152-8</t>
+  </si>
+  <si>
+    <t>67.52я73</t>
+  </si>
+  <si>
+    <t>17.04.2020</t>
+  </si>
+  <si>
+    <t>ЭЛЕКТРОННЫЕ ДОКАЗАТЕЛЬСТВА В УГОЛОВНОМ СУДОПРОИЗВОДСТВЕ. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>Отв. ред. Зуев С. В.</t>
+  </si>
+  <si>
+    <t>В курсе логически представлены основные положения порядка получения электронных доказательств и их использования в уголовном судопроизводстве. Выработаны и показаны общие подходы в решении проблем теории и практики, создающие целостное представление о существующем положении дел в данной сфере. Успешно связаны криминалистические и уголовно-процессуальные аспекты досудебного производства и рассмотрения уголовных дел на основе электронных доказательств. Соответствует актуальным требованиям Федерального государственного стандарта высшего образования. Рассчитано на научных работников, преподавателей, аспирантов (адъюнктов), студентов (курсантов) юридических вузов и факультетов, сотрудников правоохранительных органов, прокуроров, судей, а также всех тех, кто интересуется электронным уголовным судопроизводством.</t>
+  </si>
+  <si>
+    <t>978-5-534-13286-1</t>
+  </si>
+  <si>
+    <t>67.408я73</t>
+  </si>
   <si>
     <t>25.12.2025</t>
   </si>
   <si>
-    <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
-[...218 lines deleted...]
-    <t>67.408я73</t>
+    <t>Электронный уголовный процесс. Учебник для вузов</t>
+  </si>
+  <si>
+    <t>С.В. Зуев [и др.]; ответственные редакторы С.В. Зуев, Н.А. Моругина.</t>
+  </si>
+  <si>
+    <t>Курс по электронному уголовному процессу, подготовленный с учетом происходящей цифровой трансформации общества и государства, представляет методические обоснования преимуществ электронного производства по уголовным делам, концептуальные положения цифрового уголовного судопроизводства, соответствующие передовому правовому механизму защиты прав и законных интересов человека и гражданина при отправлении электронного правосудия. В курсе раскрыты особенности электронного расследования преступлений, дистанционного рассмотрения уголовных дел в суде, широкого применения электронного документооборота, использования искусственного интеллекта в уголовном процессе. Внедрение цифровых технологий в уголовное судопроизводство показано на примере лучших практик применения норм российского и зарубежного законодательства. Для студентов высших учебных заведений, обучающихся по юридическим направлениям.</t>
+  </si>
+  <si>
+    <t>978-5-534-21873-2</t>
+  </si>
+  <si>
+    <t>67.410.2я73</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ##0.00р.;-# ##0.00р."/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
@@ -642,89 +660,89 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-rassledovaniya-prestupleniy-568616" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-rassledovaniya-prestupleniy-568656" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-operativno-rozysknoy-deyatelnosti-567549" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rassledovanie-prestupleniy-v-sfere-kompyuternoy-informacii-i-elektronnyh-sredstv-platezha-567677" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-kriminalistika-581669" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektronnye-dokazatelstva-v-ugolovnom-sudoproizvodstve-567334" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-rassledovaniya-prestupleniy-589351" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/organizaciya-rassledovaniya-prestupleniy-589390" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/osnovy-operativno-rozysknoy-deyatelnosti-588398" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/rassledovanie-prestupleniy-v-sfere-kompyuternoy-informacii-i-elektronnyh-sredstv-platezha-588521" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/cifrovaya-kriminalistika-581669" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektronnye-dokazatelstva-v-ugolovnom-sudoproizvodstve-588277" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urait.ru/book/elektronnyy-ugolovnyy-process-582338" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z10"/>
+  <dimension ref="A1:Z11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" customWidth="true" style="0"/>
     <col min="6" max="6" width="17" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="7" customWidth="true" style="0"/>
     <col min="10" max="10" width="7" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" customWidth="true" style="0"/>
     <col min="15" max="15" width="17" customWidth="true" style="0"/>
     <col min="16" max="16" width="16" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" customWidth="true" style="0"/>
     <col min="18" max="18" width="16" customWidth="true" style="0"/>
     <col min="19" max="19" width="100" customWidth="true" style="0"/>
     <col min="20" max="20" width="19" customWidth="true" style="0"/>
     <col min="21" max="21" width="17.139" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8.284" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="9.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="11.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="13.854" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
@@ -753,51 +771,51 @@
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="18">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="4" t="str">
         <f>SUMPRODUCT(C:C,L:L)</f>
         <v>0</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
@@ -867,289 +885,289 @@
       </c>
       <c r="T4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="8">
-        <v>568616</v>
+        <v>589351</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5" s="8">
         <v>231</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="9">
-        <v>969.0</v>
+        <v>1039.0</v>
       </c>
       <c r="M5" s="9">
-        <v>1069.0</v>
+        <v>1139.0</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="T5" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V5" s="6"/>
       <c r="W5" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X5" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y5" s="8">
         <v>0.4</v>
       </c>
       <c r="Z5" s="6"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="8">
-        <v>568656</v>
+        <v>589390</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6" s="8">
         <v>231</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="9">
-        <v>969.0</v>
+        <v>1039.0</v>
       </c>
       <c r="M6" s="9">
-        <v>1069.0</v>
+        <v>1139.0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>48</v>
       </c>
       <c r="T6" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V6" s="6"/>
       <c r="W6" s="6"/>
       <c r="X6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y6" s="8">
         <v>0.4</v>
       </c>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="8">
-        <v>567549</v>
+        <v>588398</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7" s="8">
         <v>192</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="9">
-        <v>1049.0</v>
+        <v>1119.0</v>
       </c>
       <c r="M7" s="9">
-        <v>1149.0</v>
+        <v>1229.0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="V7" s="6"/>
       <c r="W7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="8">
         <v>0.352</v>
       </c>
       <c r="Z7" s="6"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="8">
-        <v>567677</v>
+        <v>588521</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>59</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8" s="8">
         <v>243</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L8" s="9">
-        <v>1269.0</v>
+        <v>1359.0</v>
       </c>
       <c r="M8" s="9">
-        <v>1399.0</v>
+        <v>1489.0</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S8" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T8" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U8" s="6" t="s">
         <v>61</v>
       </c>
@@ -1166,180 +1184,251 @@
       <c r="Z8" s="6"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="8">
         <v>581669</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>64</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="8">
         <v>2026</v>
       </c>
       <c r="J9" s="8">
-        <v>495</v>
+        <v>485</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L9" s="9">
-        <v>2359.0</v>
+        <v>2479.0</v>
       </c>
       <c r="M9" s="9">
-        <v>2589.0</v>
+        <v>2729.0</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R9" s="6" t="s">
         <v>65</v>
       </c>
       <c r="S9" s="6" t="s">
         <v>66</v>
       </c>
       <c r="T9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U9" s="6" t="s">
         <v>67</v>
       </c>
       <c r="V9" s="6"/>
       <c r="W9" s="6" t="s">
         <v>68</v>
       </c>
       <c r="X9" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y9" s="8">
-        <v>0.72</v>
+        <v>0.708</v>
       </c>
       <c r="Z9" s="6"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="8">
-        <v>567334</v>
+        <v>588277</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J10" s="8">
         <v>193</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="L10" s="9">
-        <v>1049.0</v>
+        <v>1129.0</v>
       </c>
       <c r="M10" s="9">
-        <v>1149.0</v>
+        <v>1239.0</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>37</v>
       </c>
       <c r="R10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="S10" s="6" t="s">
         <v>72</v>
       </c>
       <c r="T10" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U10" s="6" t="s">
         <v>73</v>
       </c>
       <c r="V10" s="6"/>
       <c r="W10" s="6" t="s">
         <v>74</v>
       </c>
       <c r="X10" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Y10" s="8">
         <v>0.354</v>
       </c>
       <c r="Z10" s="6"/>
+    </row>
+    <row r="11" spans="1:26">
+      <c r="A11" s="8">
+        <v>582338</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="F11" s="6"/>
+      <c r="G11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H11" s="6"/>
+      <c r="I11" s="8">
+        <v>2026</v>
+      </c>
+      <c r="J11" s="8">
+        <v>404</v>
+      </c>
+      <c r="K11" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" s="9">
+        <v>2099.0</v>
+      </c>
+      <c r="M11" s="9">
+        <v>2309.0</v>
+      </c>
+      <c r="N11" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O11" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="P11" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q11" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="R11" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="S11" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="T11" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="U11" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="V11" s="6"/>
+      <c r="W11" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="X11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y11" s="8">
+        <v>0.609</v>
+      </c>
+      <c r="Z11" s="6"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:Z4"/>
   <mergeCells>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G5" r:id="rId_hyperlink_1"/>
     <hyperlink ref="G6" r:id="rId_hyperlink_2"/>
     <hyperlink ref="G7" r:id="rId_hyperlink_3"/>
     <hyperlink ref="G8" r:id="rId_hyperlink_4"/>
     <hyperlink ref="G9" r:id="rId_hyperlink_5"/>
     <hyperlink ref="G10" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="G11" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>