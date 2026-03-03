--- v1 (2026-02-20)
+++ v2 (2026-03-03)
@@ -16,51 +16,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Прайс-лист'!$A$4:$Z$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
-    <t>20.02.2026</t>
+    <t>03.03.2026</t>
   </si>
   <si>
     <t>ИЗДАТЕЛЬСТВО ЮРАЙТ СОБСТВЕННАЯ ПРОДУКЦИЯ</t>
   </si>
   <si>
     <t>Адрес: 111123, Москва, ул.Плеханова, 4 А, бизнес-центр Юникон, тел./факс: (495) 744-00-12, сайт: www.urait.ru, отдел продаж: sales@urait.ru</t>
   </si>
   <si>
     <t>Всего книг</t>
   </si>
   <si>
     <t>Сумма заказа:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Дата выхода книги</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Название</t>
   </si>