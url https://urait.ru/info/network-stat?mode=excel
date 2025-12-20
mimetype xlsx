--- v0 (2025-12-05)
+++ v1 (2025-12-20)
@@ -14,1840 +14,1843 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Отчёт" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Отчёт'!$A$1:$J$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="627">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="629">
   <si>
     <t>Позиция</t>
   </si>
   <si>
     <t>Научная школа</t>
   </si>
   <si>
     <t>Публикация курсов/учебников</t>
   </si>
   <si>
     <t>Публикация вопросов</t>
   </si>
   <si>
     <t>Публикация заданий</t>
   </si>
   <si>
     <t>Использование учебными заведениями</t>
   </si>
   <si>
     <t>Использование преподавателями</t>
   </si>
   <si>
     <t>Использование студентами</t>
   </si>
   <si>
     <t>Использование вопросов</t>
   </si>
   <si>
     <t>Использование заданий</t>
   </si>
   <si>
     <t>Национальный исследовательский университет «Высшая школа экономики» (г. Москва)</t>
   </si>
   <si>
+    <t>Финансовый университет при Правительстве РФ (г. Москва)</t>
+  </si>
+  <si>
     <t>Московский государственный университет имени М.В. Ломоносова (г. Москва)</t>
   </si>
   <si>
-    <t>Финансовый университет при Правительстве РФ (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Санкт-Петербургский государственный университет (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Российская академия народного хозяйства и государственной службы при Президенте РФ (г. Москва)</t>
   </si>
   <si>
     <t>Российский экономический университет имени Г.В. Плеханова (г. Москва)</t>
   </si>
   <si>
+    <t>Российский государственный педагогический университет имени А.И. Герцена (Герценовский университет) (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Московский городской педагогический университет (г. Москва)</t>
+  </si>
+  <si>
     <t>Санкт-Петербургский государственный экономический университет (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Российский государственный педагогический университет имени А.И. Герцена (Герценовский университет) (г. Санкт-Петербург)</t>
-[...4 lines deleted...]
-  <si>
     <t>Московский педагогический государственный университет (г. Москва)</t>
   </si>
   <si>
     <t>Российский государственный гуманитарный университет (г. Москва)</t>
   </si>
   <si>
     <t>Государственный университет управления (г. Москва)</t>
   </si>
   <si>
     <t>Российский университет дружбы народов имени Патриса Лумумбы (г. Москва)</t>
   </si>
   <si>
     <t>Уральский федеральный университет имени первого Президента России Б.Н. Ельцина (г. Екатеринбург)</t>
   </si>
   <si>
     <t>Саратовская государственная юридическая академия (г. Саратов)</t>
   </si>
   <si>
+    <t>Московский государственный технический университет имени Н.Э. Баумана (г. Москва)</t>
+  </si>
+  <si>
     <t>Санкт-Петербургский политехнический университет Петра Великого (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Московский государственный технический университет имени Н.Э. Баумана (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Тюменский государственный университет (г. Тюмень)</t>
   </si>
   <si>
     <t>Государственный университет просвещения (г. Москва)</t>
   </si>
   <si>
     <t>Московский государственный юридический университет имени О.Е. Кутафина (МГЮА) (г. Москва)</t>
   </si>
   <si>
+    <t>Российский государственный социальный университет (г. Москва)</t>
+  </si>
+  <si>
     <t>Московский государственный институт международных отношений (университет) МИД России (г. Москва)</t>
   </si>
   <si>
-    <t>Российский государственный социальный университет (г. Москва)</t>
+    <t>Российский государственный университет правосудия имени В.М. Лебедева (г. Москва)</t>
   </si>
   <si>
     <t>Московский государственный психолого-педагогический университет (г. Москва)</t>
   </si>
   <si>
-    <t>Российский государственный университет правосудия имени В.М. Лебедева (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Московский политехнический университет (г. Москва)</t>
   </si>
   <si>
+    <t>Всероссийский государственный университет юстиции (РПА Минюста России) (г. Москва)</t>
+  </si>
+  <si>
     <t>Национальный исследовательский Саратовский государственный университет имени Н.Г. Чернышевского (г. Саратов)</t>
   </si>
   <si>
-    <t>Всероссийский государственный университет юстиции (РПА Минюста России) (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>МИРЭА — Российский технологический университет (г. Москва)</t>
   </si>
   <si>
     <t>Уральский государственный юридический университет имени В.Ф. Яковлева (г. Екатеринбург)</t>
   </si>
   <si>
+    <t>Российский химико-технологический университет имени Д.И. Менделеева (г. Москва)</t>
+  </si>
+  <si>
     <t>Российский университет транспорта (МИИТ) (г. Москва)</t>
   </si>
   <si>
+    <t>Национальный исследовательский Томский политехнический университет (г. Томск)</t>
+  </si>
+  <si>
     <t>Национальный исследовательский университет «МИЭТ» (г. Москва-Зеленоград)</t>
   </si>
   <si>
-    <t>Национальный исследовательский Томский политехнический университет (г. Томск)</t>
-[...4 lines deleted...]
-  <si>
     <t>Московский государственный лингвистический университет (г. Москва)</t>
   </si>
   <si>
+    <t>Ярославский государственный педагогический университет им. К.Д. Ушинского (г. Ярославль)</t>
+  </si>
+  <si>
     <t>Московский финансово-юридический университет (г. Москва)</t>
   </si>
   <si>
-    <t>Ярославский государственный педагогический университет им. К.Д. Ушинского (г. Ярославль)</t>
+    <t>Национальный исследовательский университет «Московский энергетический институт» (г. Москва)</t>
   </si>
   <si>
     <t>Московский авиационный институт (национальный исследовательский университет) (г. Москва)</t>
   </si>
   <si>
-    <t>Национальный исследовательский университет «Московский энергетический институт» (г. Москва)</t>
+    <t>Российский государственный аграрный университет — МСХА имени К.А. Тимирязева (г. Москва)</t>
   </si>
   <si>
     <t>Всероссийская академия внешней торговли Минэкономразвития РФ (г. Москва)</t>
   </si>
   <si>
-    <t>Российский государственный аграрный университет — МСХА имени К.А. Тимирязева (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Кубанский государственный университет (г. Краснодар)</t>
   </si>
   <si>
     <t>Южный федеральный университет (г. Ростов-на-Дону)</t>
   </si>
   <si>
+    <t>Московский университет МВД России имени В.Я. Кикотя (г. Москва)</t>
+  </si>
+  <si>
     <t>Российская таможенная академия (г. Люберцы)</t>
   </si>
   <si>
-    <t>Московский университет МВД России имени В.Я. Кикотя (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Санкт-Петербургский государственный педиатрический медицинский университет (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Сибирский федеральный университет (г. Красноярск)</t>
   </si>
   <si>
     <t>Балтийский федеральный университет имени Иммануила Канта (г. Калининград)</t>
   </si>
   <si>
+    <t>Южно-Уральский государственный национальный исследовательский университет (г. Челябинск)</t>
+  </si>
+  <si>
     <t>Санкт-Петербургский государственный электротехнический университет ЛЭТИ имени В.И. Ульянова (Ленина) (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Академия труда и социальных отношений (г. Москва)</t>
   </si>
   <si>
-    <t>Южно-Уральский государственный национальный исследовательский университет (г. Челябинск)</t>
-[...1 lines deleted...]
-  <si>
     <t>Национальный исследовательский Томский государственный университет (г. Томск)</t>
   </si>
   <si>
+    <t>Ассоциация "Образовательный консорциум "Среднерусский университет" (ОКСУ) (г. Калуга)</t>
+  </si>
+  <si>
     <t>Донской государственный технический университет (г. Ростов-на-Дону)</t>
   </si>
   <si>
-    <t>Ассоциация "Образовательный консорциум "Среднерусский университет" (ОКСУ) (г. Калуга)</t>
+    <t>Московский финансово-промышленный университет Синергия (г. Москва)</t>
   </si>
   <si>
     <t>Крымский федеральный университет имени В.И. Вернадского (г. Симферополь)</t>
   </si>
   <si>
+    <t>Калмыцкий государственный университет имени Б.Б. Городовикова (г. Элиста)</t>
+  </si>
+  <si>
     <t>Государственный академический университет гуманитарных наук (г. Москва)</t>
   </si>
   <si>
-    <t>Калмыцкий государственный университет имени Б.Б. Городовикова (г. Элиста)</t>
-[...4 lines deleted...]
-  <si>
     <t>Санкт-Петербургский университет МВД России (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Санкт-Петербургский государственный университет аэрокосмического приборостроения (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Московский университет имени С.Ю. Витте (МУИВ) (г. Москва)</t>
+  </si>
+  <si>
     <t>Белгородский университет кооперации, экономики и права (г. Белгород)</t>
   </si>
   <si>
-    <t>Московский университет имени С.Ю. Витте (МУИВ) (г. Москва)</t>
-[...4 lines deleted...]
-  <si>
     <t>Российский новый университет (г. Москва)</t>
   </si>
   <si>
     <t>Московский автомобильно-дорожный государственный технический университет (г. Москва)</t>
   </si>
   <si>
     <t>Сахалинский государственный университет (г. Южно-Сахалинск)</t>
   </si>
   <si>
     <t>Воронежский государственный университет (г. Воронеж)</t>
   </si>
   <si>
+    <t>Петербургский государственный университет путей сообщения императора Александра I (г. Санкт-Петербург)</t>
+  </si>
+  <si>
     <t>Ярославский государственный университет имени П.Г. Демидова (г. Ярославль)</t>
   </si>
   <si>
-    <t>Петербургский государственный университет путей сообщения императора Александра I (г. Санкт-Петербург)</t>
-[...1 lines deleted...]
-  <si>
     <t>Новосибирский государственный технический университет (г. Новосибирск)</t>
   </si>
   <si>
     <t>Уральский государственный педагогический университет (г. Екатеринбург)</t>
   </si>
   <si>
+    <t>Новосибирский национальный исследовательский государственный университет (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Международный банковский институт имени А. Собчака (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Кубанский государственный аграрный университет имени академика И.Т. Трубилина (г. Краснодар)</t>
+  </si>
+  <si>
     <t>Университет прокуратуры РФ (г. Москва)</t>
   </si>
   <si>
     <t>Московский международный университет (г. Москва)</t>
   </si>
   <si>
-    <t>Международный банковский институт имени А. Собчака (г. Санкт-Петербург)</t>
-[...7 lines deleted...]
-  <si>
     <t>Дипломатическая академия МИД РФ (г. Москва)</t>
   </si>
   <si>
     <t>Балтийский государственный технический университет ВОЕНМЕХ имени Д.Ф. Устинова (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Национальный исследовательский ядерный университет «МИФИ» (г. Москва)</t>
+  </si>
+  <si>
     <t>Уфимский университет науки и технологий (г. Уфа)</t>
   </si>
   <si>
-    <t>Национальный исследовательский ядерный университет «МИФИ» (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Сочинский государственный университет (г. Сочи)</t>
   </si>
   <si>
     <t>Северо-Кавказский федеральный университет (г. Ставрополь)</t>
   </si>
   <si>
+    <t>Московская академия Следственного комитета РФ (г. Москва)</t>
+  </si>
+  <si>
+    <t>Владимирский государственный университет имени А.Г. и Н.Г. Столетовых (г. Владимир)</t>
+  </si>
+  <si>
+    <t>Российский национальный исследовательский медицинский университет имени Н.И. Пирогова Минздрава России (Пироговский Университет) (г. Москва)</t>
+  </si>
+  <si>
     <t>Пермский государственный национальный исследовательский университет (г. Пермь)</t>
   </si>
   <si>
+    <t>Военный университет имени князя Александра Невского МО РФ (г. Москва)</t>
+  </si>
+  <si>
+    <t>Орловский государственный университет имени И.С. Тургенева (г. Орел)</t>
+  </si>
+  <si>
     <t>Омский государственный технический университет (г. Омск)</t>
   </si>
   <si>
-    <t>Орловский государственный университет имени И.С. Тургенева (г. Орел)</t>
-[...7 lines deleted...]
-  <si>
     <t>Калининградский государственный технический университет (г. Калининград)</t>
   </si>
   <si>
-    <t>Московская академия Следственного комитета РФ (г. Москва)</t>
-[...2 lines deleted...]
-    <t>Российский национальный исследовательский медицинский университет имени Н.И. Пирогова Минздрава России (Пироговский Университет) (г. Москва)</t>
+    <t>Омский государственный педагогический университет (г. Омск)</t>
+  </si>
+  <si>
+    <t>Национальный исследовательский Нижегородский государственный университет имени Н.И. Лобачевского (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Курганский государственный университет (г. Курган)</t>
   </si>
   <si>
     <t>Брянский государственный технический университет (г. Брянск)</t>
   </si>
   <si>
-    <t>Омский государственный педагогический университет (г. Омск)</t>
+    <t>Национальный исследовательский технологический университет «МИСиС» (г. Москва)</t>
   </si>
   <si>
     <t>Алтайский государственный университет (г. Барнаул)</t>
   </si>
   <si>
-    <t>Национальный исследовательский Нижегородский государственный университет имени Н.И. Лобачевского (г. Нижний Новгород)</t>
-[...7 lines deleted...]
-  <si>
     <t>Курский государственный университет (г. Курск)</t>
   </si>
   <si>
+    <t>Санкт-Петербургский государственный университет промышленных технологий и дизайна (ПРОМТЕХДИЗАЙН) (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Чувашский государственный университет имени И.Н. Ульянова (г. Чебоксары)</t>
+  </si>
+  <si>
+    <t>Саратовский военный ордена Жукова Краснознаменный институт войск национальной гвардии РФ (г. Саратов)</t>
+  </si>
+  <si>
+    <t>Казанский (Приволжский) федеральный университет (г. Казань)</t>
+  </si>
+  <si>
+    <t>Национальный исследовательский университет ИТМО (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Белгородский государственный национальный исследовательский университет (г. Белгород)</t>
+  </si>
+  <si>
     <t>Дальневосточный федеральный университет (г. Владивосток)</t>
   </si>
   <si>
-    <t>Чувашский государственный университет имени И.Н. Ульянова (г. Чебоксары)</t>
-[...14 lines deleted...]
-    <t>Национальный исследовательский университет ИТМО (г. Санкт-Петербург)</t>
+    <t>Государственный университет морского и речного флота имени адмирала С.О. Макарова (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Московский институт психоанализа (г. Москва)</t>
   </si>
   <si>
     <t>Санкт-Петербургский гуманитарный университет профсоюзов (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Государственный университет морского и речного флота имени адмирала С.О. Макарова (г. Санкт-Петербург)</t>
-[...1 lines deleted...]
-  <si>
     <t>Ульяновский государственный университет (г. Ульяновск)</t>
   </si>
   <si>
-    <t>Московский институт психоанализа (г. Москва)</t>
+    <t>Краснодарский университет МВД РФ (г. Краснодар)</t>
   </si>
   <si>
     <t>Ленинградский государственный университет имени А.С. Пушкина (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Краснодарский университет МВД РФ (г. Краснодар)</t>
+    <t>Первый московский государственный медицинский университет имени И.М. Сеченова (г. Москва)</t>
   </si>
   <si>
     <t>Мордовский государственный университет имени Н.П. Огарева (г. Саранск)</t>
   </si>
   <si>
     <t>Российский государственный университет имени А.Н. Косыгина (г. Москва)</t>
   </si>
   <si>
+    <t>Санкт-Петербургский государственный архитектурно-строительный университет (г. Санкт-Петербург)</t>
+  </si>
+  <si>
     <t>Московский государственный строительный университет — национальный исследовательский университет (г. Москва)</t>
   </si>
   <si>
     <t>Российский университет адвокатуры и нотариата имени Г.Б. Мирзоева (г. Москва)</t>
   </si>
   <si>
-    <t>Санкт-Петербургский государственный архитектурно-строительный университет (г. Санкт-Петербург)</t>
+    <t>Псковский государственный университет (г. Псков)</t>
+  </si>
+  <si>
+    <t>Российский университет спорта «ГЦОЛИФК» (г. Москва)</t>
+  </si>
+  <si>
+    <t>Башкирский государственный педагогический университет имени М. Акмуллы (г. Уфа)</t>
+  </si>
+  <si>
+    <t>Московский гуманитарный университет (г. Москва)</t>
+  </si>
+  <si>
+    <t>Тверской государственный университет (г. Тверь)</t>
   </si>
   <si>
     <t>Российский государственный университет нефти и газа имени И.М. Губкина (г. Москва)</t>
   </si>
   <si>
-    <t>Первый московский государственный медицинский университет имени И.М. Сеченова (г. Москва)</t>
-[...5 lines deleted...]
-    <t>Башкирский государственный педагогический университет имени М. Акмуллы (г. Уфа)</t>
+    <t>Академия управления МВД РФ (г. Москва)</t>
   </si>
   <si>
     <t>Юго-Западный государственный университет (г. Курск)</t>
   </si>
   <si>
+    <t>Байкальский государственный университет (г. Иркутск)</t>
+  </si>
+  <si>
+    <t>Российский государственный гидрометеорологический университет (г. Санкт-Петербург)</t>
+  </si>
+  <si>
     <t>Кемеровский государственный институт культуры (г. Кемерово)</t>
   </si>
   <si>
-    <t>Российский университет спорта «ГЦОЛИФК» (г. Москва)</t>
-[...16 lines deleted...]
-  <si>
     <t>Самарский национальный исследовательский университет имени академика С.П. Королева (г. Самара)</t>
   </si>
   <si>
     <t>Иркутский национальный исследовательский технический университет (г. Иркутск)</t>
   </si>
   <si>
+    <t>Институт гуманитарного образования и информационных технологий (ИГУМО) (г. Москва)</t>
+  </si>
+  <si>
     <t>Новгородский государственный университет имени Ярослава Мудрого (г. Великий Новгород)</t>
   </si>
   <si>
-    <t>Институт гуманитарного образования и информационных технологий (ИГУМО) (г. Москва)</t>
+    <t>Поволжский государственный технологический университет (г. Йошкар-Ола)</t>
   </si>
   <si>
     <t>Нижегородская академия МВД России (г. Нижний Новгород)</t>
   </si>
   <si>
-    <t>Поволжский государственный технологический университет (г. Йошкар-Ола)</t>
+    <t>Чеченский государственный университет имени А.А. Кадырова (г. Грозный)</t>
+  </si>
+  <si>
+    <t>Новосибирский государственный педагогический университет (г. Новосибирск)</t>
   </si>
   <si>
     <t>Ульяновский государственный педагогический университет имени И.Н. Ульянова (г. Ульяновск)</t>
   </si>
   <si>
-    <t>Новосибирский государственный педагогический университет (г. Новосибирск)</t>
-[...4 lines deleted...]
-  <si>
     <t>Южно-Уральский государственный гуманитарно-педагогический университет (г. Челябинск)</t>
   </si>
   <si>
     <t>Тамбовский государственный университет имени Г.Р. Державина (г. Тамбов)</t>
   </si>
   <si>
+    <t>Международная академия информационных технологий ИТ ХАБ (г. Москва)</t>
+  </si>
+  <si>
+    <t>Красноярский государственный педагогический университет имени В.П. Астафьева (г. Красноярск)</t>
+  </si>
+  <si>
+    <t>Иркутский государственный университет (г. Иркутск)</t>
+  </si>
+  <si>
+    <t>БИП - университет права и социально-информационных технологий (г. Минск)</t>
+  </si>
+  <si>
+    <t>Вятский государственный университет (г. Киров)</t>
+  </si>
+  <si>
     <t>Белорусский государственный экономический университет (г. Минск)</t>
   </si>
   <si>
-    <t>Международная академия информационных технологий ИТ ХАБ (г. Москва)</t>
-[...10 lines deleted...]
-  <si>
     <t>Саратовский государственный технический университет имени Ю.А. Гагарина (г. Саратов)</t>
   </si>
   <si>
+    <t>Московский социально-экономический институт (г. Москва)</t>
+  </si>
+  <si>
     <t>Воронежская государственная академия спорта (г. Воронеж)</t>
   </si>
   <si>
-    <t>БИП - университет права и социально-информационных технологий (г. Минск)</t>
-[...2 lines deleted...]
-    <t>Московский социально-экономический институт (г. Москва)</t>
+    <t>Омский государственный университет путей сообщения (г. Омск)</t>
+  </si>
+  <si>
+    <t>Университет управления ТИСБИ (г. Казань)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный университет гражданской авиации имени Главного маршала авиации А.А. Новикова (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Сибирский юридический университет (г. Омск)</t>
   </si>
   <si>
     <t>Уральский государственный экономический университет (г. Екатеринбург)</t>
   </si>
   <si>
-    <t>Омский государственный университет путей сообщения (г. Омск)</t>
-[...7 lines deleted...]
-  <si>
     <t>Дагестанский государственный университет (г. Махачкала)</t>
   </si>
   <si>
     <t>Сургутский государственный университет (г. Сургут)</t>
   </si>
   <si>
+    <t>Московский государственный технический университет гражданской авиации (г. Москва)</t>
+  </si>
+  <si>
+    <t>Российский университет кооперации (г. Мытищи)</t>
+  </si>
+  <si>
+    <t>Московский государственный институт культуры (г. Химки)</t>
+  </si>
+  <si>
     <t>Академия права и управления Федеральной службы исполнения наказаний (г. Рязань)</t>
   </si>
   <si>
-    <t>Российский университет кооперации (г. Мытищи)</t>
-[...10 lines deleted...]
-  <si>
     <t>Московский государственный университет геодезии и картографии (г. Москва)</t>
   </si>
   <si>
+    <t>Ростовский юридический институт МВД РФ (г. Ростов-на-Дону)</t>
+  </si>
+  <si>
+    <t>Московский физико-технический институт (национальный исследовательский университет) (г. Долгопрудный)</t>
+  </si>
+  <si>
     <t>Тульский государственный университет (г. Тула)</t>
   </si>
   <si>
-    <t>Московский физико-технический институт (национальный исследовательский университет) (г. Долгопрудный)</t>
-[...1 lines deleted...]
-  <si>
     <t>Санкт-Петербургский горный университет (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Вологодский институт права и экономики Федеральной службы исполнения наказаний (г. Вологда)</t>
   </si>
   <si>
+    <t>Пятигорский государственный университет (г. Пятигорск)</t>
+  </si>
+  <si>
     <t>Волгоградский государственный университет (г. Волгоград)</t>
   </si>
   <si>
-    <t>Пятигорский государственный университет (г. Пятигорск)</t>
-[...1 lines deleted...]
-  <si>
     <t>Национальный государственный университет физической культуры, спорта и здоровья имени П.Ф. Лесгафта (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Ростовский юридический институт МВД РФ (г. Ростов-на-Дону)</t>
-[...1 lines deleted...]
-  <si>
     <t>Военная академия Ракетных войск стратегического назначения имени Петра Великого (г. Балашиха)</t>
   </si>
   <si>
+    <t>Уральский юридический институт МВД России (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Мурманский арктический университет (г. Мурманск)</t>
+  </si>
+  <si>
     <t>Приднестровский государственный университет имени Т.Г. Шевченко (г. Тирасполь)</t>
   </si>
   <si>
+    <t>Уральский государственный колледж имени И.И. Ползунова (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный институт культуры (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Челябинский государственный университет (г. Челябинск)</t>
+  </si>
+  <si>
+    <t>Смоленский государственный университет (г. Смоленск)</t>
+  </si>
+  <si>
+    <t>Петрозаводский государственный университет (г. Петрозаводск)</t>
+  </si>
+  <si>
     <t>Рязанский государственный университет имени С.А. Есенина (г. Рязань)</t>
   </si>
   <si>
-    <t>Челябинский государственный университет (г. Челябинск)</t>
-[...16 lines deleted...]
-  <si>
     <t>Московская высшая школа социальных и экономических наук (г. Москва)</t>
   </si>
   <si>
-    <t>Санкт-Петербургский государственный институт культуры (г. Санкт-Петербург)</t>
+    <t>Санкт-Петербургский государственный институт психологии и социальной работы (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Томский государственный университет систем управления и радиоэлектроники (г. Томск)</t>
   </si>
   <si>
     <t>Корпоративный университет развития образования (г. Мытищи)</t>
   </si>
   <si>
-    <t>Томский государственный университет систем управления и радиоэлектроники (г. Томск)</t>
+    <t>Северо-Кавказский социальный институт (г. Ставрополь)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургская академия Следственного комитета РФ (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Нижегородский государственный инженерно-экономический университет (г. Княгинино)</t>
   </si>
   <si>
-    <t>Северо-Кавказский социальный институт (г. Ставрополь)</t>
-[...5 lines deleted...]
-    <t>Санкт-Петербургская академия Следственного комитета РФ (г. Санкт-Петербург)</t>
+    <t>Казанский инновационный университет имени В.Г. Тимирясова (г. Казань)</t>
+  </si>
+  <si>
+    <t>Российская международная академия туризма (г. Химки)</t>
   </si>
   <si>
     <t>Пензенский государственный университет (г. Пенза)</t>
   </si>
   <si>
-    <t>Казанский инновационный университет имени В.Г. Тимирясова (г. Казань)</t>
-[...1 lines deleted...]
-  <si>
     <t>Российская государственная академия интеллектуальной собственности (г. Москва)</t>
   </si>
   <si>
-    <t>Российская международная академия туризма (г. Химки)</t>
+    <t>Академия управления городской средой, градостроительства и печати (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Волгоградский государственный социально-педагогический университет (г. Волгоград)</t>
   </si>
   <si>
-    <t>Академия управления городской средой, градостроительства и печати (г. Санкт-Петербург)</t>
+    <t>Иркутский государственный университет путей сообщения (г. Иркутск)</t>
+  </si>
+  <si>
+    <t>Волгоградская академия МВД России (г. Волгоград)</t>
   </si>
   <si>
     <t>Государственный университет по землеустройству (г. Москва)</t>
   </si>
   <si>
+    <t>Военная академия материально-технического обеспечения имени генерала армии А.В. Хрулева (г. Санкт-Петербург)</t>
+  </si>
+  <si>
     <t>Тульский государственный педагогический университет имени Л.Н. Толстого (г. Тула)</t>
   </si>
   <si>
-    <t>Иркутский государственный университет путей сообщения (г. Иркутск)</t>
+    <t>Таганрогский институт управления и экономики (г. Таганрог)</t>
+  </si>
+  <si>
+    <t>Российский государственный университет туризма и сервиса (пгт. Черкизово)</t>
   </si>
   <si>
     <t>Костромской государственный университет (г. Кострома)</t>
   </si>
   <si>
-    <t>Военная академия материально-технического обеспечения имени генерала армии А.В. Хрулева (г. Санкт-Петербург)</t>
-[...7 lines deleted...]
-  <si>
     <t>Российский университет медицины Минздрава России (г. Москва)</t>
   </si>
   <si>
+    <t>Пермский государственный гуманитарно-педагогический университет (г. Пермь)</t>
+  </si>
+  <si>
+    <t>Национальный медицинский исследовательский центр имени В.А. Алмазова (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Омский государственный аграрный университет имени П.А. Столыпина (г. Омск)</t>
+  </si>
+  <si>
+    <t>Православный Свято-Тихоновский гуманитарный университет (г. Москва)</t>
+  </si>
+  <si>
+    <t>Омская академия МВД РФ (г. Омск)</t>
+  </si>
+  <si>
+    <t>Российский государственный художественно промышленный университет имени С.Г. Строганова (г. Москва)</t>
+  </si>
+  <si>
+    <t>Волжский институт экономики, педагогики и права (г. Волжский)</t>
+  </si>
+  <si>
     <t>Брянский государственный университет имени академика И.Г. Петровского (г. Брянск)</t>
   </si>
   <si>
-    <t>Пермский государственный гуманитарно-педагогический университет (г. Пермь)</t>
-[...10 lines deleted...]
-  <si>
     <t>Воронежский государственный медицинский университет имени Н.Н. Бурденко (г. Воронеж)</t>
   </si>
   <si>
-    <t>Православный Свято-Тихоновский гуманитарный университет (г. Москва)</t>
-[...4 lines deleted...]
-  <si>
     <t>Ивановский государственный университет (г. Иваново)</t>
   </si>
   <si>
+    <t>Университет Правительства Москвы (г. Москва)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский университет ГПС МЧС России имени Героя РФ генерала армии Е.Н. Зиничева (г. Санкт-Петербург)</t>
+  </si>
+  <si>
     <t>Санкт-Петербургский университет технологий управления и экономики (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Волжский институт экономики, педагогики и права (г. Волжский)</t>
-[...2 lines deleted...]
-    <t>Санкт-Петербургский университет ГПС МЧС России имени Героя РФ генерала армии Е.Н. Зиничева (г. Санкт-Петербург)</t>
+    <t>Южный университет (Институт Управления, Бизнеса и Права) (г. Ростов-на-Дону)</t>
   </si>
   <si>
     <t>Омский государственный университет имени Ф.М. Достоевского (г. Омск)</t>
   </si>
   <si>
-    <t>Омская академия МВД РФ (г. Омск)</t>
+    <t>Оренбургский государственный университет (г. Оренбург)</t>
+  </si>
+  <si>
+    <t>Рязанский государственный радиотехнический университет имени В.Ф. Уткина (г. Рязань)</t>
+  </si>
+  <si>
+    <t>Институт коррекционной педагогики Дефектология Проф (г. Москва)</t>
+  </si>
+  <si>
+    <t>Орловский юридический институт имени В.В. Лукьянова МВД РФ (г. Орел)</t>
+  </si>
+  <si>
+    <t>Ростовский государственный экономический университет РИНХ (г. Ростов-на-Дону)</t>
+  </si>
+  <si>
+    <t>Череповецкий государственный университет (г. Череповец)</t>
+  </si>
+  <si>
+    <t>Белгородский юридический институт МВД России имени И.Д. Путилина (г. Белгород)</t>
+  </si>
+  <si>
+    <t>Магнитогорский государственный технический университет имени Г.И. Носова (г. Магнитогорск)</t>
+  </si>
+  <si>
+    <t>Морской государственный университет имени адмирала Г.И. Невельского (г. Владивосток)</t>
+  </si>
+  <si>
+    <t>Первый Санкт-Петербургский государственный медицинский университет имени академика И.П. Павлова (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Пензенский государственный аграрный университет (г. Пенза)</t>
+  </si>
+  <si>
+    <t>Московский университет имени А.С. Грибоедова (г. Москва)</t>
+  </si>
+  <si>
+    <t>Российский биотехнологический университет (РОСБИОТЕХ) (г. Москва)</t>
   </si>
   <si>
     <t>Воронежский государственный педагогический университет (г. Воронеж)</t>
   </si>
   <si>
-    <t>Университет Правительства Москвы (г. Москва)</t>
-[...25 lines deleted...]
-  <si>
     <t>Северный (Арктический) федеральный университет имени М.В. Ломоносова (г. Архангельск)</t>
   </si>
   <si>
     <t>Санкт-Петербургский акушерский колледж (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Московский университет имени А.С. Грибоедова (г. Москва)</t>
-[...16 lines deleted...]
-  <si>
     <t>Северо-Восточный государственный университет (г. Магадан)</t>
   </si>
   <si>
+    <t>Кубанский государственный технологический университет (г. Краснодар)</t>
+  </si>
+  <si>
+    <t>Донской государственный аграрный университет (пос. Персиановский)</t>
+  </si>
+  <si>
     <t>Тамбовский государственный технический университет (г. Тамбов)</t>
   </si>
   <si>
-    <t>Донской государственный аграрный университет (пос. Персиановский)</t>
+    <t>Мордовский государственный педагогический университет имени М.Е. Евсевьева (г. Саранск)</t>
   </si>
   <si>
     <t>Восточно-Европейский институт психоанализа (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Набережночелнинский государственный педагогический университет (г. Набережные Челны)</t>
+  </si>
+  <si>
+    <t>Российский государственный университет народного хозяйства имени В.И. Вернадского (г. Балашиха)</t>
+  </si>
+  <si>
+    <t>Югорский государственный университет (г. Ханты-Мансийск)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный лесотехнический университет имени С.М. Кирова (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Московский технологический институт (г. Москва)</t>
+  </si>
+  <si>
+    <t>Московская академия предпринимательства (г. Москва)</t>
+  </si>
+  <si>
     <t>Автомобильно-технический колледж (г. Уссурийск)</t>
   </si>
   <si>
-    <t>Набережночелнинский государственный педагогический университет (г. Набережные Челны)</t>
-[...4 lines deleted...]
-  <si>
     <t>Академия управления и производства (г. Москва)</t>
   </si>
   <si>
     <t>Русская христианская гуманитарная академия имени Ф.М. Достоевского (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Мордовский государственный педагогический университет имени М.Е. Евсевьева (г. Саранск)</t>
-[...5 lines deleted...]
-    <t>Кубанский государственный технологический университет (г. Краснодар)</t>
+    <t>Российский университет традиционных художественных промыслов (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Юридический институт (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Югорский государственный университет (г. Ханты-Мансийск)</t>
-[...5 lines deleted...]
-    <t>Российский государственный университет народного хозяйства имени В.И. Вернадского (г. Балашиха)</t>
+    <t>МГТУ "СТАНКИН" (г. Москва). Институт автоматизации и роботехники. Кафедра автоматизированных систем обработки информации и управления</t>
   </si>
   <si>
     <t>Российская академия музыки имени Гнесиных (г. Москва)</t>
   </si>
   <si>
+    <t>Приволжский государственный университет путей сообщения (г. Самара)</t>
+  </si>
+  <si>
+    <t>Кемеровский государственный университет (г. Кемерово)</t>
+  </si>
+  <si>
+    <t>Омская гуманитарная академия (г. Омск)</t>
+  </si>
+  <si>
+    <t>Воронежский государственный технический университет (г. Воронеж)</t>
+  </si>
+  <si>
+    <t>Северо-Западный государственный медицинский университет имени И.И. Мечникова (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Международный юридический институт (г. Москва)</t>
+  </si>
+  <si>
+    <t>Северо-Восточный федеральный университет имени М.К. Аммосова (г. Якутск)</t>
+  </si>
+  <si>
     <t>Санкт-Петербургский университет ФСИН России (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Приволжский государственный университет путей сообщения (г. Самара)</t>
-[...14 lines deleted...]
-    <t>Воронежский государственный технический университет (г. Воронеж)</t>
+    <t>Санкт-Петербургский государственный химико-фармацевтический университет (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Сыктывкарский государственный университет имени Питирима Сорокина (г. Сыктывкар)</t>
   </si>
   <si>
-    <t>Северо-Западный государственный медицинский университет имени И.И. Мечникова (г. Санкт-Петербург)</t>
-[...8 lines deleted...]
-    <t>Омская гуманитарная академия (г. Омск)</t>
+    <t>Санкт-Петербургский государственный институт кино и телевидения (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Кузбасский институт Федеральной службы исполнения наказаний (г. Новокузнецк)</t>
   </si>
   <si>
-    <t>Санкт-Петербургский государственный институт кино и телевидения (г. Санкт-Петербург)</t>
+    <t>Гуманитарный университет (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Сибирский государственный университет науки и технологий имени академика М.Ф. Решетнева (г. Красноярск)</t>
+  </si>
+  <si>
+    <t>Волгоградский государственный аграрный университет (г. Волгоград)</t>
   </si>
   <si>
     <t>Томский государственный архитектурно-строительный университет (г. Томск)</t>
   </si>
   <si>
+    <t>Московский государственный университет спорта и туризма (г. Москва)</t>
+  </si>
+  <si>
+    <t>Государственный университет Дубна (г. Дубна)</t>
+  </si>
+  <si>
     <t>Тольяттинский государственный университет (г. Тольятти)</t>
   </si>
   <si>
+    <t>Калужский государственный университет имени К.Э. Циолковского (г. Калуга)</t>
+  </si>
+  <si>
+    <t>Ярославский государственный медицинский университет (г. Ярославль)</t>
+  </si>
+  <si>
     <t>Уральский государственный архитектурно-художественный университет имени Н.С. Алферова (г. Екатеринбург)</t>
   </si>
   <si>
-    <t>Ярославский государственный медицинский университет (г. Ярославль)</t>
-[...7 lines deleted...]
-  <si>
     <t>Тувинский государственный университет (г. Кызыл)</t>
   </si>
   <si>
-    <t>Московский государственный университет спорта и туризма (г. Москва)</t>
-[...7 lines deleted...]
-  <si>
     <t>Санкт-Петербургский военный ордена Жукова институт войск национальной гвардии РФ (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Самарский государственный экономический университет (г. Самара)</t>
+  </si>
+  <si>
     <t>Московский технический университет связи и информатики (г. Москва)</t>
   </si>
   <si>
-    <t>Калужский государственный университет имени К.Э. Циолковского (г. Калуга)</t>
+    <t>Московский государственный университет технологий и управления имени К.Г. Разумовского (г. Москва)</t>
   </si>
   <si>
     <t>Восточно-Сибирский институт МВД России (г. Иркутск)</t>
   </si>
   <si>
-    <t>Самарский государственный экономический университет (г. Самара)</t>
-[...4 lines deleted...]
-  <si>
     <t>Алтайский государственный институт культуры (г. Барнаул)</t>
   </si>
   <si>
+    <t>Новосибирский государственный университет экономики и управления (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Нижневартовский государственный университет (г. Нижневартовск)</t>
+  </si>
+  <si>
+    <t>Казанский государственный медицинский университет (г. Казань)</t>
+  </si>
+  <si>
+    <t>Вологодская государственная молочнохозяйственная академия имени Н.В. Верещагина (г. Вологда)</t>
+  </si>
+  <si>
+    <t>Университет при МПА ЕврАзЭС (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Тихоокеанский государственный медицинский университет (г. Владивосток)</t>
+  </si>
+  <si>
+    <t>Удмуртский государственный университет (г. Ижевск)</t>
+  </si>
+  <si>
+    <t>Нижегородский государственный технический университет имени Р.Е. Алексеева (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Дагестанский государственный университет народного хозяйства (г. Махачкала)</t>
+  </si>
+  <si>
+    <t>Исследовательский центр частного права имени С.С. Алексеева при Президенте РФ (г. Москва)</t>
+  </si>
+  <si>
     <t>Белорусский государственный педагогический университет имени Максима Танка (г. Минск)</t>
   </si>
   <si>
-    <t>Университет при МПА ЕврАзЭС (г. Санкт-Петербург)</t>
-[...23 lines deleted...]
-    <t>Исследовательский центр частного права имени С.С. Алексеева при Президенте РФ (г. Москва)</t>
+    <t>Институт современного образования и информационных технологий (г. Москва)</t>
+  </si>
+  <si>
+    <t>Оренбургский государственный медицинский университет (г. Оренбург)</t>
+  </si>
+  <si>
+    <t>Институт управления и права (г. Москва)</t>
+  </si>
+  <si>
+    <t>Великолукская государственная академия физической культуры и спорта (г. Великие Луки)</t>
+  </si>
+  <si>
+    <t>Шадринский государственный педагогический университет (г. Шадринск)</t>
+  </si>
+  <si>
+    <t>Воронежский государственный университет инженерных технологий (г. Воронеж)</t>
+  </si>
+  <si>
+    <t>Сибирский государственный университет телекоммуникаций и информатики (г. Новосибирск)</t>
   </si>
   <si>
     <t>Всероссийский государственный университет кинематографии имени С.А. Герасимова (г. Москва)</t>
   </si>
   <si>
-    <t>Институт современного образования и информационных технологий (г. Москва)</t>
-[...11 lines deleted...]
-    <t>Оренбургский государственный медицинский университет (г. Оренбург)</t>
+    <t>Оренбургский государственный педагогический университет (г. Оренбург)</t>
   </si>
   <si>
     <t>Сургутский государственный педагогический университет (г. Сургут)</t>
   </si>
   <si>
-    <t>Тихоокеанский государственный медицинский университет (г. Владивосток)</t>
-[...2 lines deleted...]
-    <t>Сибирский государственный университет телекоммуникаций и информатики (г. Новосибирск)</t>
+    <t>Абхазский государственный университет (г. Сухум)</t>
+  </si>
+  <si>
+    <t>Российский государственный университет социальных технологий (г. Москва)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный университет телекоммуникаций имени профессора М.А. Бонч-Бруевича (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Международная академия бизнеса и управления (г. Москва)</t>
   </si>
   <si>
-    <t>Институт управления и права (г. Москва)</t>
-[...4 lines deleted...]
-  <si>
     <t>Московский государственный технологический университет «Станкин» (г. Москва)</t>
   </si>
   <si>
+    <t>Академия гражданской защиты МЧС РФ (г. Химки)</t>
+  </si>
+  <si>
     <t>Ярославский государственный технический университет (г. Ярославль)</t>
   </si>
   <si>
-    <t>Оренбургский государственный педагогический университет (г. Оренбург)</t>
-[...2 lines deleted...]
-    <t>Абхазский государственный университет (г. Сухум)</t>
+    <t>Санкт-Петербургская юридическая академия (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Казанский национальный исследовательский технологический университет (г. Казань)</t>
   </si>
   <si>
-    <t>Российский государственный университет социальных технологий (г. Москва)</t>
+    <t>Рязанский государственный медицинский университет имени академика И.П. Павлова (г. Рязань)</t>
   </si>
   <si>
     <t>Государственный морской университет имени адмирала Ф.Ф. Ушакова (г. Новороссийск)</t>
   </si>
   <si>
-    <t>Рязанский государственный медицинский университет имени академика И.П. Павлова (г. Рязань)</t>
-[...1 lines deleted...]
-  <si>
     <t>Кабардино-Балкарский государственный университет имени Х.М. Бербекова (г. Нальчик)</t>
   </si>
   <si>
     <t>Самарский государственный технический университет (г. Самара)</t>
   </si>
   <si>
+    <t>Северо-Кавказская государственная академия (г. Черкесск)</t>
+  </si>
+  <si>
+    <t>Волгоградский государственный медицинский университет (г. Волгоград)</t>
+  </si>
+  <si>
+    <t>Пензенский государственный университет архитектуры и строительства (г. Пенза)</t>
+  </si>
+  <si>
+    <t>Пермский национальный исследовательский политехнический университет (г. Пермь)</t>
+  </si>
+  <si>
+    <t>Поволжский государственный университет телекоммуникаций и информатики (г. Самара)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный морской технический университет (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Чувашский государственный педагогический университет имени И.Я. Яковлева (г. Чебоксары)</t>
+  </si>
+  <si>
+    <t>Севастопольский торгово-экономический техникум (г. Севастополь)</t>
+  </si>
+  <si>
     <t>Минский инновационный университет (г. Минск)</t>
   </si>
   <si>
-    <t>Пермский национальный исследовательский политехнический университет (г. Пермь)</t>
-[...22 lines deleted...]
-  <si>
     <t>Санкт-Петербургская православная духовная академия (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Поволжский государственный университет телекоммуникаций и информатики (г. Самара)</t>
-[...2 lines deleted...]
-    <t>Чувашский государственный педагогический университет имени И.Я. Яковлева (г. Чебоксары)</t>
+    <t>Сибирский государственный университет путей сообщения (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Европейский университет в Санкт-Петербурге (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Ярославский педагогический колледж (г. Ярославль)</t>
   </si>
   <si>
     <t>Пензенский государственный технологический университет (г. Пенза)</t>
   </si>
   <si>
+    <t>Астраханский государственный университет имени В.Н. Татищева (г. Астрахань)</t>
+  </si>
+  <si>
+    <t>Военный учебно-научный центр ВВС «Военно-воздушная академия имени профессора Н.Е. Жуковского и Ю.А. Гагарина» (г. Воронеж)</t>
+  </si>
+  <si>
+    <t>Брянский государственный инженерно-технологический университет (г. Брянск)</t>
+  </si>
+  <si>
     <t>Белгородский государственный аграрный университет имени В.Я. Горина (п. Майский)</t>
   </si>
   <si>
-    <t>Европейский университет в Санкт-Петербурге (г. Санкт-Петербург)</t>
-[...11 lines deleted...]
-    <t>Военный учебно-научный центр ВВС «Военно-воздушная академия имени профессора Н.Е. Жуковского и Ю.А. Гагарина» (г. Воронеж)</t>
+    <t>Барнаульский юридический институт МВД России (г. Барнаул)</t>
+  </si>
+  <si>
+    <t>Саратовский колледж водного транспорта, строительства и сервиса(г. Саратов)</t>
+  </si>
+  <si>
+    <t>Международная академия информационных технологий ИТ ХАБ (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Ижевская государственная медицинская академия (г. Ижевск)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский институт экономики и управления (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Уральский государственный лесотехнический университет (г. Екатеринбург)</t>
   </si>
   <si>
-    <t>Сибирский государственный университет путей сообщения (г. Новосибирск)</t>
-[...2 lines deleted...]
-    <t>Барнаульский юридический институт МВД России (г. Барнаул)</t>
+    <t>Ивановский государственный химико-технологический университет (г. Иваново)</t>
   </si>
   <si>
     <t>Институт экономики и управления (г. Тула)</t>
   </si>
   <si>
     <t>Дальневосточная государственная академия физической культуры (г. Хабаровск)</t>
   </si>
   <si>
-    <t>Санкт-Петербургский институт экономики и управления (г. Санкт-Петербург)</t>
-[...8 lines deleted...]
-    <t>Ивановский государственный химико-технологический университет (г. Иваново)</t>
+    <t>Военно-медицинская академия имени С.М. Кирова (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Государственный институт русского языка имени А.С. Пушкина (г. Москва)</t>
+  </si>
+  <si>
+    <t>Нижегородский государственный агротехнологический университет (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Северо-Западный университет (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Сибирский государственный автомобильно-дорожный университет (г. Омск)</t>
+  </si>
+  <si>
+    <t>Голицынский пограничный институт ФСБ (г. Голицыно)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный технологический институт (технический университет) (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Академия Федеральной службы охраны Российской Федерации (г. Орёл)</t>
+  </si>
+  <si>
+    <t>Государственный гуманитарно-технологический университет (г. Орехово-Зуево)</t>
   </si>
   <si>
     <t>Белорусско-Российский университет (г. Могилев)</t>
   </si>
   <si>
-    <t>Государственный институт русского языка имени А.С. Пушкина (г. Москва)</t>
+    <t>Комсомольский-на-Амуре государственный университет (г. Комсомольск-на-Амуре)</t>
   </si>
   <si>
     <t>Воронежский институт МВД России (г. Воронеж)</t>
   </si>
   <si>
-    <t>Военно-медицинская академия имени С.М. Кирова (г. Санкт-Петербург)</t>
-[...22 lines deleted...]
-  <si>
     <t>Бурятский государственный университет имени Доржи Банзарова (г. Улан-Удэ)</t>
   </si>
   <si>
-    <t>Комсомольский-на-Амуре государственный университет (г. Комсомольск-на-Амуре)</t>
+    <t>Херсонский государственный педагогический университет (г. Херсон)</t>
+  </si>
+  <si>
+    <t>Самарский юридический институт Федеральной службы исполнения наказаний (г. Самара)</t>
+  </si>
+  <si>
+    <t>Сибирский университет потребительской кооперации (г. Новосибирск)</t>
   </si>
   <si>
     <t>Воронежский государственный аграрный университет имени императора Петра I (г. Воронеж)</t>
   </si>
   <si>
-    <t>Сибирский университет потребительской кооперации (г. Новосибирск)</t>
+    <t>Новосибирский государственный аграрный университет (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Институт экономики и управления в промышленности (г. Москва)</t>
+  </si>
+  <si>
+    <t>Владивостокский государственный университет (г. Владивосток)</t>
   </si>
   <si>
     <t>Колледж администрирования и современных технологий (г. Москва)</t>
   </si>
   <si>
     <t>Институт государственного администрирования (г. Москва)</t>
   </si>
   <si>
-    <t>Херсонский государственный педагогический университет (г. Херсон)</t>
-[...5 lines deleted...]
-    <t>Владивостокский государственный университет (г. Владивосток)</t>
+    <t>Тихоокеанский государственный университет (г. Хабаровск)</t>
+  </si>
+  <si>
+    <t>Тверской государственный медицинский университет (г. Тверь)</t>
   </si>
   <si>
     <t>Академия русского балета имени А.Я. Вагановой (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Новосибирский государственный аграрный университет (г. Новосибирск)</t>
-[...5 lines deleted...]
-    <t>Тихоокеанский государственный университет (г. Хабаровск)</t>
+    <t>Российский православный университет святого Иоанна Богослова (г. Москва)</t>
+  </si>
+  <si>
+    <t>Ивановский государственный энергетический университет имени В.И. Ленина (г. Иваново)</t>
+  </si>
+  <si>
+    <t>Саратовский государственный медицинский университет имени В.И. Разумовского (г. Саратов)</t>
   </si>
   <si>
     <t>Ижевский государственный технический университет имени М.Т. Калашникова (г. Ижевск)</t>
   </si>
   <si>
+    <t>Московский социально-педагогический институт (г. Москва)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский институт внешнеэкономических связей, экономики и права (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Институт менеджмента, экономики и инноваций (г. Москва)</t>
+  </si>
+  <si>
     <t>Уральский государственный университет путей сообщения (г. Екатеринбург)</t>
   </si>
   <si>
-    <t>Тверской государственный медицинский университет (г. Тверь)</t>
-[...10 lines deleted...]
-  <si>
     <t>Тверской государственный технический университет (г. Тверь)</t>
   </si>
   <si>
-    <t>Ивановский государственный энергетический университет имени В.И. Ленина (г. Иваново)</t>
-[...5 lines deleted...]
-    <t>Институт менеджмента, экономики и инноваций (г. Москва)</t>
+    <t>Омский государственный медицинский университет (г. Омск)</t>
+  </si>
+  <si>
+    <t>Мичуринский государственный аграрный университет (г. Мичуринск)</t>
   </si>
   <si>
     <t>Гжельский государственный университет (п. Электроизолятор)</t>
   </si>
   <si>
     <t>Восточно-Казахстанский государственный университет имени С. Аманжолова (г. Усть-Каменогорск)</t>
   </si>
   <si>
     <t>Уральский государственный горный университет (г. Екатеринбург)</t>
   </si>
   <si>
-    <t>Омский государственный медицинский университет (г. Омск)</t>
-[...2 lines deleted...]
-    <t>Мичуринский государственный аграрный университет (г. Мичуринск)</t>
+    <t>Институт современного искусства (г. Москва)</t>
+  </si>
+  <si>
+    <t>Казанский государственный архитектурно-строительный университет (г. Казань)</t>
+  </si>
+  <si>
+    <t>Киевский национальный университет имени Тараса Шевченко (г. Киев)</t>
   </si>
   <si>
     <t>Государственный социально-гуманитарный университет (г. Коломна)</t>
   </si>
   <si>
-    <t>Казанский государственный архитектурно-строительный университет (г. Казань)</t>
-[...2 lines deleted...]
-    <t>Институт современного искусства (г. Москва)</t>
+    <t>Ростовский государственный университет путей сообщения (г. Ростов-на-Дону)</t>
+  </si>
+  <si>
+    <t>Чеченский государственный педагогический университет (г. Грозный)</t>
+  </si>
+  <si>
+    <t>Сибирский государственный университет геосистем и технологий (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Приморский государственный аграрно-технологический университет (г. Уссурийск)</t>
+  </si>
+  <si>
+    <t>Воронежский экономико-правовой институт (г. Воронеж)</t>
   </si>
   <si>
     <t>Санкт-Петербургская государственная консерватория (академия) имени Н.А. Римского-Корсакова (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Чеченский государственный педагогический университет (г. Грозный)</t>
-[...10 lines deleted...]
-  <si>
     <t>Московский гуманитарно-экономический университет (г. Москва)</t>
   </si>
   <si>
+    <t>Марийский государственный университет (г. Йошкар-Ола)</t>
+  </si>
+  <si>
     <t>Екатеринбургский экономико-технологический колледж (г. Екатеринбург)</t>
   </si>
   <si>
-    <t>Марийский государственный университет (г. Йошкар-Ола)</t>
+    <t>Великолукская государственная сельскохозяйственная академия (г. Великие Луки)</t>
+  </si>
+  <si>
+    <t>Тверская государственная сельскохозяйственная академия (г. Тверь)</t>
+  </si>
+  <si>
+    <t>Забайкальский государственный университет (г. Чита)</t>
   </si>
   <si>
     <t>Белорусский государственный университет (г. Минск)</t>
   </si>
   <si>
-    <t>Воронежский экономико-правовой институт (г. Воронеж)</t>
-[...8 lines deleted...]
-    <t>Тверская государственная сельскохозяйственная академия (г. Тверь)</t>
+    <t>Адыгейский государственный университет (г. Майкоп)</t>
+  </si>
+  <si>
+    <t>Астраханский государственный технический университет (г. Астрахань)</t>
+  </si>
+  <si>
+    <t>Уральский институт экономики, управления и права (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Белгородский государственный технологический университет имени В.Г. Шухова (г. Белгород)</t>
+  </si>
+  <si>
+    <t>Ханты-Мансийская государственная медицинская академия (г. Ханты-Мансийск)</t>
+  </si>
+  <si>
+    <t>Новосибирский государственный медицинский университет (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Московский государственный институт музыки имени А.Г. Шнитке (г. Москва)</t>
   </si>
   <si>
     <t>Санкт-Петербургская академия художеств имени Ильи Репина (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Забайкальский государственный университет (г. Чита)</t>
-[...4 lines deleted...]
-  <si>
     <t>Вятский государственный агротехнологический университет (г. Киров)</t>
   </si>
   <si>
-    <t>Белгородский государственный технологический университет имени В.Г. Шухова (г. Белгород)</t>
-[...4 lines deleted...]
-  <si>
     <t>Московский институт иностранных языков (г. Москва)</t>
   </si>
   <si>
-    <t>Ханты-Мансийская государственная медицинская академия (г. Ханты-Мансийск)</t>
-[...8 lines deleted...]
-    <t>Адыгейский государственный университет (г. Майкоп)</t>
+    <t>Благовещенский государственный педагогический университет (г. Благовещенск)</t>
   </si>
   <si>
     <t>Ульяновский государственный аграрный университет имени П.А. Столыпина (пгт. Октябрьский)</t>
   </si>
   <si>
+    <t>Тюменский индустриальный университет (г. Тюмень)</t>
+  </si>
+  <si>
     <t>Санкт-Петербургский медико-социальный институт (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Тюменский индустриальный университет (г. Тюмень)</t>
+    <t>Южно-Российский государственный политехнический университет (Новочеркасский политехнический институт) имени М.И. Платова (г. Новочеркасск)</t>
+  </si>
+  <si>
+    <t>Охтинский колледж (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Военная академия связи имени Маршала Советского Союза С.М. Буденного (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Охтинский колледж (г. Санкт-Петербург)</t>
-[...1 lines deleted...]
-  <si>
     <t>Сибирский государственный индустриальный университет (г. Новокузнецк)</t>
   </si>
   <si>
-    <t>Благовещенский государственный педагогический университет (г. Благовещенск)</t>
-[...4 lines deleted...]
-  <si>
     <t>Ульяновский государственный технический университет (г. Ульяновск)</t>
   </si>
   <si>
+    <t>Белорусский государственный университет физической культуры (г. Минск)</t>
+  </si>
+  <si>
     <t>Саратовский государственный университет генетики, биотехнологии и инженерии имени Н.И. Вавилова (г. Саратов)</t>
   </si>
   <si>
+    <t>Прибалтийский институт прикладной логотерапии (Balti Rakerdus Logoteraapia Instituut) (г. Силламяэ)</t>
+  </si>
+  <si>
+    <t>Алтайский государственный медицинский университет (г. Барнаул)</t>
+  </si>
+  <si>
+    <t>Самарский университет государственного управления «Международный институт рынка» (г. Самара)</t>
+  </si>
+  <si>
+    <t>Волжский университет имени В.Н. Татищева (г. Тольятти)</t>
+  </si>
+  <si>
+    <t>Казанский национальный исследовательский технический университет имени А.Н. Туполева — КАИ (г. Казань)</t>
+  </si>
+  <si>
+    <t>Южно-Российский гуманитарный институт (г. Ростов-на-Дону)</t>
+  </si>
+  <si>
+    <t>Камчатский государственный университет имени Витуса Беринга (г. Петропавловск-Камчатский)</t>
+  </si>
+  <si>
     <t>Санкт-Петербургский государственный университет ветеринарной медицины (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Прибалтийский институт прикладной логотерапии (Balti Rakerdus Logoteraapia Instituut) (г. Силламяэ)</t>
-[...16 lines deleted...]
-  <si>
     <t>Красноярский государственный аграрный университет (г. Красноярск)</t>
   </si>
   <si>
     <t>Ейский полипрофильный колледж (г. Ейск)</t>
   </si>
   <si>
-    <t>Южно-Российский гуманитарный институт (г. Ростов-на-Дону)</t>
-[...2 lines deleted...]
-    <t>Камчатский государственный университет имени Витуса Беринга (г. Петропавловск-Камчатский)</t>
+    <t>Смоленский государственный университет спорта (г. Смоленск)</t>
+  </si>
+  <si>
+    <t>Дальневосточный юридический институт МВД России имени И.Ф. Шилова (г. Хабаровск)</t>
+  </si>
+  <si>
+    <t>Амурский гуманитарно-педагогический государственный университет (г. Комсомольск-на-Амуре)</t>
+  </si>
+  <si>
+    <t>Орловский государственный аграрный университет имени Н.В. Парахина (г. Орел)</t>
+  </si>
+  <si>
+    <t>Приволжский исследовательский медицинский университет (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Южно-Уральский технологический университет (г. Челябинск)</t>
   </si>
   <si>
     <t>Елецкий государственный университет имени И.А. Бунина (г. Елец)</t>
   </si>
   <si>
-    <t>Дальневосточный юридический институт МВД России имени И.Ф. Шилова (г. Хабаровск)</t>
-[...1 lines deleted...]
-  <si>
     <t>Уральский государственный аграрный университет (г. Екатеринбург)</t>
   </si>
   <si>
-    <t>Смоленский государственный университет спорта (г. Смоленск)</t>
-[...10 lines deleted...]
-  <si>
     <t>Московская государственная академия ветеринарной медицины и биотехнологии имени К.И. Скрябина (г. Москва)</t>
   </si>
   <si>
-    <t>Южно-Уральский технологический университет (г. Челябинск)</t>
+    <t>Севастопольский государственный университет (г. Севастополь)</t>
+  </si>
+  <si>
+    <t>Дагестанский государственный аграрный университет имени М.М. Джамбулатова (г. Махачкала)</t>
+  </si>
+  <si>
+    <t>Томский государственный педагогический университет (г. Томск)</t>
+  </si>
+  <si>
+    <t>Нижегородский государственный архитектурно-строительный университет (г. Нижний Новгород)</t>
   </si>
   <si>
     <t>Уральский государственный университет физической культуры (г. Челябинск)</t>
   </si>
   <si>
+    <t>Томский лесотехнический техникум (г. Томск)</t>
+  </si>
+  <si>
+    <t>Смоленский государственный медицинский университет (г. Смоленск)</t>
+  </si>
+  <si>
+    <t>Институт международных экономических связей (г. Москва)</t>
+  </si>
+  <si>
+    <t>Донецкий национальный университет (г. Донецк)</t>
+  </si>
+  <si>
     <t>Дальневосточный государственный технический рыбохозяйственный университет (г. Владивосток)</t>
   </si>
   <si>
-    <t>Дагестанский государственный аграрный университет имени М.М. Джамбулатова (г. Махачкала)</t>
-[...11 lines deleted...]
-    <t>Смоленский государственный медицинский университет (г. Смоленск)</t>
+    <t>Ставропольский государственный педагогический институт (г. Ставрополь)</t>
+  </si>
+  <si>
+    <t>Национальный институт бизнеса (г. Москва)</t>
   </si>
   <si>
     <t>Московская государственная академия хореографии (г. Москва)</t>
   </si>
   <si>
+    <t>Армавирский государственный педагогический университет (г. Армавир)</t>
+  </si>
+  <si>
+    <t>Алтайский государственный технический университет имени И.И. Ползунова (г. Барнаул)</t>
+  </si>
+  <si>
     <t>Хакасский государственный университет имени Н.Ф. Катанова (г. Абакан)</t>
   </si>
   <si>
-    <t>Ставропольский государственный педагогический институт (г. Ставрополь)</t>
-[...7 lines deleted...]
-  <si>
     <t>Литературный институт имени А.М. Горького (г. Москва)</t>
   </si>
   <si>
-    <t>Армавирский государственный педагогический университет (г. Армавир)</t>
-[...7 lines deleted...]
-  <si>
     <t>Оренбургский государственный аграрный университет (г. Оренбург)</t>
   </si>
   <si>
-    <t>Донецкий национальный университет (г. Донецк)</t>
-[...1 lines deleted...]
-  <si>
     <t>Российский университет театрального искусства - ГИТИС (г. Москва)</t>
   </si>
   <si>
+    <t>Московский институт экономики, политики и права (г. Москва)</t>
+  </si>
+  <si>
+    <t>Витебский государственный университет имени П.М. Машерова (г. Витебск)</t>
+  </si>
+  <si>
+    <t>Северо-Казахстанский государственный университет имени М. Козыбаева (г. Петропавловск)</t>
+  </si>
+  <si>
+    <t>Вологодский государственный университет (г. Вологда)</t>
+  </si>
+  <si>
+    <t>Российская государственная специализированная академия искусств (г. Москва)</t>
+  </si>
+  <si>
+    <t>Казанский юридический институт МВД РФ (г. Казань)</t>
+  </si>
+  <si>
+    <t>Государственный институт искусствознания (г. Москва)</t>
+  </si>
+  <si>
+    <t>Московское академическое художественное училище (г. Москва)</t>
+  </si>
+  <si>
+    <t>Башкирская академия государственной службы и управления при Главе Республики Башкортостан (г. Уфа)</t>
+  </si>
+  <si>
+    <t>Екатеринбургская академия современного искусства (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Гатчинский государственный университет (г. Гатчина)</t>
+  </si>
+  <si>
     <t>Курская академия государственной и муниципальной службы (г. Курск)</t>
   </si>
   <si>
-    <t>Вологодский государственный университет (г. Вологда)</t>
-[...17 lines deleted...]
-    <t>Московское академическое художественное училище (г. Москва)</t>
+    <t>Московская государственная консерватория имени П.И. Чайковского (г. Москва)</t>
+  </si>
+  <si>
+    <t>Казанский государственный энергетический университет (г. Казань)</t>
+  </si>
+  <si>
+    <t>Уральский институт Государственной противопожарной службы МЧС России (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Восточно-Сибирский государственный университет технологий и управления (г. Улан-Удэ)</t>
+  </si>
+  <si>
+    <t>Волгоградский профессиональный техникум кадровых ресурсов (г. Волгоград)</t>
   </si>
   <si>
     <t>Волгоградский гуманитарный институт (г. Волгоград)</t>
   </si>
   <si>
-    <t>Башкирская академия государственной службы и управления при Главе Республики Башкортостан (г. Уфа)</t>
-[...16 lines deleted...]
-  <si>
     <t>Академия маркетинга и социально-информационных технологий (г. Краснодар)</t>
   </si>
   <si>
     <t>Черноморское высшее военно-морское ордена Красной Звезды училище имени П.С. Нахимова (г. Севастополь)</t>
   </si>
   <si>
-    <t>Казанский государственный энергетический университет (г. Казань)</t>
-[...1 lines deleted...]
-  <si>
     <t>Институт журналистики и литературного творчества (г. Москва)</t>
   </si>
   <si>
-    <t>Восточно-Сибирский государственный университет технологий и управления (г. Улан-Удэ)</t>
+    <t>Самарский государственный медицинский университет (г. Самара)</t>
   </si>
   <si>
     <t>Кубанский государственный университет физической культуры, спорта и туризма (г. Краснодар)</t>
   </si>
   <si>
-    <t>Гатчинский государственный университет (г. Гатчина)</t>
+    <t>Университет Нархоз (г. Алматы)</t>
+  </si>
+  <si>
+    <t>Нижегородский государственный педагогический университет имени Козьмы Минина (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Медицинский колледж № 2 Москвы (г. Москва)</t>
   </si>
   <si>
     <t>Университет национального и мирового хозяйства (г. София)</t>
   </si>
   <si>
-    <t>Университет Нархоз (г. Алматы)</t>
-[...1 lines deleted...]
-  <si>
     <t>Университет Матея Бела (г. Банска-Бистрица)</t>
   </si>
   <si>
-    <t>Самарский государственный медицинский университет (г. Самара)</t>
-[...4 lines deleted...]
-  <si>
     <t>Лодзинский университет (г. Лодзь)</t>
   </si>
   <si>
-    <t>Нижегородский государственный педагогический университет имени Козьмы Минина (г. Нижний Новгород)</t>
+    <t>Тюменское высшее военно-инженерное командное училище (военный институт) (г. Тюмень)</t>
   </si>
   <si>
     <t>Спасский политехнический колледж (г. Спасск-Дальний)</t>
   </si>
   <si>
     <t>Кемеровский государственный медицинский университет (г. Кемерово)</t>
   </si>
   <si>
     <t>Амурский государственный университет (г. Благовещенск)</t>
   </si>
   <si>
     <t>Полоцкий государственный университет имени Евфросинии Полоцкой (г. Новополоцк)</t>
   </si>
   <si>
+    <t>Кубанский государственный медицинский университет (г. Краснодар)</t>
+  </si>
+  <si>
     <t>Сибирский институт бизнеса, управления и психологии (г. Красноярск)</t>
   </si>
   <si>
-    <t>Кубанский государственный медицинский университет (г. Краснодар)</t>
+    <t>Сибирский государственный университет водного транспорта (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Ростовский-на-Дону колледж радиоэлектроники, информационных и промышленных технологий (г. Ростов-на-Дону)</t>
   </si>
   <si>
     <t>Владимирский юридический институт Федеральной службы исполнения наказаний (г. Владимир)</t>
   </si>
   <si>
     <t>Новосибирский профессионально-педагогический колледж (г. Новосибирск)</t>
   </si>
   <si>
-    <t>Тюменское высшее военно-инженерное командное училище (военный институт) (г. Тюмень)</t>
-[...2 lines deleted...]
-    <t>Ростовский-на-Дону колледж радиоэлектроники, информационных и промышленных технологий (г. Ростов-на-Дону)</t>
+    <t>Санкт-Петербургский технический колледж управления и коммерции (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Ивановский государственный политехнический университет (г. Иваново)</t>
   </si>
   <si>
     <t>George Mason University</t>
   </si>
   <si>
-    <t>Сибирский государственный университет водного транспорта (г. Новосибирск)</t>
-[...1 lines deleted...]
-  <si>
     <t>Саратовская государственная консерватория имени Л.В. Собинова (г. Саратов)</t>
   </si>
   <si>
-    <t>Санкт-Петербургский технический колледж управления и коммерции (г. Санкт-Петербург)</t>
-[...1 lines deleted...]
-  <si>
     <t>Южно-Уральский государственный аграрный университет (г. Троицк)</t>
   </si>
   <si>
+    <t>Волгоградский государственный технический университет (г. Волгоград)</t>
+  </si>
+  <si>
     <t>Международный институт экономики и права (г. Москва)</t>
   </si>
   <si>
+    <t>Челябинский государственный институт культуры (г. Челябинск)</t>
+  </si>
+  <si>
     <t>Краснодарский государственный институт культуры (г. Краснодар)</t>
   </si>
   <si>
-    <t>Челябинский государственный институт культуры (г. Челябинск)</t>
-[...1 lines deleted...]
-  <si>
     <t>Ульяновский институт гражданской авиации имени главного маршала авиации Б.П. Бугаева (г. Ульяновск)</t>
   </si>
   <si>
-    <t>Волгоградский государственный технический университет (г. Волгоград)</t>
+    <t>Ивановский государственный медицинский университет (г. Иваново)</t>
   </si>
   <si>
     <t>Жирновский педагогический колледж (г. Жирновск)</t>
   </si>
   <si>
-    <t>Ивановский государственный медицинский университет (г. Иваново)</t>
+    <t>Академия Государственной противопожарной службы МЧС России (г. Москва)</t>
   </si>
   <si>
     <t>Российская экономическая школа (г. Москва)</t>
   </si>
   <si>
+    <t>Нижегородская государственная консерватория имени М.И. Глинки (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Высшая школа сценических искусств (г. Москва)</t>
+  </si>
+  <si>
     <t>Смоленская государственная сельскохозяйственная академия (г. Смоленск)</t>
   </si>
   <si>
-    <t>Академия Государственной противопожарной службы МЧС России (г. Москва)</t>
-[...2 lines deleted...]
-    <t>Нижегородская государственная консерватория имени М.И. Глинки (г. Нижний Новгород)</t>
+    <t>Волгоградский институт бизнеса (г. Волгоград)</t>
+  </si>
+  <si>
+    <t>Пермский государственный институт культуры (г. Пермь)</t>
+  </si>
+  <si>
+    <t>Пермский военный институт войск национальной гвардии РФ (г. Пермь)</t>
+  </si>
+  <si>
+    <t>Белгородская духовная семинария (с миссионерской направленностью) (г. Белгород)</t>
+  </si>
+  <si>
+    <t>Новосибирский государственный архитектурно-строительный университет (Сибстрин) (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Балашовский политехнический лицей (г. Балашов)</t>
+  </si>
+  <si>
+    <t>Армянский государственный экономический университет (г. Ереван)</t>
+  </si>
+  <si>
+    <t>Технологический университет Таджикистана (г. Душанбе)</t>
+  </si>
+  <si>
+    <t>Дагестанский государственный технический университет (г. Махачкала)</t>
   </si>
   <si>
     <t>Уфимский государственный нефтяной технический университет (г. Уфа)</t>
   </si>
   <si>
-    <t>Волгоградский институт бизнеса (г. Волгоград)</t>
-[...17 lines deleted...]
-    <t>Армянский государственный экономический университет (г. Ереван)</t>
+    <t>Горно-Алтайский государственный университет (г. Горно-Алтайск)</t>
+  </si>
+  <si>
+    <t>Томский аграрный колледж (г. Томск)</t>
+  </si>
+  <si>
+    <t>Северо-Осетинский государственный университет имени К.Л. Хетагурова (г. Владикавказ)</t>
+  </si>
+  <si>
+    <t>Новосибирский химико-технологический колледж имени Д.И. Менделеева (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Ярославский государственный театральный институт им. Фирса Шишигина (г. Ярославль)</t>
+  </si>
+  <si>
+    <t>Московский государственный академический художественный институт имени В.И. Сурикова (г. Москва)</t>
+  </si>
+  <si>
+    <t>Казахский государственный агротехнический университет имени С. Сейфуллина (г. Астана)</t>
+  </si>
+  <si>
+    <t>Финансово-экономический колледж (г. Симферополь)</t>
+  </si>
+  <si>
+    <t>Университет экономики и управления (г. Симферополь)</t>
   </si>
   <si>
     <t>Северо-Западный открытый технический университет (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Дагестанский государственный технический университет (г. Махачкала)</t>
-[...31 lines deleted...]
-  <si>
     <t>Республиканский медицинский колледж имени Героя Советского Союза Ф.А. Пушиной (г. Ижевск)</t>
   </si>
   <si>
-    <t>Новосибирский государственный архитектурно-строительный университет (Сибстрин) (г. Новосибирск)</t>
+    <t>Ростовский государственный медицинский университет (г. Ростов-на Дону)</t>
   </si>
   <si>
     <t>Алтайский государственный педагогический университет (г. Барнаул)</t>
   </si>
   <si>
-    <t>Ростовский государственный медицинский университет (г. Ростов-на Дону)</t>
+    <t>Чурапчинский государственный институт физической культуры и спорта (с. Чурапча)</t>
+  </si>
+  <si>
+    <t>Театральный художественно-технический колледж (г. Москва)</t>
   </si>
   <si>
     <t>Красноярский государственный медицинский университет имени профессора В.Ф. Войно-Ясенецкого (г. Красноярск)</t>
   </si>
   <si>
-    <t>Театральный художественно-технический колледж (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Институт международных связей (г. Екатеринбург)</t>
   </si>
   <si>
-    <t>Чурапчинский государственный институт физической культуры и спорта (с. Чурапча)</t>
+    <t>Мелитопольский государственный педагогический университет имени Б. Хмельницкого (г. Мелитополь)</t>
+  </si>
+  <si>
+    <t>Воронежский институт ФСИН (г. Воронеж)</t>
+  </si>
+  <si>
+    <t>Белорусский государственный университет информатики и радиоэлектроники (г. Минск)</t>
   </si>
   <si>
     <t>Башкирский государственный медицинский университет (г. Уфа)</t>
   </si>
   <si>
     <t>Рязанский государственный агротехнологический университет имени П.А. Костычева (г. Рязань)</t>
   </si>
   <si>
-    <t>Мелитопольский государственный педагогический университет имени Б. Хмельницкого (г. Мелитополь)</t>
-[...2 lines deleted...]
-    <t>Воронежский институт ФСИН (г. Воронеж)</t>
+    <t>Миасский машиностроительный колледж (г. Миасс-4)</t>
   </si>
   <si>
     <t>Академия Министерства внутренних дел Республики Беларусь (г. Минск)</t>
   </si>
   <si>
-    <t>Белорусский государственный университет информатики и радиоэлектроники (г. Минск)</t>
-[...2 lines deleted...]
-    <t>Миасский машиностроительный колледж (г. Миасс-4)</t>
+    <t>Брянский техникум индустрии сервиса (г. Брянск)</t>
   </si>
   <si>
     <t>Рязанское высшее воздушно-десантное ордена Суворова дважды Краснознаменное командное училище имени генерала армии В.Ф. Маргелова (г. Рязань)</t>
   </si>
   <si>
+    <t>Сибирский государственный медицинский университет (г. Томск)</t>
+  </si>
+  <si>
     <t>Казахстанско-Немецкий университет (г. Алматы)</t>
   </si>
   <si>
-    <t>Сибирский государственный медицинский университет (г. Томск)</t>
-[...4 lines deleted...]
-  <si>
     <t>Гуманитарно-социальный институт (г. Люберцы)</t>
   </si>
   <si>
+    <t>Российский государственный геологоразведочный университет имени Серго Орджоникидзе (г. Москва)</t>
+  </si>
+  <si>
+    <t>Нижегородский государственный лингвистический университет имени Н.А. Добролюбова (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Рыбинский профессионально-педагогический колледж (г. Рыбинск)</t>
+  </si>
+  <si>
+    <t>Волжский государственный университет водного транспорта (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Азовское профессиональное училище № 45 (г. Азов)</t>
+  </si>
+  <si>
+    <t>Поволжский государственный университет сервиса (г. Тольятти)</t>
+  </si>
+  <si>
+    <t>Оренбургский государственный институт искусств имени Л. и М. Ростроповичей (г. Оренбург)</t>
+  </si>
+  <si>
+    <t>Ивановская пожарно-спасательная академия ГПС МЧС России (г. Иваново)</t>
+  </si>
+  <si>
+    <t>Самарский государственный социально-педагогический университет (г. Самара)</t>
+  </si>
+  <si>
     <t>Армавирский социально-психологический институт (г. Армавир)</t>
   </si>
   <si>
-    <t>Рыбинский профессионально-педагогический колледж (г. Рыбинск)</t>
-[...25 lines deleted...]
-  <si>
     <t>Ухтинский государственный технический университет (г. Ухта)</t>
   </si>
   <si>
     <t>Новосибирский медицинский колледж (г. Новосибирск)</t>
   </si>
   <si>
     <t>Братский государственный университет (г. Братск)</t>
   </si>
   <si>
+    <t>Тульская духовная семинария Тульской Епархии Русской Православной Церкви (г. Тула)</t>
+  </si>
+  <si>
+    <t>Самарский медицинский университет Реавиз (г. Самара)</t>
+  </si>
+  <si>
+    <t>Костромской автотранспортный колледж (г. Кострома)</t>
+  </si>
+  <si>
+    <t>Башкирский государственный аграрный университет (г. Уфа)</t>
+  </si>
+  <si>
+    <t>Ставропольский государственный медицинский университет (г. Ставрополь)</t>
+  </si>
+  <si>
+    <t>Миссионерский институт (г. Екатеринбург)</t>
+  </si>
+  <si>
     <t>Казанский государственный аграрный университет (г. Казань)</t>
   </si>
   <si>
-    <t>Самарский медицинский университет Реавиз (г. Самара)</t>
-[...1 lines deleted...]
-  <si>
     <t>Краснодарское высшее военное авиационное училище летчиков имени Героя Советского Союза А.К. Серова (г. Краснодар)</t>
   </si>
   <si>
-    <t>Тульская духовная семинария Тульской Епархии Русской Православной Церкви (г. Тула)</t>
-[...13 lines deleted...]
-  <si>
     <t>Дальневосточный государственный университет путей сообщения (г. Хабаровск)</t>
   </si>
   <si>
     <t>Региональный открытый социальный институт (г. Курск)</t>
   </si>
   <si>
     <t>Новосибирский государственный театральный институт (г. Новосибирск)</t>
   </si>
   <si>
     <t>Новосибирская государственная консерватория имени М.И. Глинки (г. Новосибирск)</t>
   </si>
   <si>
+    <t>Московский архитектурный институт (государственная академия) (г. Москва)</t>
+  </si>
+  <si>
     <t>Казахский национальный исследовательский технический университет имени К.И. Сатпаева (г. Алматы)</t>
   </si>
   <si>
+    <t>Технологический колледж № 34 Москвы (г. Москва)</t>
+  </si>
+  <si>
     <t>Газпром колледж Волгоград имени И.А. Матлашова (г. Волгоград)</t>
   </si>
   <si>
-    <t>Московский архитектурный институт (государственная академия) (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Алтайский государственный аграрный университет (г. Барнаул)</t>
   </si>
   <si>
-    <t>Технологический колледж № 34 (г. Москва)</t>
+    <t>Курский государственный медицинский университет (г. Курск)</t>
   </si>
   <si>
     <t>Тюменский государственный институт культуры (г. Тюмень)</t>
   </si>
   <si>
-    <t>Курский государственный медицинский университет (г. Курск)</t>
-[...1 lines deleted...]
-  <si>
     <t>Калининградский областной музыкальный колледж имени С.В. Рахманинова (г. Калининград)</t>
   </si>
   <si>
     <t>Северный государственный медицинский университет (г. Архангельск)</t>
   </si>
   <si>
+    <t>Ташкентский государственный педагогический университет имени Низами (г. Ташкент)</t>
+  </si>
+  <si>
     <t>Свердловский областной медицинский колледж (г. Екатеринбург)</t>
   </si>
   <si>
-    <t>Ташкентский государственный педагогический университет имени Низами (г. Ташкент)</t>
-[...1 lines deleted...]
-  <si>
     <t>Астраханский государственный медицинский университет (г. Астрахань)</t>
   </si>
   <si>
+    <t>Технический университет УГМК (г. Верхняя Пышма)</t>
+  </si>
+  <si>
     <t>Бийский государственный колледж (г. Бийск)</t>
   </si>
   <si>
-    <t>Технический университет УГМК (г. Верхняя Пышма)</t>
-[...1 lines deleted...]
-  <si>
     <t>Брянский государственный аграрный университет (с. Кокино)</t>
   </si>
   <si>
     <t>Московское высшее общевойсковое командное орденов Жукова, Ленина и Октябрьской революции Краснознаменное училище (г. Москва)</t>
   </si>
   <si>
     <t>Военный учебно-научный центр Сухопутных войск «Общевойсковая академия Вооруженных Сил Российской Федерации» (г. Москва)</t>
   </si>
   <si>
     <t>Международный институт экономики и менеджмента (г. Москва)</t>
   </si>
   <si>
     <t>Университет мировых цивилизаций имени В.В. Жириновского (г. Москва)</t>
   </si>
   <si>
     <t>Якутский технологический техникум сервиса имени Ю.А. Готовцева (г. Якутск)</t>
   </si>
   <si>
     <t>Черепановский педагогический колледж (г. Черепаново)</t>
   </si>
   <si>
     <t>Фельдшерский колледж (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Усть-Лабинский социально-педагогический колледж (г. Усть-Лабинск)</t>
@@ -1870,66 +1873,69 @@
   <si>
     <t>Свердловский областной педагогический колледж (г. Екатеринбург)</t>
   </si>
   <si>
     <t>Саратовский архитектурно-строительный колледж (г. Саратов)</t>
   </si>
   <si>
     <t>Рязанский строительный колледж имени Героя Советского Союза В.А. Беглова (г. Рязань)</t>
   </si>
   <si>
     <t>Псковский кооперативный техникум (г. Псков)</t>
   </si>
   <si>
     <t>Профессиональный колледж "Московия" (г. Домодедово)</t>
   </si>
   <si>
     <t>Новочеркасский геологоразведочный колледж (г. Новочеркасск)</t>
   </si>
   <si>
     <t>Нижегородский губернский колледж (г. Нижний Новгород)</t>
   </si>
   <si>
     <t>Московский образовательный комплекс ЗАПАД (г. Москва)</t>
   </si>
   <si>
+    <t>Московский кооперативный техникум имени Г.Н. Альтшуля (г. Мытищи)</t>
+  </si>
+  <si>
     <t>Московская государственная академия физической культуры (пгт. Малаховка)</t>
   </si>
   <si>
     <t>Липецкий государственный технический университет (г. Липецк)</t>
   </si>
   <si>
     <t>Колледж Московского транспорта (г. Москва)</t>
   </si>
   <si>
     <t>Кировский сельскохозяйственный техникум (г. Котельнич)</t>
   </si>
   <si>
     <t>Казанская государственная академия ветеринарной медицины имени Н.Э. Баумана (г. Казань)</t>
   </si>
   <si>
-    <t>Дагестанский государственный педагогический университет имени Р.Гамзатова (г. Махачкала)</t>
+    <t>Дагестанский государственный педагогический университет имени Р. Гамзатова (г. Махачкала)</t>
   </si>
   <si>
     <t>Вологодский колледж связи и информационных технологий (г. Вологда)</t>
   </si>
   <si>
     <t>Волгоградский строительный техникум (г. Волгоград)</t>
   </si>
   <si>
     <t>Альметьевский политехнический техникум (г. Альметьевск)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2248,57 +2254,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J618"/>
+  <dimension ref="A1:J620"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="11" ySplit="1" topLeftCell="L2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="A1" sqref="A1:J618"/>
+      <selection pane="bottomRight" activeCell="A1" sqref="A1:J620"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -2314,18042 +2320,18050 @@
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="2">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="2">
         <v>538</v>
       </c>
       <c r="D2" s="2">
-        <v>2603</v>
+        <v>2594</v>
       </c>
       <c r="E2" s="2">
-        <v>45005</v>
+        <v>44544</v>
       </c>
       <c r="F2" s="2">
-        <v>1928</v>
+        <v>1926</v>
       </c>
       <c r="G2" s="2">
-        <v>17003.0</v>
+        <v>16904.0</v>
       </c>
       <c r="H2" s="2">
-        <v>156797.0</v>
+        <v>154296.0</v>
       </c>
       <c r="I2" s="2">
-        <v>18112.0</v>
+        <v>17561.0</v>
       </c>
       <c r="J2" s="2">
-        <v>17493.0</v>
+        <v>17344.0</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="2">
-        <v>659</v>
+        <v>364</v>
       </c>
       <c r="D3" s="2">
-        <v>617</v>
+        <v>920</v>
       </c>
       <c r="E3" s="2">
-        <v>33442</v>
+        <v>38624</v>
       </c>
       <c r="F3" s="2">
-        <v>1802</v>
+        <v>1791</v>
       </c>
       <c r="G3" s="2">
-        <v>14288.0</v>
+        <v>13522.0</v>
       </c>
       <c r="H3" s="2">
-        <v>126612.0</v>
+        <v>120518.0</v>
       </c>
       <c r="I3" s="2">
-        <v>6290.0</v>
+        <v>10619.0</v>
       </c>
       <c r="J3" s="2">
-        <v>10395.0</v>
+        <v>34470.0</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="2">
-        <v>364</v>
+        <v>661</v>
       </c>
       <c r="D4" s="2">
-        <v>1039</v>
+        <v>617</v>
       </c>
       <c r="E4" s="2">
-        <v>38591</v>
+        <v>32981</v>
       </c>
       <c r="F4" s="2">
-        <v>1797</v>
+        <v>1783</v>
       </c>
       <c r="G4" s="2">
-        <v>13660.0</v>
+        <v>14194.0</v>
       </c>
       <c r="H4" s="2">
-        <v>122726.0</v>
+        <v>124608.0</v>
       </c>
       <c r="I4" s="2">
-        <v>16406.0</v>
+        <v>5395.0</v>
       </c>
       <c r="J4" s="2">
-        <v>37769.0</v>
+        <v>10597.0</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D5" s="2">
-        <v>187</v>
+        <v>233</v>
       </c>
       <c r="E5" s="2">
-        <v>20274</v>
+        <v>20104</v>
       </c>
       <c r="F5" s="2">
-        <v>1715</v>
+        <v>1713</v>
       </c>
       <c r="G5" s="2">
-        <v>11106.0</v>
+        <v>10999.0</v>
       </c>
       <c r="H5" s="2">
-        <v>96600.0</v>
+        <v>94711.0</v>
       </c>
       <c r="I5" s="2">
-        <v>308.0</v>
+        <v>206.0</v>
       </c>
       <c r="J5" s="2">
-        <v>14372.0</v>
+        <v>15950.0</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="2">
         <v>350</v>
       </c>
       <c r="D6" s="2">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="E6" s="2">
-        <v>24243</v>
+        <v>24134</v>
       </c>
       <c r="F6" s="2">
-        <v>1713</v>
+        <v>1703</v>
       </c>
       <c r="G6" s="2">
-        <v>12172.0</v>
+        <v>12030.0</v>
       </c>
       <c r="H6" s="2">
-        <v>124546.0</v>
+        <v>122419.0</v>
       </c>
       <c r="I6" s="2">
-        <v>4779.0</v>
+        <v>4961.0</v>
       </c>
       <c r="J6" s="2">
-        <v>27233.0</v>
+        <v>28114.0</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="2">
         <v>223</v>
       </c>
       <c r="D7" s="2">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="E7" s="2">
-        <v>13286</v>
+        <v>13318</v>
       </c>
       <c r="F7" s="2">
-        <v>1565</v>
+        <v>1564</v>
       </c>
       <c r="G7" s="2">
-        <v>8948.0</v>
+        <v>8877.0</v>
       </c>
       <c r="H7" s="2">
-        <v>73190.0</v>
+        <v>71844.0</v>
       </c>
       <c r="I7" s="2">
-        <v>1992.0</v>
+        <v>1402.0</v>
       </c>
       <c r="J7" s="2">
-        <v>13800.0</v>
+        <v>12974.0</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="2">
-        <v>178</v>
+        <v>161</v>
       </c>
       <c r="D8" s="2">
-        <v>396</v>
+        <v>110</v>
       </c>
       <c r="E8" s="2">
-        <v>15351</v>
+        <v>11022</v>
       </c>
       <c r="F8" s="2">
-        <v>1530</v>
+        <v>1527</v>
       </c>
       <c r="G8" s="2">
-        <v>8401.0</v>
+        <v>6805.0</v>
       </c>
       <c r="H8" s="2">
-        <v>57585.0</v>
+        <v>51906.0</v>
       </c>
       <c r="I8" s="2">
-        <v>4118.0</v>
+        <v>400.0</v>
       </c>
       <c r="J8" s="2">
-        <v>16341.0</v>
+        <v>11536.0</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="2">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="2">
-        <v>158</v>
+        <v>173</v>
       </c>
       <c r="D9" s="2">
-        <v>110</v>
+        <v>32</v>
       </c>
       <c r="E9" s="2">
-        <v>10530</v>
+        <v>9699</v>
       </c>
       <c r="F9" s="2">
-        <v>1527</v>
+        <v>1522</v>
       </c>
       <c r="G9" s="2">
-        <v>6802.0</v>
+        <v>7132.0</v>
       </c>
       <c r="H9" s="2">
-        <v>52926.0</v>
+        <v>50684.0</v>
       </c>
       <c r="I9" s="2">
-        <v>389.0</v>
+        <v>149.0</v>
       </c>
       <c r="J9" s="2">
-        <v>9560.0</v>
+        <v>3715.0</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="2">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="2">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="D10" s="2">
-        <v>32</v>
+        <v>388</v>
       </c>
       <c r="E10" s="2">
-        <v>9699</v>
+        <v>15375</v>
       </c>
       <c r="F10" s="2">
-        <v>1510</v>
+        <v>1516</v>
       </c>
       <c r="G10" s="2">
-        <v>7190.0</v>
+        <v>8180.0</v>
       </c>
       <c r="H10" s="2">
-        <v>51489.0</v>
+        <v>55602.0</v>
       </c>
       <c r="I10" s="2">
-        <v>138.0</v>
+        <v>172.0</v>
       </c>
       <c r="J10" s="2">
-        <v>3584.0</v>
+        <v>14316.0</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="2">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="2">
         <v>171</v>
       </c>
       <c r="D11" s="2">
-        <v>2522</v>
+        <v>2429</v>
       </c>
       <c r="E11" s="2">
-        <v>18624</v>
+        <v>18650</v>
       </c>
       <c r="F11" s="2">
-        <v>1407</v>
+        <v>1412</v>
       </c>
       <c r="G11" s="2">
-        <v>5941.0</v>
+        <v>5903.0</v>
       </c>
       <c r="H11" s="2">
-        <v>43053.0</v>
+        <v>42316.0</v>
       </c>
       <c r="I11" s="2">
-        <v>82042.0</v>
+        <v>27584.0</v>
       </c>
       <c r="J11" s="2">
-        <v>5370.0</v>
+        <v>5400.0</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="2">
         <v>115</v>
       </c>
       <c r="D12" s="2">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="E12" s="2">
-        <v>10438</v>
+        <v>10442</v>
       </c>
       <c r="F12" s="2">
         <v>1402</v>
       </c>
       <c r="G12" s="2">
-        <v>6059.0</v>
+        <v>6021.0</v>
       </c>
       <c r="H12" s="2">
-        <v>47863.0</v>
+        <v>47164.0</v>
       </c>
       <c r="I12" s="2">
-        <v>26438.0</v>
+        <v>20018.0</v>
       </c>
       <c r="J12" s="2">
-        <v>25292.0</v>
+        <v>25759.0</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="2">
         <v>95</v>
       </c>
       <c r="D13" s="2">
         <v>55</v>
       </c>
       <c r="E13" s="2">
         <v>8183</v>
       </c>
       <c r="F13" s="2">
         <v>1366</v>
       </c>
       <c r="G13" s="2">
-        <v>6166.0</v>
+        <v>6074.0</v>
       </c>
       <c r="H13" s="2">
-        <v>43094.0</v>
+        <v>42100.0</v>
       </c>
       <c r="I13" s="2">
-        <v>570.0</v>
+        <v>530.0</v>
       </c>
       <c r="J13" s="2">
-        <v>4966.0</v>
+        <v>4323.0</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="2">
         <v>159</v>
       </c>
       <c r="D14" s="2">
         <v>74</v>
       </c>
       <c r="E14" s="2">
         <v>14182</v>
       </c>
       <c r="F14" s="2">
-        <v>1363</v>
+        <v>1362</v>
       </c>
       <c r="G14" s="2">
-        <v>5561.0</v>
+        <v>5506.0</v>
       </c>
       <c r="H14" s="2">
-        <v>46282.0</v>
+        <v>45353.0</v>
       </c>
       <c r="I14" s="2">
         <v>56.0</v>
       </c>
       <c r="J14" s="2">
-        <v>6242.0</v>
+        <v>5935.0</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="2">
         <v>220</v>
       </c>
       <c r="D15" s="2">
         <v>2</v>
       </c>
       <c r="E15" s="2">
         <v>2772</v>
       </c>
       <c r="F15" s="2">
-        <v>1330</v>
+        <v>1319</v>
       </c>
       <c r="G15" s="2">
-        <v>5086.0</v>
+        <v>4964.0</v>
       </c>
       <c r="H15" s="2">
-        <v>33629.0</v>
+        <v>32311.0</v>
       </c>
       <c r="I15" s="2">
         <v>1.0</v>
       </c>
       <c r="J15" s="2">
-        <v>1297.0</v>
+        <v>1564.0</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="2">
         <v>63</v>
       </c>
       <c r="D16" s="2">
-        <v>807</v>
+        <v>309</v>
       </c>
       <c r="E16" s="2">
         <v>6187</v>
       </c>
       <c r="F16" s="2">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="G16" s="2">
-        <v>4599.0</v>
+        <v>4564.0</v>
       </c>
       <c r="H16" s="2">
-        <v>57970.0</v>
+        <v>57138.0</v>
       </c>
       <c r="I16" s="2">
-        <v>31313.0</v>
+        <v>102.0</v>
       </c>
       <c r="J16" s="2">
-        <v>30724.0</v>
+        <v>32185.0</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="2">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="D17" s="2">
-        <v>89</v>
+        <v>10</v>
       </c>
       <c r="E17" s="2">
-        <v>3998</v>
+        <v>7446</v>
       </c>
       <c r="F17" s="2">
-        <v>1264</v>
+        <v>1257</v>
       </c>
       <c r="G17" s="2">
-        <v>4681.0</v>
+        <v>4047.0</v>
       </c>
       <c r="H17" s="2">
-        <v>27728.0</v>
+        <v>24036.0</v>
       </c>
       <c r="I17" s="2">
-        <v>850.0</v>
+        <v>2.0</v>
       </c>
       <c r="J17" s="2">
-        <v>7802.0</v>
+        <v>1935.0</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="2">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="D18" s="2">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="E18" s="2">
-        <v>7446</v>
+        <v>3977</v>
       </c>
       <c r="F18" s="2">
-        <v>1259</v>
+        <v>1256</v>
       </c>
       <c r="G18" s="2">
-        <v>4060.0</v>
+        <v>4611.0</v>
       </c>
       <c r="H18" s="2">
-        <v>24706.0</v>
+        <v>27256.0</v>
       </c>
       <c r="I18" s="2">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="J18" s="2">
-        <v>2023.0</v>
+        <v>8403.0</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C19" s="2">
         <v>83</v>
       </c>
       <c r="D19" s="2">
-        <v>151</v>
+        <v>171</v>
       </c>
       <c r="E19" s="2">
         <v>1622</v>
       </c>
       <c r="F19" s="2">
-        <v>1251</v>
+        <v>1248</v>
       </c>
       <c r="G19" s="2">
-        <v>3860.0</v>
+        <v>3822.0</v>
       </c>
       <c r="H19" s="2">
-        <v>23772.0</v>
+        <v>23208.0</v>
       </c>
       <c r="I19" s="2">
-        <v>1171.0</v>
+        <v>689.0</v>
       </c>
       <c r="J19" s="2">
-        <v>2019.0</v>
+        <v>1918.0</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C20" s="2">
         <v>83</v>
       </c>
       <c r="D20" s="2">
         <v>17</v>
       </c>
       <c r="E20" s="2">
         <v>6171</v>
       </c>
       <c r="F20" s="2">
-        <v>1227</v>
+        <v>1233</v>
       </c>
       <c r="G20" s="2">
-        <v>4119.0</v>
+        <v>4044.0</v>
       </c>
       <c r="H20" s="2">
-        <v>29602.0</v>
+        <v>28928.0</v>
       </c>
       <c r="I20" s="2">
-        <v>123.0</v>
+        <v>126.0</v>
       </c>
       <c r="J20" s="2">
-        <v>2371.0</v>
+        <v>2406.0</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="2">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D21" s="2">
-        <v>1934</v>
+        <v>1784</v>
       </c>
       <c r="E21" s="2">
-        <v>13771</v>
+        <v>13635</v>
       </c>
       <c r="F21" s="2">
-        <v>1201</v>
+        <v>1208</v>
       </c>
       <c r="G21" s="2">
-        <v>5021.0</v>
+        <v>5016.0</v>
       </c>
       <c r="H21" s="2">
-        <v>63079.0</v>
+        <v>62697.0</v>
       </c>
       <c r="I21" s="2">
-        <v>107846.0</v>
+        <v>6626.0</v>
       </c>
       <c r="J21" s="2">
-        <v>13756.0</v>
+        <v>13823.0</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C22" s="2">
-        <v>157</v>
+        <v>85</v>
       </c>
       <c r="D22" s="2">
-        <v>223</v>
+        <v>8</v>
       </c>
       <c r="E22" s="2">
-        <v>7322</v>
+        <v>7094</v>
       </c>
       <c r="F22" s="2">
-        <v>1194</v>
+        <v>1188</v>
       </c>
       <c r="G22" s="2">
-        <v>5299.0</v>
+        <v>3549.0</v>
       </c>
       <c r="H22" s="2">
-        <v>49204.0</v>
+        <v>26372.0</v>
       </c>
       <c r="I22" s="2">
-        <v>1419.0</v>
+        <v>0.0</v>
       </c>
       <c r="J22" s="2">
-        <v>3012.0</v>
+        <v>1697.0</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="2">
-        <v>85</v>
+        <v>157</v>
       </c>
       <c r="D23" s="2">
-        <v>8</v>
+        <v>223</v>
       </c>
       <c r="E23" s="2">
-        <v>7102</v>
+        <v>7322</v>
       </c>
       <c r="F23" s="2">
-        <v>1190</v>
+        <v>1174</v>
       </c>
       <c r="G23" s="2">
-        <v>3589.0</v>
+        <v>5245.0</v>
       </c>
       <c r="H23" s="2">
-        <v>27140.0</v>
+        <v>48221.0</v>
       </c>
       <c r="I23" s="2">
-        <v>0.0</v>
+        <v>1398.0</v>
       </c>
       <c r="J23" s="2">
-        <v>2162.0</v>
+        <v>3538.0</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="2">
-        <v>90</v>
+        <v>118</v>
       </c>
       <c r="D24" s="2">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="E24" s="2">
-        <v>5991</v>
+        <v>8876</v>
       </c>
       <c r="F24" s="2">
-        <v>1177</v>
+        <v>1167</v>
       </c>
       <c r="G24" s="2">
-        <v>3632.0</v>
+        <v>4887.0</v>
       </c>
       <c r="H24" s="2">
-        <v>28187.0</v>
+        <v>67158.0</v>
       </c>
       <c r="I24" s="2">
-        <v>87.0</v>
+        <v>0.0</v>
       </c>
       <c r="J24" s="2">
-        <v>1601.0</v>
+        <v>13010.0</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="2">
-        <v>117</v>
+        <v>91</v>
       </c>
       <c r="D25" s="2">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="E25" s="2">
-        <v>8892</v>
+        <v>5907</v>
       </c>
       <c r="F25" s="2">
-        <v>1176</v>
+        <v>1166</v>
       </c>
       <c r="G25" s="2">
-        <v>4907.0</v>
+        <v>3595.0</v>
       </c>
       <c r="H25" s="2">
-        <v>67841.0</v>
+        <v>27641.0</v>
       </c>
       <c r="I25" s="2">
-        <v>944.0</v>
+        <v>72.0</v>
       </c>
       <c r="J25" s="2">
-        <v>12647.0</v>
+        <v>1571.0</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2">
         <v>25</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="2">
         <v>100</v>
       </c>
       <c r="D26" s="2">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E26" s="2">
         <v>7146</v>
       </c>
       <c r="F26" s="2">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="G26" s="2">
-        <v>2953.0</v>
+        <v>2925.0</v>
       </c>
       <c r="H26" s="2">
-        <v>16674.0</v>
+        <v>16119.0</v>
       </c>
       <c r="I26" s="2">
-        <v>1128.0</v>
+        <v>1123.0</v>
       </c>
       <c r="J26" s="2">
-        <v>1095.0</v>
+        <v>1219.0</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C27" s="2">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2">
-        <v>3515</v>
+        <v>4053</v>
       </c>
       <c r="F27" s="2">
-        <v>1100</v>
+        <v>1091</v>
       </c>
       <c r="G27" s="2">
-        <v>3093.0</v>
+        <v>3807.0</v>
       </c>
       <c r="H27" s="2">
-        <v>31188.0</v>
+        <v>49612.0</v>
       </c>
       <c r="I27" s="2">
-        <v>2859.0</v>
+        <v>0.0</v>
       </c>
       <c r="J27" s="2">
-        <v>6619.0</v>
+        <v>2551.0</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="2">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="2">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D28" s="2"/>
+        <v>51</v>
+      </c>
+      <c r="D28" s="2">
+        <v>13</v>
+      </c>
       <c r="E28" s="2">
-        <v>3984</v>
+        <v>3515</v>
       </c>
       <c r="F28" s="2">
-        <v>1092</v>
+        <v>1089</v>
       </c>
       <c r="G28" s="2">
-        <v>3835.0</v>
+        <v>3062.0</v>
       </c>
       <c r="H28" s="2">
-        <v>50410.0</v>
+        <v>30580.0</v>
       </c>
       <c r="I28" s="2">
-        <v>0.0</v>
+        <v>5.0</v>
       </c>
       <c r="J28" s="2">
-        <v>2525.0</v>
+        <v>7270.0</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="2">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C29" s="2">
         <v>100</v>
       </c>
       <c r="D29" s="2">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="E29" s="2">
-        <v>4048</v>
+        <v>4050</v>
       </c>
       <c r="F29" s="2">
-        <v>1080</v>
+        <v>1088</v>
       </c>
       <c r="G29" s="2">
-        <v>3414.0</v>
+        <v>3376.0</v>
       </c>
       <c r="H29" s="2">
-        <v>30271.0</v>
+        <v>29961.0</v>
       </c>
       <c r="I29" s="2">
-        <v>44.0</v>
+        <v>64.0</v>
       </c>
       <c r="J29" s="2">
-        <v>2241.0</v>
+        <v>2007.0</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="2">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C30" s="2">
         <v>110</v>
       </c>
       <c r="D30" s="2">
-        <v>200</v>
+        <v>163</v>
       </c>
       <c r="E30" s="2">
-        <v>7744</v>
+        <v>7813</v>
       </c>
       <c r="F30" s="2">
-        <v>1069</v>
+        <v>1055</v>
       </c>
       <c r="G30" s="2">
-        <v>4007.0</v>
+        <v>3955.0</v>
       </c>
       <c r="H30" s="2">
-        <v>50071.0</v>
+        <v>49085.0</v>
       </c>
       <c r="I30" s="2">
-        <v>2222.0</v>
+        <v>116.0</v>
       </c>
       <c r="J30" s="2">
-        <v>8839.0</v>
+        <v>8982.0</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="2">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C31" s="2">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>5157</v>
+        <v>6339</v>
       </c>
       <c r="F31" s="2">
-        <v>1064</v>
+        <v>1053</v>
       </c>
       <c r="G31" s="2">
-        <v>3356.0</v>
+        <v>2393.0</v>
       </c>
       <c r="H31" s="2">
-        <v>29132.0</v>
+        <v>18311.0</v>
       </c>
       <c r="I31" s="2">
-        <v>777.0</v>
+        <v>0.0</v>
       </c>
       <c r="J31" s="2">
-        <v>1768.0</v>
+        <v>1879.0</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="2">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C32" s="2">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D32" s="2"/>
+        <v>59</v>
+      </c>
+      <c r="D32" s="2">
+        <v>232</v>
+      </c>
       <c r="E32" s="2">
-        <v>6301</v>
+        <v>5157</v>
       </c>
       <c r="F32" s="2">
-        <v>1059</v>
+        <v>1052</v>
       </c>
       <c r="G32" s="2">
-        <v>2337.0</v>
+        <v>3336.0</v>
       </c>
       <c r="H32" s="2">
-        <v>10599.0</v>
+        <v>28336.0</v>
       </c>
       <c r="I32" s="2">
-        <v>0.0</v>
+        <v>249.0</v>
       </c>
       <c r="J32" s="2">
-        <v>4260.0</v>
+        <v>1929.0</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="2">
         <v>32</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C33" s="2">
         <v>80</v>
       </c>
       <c r="D33" s="2">
-        <v>191</v>
+        <v>177</v>
       </c>
       <c r="E33" s="2">
         <v>1954</v>
       </c>
       <c r="F33" s="2">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="G33" s="2">
-        <v>2470.0</v>
+        <v>2438.0</v>
       </c>
       <c r="H33" s="2">
-        <v>8418.0</v>
+        <v>8317.0</v>
       </c>
       <c r="I33" s="2">
-        <v>2392.0</v>
+        <v>1007.0</v>
       </c>
       <c r="J33" s="2">
-        <v>2729.0</v>
+        <v>2838.0</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="2">
         <v>33</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C34" s="2">
-        <v>79</v>
+        <v>48</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
-        <v>6339</v>
+        <v>6301</v>
       </c>
       <c r="F34" s="2">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="G34" s="2">
-        <v>2416.0</v>
+        <v>2299.0</v>
       </c>
       <c r="H34" s="2">
-        <v>18404.0</v>
+        <v>10495.0</v>
       </c>
       <c r="I34" s="2">
         <v>0.0</v>
       </c>
       <c r="J34" s="2">
-        <v>2829.0</v>
+        <v>4860.0</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="2">
         <v>34</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C35" s="2">
         <v>62</v>
       </c>
       <c r="D35" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E35" s="2">
         <v>4728</v>
       </c>
       <c r="F35" s="2">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="G35" s="2">
-        <v>2914.0</v>
+        <v>2857.0</v>
       </c>
       <c r="H35" s="2">
-        <v>21398.0</v>
+        <v>20931.0</v>
       </c>
       <c r="I35" s="2">
-        <v>102.0</v>
+        <v>9.0</v>
       </c>
       <c r="J35" s="2">
-        <v>7476.0</v>
+        <v>9097.0</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="2">
         <v>35</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C36" s="2">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="D36" s="2">
-        <v>3</v>
+        <v>61</v>
       </c>
       <c r="E36" s="2">
-        <v>1965</v>
+        <v>1800</v>
       </c>
       <c r="F36" s="2">
-        <v>1036</v>
+        <v>1034</v>
       </c>
       <c r="G36" s="2">
-        <v>2600.0</v>
+        <v>2718.0</v>
       </c>
       <c r="H36" s="2">
-        <v>22887.0</v>
+        <v>13151.0</v>
       </c>
       <c r="I36" s="2">
-        <v>250.0</v>
+        <v>217.0</v>
       </c>
       <c r="J36" s="2">
-        <v>593.0</v>
+        <v>618.0</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="2">
         <v>36</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="2">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="D37" s="2">
-        <v>63</v>
+        <v>3</v>
       </c>
       <c r="E37" s="2">
-        <v>1827</v>
+        <v>1965</v>
       </c>
       <c r="F37" s="2">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="G37" s="2">
-        <v>2751.0</v>
+        <v>2544.0</v>
       </c>
       <c r="H37" s="2">
-        <v>13306.0</v>
+        <v>22332.0</v>
       </c>
       <c r="I37" s="2">
-        <v>415.0</v>
+        <v>245.0</v>
       </c>
       <c r="J37" s="2">
-        <v>591.0</v>
+        <v>556.0</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="2">
         <v>37</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C38" s="2">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D38" s="2"/>
+        <v>63</v>
+      </c>
+      <c r="D38" s="2">
+        <v>2</v>
+      </c>
       <c r="E38" s="2">
-        <v>3109</v>
+        <v>4393</v>
       </c>
       <c r="F38" s="2">
-        <v>1025</v>
+        <v>1016</v>
       </c>
       <c r="G38" s="2">
-        <v>2169.0</v>
+        <v>2232.0</v>
       </c>
       <c r="H38" s="2">
-        <v>10097.0</v>
+        <v>11709.0</v>
       </c>
       <c r="I38" s="2">
         <v>0.0</v>
       </c>
       <c r="J38" s="2">
-        <v>6748.0</v>
+        <v>5323.0</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="2">
         <v>38</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C39" s="2">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>4391</v>
+        <v>3109</v>
       </c>
       <c r="F39" s="2">
-        <v>1010</v>
+        <v>1015</v>
       </c>
       <c r="G39" s="2">
-        <v>2270.0</v>
+        <v>2135.0</v>
       </c>
       <c r="H39" s="2">
-        <v>11870.0</v>
+        <v>9643.0</v>
       </c>
       <c r="I39" s="2">
         <v>0.0</v>
       </c>
       <c r="J39" s="2">
-        <v>5063.0</v>
+        <v>6539.0</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="2">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C40" s="2">
-        <v>40</v>
+        <v>69</v>
       </c>
       <c r="D40" s="2">
-        <v>76</v>
+        <v>1</v>
       </c>
       <c r="E40" s="2">
-        <v>1512</v>
+        <v>7320</v>
       </c>
       <c r="F40" s="2">
-        <v>980</v>
+        <v>979</v>
       </c>
       <c r="G40" s="2">
-        <v>2262.0</v>
+        <v>2267.0</v>
       </c>
       <c r="H40" s="2">
-        <v>22900.0</v>
+        <v>8289.0</v>
       </c>
       <c r="I40" s="2">
-        <v>535.0</v>
+        <v>21.0</v>
       </c>
       <c r="J40" s="2">
-        <v>1143.0</v>
+        <v>772.0</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="2">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C41" s="2">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="D41" s="2">
-        <v>1</v>
+        <v>76</v>
       </c>
       <c r="E41" s="2">
-        <v>7320</v>
+        <v>1512</v>
       </c>
       <c r="F41" s="2">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="G41" s="2">
-        <v>2301.0</v>
+        <v>2233.0</v>
       </c>
       <c r="H41" s="2">
-        <v>8470.0</v>
+        <v>22185.0</v>
       </c>
       <c r="I41" s="2">
-        <v>20.0</v>
+        <v>68.0</v>
       </c>
       <c r="J41" s="2">
-        <v>772.0</v>
+        <v>1112.0</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="2">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="2">
         <v>50</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>3426</v>
       </c>
       <c r="F42" s="2">
-        <v>972</v>
+        <v>967</v>
       </c>
       <c r="G42" s="2">
-        <v>2424.0</v>
+        <v>2373.0</v>
       </c>
       <c r="H42" s="2">
-        <v>30294.0</v>
+        <v>30008.0</v>
       </c>
       <c r="I42" s="2">
         <v>0.0</v>
       </c>
       <c r="J42" s="2">
-        <v>1983.0</v>
+        <v>1820.0</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="2">
         <v>42</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="2">
         <v>53</v>
       </c>
       <c r="D43" s="2">
         <v>122</v>
       </c>
       <c r="E43" s="2">
         <v>3274</v>
       </c>
       <c r="F43" s="2">
-        <v>956</v>
+        <v>950</v>
       </c>
       <c r="G43" s="2">
-        <v>2403.0</v>
+        <v>2379.0</v>
       </c>
       <c r="H43" s="2">
-        <v>24203.0</v>
+        <v>23774.0</v>
       </c>
       <c r="I43" s="2">
-        <v>275.0</v>
+        <v>177.0</v>
       </c>
       <c r="J43" s="2">
-        <v>2129.0</v>
+        <v>2184.0</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="2">
         <v>43</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C44" s="2">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="D44" s="2">
-        <v>4</v>
+        <v>118</v>
       </c>
       <c r="E44" s="2">
-        <v>3433</v>
+        <v>8567</v>
       </c>
       <c r="F44" s="2">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="G44" s="2">
-        <v>2579.0</v>
+        <v>2762.0</v>
       </c>
       <c r="H44" s="2">
-        <v>25313.0</v>
+        <v>34038.0</v>
       </c>
       <c r="I44" s="2">
         <v>0.0</v>
       </c>
       <c r="J44" s="2">
-        <v>1310.0</v>
+        <v>16913.0</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="2">
         <v>44</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C45" s="2">
-        <v>76</v>
+        <v>44</v>
       </c>
       <c r="D45" s="2">
-        <v>144</v>
+        <v>4</v>
       </c>
       <c r="E45" s="2">
-        <v>8567</v>
+        <v>3433</v>
       </c>
       <c r="F45" s="2">
-        <v>948</v>
+        <v>941</v>
       </c>
       <c r="G45" s="2">
-        <v>2778.0</v>
+        <v>2530.0</v>
       </c>
       <c r="H45" s="2">
-        <v>34490.0</v>
+        <v>24881.0</v>
       </c>
       <c r="I45" s="2">
-        <v>8568.0</v>
+        <v>0.0</v>
       </c>
       <c r="J45" s="2">
-        <v>17521.0</v>
+        <v>1279.0</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="2">
         <v>45</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="2">
         <v>28</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
         <v>614</v>
       </c>
       <c r="F46" s="2">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="G46" s="2">
-        <v>1324.0</v>
+        <v>1302.0</v>
       </c>
       <c r="H46" s="2">
-        <v>10935.0</v>
+        <v>10424.0</v>
       </c>
       <c r="I46" s="2">
         <v>0.0</v>
       </c>
       <c r="J46" s="2">
-        <v>1584.0</v>
+        <v>2711.0</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="2">
         <v>46</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="2">
         <v>33</v>
       </c>
       <c r="D47" s="2">
         <v>47</v>
       </c>
       <c r="E47" s="2">
         <v>1136</v>
       </c>
       <c r="F47" s="2">
-        <v>923</v>
+        <v>919</v>
       </c>
       <c r="G47" s="2">
-        <v>2043.0</v>
+        <v>2023.0</v>
       </c>
       <c r="H47" s="2">
-        <v>22389.0</v>
+        <v>21805.0</v>
       </c>
       <c r="I47" s="2">
-        <v>399.0</v>
+        <v>403.0</v>
       </c>
       <c r="J47" s="2">
-        <v>1612.0</v>
+        <v>1361.0</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="2">
         <v>47</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C48" s="2">
         <v>37</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>1032</v>
       </c>
       <c r="F48" s="2">
-        <v>903</v>
+        <v>893</v>
       </c>
       <c r="G48" s="2">
-        <v>1657.0</v>
+        <v>1635.0</v>
       </c>
       <c r="H48" s="2">
-        <v>12188.0</v>
+        <v>11816.0</v>
       </c>
       <c r="I48" s="2">
         <v>0.0</v>
       </c>
       <c r="J48" s="2">
-        <v>410.0</v>
+        <v>522.0</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="2">
         <v>48</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C49" s="2">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="D49" s="2"/>
+        <v>33</v>
+      </c>
+      <c r="D49" s="2">
+        <v>88</v>
+      </c>
       <c r="E49" s="2">
-        <v>1726</v>
+        <v>1748</v>
       </c>
       <c r="F49" s="2">
-        <v>890</v>
+        <v>875</v>
       </c>
       <c r="G49" s="2">
-        <v>1940.0</v>
+        <v>1960.0</v>
       </c>
       <c r="H49" s="2">
-        <v>10849.0</v>
+        <v>18271.0</v>
       </c>
       <c r="I49" s="2">
-        <v>0.0</v>
+        <v>372.0</v>
       </c>
       <c r="J49" s="2">
-        <v>3851.0</v>
+        <v>411.0</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="2">
         <v>49</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C50" s="2">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
-        <v>1677</v>
+        <v>1726</v>
       </c>
       <c r="F50" s="2">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="G50" s="2">
-        <v>2117.0</v>
+        <v>1921.0</v>
       </c>
       <c r="H50" s="2">
-        <v>23704.0</v>
+        <v>10574.0</v>
       </c>
       <c r="I50" s="2">
         <v>0.0</v>
       </c>
       <c r="J50" s="2">
-        <v>892.0</v>
+        <v>4142.0</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="2">
         <v>50</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="2">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="D51" s="2"/>
       <c r="E51" s="2">
-        <v>1748</v>
+        <v>1677</v>
       </c>
       <c r="F51" s="2">
-        <v>874</v>
+        <v>873</v>
       </c>
       <c r="G51" s="2">
-        <v>1973.0</v>
+        <v>2100.0</v>
       </c>
       <c r="H51" s="2">
-        <v>18570.0</v>
+        <v>23429.0</v>
       </c>
       <c r="I51" s="2">
-        <v>362.0</v>
+        <v>0.0</v>
       </c>
       <c r="J51" s="2">
-        <v>396.0</v>
+        <v>850.0</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="2">
         <v>51</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C52" s="2">
         <v>42</v>
       </c>
       <c r="D52" s="2">
         <v>9</v>
       </c>
       <c r="E52" s="2">
         <v>3319</v>
       </c>
       <c r="F52" s="2">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="G52" s="2">
-        <v>1822.0</v>
+        <v>1789.0</v>
       </c>
       <c r="H52" s="2">
-        <v>16570.0</v>
+        <v>16056.0</v>
       </c>
       <c r="I52" s="2">
         <v>4.0</v>
       </c>
       <c r="J52" s="2">
-        <v>855.0</v>
+        <v>825.0</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="2">
         <v>52</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C53" s="2">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D53" s="2"/>
       <c r="E53" s="2">
-        <v>2296</v>
+        <v>1241</v>
       </c>
       <c r="F53" s="2">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="G53" s="2">
-        <v>1814.0</v>
+        <v>1458.0</v>
       </c>
       <c r="H53" s="2">
-        <v>22553.0</v>
+        <v>14573.0</v>
       </c>
       <c r="I53" s="2">
-        <v>180.0</v>
+        <v>0.0</v>
       </c>
       <c r="J53" s="2">
-        <v>4906.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="2">
         <v>53</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C54" s="2">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D54" s="2"/>
+        <v>22</v>
+      </c>
+      <c r="D54" s="2">
+        <v>94</v>
+      </c>
       <c r="E54" s="2">
-        <v>1241</v>
+        <v>2296</v>
       </c>
       <c r="F54" s="2">
-        <v>852</v>
+        <v>847</v>
       </c>
       <c r="G54" s="2">
-        <v>1469.0</v>
+        <v>1805.0</v>
       </c>
       <c r="H54" s="2">
-        <v>15019.0</v>
+        <v>22236.0</v>
       </c>
       <c r="I54" s="2">
         <v>0.0</v>
       </c>
       <c r="J54" s="2">
-        <v>6.0</v>
+        <v>4661.0</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="2">
         <v>54</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C55" s="2">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D55" s="2">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="E55" s="2">
-        <v>2247</v>
+        <v>2489</v>
       </c>
       <c r="F55" s="2">
-        <v>842</v>
+        <v>833</v>
       </c>
       <c r="G55" s="2">
-        <v>1198.0</v>
+        <v>1613.0</v>
       </c>
       <c r="H55" s="2">
-        <v>8232.0</v>
+        <v>9714.0</v>
       </c>
       <c r="I55" s="2">
-        <v>182.0</v>
+        <v>3685.0</v>
       </c>
       <c r="J55" s="2">
-        <v>2216.0</v>
+        <v>1100.0</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="2">
         <v>55</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C56" s="2">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>20</v>
+      </c>
+      <c r="D56" s="2">
+        <v>44</v>
+      </c>
       <c r="E56" s="2">
-        <v>1438</v>
+        <v>2247</v>
       </c>
       <c r="F56" s="2">
-        <v>838</v>
+        <v>833</v>
       </c>
       <c r="G56" s="2">
-        <v>1534.0</v>
+        <v>1179.0</v>
       </c>
       <c r="H56" s="2">
-        <v>10185.0</v>
+        <v>8048.0</v>
       </c>
       <c r="I56" s="2">
-        <v>0.0</v>
+        <v>178.0</v>
       </c>
       <c r="J56" s="2">
-        <v>537.0</v>
+        <v>2417.0</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="2">
         <v>56</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="2">
         <v>24</v>
       </c>
       <c r="D57" s="2">
-        <v>136</v>
+        <v>120</v>
       </c>
       <c r="E57" s="2">
         <v>2647</v>
       </c>
       <c r="F57" s="2">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="G57" s="2">
-        <v>1782.0</v>
+        <v>1771.0</v>
       </c>
       <c r="H57" s="2">
-        <v>24308.0</v>
+        <v>24019.0</v>
       </c>
       <c r="I57" s="2">
-        <v>3807.0</v>
+        <v>38.0</v>
       </c>
       <c r="J57" s="2">
-        <v>4731.0</v>
+        <v>4540.0</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="2">
         <v>57</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C58" s="2">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="D58" s="2"/>
       <c r="E58" s="2">
-        <v>2489</v>
+        <v>1438</v>
       </c>
       <c r="F58" s="2">
-        <v>836</v>
+        <v>831</v>
       </c>
       <c r="G58" s="2">
-        <v>1612.0</v>
+        <v>1531.0</v>
       </c>
       <c r="H58" s="2">
-        <v>9966.0</v>
+        <v>10052.0</v>
       </c>
       <c r="I58" s="2">
-        <v>3689.0</v>
+        <v>0.0</v>
       </c>
       <c r="J58" s="2">
-        <v>1225.0</v>
+        <v>550.0</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="2">
         <v>58</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="2">
         <v>22</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
         <v>1030</v>
       </c>
       <c r="F59" s="2">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="G59" s="2">
-        <v>1623.0</v>
+        <v>1622.0</v>
       </c>
       <c r="H59" s="2">
-        <v>15164.0</v>
+        <v>15022.0</v>
       </c>
       <c r="I59" s="2">
         <v>0.0</v>
       </c>
       <c r="J59" s="2">
-        <v>24.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="2">
         <v>59</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C60" s="2">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D60" s="2"/>
+        <v>44</v>
+      </c>
+      <c r="D60" s="2">
+        <v>574</v>
+      </c>
       <c r="E60" s="2">
-        <v>816</v>
+        <v>2463</v>
       </c>
       <c r="F60" s="2">
-        <v>822</v>
+        <v>817</v>
       </c>
       <c r="G60" s="2">
-        <v>1732.0</v>
+        <v>1865.0</v>
       </c>
       <c r="H60" s="2">
-        <v>21683.0</v>
+        <v>12661.0</v>
       </c>
       <c r="I60" s="2">
-        <v>0.0</v>
+        <v>18.0</v>
       </c>
       <c r="J60" s="2">
-        <v>1837.0</v>
+        <v>950.0</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="2">
         <v>60</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="2">
         <v>21</v>
       </c>
       <c r="D61" s="2">
-        <v>191</v>
+        <v>130</v>
       </c>
       <c r="E61" s="2">
         <v>2062</v>
       </c>
       <c r="F61" s="2">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="G61" s="2">
-        <v>1639.0</v>
+        <v>1623.0</v>
       </c>
       <c r="H61" s="2">
-        <v>14875.0</v>
+        <v>14557.0</v>
       </c>
       <c r="I61" s="2">
-        <v>9137.0</v>
+        <v>17.0</v>
       </c>
       <c r="J61" s="2">
-        <v>1590.0</v>
+        <v>1522.0</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="2">
         <v>61</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C62" s="2">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D62" s="2"/>
       <c r="E62" s="2">
-        <v>2463</v>
+        <v>816</v>
       </c>
       <c r="F62" s="2">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="G62" s="2">
-        <v>1869.0</v>
+        <v>1730.0</v>
       </c>
       <c r="H62" s="2">
-        <v>13060.0</v>
+        <v>21418.0</v>
       </c>
       <c r="I62" s="2">
-        <v>875.0</v>
+        <v>0.0</v>
       </c>
       <c r="J62" s="2">
-        <v>900.0</v>
+        <v>2178.0</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="2">
         <v>62</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="2">
         <v>20</v>
       </c>
       <c r="D63" s="2">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="E63" s="2">
         <v>789</v>
       </c>
       <c r="F63" s="2">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="G63" s="2">
-        <v>1243.0</v>
+        <v>1219.0</v>
       </c>
       <c r="H63" s="2">
-        <v>13699.0</v>
+        <v>13436.0</v>
       </c>
       <c r="I63" s="2">
-        <v>24.0</v>
+        <v>18.0</v>
       </c>
       <c r="J63" s="2">
         <v>439.0</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="2">
         <v>63</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C64" s="2">
         <v>17</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>1014</v>
       </c>
       <c r="F64" s="2">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="G64" s="2">
-        <v>1115.0</v>
+        <v>1109.0</v>
       </c>
       <c r="H64" s="2">
-        <v>7833.0</v>
+        <v>7529.0</v>
       </c>
       <c r="I64" s="2">
         <v>0.0</v>
       </c>
       <c r="J64" s="2">
-        <v>1379.0</v>
+        <v>1391.0</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="2">
         <v>64</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="2">
         <v>7</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
         <v>351</v>
       </c>
       <c r="F65" s="2">
-        <v>795</v>
+        <v>787</v>
       </c>
       <c r="G65" s="2">
-        <v>952.0</v>
+        <v>927.0</v>
       </c>
       <c r="H65" s="2">
-        <v>7858.0</v>
+        <v>7433.0</v>
       </c>
       <c r="I65" s="2">
         <v>0.0</v>
       </c>
       <c r="J65" s="2">
-        <v>1566.0</v>
+        <v>2675.0</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="2">
         <v>65</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="2">
         <v>36</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
         <v>2325</v>
       </c>
       <c r="F66" s="2">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="G66" s="2">
-        <v>1431.0</v>
+        <v>1421.0</v>
       </c>
       <c r="H66" s="2">
-        <v>12428.0</v>
+        <v>12222.0</v>
       </c>
       <c r="I66" s="2">
         <v>0.0</v>
       </c>
       <c r="J66" s="2">
-        <v>11538.0</v>
+        <v>10110.0</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="2">
         <v>66</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="2">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2">
-        <v>1912</v>
+        <v>1245</v>
       </c>
       <c r="F67" s="2">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="G67" s="2">
-        <v>1363.0</v>
+        <v>1602.0</v>
       </c>
       <c r="H67" s="2">
-        <v>14547.0</v>
+        <v>9584.0</v>
       </c>
       <c r="I67" s="2">
-        <v>454.0</v>
+        <v>0.0</v>
       </c>
       <c r="J67" s="2">
-        <v>283.0</v>
+        <v>4369.0</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="2">
         <v>67</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="2">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="D68" s="2"/>
+        <v>32</v>
+      </c>
+      <c r="D68" s="2">
+        <v>40</v>
+      </c>
       <c r="E68" s="2">
-        <v>833</v>
+        <v>1912</v>
       </c>
       <c r="F68" s="2">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="G68" s="2">
-        <v>1558.0</v>
+        <v>1361.0</v>
       </c>
       <c r="H68" s="2">
-        <v>8999.0</v>
+        <v>14481.0</v>
       </c>
       <c r="I68" s="2">
-        <v>0.0</v>
+        <v>438.0</v>
       </c>
       <c r="J68" s="2">
-        <v>621.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="2">
         <v>68</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="2">
         <v>56</v>
       </c>
       <c r="D69" s="2">
         <v>45</v>
       </c>
       <c r="E69" s="2">
         <v>2755</v>
       </c>
       <c r="F69" s="2">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="G69" s="2">
-        <v>1366.0</v>
+        <v>1350.0</v>
       </c>
       <c r="H69" s="2">
-        <v>4221.0</v>
+        <v>4024.0</v>
       </c>
       <c r="I69" s="2">
-        <v>520.0</v>
+        <v>297.0</v>
       </c>
       <c r="J69" s="2">
-        <v>91.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="2">
         <v>69</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="2">
         <v>27</v>
       </c>
       <c r="D70" s="2">
         <v>47</v>
       </c>
       <c r="E70" s="2">
         <v>1137</v>
       </c>
       <c r="F70" s="2">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="G70" s="2">
-        <v>1278.0</v>
+        <v>1264.0</v>
       </c>
       <c r="H70" s="2">
-        <v>5783.0</v>
+        <v>5680.0</v>
       </c>
       <c r="I70" s="2">
-        <v>29.0</v>
+        <v>39.0</v>
       </c>
       <c r="J70" s="2">
-        <v>293.0</v>
+        <v>577.0</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="2">
         <v>70</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C71" s="2">
-        <v>36</v>
+        <v>84</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2">
-        <v>740</v>
+        <v>2093</v>
       </c>
       <c r="F71" s="2">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="G71" s="2">
-        <v>1947.0</v>
+        <v>1395.0</v>
       </c>
       <c r="H71" s="2">
-        <v>29151.0</v>
+        <v>7181.0</v>
       </c>
       <c r="I71" s="2">
         <v>0.0</v>
       </c>
       <c r="J71" s="2">
-        <v>401.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="2">
         <v>71</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="2">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2">
-        <v>330</v>
+        <v>695</v>
       </c>
       <c r="F72" s="2">
-        <v>763</v>
+        <v>755</v>
       </c>
       <c r="G72" s="2">
-        <v>918.0</v>
+        <v>1062.0</v>
       </c>
       <c r="H72" s="2">
-        <v>7517.0</v>
+        <v>6277.0</v>
       </c>
       <c r="I72" s="2">
         <v>0.0</v>
       </c>
       <c r="J72" s="2">
-        <v>150.0</v>
+        <v>1160.0</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="2">
         <v>72</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C73" s="2">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D73" s="2"/>
+        <v>41</v>
+      </c>
+      <c r="D73" s="2">
+        <v>48</v>
+      </c>
       <c r="E73" s="2">
-        <v>695</v>
+        <v>3658</v>
       </c>
       <c r="F73" s="2">
-        <v>761</v>
+        <v>755</v>
       </c>
       <c r="G73" s="2">
-        <v>1076.0</v>
+        <v>1483.0</v>
       </c>
       <c r="H73" s="2">
-        <v>6543.0</v>
+        <v>21867.0</v>
       </c>
       <c r="I73" s="2">
-        <v>0.0</v>
+        <v>32.0</v>
       </c>
       <c r="J73" s="2">
-        <v>1169.0</v>
+        <v>832.0</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="2">
         <v>73</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="2">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="D74" s="2"/>
       <c r="E74" s="2">
-        <v>3807</v>
+        <v>740</v>
       </c>
       <c r="F74" s="2">
-        <v>759</v>
+        <v>747</v>
       </c>
       <c r="G74" s="2">
-        <v>1496.0</v>
+        <v>1866.0</v>
       </c>
       <c r="H74" s="2">
-        <v>22034.0</v>
+        <v>28681.0</v>
       </c>
       <c r="I74" s="2">
-        <v>32.0</v>
+        <v>0.0</v>
       </c>
       <c r="J74" s="2">
-        <v>854.0</v>
+        <v>417.0</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="2">
         <v>74</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="2">
-        <v>84</v>
+        <v>11</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
-        <v>2093</v>
+        <v>330</v>
       </c>
       <c r="F75" s="2">
-        <v>758</v>
+        <v>747</v>
       </c>
       <c r="G75" s="2">
-        <v>1410.0</v>
+        <v>901.0</v>
       </c>
       <c r="H75" s="2">
-        <v>7337.0</v>
+        <v>7398.0</v>
       </c>
       <c r="I75" s="2">
         <v>0.0</v>
       </c>
       <c r="J75" s="2">
-        <v>47.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="2">
         <v>75</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C76" s="2">
         <v>23</v>
       </c>
       <c r="D76" s="2">
         <v>20</v>
       </c>
       <c r="E76" s="2">
         <v>1627</v>
       </c>
       <c r="F76" s="2">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="G76" s="2">
-        <v>1270.0</v>
+        <v>1246.0</v>
       </c>
       <c r="H76" s="2">
-        <v>13915.0</v>
+        <v>13338.0</v>
       </c>
       <c r="I76" s="2">
         <v>56.0</v>
       </c>
       <c r="J76" s="2">
-        <v>1951.0</v>
+        <v>1851.0</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="2">
         <v>76</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C77" s="2">
         <v>28</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
         <v>1240</v>
       </c>
       <c r="F77" s="2">
-        <v>739</v>
+        <v>734</v>
       </c>
       <c r="G77" s="2">
-        <v>1380.0</v>
+        <v>1364.0</v>
       </c>
       <c r="H77" s="2">
-        <v>7130.0</v>
+        <v>7063.0</v>
       </c>
       <c r="I77" s="2">
         <v>0.0</v>
       </c>
       <c r="J77" s="2">
         <v>24.0</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="2">
         <v>77</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C78" s="2">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="D78" s="2">
         <v>64</v>
       </c>
+      <c r="D78" s="2"/>
       <c r="E78" s="2">
-        <v>1417</v>
+        <v>1240</v>
       </c>
       <c r="F78" s="2">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="G78" s="2">
-        <v>1218.0</v>
+        <v>1132.0</v>
       </c>
       <c r="H78" s="2">
-        <v>11657.0</v>
+        <v>6247.0</v>
       </c>
       <c r="I78" s="2">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="J78" s="2">
-        <v>23.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="2">
         <v>78</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>87</v>
       </c>
       <c r="C79" s="2">
+        <v>29</v>
+      </c>
+      <c r="D79" s="2">
         <v>64</v>
       </c>
-      <c r="D79" s="2"/>
       <c r="E79" s="2">
-        <v>1240</v>
+        <v>1417</v>
       </c>
       <c r="F79" s="2">
         <v>723</v>
       </c>
       <c r="G79" s="2">
-        <v>1145.0</v>
+        <v>1191.0</v>
       </c>
       <c r="H79" s="2">
-        <v>6362.0</v>
+        <v>11503.0</v>
       </c>
       <c r="I79" s="2">
-        <v>0.0</v>
+        <v>8.0</v>
       </c>
       <c r="J79" s="2">
-        <v>31.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="2">
         <v>79</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C80" s="2">
         <v>12</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
         <v>681</v>
       </c>
       <c r="F80" s="2">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="G80" s="2">
-        <v>981.0</v>
+        <v>970.0</v>
       </c>
       <c r="H80" s="2">
-        <v>4056.0</v>
+        <v>4005.0</v>
       </c>
       <c r="I80" s="2">
         <v>0.0</v>
       </c>
       <c r="J80" s="2">
         <v>528.0</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="2">
         <v>80</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C81" s="2">
         <v>19</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
         <v>598</v>
       </c>
       <c r="F81" s="2">
-        <v>720</v>
+        <v>713</v>
       </c>
       <c r="G81" s="2">
-        <v>1363.0</v>
+        <v>1343.0</v>
       </c>
       <c r="H81" s="2">
-        <v>17909.0</v>
+        <v>17732.0</v>
       </c>
       <c r="I81" s="2">
         <v>0.0</v>
       </c>
       <c r="J81" s="2">
-        <v>547.0</v>
+        <v>605.0</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="2">
         <v>81</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C82" s="2">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="D82" s="2"/>
       <c r="E82" s="2">
-        <v>914</v>
+        <v>2124</v>
       </c>
       <c r="F82" s="2">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="G82" s="2">
-        <v>980.0</v>
+        <v>1339.0</v>
       </c>
       <c r="H82" s="2">
-        <v>4634.0</v>
+        <v>17585.0</v>
       </c>
       <c r="I82" s="2">
-        <v>20.0</v>
+        <v>0.0</v>
       </c>
       <c r="J82" s="2">
-        <v>29.0</v>
+        <v>2181.0</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="2">
         <v>82</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C83" s="2">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D83" s="2"/>
+        <v>27</v>
+      </c>
+      <c r="D83" s="2">
+        <v>47</v>
+      </c>
       <c r="E83" s="2">
-        <v>1334</v>
+        <v>818</v>
       </c>
       <c r="F83" s="2">
-        <v>716</v>
+        <v>711</v>
       </c>
       <c r="G83" s="2">
-        <v>1088.0</v>
+        <v>1327.0</v>
       </c>
       <c r="H83" s="2">
-        <v>4323.0</v>
+        <v>9446.0</v>
       </c>
       <c r="I83" s="2">
-        <v>0.0</v>
+        <v>99.0</v>
       </c>
       <c r="J83" s="2">
-        <v>469.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="2">
         <v>83</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>92</v>
       </c>
       <c r="C84" s="2">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D84" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="D84" s="2">
+        <v>48</v>
+      </c>
       <c r="E84" s="2">
-        <v>971</v>
+        <v>2929</v>
       </c>
       <c r="F84" s="2">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="G84" s="2">
-        <v>1110.0</v>
+        <v>697.0</v>
       </c>
       <c r="H84" s="2">
-        <v>4345.0</v>
+        <v>5613.0</v>
       </c>
       <c r="I84" s="2">
-        <v>0.0</v>
+        <v>19.0</v>
       </c>
       <c r="J84" s="2">
-        <v>252.0</v>
+        <v>823.0</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="2">
         <v>84</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C85" s="2">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D85" s="2"/>
+        <v>19</v>
+      </c>
+      <c r="D85" s="2">
+        <v>2</v>
+      </c>
       <c r="E85" s="2">
-        <v>1547</v>
+        <v>914</v>
       </c>
       <c r="F85" s="2">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="G85" s="2">
-        <v>1327.0</v>
+        <v>947.0</v>
       </c>
       <c r="H85" s="2">
-        <v>11597.0</v>
+        <v>4565.0</v>
       </c>
       <c r="I85" s="2">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
       <c r="J85" s="2">
-        <v>279.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="2">
         <v>85</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C86" s="2">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D86" s="2"/>
       <c r="E86" s="2">
-        <v>818</v>
+        <v>1547</v>
       </c>
       <c r="F86" s="2">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="G86" s="2">
-        <v>1350.0</v>
+        <v>1317.0</v>
       </c>
       <c r="H86" s="2">
-        <v>9676.0</v>
+        <v>11039.0</v>
       </c>
       <c r="I86" s="2">
-        <v>101.0</v>
+        <v>0.0</v>
       </c>
       <c r="J86" s="2">
-        <v>0.0</v>
+        <v>284.0</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="2">
         <v>86</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>95</v>
       </c>
       <c r="C87" s="2">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
-        <v>439</v>
+        <v>971</v>
       </c>
       <c r="F87" s="2">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="G87" s="2">
-        <v>994.0</v>
+        <v>1094.0</v>
       </c>
       <c r="H87" s="2">
-        <v>5070.0</v>
+        <v>4308.0</v>
       </c>
       <c r="I87" s="2">
         <v>0.0</v>
       </c>
       <c r="J87" s="2">
-        <v>321.0</v>
+        <v>285.0</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="2">
         <v>87</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C88" s="2">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
-        <v>2124</v>
+        <v>1334</v>
       </c>
       <c r="F88" s="2">
         <v>708</v>
       </c>
       <c r="G88" s="2">
-        <v>1363.0</v>
+        <v>1086.0</v>
       </c>
       <c r="H88" s="2">
-        <v>17884.0</v>
+        <v>4297.0</v>
       </c>
       <c r="I88" s="2">
         <v>0.0</v>
       </c>
       <c r="J88" s="2">
-        <v>2287.0</v>
+        <v>707.0</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="2">
         <v>88</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C89" s="2">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D89" s="2"/>
       <c r="E89" s="2">
-        <v>2929</v>
+        <v>439</v>
       </c>
       <c r="F89" s="2">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="G89" s="2">
-        <v>689.0</v>
+        <v>975.0</v>
       </c>
       <c r="H89" s="2">
-        <v>5714.0</v>
+        <v>4906.0</v>
       </c>
       <c r="I89" s="2">
-        <v>12.0</v>
+        <v>0.0</v>
       </c>
       <c r="J89" s="2">
-        <v>1714.0</v>
+        <v>289.0</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="2">
         <v>89</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C90" s="2">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="D90" s="2">
         <v>14</v>
       </c>
       <c r="E90" s="2">
-        <v>1387</v>
+        <v>273</v>
       </c>
       <c r="F90" s="2">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="G90" s="2">
-        <v>864.0</v>
+        <v>1118.0</v>
       </c>
       <c r="H90" s="2">
-        <v>3827.0</v>
+        <v>4968.0</v>
       </c>
       <c r="I90" s="2">
-        <v>17.0</v>
+        <v>154.0</v>
       </c>
       <c r="J90" s="2">
-        <v>63.0</v>
+        <v>402.0</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="2">
         <v>90</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C91" s="2">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D91" s="2">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="E91" s="2">
-        <v>273</v>
+        <v>1004</v>
       </c>
       <c r="F91" s="2">
         <v>698</v>
       </c>
       <c r="G91" s="2">
-        <v>1139.0</v>
+        <v>1179.0</v>
       </c>
       <c r="H91" s="2">
-        <v>5037.0</v>
+        <v>9773.0</v>
       </c>
       <c r="I91" s="2">
-        <v>139.0</v>
+        <v>30.0</v>
       </c>
       <c r="J91" s="2">
-        <v>285.0</v>
+        <v>1302.0</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="2">
         <v>91</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C92" s="2">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
-        <v>2325</v>
+        <v>1504</v>
       </c>
       <c r="F92" s="2">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="G92" s="2">
-        <v>1270.0</v>
+        <v>797.0</v>
       </c>
       <c r="H92" s="2">
-        <v>13494.0</v>
+        <v>3912.0</v>
       </c>
       <c r="I92" s="2">
         <v>0.0</v>
       </c>
       <c r="J92" s="2">
-        <v>6436.0</v>
+        <v>528.0</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="2">
         <v>92</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>101</v>
       </c>
       <c r="C93" s="2">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D93" s="2">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="E93" s="2">
-        <v>1004</v>
+        <v>1387</v>
       </c>
       <c r="F93" s="2">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="G93" s="2">
-        <v>1195.0</v>
+        <v>865.0</v>
       </c>
       <c r="H93" s="2">
-        <v>10082.0</v>
+        <v>3721.0</v>
       </c>
       <c r="I93" s="2">
-        <v>36.0</v>
+        <v>17.0</v>
       </c>
       <c r="J93" s="2">
-        <v>1253.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="2">
         <v>93</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C94" s="2">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2">
-        <v>1504</v>
+        <v>1329</v>
       </c>
       <c r="F94" s="2">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="G94" s="2">
-        <v>817.0</v>
+        <v>1128.0</v>
       </c>
       <c r="H94" s="2">
-        <v>3970.0</v>
+        <v>4335.0</v>
       </c>
       <c r="I94" s="2">
         <v>0.0</v>
       </c>
       <c r="J94" s="2">
-        <v>523.0</v>
+        <v>359.0</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="2">
         <v>94</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C95" s="2">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
-        <v>1329</v>
+        <v>2325</v>
       </c>
       <c r="F95" s="2">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="G95" s="2">
-        <v>1136.0</v>
+        <v>1246.0</v>
       </c>
       <c r="H95" s="2">
-        <v>4416.0</v>
+        <v>13112.0</v>
       </c>
       <c r="I95" s="2">
         <v>0.0</v>
       </c>
       <c r="J95" s="2">
-        <v>358.0</v>
+        <v>3736.0</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="2">
         <v>95</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>104</v>
       </c>
       <c r="C96" s="2">
         <v>16</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
         <v>467</v>
       </c>
       <c r="F96" s="2">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="G96" s="2">
-        <v>982.0</v>
+        <v>972.0</v>
       </c>
       <c r="H96" s="2">
-        <v>8902.0</v>
+        <v>8686.0</v>
       </c>
       <c r="I96" s="2">
         <v>0.0</v>
       </c>
       <c r="J96" s="2">
-        <v>233.0</v>
+        <v>209.0</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="2">
         <v>96</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C97" s="2">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2">
-        <v>1045</v>
+        <v>1367</v>
       </c>
       <c r="F97" s="2">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="G97" s="2">
-        <v>1137.0</v>
+        <v>1261.0</v>
       </c>
       <c r="H97" s="2">
-        <v>5067.0</v>
+        <v>6176.0</v>
       </c>
       <c r="I97" s="2">
         <v>0.0</v>
       </c>
       <c r="J97" s="2">
-        <v>934.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="2">
         <v>97</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C98" s="2">
         <v>21</v>
       </c>
       <c r="D98" s="2">
-        <v>191</v>
+        <v>130</v>
       </c>
       <c r="E98" s="2">
-        <v>1534</v>
+        <v>1547</v>
       </c>
       <c r="F98" s="2">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="G98" s="2">
-        <v>882.0</v>
+        <v>871.0</v>
       </c>
       <c r="H98" s="2">
-        <v>10292.0</v>
+        <v>10068.0</v>
       </c>
       <c r="I98" s="2">
-        <v>9137.0</v>
+        <v>17.0</v>
       </c>
       <c r="J98" s="2">
         <v>1003.0</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="2">
         <v>98</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C99" s="2">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2">
-        <v>1367</v>
+        <v>2129</v>
       </c>
       <c r="F99" s="2">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="G99" s="2">
-        <v>1260.0</v>
+        <v>1488.0</v>
       </c>
       <c r="H99" s="2">
-        <v>6249.0</v>
+        <v>19485.0</v>
       </c>
       <c r="I99" s="2">
         <v>0.0</v>
       </c>
       <c r="J99" s="2">
-        <v>0.0</v>
+        <v>4786.0</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="2">
         <v>99</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C100" s="2">
         <v>19</v>
       </c>
       <c r="D100" s="2">
         <v>2</v>
       </c>
       <c r="E100" s="2">
         <v>780</v>
       </c>
       <c r="F100" s="2">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="G100" s="2">
-        <v>1023.0</v>
+        <v>1016.0</v>
       </c>
       <c r="H100" s="2">
-        <v>10698.0</v>
+        <v>10373.0</v>
       </c>
       <c r="I100" s="2">
         <v>19.0</v>
       </c>
       <c r="J100" s="2">
         <v>10.0</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="2">
         <v>100</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C101" s="2">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D101" s="2"/>
+        <v>22</v>
+      </c>
+      <c r="D101" s="2">
+        <v>208</v>
+      </c>
       <c r="E101" s="2">
-        <v>2129</v>
+        <v>2641</v>
       </c>
       <c r="F101" s="2">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="G101" s="2">
-        <v>1490.0</v>
+        <v>1200.0</v>
       </c>
       <c r="H101" s="2">
-        <v>19599.0</v>
+        <v>4356.0</v>
       </c>
       <c r="I101" s="2">
-        <v>0.0</v>
+        <v>1994.0</v>
       </c>
       <c r="J101" s="2">
-        <v>4925.0</v>
+        <v>493.0</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="2">
         <v>101</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>110</v>
       </c>
       <c r="C102" s="2">
         <v>25</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2">
         <v>605</v>
       </c>
       <c r="F102" s="2">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="G102" s="2">
-        <v>1088.0</v>
+        <v>1074.0</v>
       </c>
       <c r="H102" s="2">
-        <v>5608.0</v>
+        <v>5470.0</v>
       </c>
       <c r="I102" s="2">
         <v>0.0</v>
       </c>
       <c r="J102" s="2">
-        <v>349.0</v>
+        <v>602.0</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="2">
         <v>102</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C103" s="2">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D103" s="2"/>
       <c r="E103" s="2">
-        <v>2641</v>
+        <v>1045</v>
       </c>
       <c r="F103" s="2">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="G103" s="2">
-        <v>1201.0</v>
+        <v>1118.0</v>
       </c>
       <c r="H103" s="2">
-        <v>4456.0</v>
+        <v>4881.0</v>
       </c>
       <c r="I103" s="2">
-        <v>1960.0</v>
+        <v>0.0</v>
       </c>
       <c r="J103" s="2">
-        <v>493.0</v>
+        <v>938.0</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="2">
         <v>103</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C104" s="2">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
-        <v>1307</v>
+        <v>3240</v>
       </c>
       <c r="F104" s="2">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="G104" s="2">
-        <v>783.0</v>
+        <v>854.0</v>
       </c>
       <c r="H104" s="2">
-        <v>11183.0</v>
+        <v>3997.0</v>
       </c>
       <c r="I104" s="2">
         <v>0.0</v>
       </c>
       <c r="J104" s="2">
-        <v>5809.0</v>
+        <v>456.0</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="2">
         <v>104</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>113</v>
       </c>
       <c r="C105" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
-        <v>3240</v>
+        <v>594</v>
       </c>
       <c r="F105" s="2">
-        <v>656</v>
+        <v>650</v>
       </c>
       <c r="G105" s="2">
-        <v>867.0</v>
+        <v>856.0</v>
       </c>
       <c r="H105" s="2">
-        <v>4122.0</v>
+        <v>6236.0</v>
       </c>
       <c r="I105" s="2">
         <v>0.0</v>
       </c>
       <c r="J105" s="2">
-        <v>456.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="2">
         <v>105</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C106" s="2">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
-        <v>1234</v>
+        <v>1307</v>
       </c>
       <c r="F106" s="2">
-        <v>655</v>
+        <v>649</v>
       </c>
       <c r="G106" s="2">
-        <v>1258.0</v>
+        <v>787.0</v>
       </c>
       <c r="H106" s="2">
-        <v>13383.0</v>
+        <v>10881.0</v>
       </c>
       <c r="I106" s="2">
         <v>0.0</v>
       </c>
       <c r="J106" s="2">
-        <v>422.0</v>
+        <v>5661.0</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="2">
         <v>106</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C107" s="2">
         <v>22</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2">
-        <v>594</v>
+        <v>1234</v>
       </c>
       <c r="F107" s="2">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="G107" s="2">
-        <v>871.0</v>
+        <v>1239.0</v>
       </c>
       <c r="H107" s="2">
-        <v>6447.0</v>
+        <v>13121.0</v>
       </c>
       <c r="I107" s="2">
         <v>0.0</v>
       </c>
       <c r="J107" s="2">
-        <v>162.0</v>
+        <v>425.0</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="2">
         <v>107</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C108" s="2">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="D108" s="2"/>
       <c r="E108" s="2">
-        <v>693</v>
+        <v>1235</v>
       </c>
       <c r="F108" s="2">
         <v>645</v>
       </c>
       <c r="G108" s="2">
-        <v>943.0</v>
+        <v>1259.0</v>
       </c>
       <c r="H108" s="2">
-        <v>5364.0</v>
+        <v>23853.0</v>
       </c>
       <c r="I108" s="2">
-        <v>244.0</v>
+        <v>0.0</v>
       </c>
       <c r="J108" s="2">
-        <v>0.0</v>
+        <v>749.0</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="2">
         <v>108</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C109" s="2">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="D109" s="2"/>
+        <v>30</v>
+      </c>
+      <c r="D109" s="2">
+        <v>31</v>
+      </c>
       <c r="E109" s="2">
-        <v>1235</v>
+        <v>693</v>
       </c>
       <c r="F109" s="2">
         <v>643</v>
       </c>
       <c r="G109" s="2">
-        <v>1274.0</v>
+        <v>921.0</v>
       </c>
       <c r="H109" s="2">
-        <v>24003.0</v>
+        <v>5290.0</v>
       </c>
       <c r="I109" s="2">
-        <v>0.0</v>
+        <v>231.0</v>
       </c>
       <c r="J109" s="2">
-        <v>771.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="2">
         <v>109</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C110" s="2">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D110" s="2"/>
       <c r="E110" s="2">
-        <v>1166</v>
+        <v>2752</v>
       </c>
       <c r="F110" s="2">
         <v>641</v>
       </c>
       <c r="G110" s="2">
-        <v>1422.0</v>
+        <v>718.0</v>
       </c>
       <c r="H110" s="2">
-        <v>20439.0</v>
+        <v>3327.0</v>
       </c>
       <c r="I110" s="2">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="J110" s="2">
-        <v>529.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="2">
         <v>110</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>119</v>
       </c>
       <c r="C111" s="2">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D111" s="2"/>
+        <v>17</v>
+      </c>
+      <c r="D111" s="2">
+        <v>1</v>
+      </c>
       <c r="E111" s="2">
-        <v>681</v>
+        <v>1166</v>
       </c>
       <c r="F111" s="2">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="G111" s="2">
-        <v>957.0</v>
+        <v>1395.0</v>
       </c>
       <c r="H111" s="2">
-        <v>5565.0</v>
+        <v>19991.0</v>
       </c>
       <c r="I111" s="2">
-        <v>0.0</v>
+        <v>37.0</v>
       </c>
       <c r="J111" s="2">
-        <v>127.0</v>
+        <v>520.0</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="2">
         <v>111</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>120</v>
       </c>
       <c r="C112" s="2">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="D112" s="2"/>
       <c r="E112" s="2">
-        <v>2858</v>
+        <v>681</v>
       </c>
       <c r="F112" s="2">
         <v>638</v>
       </c>
       <c r="G112" s="2">
-        <v>877.0</v>
+        <v>960.0</v>
       </c>
       <c r="H112" s="2">
-        <v>2994.0</v>
+        <v>5355.0</v>
       </c>
       <c r="I112" s="2">
         <v>0.0</v>
       </c>
       <c r="J112" s="2">
-        <v>898.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="2">
         <v>112</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C113" s="2">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D113" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="D113" s="2">
+        <v>24</v>
+      </c>
       <c r="E113" s="2">
-        <v>145</v>
+        <v>1960</v>
       </c>
       <c r="F113" s="2">
         <v>637</v>
       </c>
       <c r="G113" s="2">
-        <v>863.0</v>
+        <v>1039.0</v>
       </c>
       <c r="H113" s="2">
-        <v>8757.0</v>
+        <v>4369.0</v>
       </c>
       <c r="I113" s="2">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
       <c r="J113" s="2">
-        <v>48.0</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="2">
         <v>113</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C114" s="2">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D114" s="2">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="E114" s="2">
-        <v>1960</v>
+        <v>2858</v>
       </c>
       <c r="F114" s="2">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="G114" s="2">
-        <v>1059.0</v>
+        <v>869.0</v>
       </c>
       <c r="H114" s="2">
-        <v>4445.0</v>
+        <v>2941.0</v>
       </c>
       <c r="I114" s="2">
-        <v>12.0</v>
+        <v>0.0</v>
       </c>
       <c r="J114" s="2">
-        <v>109.0</v>
+        <v>898.0</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="2">
         <v>114</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>123</v>
       </c>
       <c r="C115" s="2">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
-        <v>1775</v>
+        <v>145</v>
       </c>
       <c r="F115" s="2">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="G115" s="2">
-        <v>970.0</v>
+        <v>848.0</v>
       </c>
       <c r="H115" s="2">
-        <v>10087.0</v>
+        <v>8601.0</v>
       </c>
       <c r="I115" s="2">
         <v>0.0</v>
       </c>
       <c r="J115" s="2">
-        <v>36.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="2">
         <v>115</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>124</v>
       </c>
       <c r="C116" s="2">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D116" s="2"/>
+        <v>15</v>
+      </c>
+      <c r="D116" s="2">
+        <v>34</v>
+      </c>
       <c r="E116" s="2">
-        <v>2752</v>
+        <v>263</v>
       </c>
       <c r="F116" s="2">
-        <v>634</v>
+        <v>624</v>
       </c>
       <c r="G116" s="2">
-        <v>719.0</v>
+        <v>843.0</v>
       </c>
       <c r="H116" s="2">
-        <v>3410.0</v>
+        <v>7233.0</v>
       </c>
       <c r="I116" s="2">
-        <v>0.0</v>
+        <v>16.0</v>
       </c>
       <c r="J116" s="2">
-        <v>36.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="2">
         <v>116</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C117" s="2">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D117" s="2">
-        <v>103</v>
+        <v>9</v>
       </c>
       <c r="E117" s="2">
-        <v>263</v>
+        <v>340</v>
       </c>
       <c r="F117" s="2">
-        <v>631</v>
+        <v>620</v>
       </c>
       <c r="G117" s="2">
-        <v>854.0</v>
+        <v>742.0</v>
       </c>
       <c r="H117" s="2">
-        <v>7364.0</v>
+        <v>3772.0</v>
       </c>
       <c r="I117" s="2">
-        <v>567.0</v>
+        <v>0.0</v>
       </c>
       <c r="J117" s="2">
-        <v>10.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="2">
         <v>117</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C118" s="2">
         <v>7</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2">
         <v>234</v>
       </c>
       <c r="F118" s="2">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="G118" s="2">
-        <v>738.0</v>
+        <v>726.0</v>
       </c>
       <c r="H118" s="2">
-        <v>4252.0</v>
+        <v>4069.0</v>
       </c>
       <c r="I118" s="2">
         <v>0.0</v>
       </c>
       <c r="J118" s="2">
-        <v>786.0</v>
+        <v>752.0</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="2">
         <v>118</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>127</v>
       </c>
       <c r="C119" s="2">
         <v>16</v>
       </c>
-      <c r="D119" s="2"/>
+      <c r="D119" s="2">
+        <v>45</v>
+      </c>
       <c r="E119" s="2">
-        <v>1495</v>
+        <v>1510</v>
       </c>
       <c r="F119" s="2">
-        <v>625</v>
+        <v>617</v>
       </c>
       <c r="G119" s="2">
-        <v>766.0</v>
+        <v>1056.0</v>
       </c>
       <c r="H119" s="2">
-        <v>6853.0</v>
+        <v>11367.0</v>
       </c>
       <c r="I119" s="2">
         <v>0.0</v>
       </c>
       <c r="J119" s="2">
-        <v>20.0</v>
+        <v>878.0</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="2">
         <v>119</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C120" s="2">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D120" s="2"/>
+        <v>12</v>
+      </c>
+      <c r="D120" s="2">
+        <v>184</v>
+      </c>
       <c r="E120" s="2">
-        <v>18</v>
+        <v>931</v>
       </c>
       <c r="F120" s="2">
-        <v>621</v>
+        <v>616</v>
       </c>
       <c r="G120" s="2">
-        <v>876.0</v>
+        <v>702.0</v>
       </c>
       <c r="H120" s="2">
-        <v>3034.0</v>
+        <v>4914.0</v>
       </c>
       <c r="I120" s="2">
-        <v>0.0</v>
+        <v>164.0</v>
       </c>
       <c r="J120" s="2">
-        <v>0.0</v>
+        <v>289.0</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="2">
         <v>120</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>129</v>
       </c>
       <c r="C121" s="2">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="D121" s="2"/>
       <c r="E121" s="2">
-        <v>340</v>
+        <v>1775</v>
       </c>
       <c r="F121" s="2">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="G121" s="2">
-        <v>758.0</v>
+        <v>947.0</v>
       </c>
       <c r="H121" s="2">
-        <v>3764.0</v>
+        <v>9634.0</v>
       </c>
       <c r="I121" s="2">
         <v>0.0</v>
       </c>
       <c r="J121" s="2">
-        <v>0.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="2">
         <v>121</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C122" s="2">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D122" s="2">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="E122" s="2">
-        <v>1510</v>
+        <v>1404</v>
       </c>
       <c r="F122" s="2">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="G122" s="2">
-        <v>1075.0</v>
+        <v>938.0</v>
       </c>
       <c r="H122" s="2">
-        <v>11707.0</v>
+        <v>10159.0</v>
       </c>
       <c r="I122" s="2">
-        <v>0.0</v>
+        <v>7.0</v>
       </c>
       <c r="J122" s="2">
-        <v>862.0</v>
+        <v>684.0</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="2">
         <v>122</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C123" s="2">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="D123" s="2"/>
       <c r="E123" s="2">
-        <v>931</v>
+        <v>1346</v>
       </c>
       <c r="F123" s="2">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="G123" s="2">
-        <v>706.0</v>
+        <v>735.0</v>
       </c>
       <c r="H123" s="2">
-        <v>5017.0</v>
+        <v>6501.0</v>
       </c>
       <c r="I123" s="2">
-        <v>273.0</v>
+        <v>0.0</v>
       </c>
       <c r="J123" s="2">
-        <v>303.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="2">
         <v>123</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C124" s="2">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D124" s="2"/>
+        <v>9</v>
+      </c>
+      <c r="D124" s="2">
+        <v>76</v>
+      </c>
       <c r="E124" s="2">
-        <v>882</v>
+        <v>477</v>
       </c>
       <c r="F124" s="2">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="G124" s="2">
-        <v>868.0</v>
+        <v>827.0</v>
       </c>
       <c r="H124" s="2">
-        <v>7346.0</v>
+        <v>6343.0</v>
       </c>
       <c r="I124" s="2">
-        <v>0.0</v>
+        <v>1419.0</v>
       </c>
       <c r="J124" s="2">
-        <v>64.0</v>
+        <v>184.0</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="2">
         <v>124</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C125" s="2">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D125" s="2"/>
       <c r="E125" s="2">
-        <v>1460</v>
+        <v>888</v>
       </c>
       <c r="F125" s="2">
-        <v>615</v>
+        <v>609</v>
       </c>
       <c r="G125" s="2">
-        <v>953.0</v>
+        <v>845.0</v>
       </c>
       <c r="H125" s="2">
-        <v>10459.0</v>
+        <v>7197.0</v>
       </c>
       <c r="I125" s="2">
-        <v>1225.0</v>
+        <v>0.0</v>
       </c>
       <c r="J125" s="2">
-        <v>659.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="2">
         <v>125</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C126" s="2">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="D126" s="2"/>
       <c r="E126" s="2">
-        <v>471</v>
+        <v>18</v>
       </c>
       <c r="F126" s="2">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="G126" s="2">
-        <v>840.0</v>
+        <v>862.0</v>
       </c>
       <c r="H126" s="2">
-        <v>6476.0</v>
+        <v>2956.0</v>
       </c>
       <c r="I126" s="2">
-        <v>1419.0</v>
+        <v>0.0</v>
       </c>
       <c r="J126" s="2">
-        <v>310.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="2">
         <v>126</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>135</v>
       </c>
       <c r="C127" s="2">
         <v>18</v>
       </c>
       <c r="D127" s="2">
         <v>54</v>
       </c>
       <c r="E127" s="2">
         <v>1364</v>
       </c>
       <c r="F127" s="2">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="G127" s="2">
-        <v>997.0</v>
+        <v>983.0</v>
       </c>
       <c r="H127" s="2">
-        <v>11454.0</v>
+        <v>11057.0</v>
       </c>
       <c r="I127" s="2">
-        <v>1857.0</v>
+        <v>1859.0</v>
       </c>
       <c r="J127" s="2">
-        <v>1290.0</v>
+        <v>1597.0</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="2">
         <v>127</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C128" s="2">
         <v>10</v>
       </c>
       <c r="D128" s="2">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="E128" s="2">
         <v>129</v>
       </c>
       <c r="F128" s="2">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="G128" s="2">
-        <v>592.0</v>
+        <v>584.0</v>
       </c>
       <c r="H128" s="2">
-        <v>7931.0</v>
+        <v>7674.0</v>
       </c>
       <c r="I128" s="2">
-        <v>296.0</v>
+        <v>0.0</v>
       </c>
       <c r="J128" s="2">
         <v>69.0</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="2">
         <v>128</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>137</v>
       </c>
       <c r="C129" s="2">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="D129" s="2"/>
       <c r="E129" s="2">
-        <v>2550</v>
+        <v>2108</v>
       </c>
       <c r="F129" s="2">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="G129" s="2">
-        <v>652.0</v>
+        <v>862.0</v>
       </c>
       <c r="H129" s="2">
-        <v>4261.0</v>
+        <v>11937.0</v>
       </c>
       <c r="I129" s="2">
-        <v>28.0</v>
+        <v>0.0</v>
       </c>
       <c r="J129" s="2">
-        <v>21.0</v>
+        <v>3255.0</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="2">
         <v>129</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C130" s="2">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="D130" s="2"/>
+        <v>35</v>
+      </c>
+      <c r="D130" s="2">
+        <v>68</v>
+      </c>
       <c r="E130" s="2">
-        <v>2108</v>
+        <v>2550</v>
       </c>
       <c r="F130" s="2">
         <v>601</v>
       </c>
       <c r="G130" s="2">
-        <v>886.0</v>
+        <v>655.0</v>
       </c>
       <c r="H130" s="2">
-        <v>12061.0</v>
+        <v>4196.0</v>
       </c>
       <c r="I130" s="2">
-        <v>0.0</v>
+        <v>27.0</v>
       </c>
       <c r="J130" s="2">
-        <v>3329.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="2">
         <v>130</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>139</v>
       </c>
       <c r="C131" s="2">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2">
-        <v>3119</v>
+        <v>432</v>
       </c>
       <c r="F131" s="2">
-        <v>600</v>
+        <v>596</v>
       </c>
       <c r="G131" s="2">
-        <v>970.0</v>
+        <v>672.0</v>
       </c>
       <c r="H131" s="2">
-        <v>13466.0</v>
+        <v>4275.0</v>
       </c>
       <c r="I131" s="2">
         <v>0.0</v>
       </c>
       <c r="J131" s="2">
-        <v>1776.0</v>
+        <v>3534.0</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="2">
         <v>131</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>140</v>
       </c>
       <c r="C132" s="2">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
-        <v>432</v>
+        <v>2454</v>
       </c>
       <c r="F132" s="2">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="G132" s="2">
-        <v>682.0</v>
+        <v>973.0</v>
       </c>
       <c r="H132" s="2">
-        <v>4328.0</v>
+        <v>13189.0</v>
       </c>
       <c r="I132" s="2">
         <v>0.0</v>
       </c>
       <c r="J132" s="2">
-        <v>3605.0</v>
+        <v>1703.0</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="2">
         <v>132</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C133" s="2">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D133" s="2"/>
       <c r="E133" s="2">
-        <v>88</v>
+        <v>1693</v>
       </c>
       <c r="F133" s="2">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="G133" s="2">
-        <v>593.0</v>
+        <v>911.0</v>
       </c>
       <c r="H133" s="2">
-        <v>6064.0</v>
+        <v>15053.0</v>
       </c>
       <c r="I133" s="2">
-        <v>659.0</v>
+        <v>0.0</v>
       </c>
       <c r="J133" s="2">
-        <v>302.0</v>
+        <v>510.0</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="2">
         <v>133</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C134" s="2">
         <v>19</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2">
         <v>1495</v>
       </c>
       <c r="F134" s="2">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="G134" s="2">
-        <v>744.0</v>
+        <v>741.0</v>
       </c>
       <c r="H134" s="2">
-        <v>3116.0</v>
+        <v>3029.0</v>
       </c>
       <c r="I134" s="2">
         <v>0.0</v>
       </c>
       <c r="J134" s="2">
         <v>223.0</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="2">
         <v>134</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>143</v>
       </c>
       <c r="C135" s="2">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D135" s="2"/>
+        <v>7</v>
+      </c>
+      <c r="D135" s="2">
+        <v>38</v>
+      </c>
       <c r="E135" s="2">
-        <v>1693</v>
+        <v>88</v>
       </c>
       <c r="F135" s="2">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="G135" s="2">
-        <v>933.0</v>
+        <v>579.0</v>
       </c>
       <c r="H135" s="2">
-        <v>15223.0</v>
+        <v>5977.0</v>
       </c>
       <c r="I135" s="2">
-        <v>0.0</v>
+        <v>8.0</v>
       </c>
       <c r="J135" s="2">
-        <v>523.0</v>
+        <v>337.0</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="2">
         <v>135</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>144</v>
       </c>
       <c r="C136" s="2">
         <v>6</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="F136" s="2">
-        <v>581</v>
+        <v>574</v>
       </c>
       <c r="G136" s="2">
-        <v>691.0</v>
+        <v>681.0</v>
       </c>
       <c r="H136" s="2">
-        <v>5061.0</v>
+        <v>4892.0</v>
       </c>
       <c r="I136" s="2">
         <v>0.0</v>
       </c>
       <c r="J136" s="2">
-        <v>896.0</v>
+        <v>871.0</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="2">
         <v>136</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C137" s="2">
         <v>16</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2">
         <v>252</v>
       </c>
       <c r="F137" s="2">
-        <v>578</v>
+        <v>570</v>
       </c>
       <c r="G137" s="2">
-        <v>696.0</v>
+        <v>678.0</v>
       </c>
       <c r="H137" s="2">
-        <v>5034.0</v>
+        <v>4951.0</v>
       </c>
       <c r="I137" s="2">
         <v>0.0</v>
       </c>
       <c r="J137" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="2">
         <v>137</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>146</v>
       </c>
       <c r="C138" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
-        <v>700</v>
+        <v>34</v>
       </c>
       <c r="F138" s="2">
-        <v>577</v>
+        <v>568</v>
       </c>
       <c r="G138" s="2">
-        <v>474.0</v>
+        <v>574.0</v>
       </c>
       <c r="H138" s="2">
-        <v>3780.0</v>
+        <v>3905.0</v>
       </c>
       <c r="I138" s="2">
         <v>0.0</v>
       </c>
       <c r="J138" s="2">
-        <v>99.0</v>
+        <v>207.0</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="2">
         <v>138</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>147</v>
       </c>
       <c r="C139" s="2">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2">
-        <v>34</v>
+        <v>559</v>
       </c>
       <c r="F139" s="2">
-        <v>575</v>
+        <v>561</v>
       </c>
       <c r="G139" s="2">
-        <v>575.0</v>
+        <v>751.0</v>
       </c>
       <c r="H139" s="2">
-        <v>3951.0</v>
+        <v>3151.0</v>
       </c>
       <c r="I139" s="2">
         <v>0.0</v>
       </c>
       <c r="J139" s="2">
-        <v>262.0</v>
+        <v>297.0</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="2">
         <v>139</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>148</v>
       </c>
       <c r="C140" s="2">
         <v>18</v>
       </c>
       <c r="D140" s="2">
         <v>31</v>
       </c>
       <c r="E140" s="2">
         <v>535</v>
       </c>
       <c r="F140" s="2">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="G140" s="2">
-        <v>604.0</v>
+        <v>608.0</v>
       </c>
       <c r="H140" s="2">
-        <v>4051.0</v>
+        <v>3806.0</v>
       </c>
       <c r="I140" s="2">
-        <v>328.0</v>
+        <v>323.0</v>
       </c>
       <c r="J140" s="2">
-        <v>0.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="2">
         <v>140</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C141" s="2">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2">
-        <v>559</v>
+        <v>444</v>
       </c>
       <c r="F141" s="2">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="G141" s="2">
-        <v>752.0</v>
+        <v>563.0</v>
       </c>
       <c r="H141" s="2">
-        <v>3160.0</v>
+        <v>2870.0</v>
       </c>
       <c r="I141" s="2">
         <v>0.0</v>
       </c>
       <c r="J141" s="2">
-        <v>297.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="2">
         <v>141</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C142" s="2">
         <v>18</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2">
         <v>2072</v>
       </c>
       <c r="F142" s="2">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="G142" s="2">
-        <v>607.0</v>
+        <v>598.0</v>
       </c>
       <c r="H142" s="2">
-        <v>3339.0</v>
+        <v>3336.0</v>
       </c>
       <c r="I142" s="2">
         <v>0.0</v>
       </c>
       <c r="J142" s="2">
         <v>313.0</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="2">
         <v>142</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>151</v>
       </c>
       <c r="C143" s="2">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2">
-        <v>360</v>
+        <v>700</v>
       </c>
       <c r="F143" s="2">
-        <v>559</v>
+        <v>554</v>
       </c>
       <c r="G143" s="2">
-        <v>594.0</v>
+        <v>459.0</v>
       </c>
       <c r="H143" s="2">
-        <v>5741.0</v>
+        <v>3585.0</v>
       </c>
       <c r="I143" s="2">
         <v>0.0</v>
       </c>
       <c r="J143" s="2">
-        <v>1703.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="2">
         <v>143</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C144" s="2">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2">
-        <v>418</v>
+        <v>360</v>
       </c>
       <c r="F144" s="2">
-        <v>555</v>
+        <v>550</v>
       </c>
       <c r="G144" s="2">
-        <v>568.0</v>
+        <v>591.0</v>
       </c>
       <c r="H144" s="2">
-        <v>2554.0</v>
+        <v>5725.0</v>
       </c>
       <c r="I144" s="2">
         <v>0.0</v>
       </c>
       <c r="J144" s="2">
-        <v>274.0</v>
+        <v>1811.0</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="2">
         <v>144</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>153</v>
       </c>
       <c r="C145" s="2">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="D145" s="2"/>
+        <v>10</v>
+      </c>
+      <c r="D145" s="2">
+        <v>37</v>
+      </c>
       <c r="E145" s="2">
-        <v>444</v>
+        <v>221</v>
       </c>
       <c r="F145" s="2">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="G145" s="2">
-        <v>574.0</v>
+        <v>604.0</v>
       </c>
       <c r="H145" s="2">
-        <v>2905.0</v>
+        <v>5114.0</v>
       </c>
       <c r="I145" s="2">
         <v>0.0</v>
       </c>
       <c r="J145" s="2">
-        <v>46.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="2">
         <v>145</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C146" s="2">
         <v>10</v>
       </c>
-      <c r="D146" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D146" s="2"/>
       <c r="E146" s="2">
-        <v>221</v>
+        <v>418</v>
       </c>
       <c r="F146" s="2">
         <v>548</v>
       </c>
       <c r="G146" s="2">
-        <v>613.0</v>
+        <v>551.0</v>
       </c>
       <c r="H146" s="2">
-        <v>5254.0</v>
+        <v>2497.0</v>
       </c>
       <c r="I146" s="2">
         <v>0.0</v>
       </c>
       <c r="J146" s="2">
-        <v>0.0</v>
+        <v>233.0</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="2">
         <v>146</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C147" s="2">
         <v>9</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2">
-        <v>409</v>
+        <v>1342</v>
       </c>
       <c r="F147" s="2">
         <v>547</v>
       </c>
       <c r="G147" s="2">
-        <v>805.0</v>
+        <v>661.0</v>
       </c>
       <c r="H147" s="2">
-        <v>10583.0</v>
+        <v>2895.0</v>
       </c>
       <c r="I147" s="2">
         <v>0.0</v>
       </c>
       <c r="J147" s="2">
-        <v>67.0</v>
+        <v>1075.0</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="2">
         <v>147</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C148" s="2">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2">
-        <v>1342</v>
+        <v>9</v>
       </c>
       <c r="F148" s="2">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="G148" s="2">
-        <v>667.0</v>
+        <v>508.0</v>
       </c>
       <c r="H148" s="2">
-        <v>2971.0</v>
+        <v>7450.0</v>
       </c>
       <c r="I148" s="2">
         <v>0.0</v>
       </c>
       <c r="J148" s="2">
-        <v>1177.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="2">
         <v>148</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>157</v>
       </c>
       <c r="C149" s="2">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D149" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D149" s="2">
+        <v>4</v>
+      </c>
       <c r="E149" s="2">
-        <v>9</v>
+        <v>796</v>
       </c>
       <c r="F149" s="2">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="G149" s="2">
-        <v>506.0</v>
+        <v>747.0</v>
       </c>
       <c r="H149" s="2">
-        <v>7664.0</v>
+        <v>4877.0</v>
       </c>
       <c r="I149" s="2">
         <v>0.0</v>
       </c>
       <c r="J149" s="2">
-        <v>0.0</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="2">
         <v>149</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C150" s="2">
         <v>7</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2">
-        <v>796</v>
+        <v>184</v>
       </c>
       <c r="F150" s="2">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="G150" s="2">
-        <v>764.0</v>
+        <v>548.0</v>
       </c>
       <c r="H150" s="2">
-        <v>4995.0</v>
+        <v>8067.0</v>
       </c>
       <c r="I150" s="2">
         <v>0.0</v>
       </c>
       <c r="J150" s="2">
-        <v>174.0</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="2">
         <v>150</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C151" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2">
-        <v>3703</v>
+        <v>409</v>
       </c>
       <c r="F151" s="2">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="G151" s="2">
-        <v>541.0</v>
+        <v>775.0</v>
       </c>
       <c r="H151" s="2">
-        <v>2443.0</v>
+        <v>10067.0</v>
       </c>
       <c r="I151" s="2">
         <v>0.0</v>
       </c>
       <c r="J151" s="2">
-        <v>572.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="2">
         <v>151</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C152" s="2">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
-        <v>484</v>
+        <v>3703</v>
       </c>
       <c r="F152" s="2">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="G152" s="2">
-        <v>500.0</v>
+        <v>533.0</v>
       </c>
       <c r="H152" s="2">
-        <v>5338.0</v>
+        <v>2379.0</v>
       </c>
       <c r="I152" s="2">
         <v>0.0</v>
       </c>
       <c r="J152" s="2">
-        <v>736.0</v>
+        <v>611.0</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="2">
         <v>152</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>161</v>
       </c>
       <c r="C153" s="2">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2">
-        <v>41</v>
+        <v>502</v>
       </c>
       <c r="F153" s="2">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="G153" s="2">
-        <v>556.0</v>
+        <v>491.0</v>
       </c>
       <c r="H153" s="2">
-        <v>8495.0</v>
+        <v>5222.0</v>
       </c>
       <c r="I153" s="2">
         <v>0.0</v>
       </c>
       <c r="J153" s="2">
-        <v>6.0</v>
+        <v>711.0</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="2">
         <v>153</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C154" s="2">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2">
-        <v>681</v>
+        <v>393</v>
       </c>
       <c r="F154" s="2">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="G154" s="2">
-        <v>966.0</v>
+        <v>468.0</v>
       </c>
       <c r="H154" s="2">
-        <v>6520.0</v>
+        <v>3714.0</v>
       </c>
       <c r="I154" s="2">
         <v>0.0</v>
       </c>
       <c r="J154" s="2">
-        <v>49.0</v>
+        <v>6694.0</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="2">
         <v>154</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C155" s="2">
         <v>12</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2">
-        <v>158</v>
+        <v>681</v>
       </c>
       <c r="F155" s="2">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="G155" s="2">
-        <v>558.0</v>
+        <v>955.0</v>
       </c>
       <c r="H155" s="2">
-        <v>1987.0</v>
+        <v>6431.0</v>
       </c>
       <c r="I155" s="2">
         <v>0.0</v>
       </c>
       <c r="J155" s="2">
-        <v>42.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="2">
         <v>155</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C156" s="2">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2">
-        <v>252</v>
+        <v>158</v>
       </c>
       <c r="F156" s="2">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="G156" s="2">
-        <v>564.0</v>
+        <v>551.0</v>
       </c>
       <c r="H156" s="2">
-        <v>8072.0</v>
+        <v>1968.0</v>
       </c>
       <c r="I156" s="2">
         <v>0.0</v>
       </c>
       <c r="J156" s="2">
-        <v>108.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="2">
         <v>156</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>165</v>
       </c>
       <c r="C157" s="2">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2">
-        <v>393</v>
+        <v>41</v>
       </c>
       <c r="F157" s="2">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="G157" s="2">
-        <v>464.0</v>
+        <v>557.0</v>
       </c>
       <c r="H157" s="2">
-        <v>3738.0</v>
+        <v>8480.0</v>
       </c>
       <c r="I157" s="2">
         <v>0.0</v>
       </c>
       <c r="J157" s="2">
-        <v>6914.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="2">
         <v>157</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C158" s="2">
         <v>6</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2">
         <v>803</v>
       </c>
       <c r="F158" s="2">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="G158" s="2">
-        <v>627.0</v>
+        <v>601.0</v>
       </c>
       <c r="H158" s="2">
-        <v>9840.0</v>
+        <v>9560.0</v>
       </c>
       <c r="I158" s="2">
         <v>0.0</v>
       </c>
       <c r="J158" s="2">
         <v>84.0</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="2">
         <v>158</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>167</v>
       </c>
       <c r="C159" s="2">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2">
-        <v>462</v>
+        <v>1100</v>
       </c>
       <c r="F159" s="2">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="G159" s="2">
-        <v>460.0</v>
+        <v>691.0</v>
       </c>
       <c r="H159" s="2">
-        <v>3071.0</v>
+        <v>11555.0</v>
       </c>
       <c r="I159" s="2">
         <v>0.0</v>
       </c>
       <c r="J159" s="2">
-        <v>20.0</v>
+        <v>523.0</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="2">
         <v>159</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>168</v>
       </c>
       <c r="C160" s="2">
         <v>31</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
         <v>599</v>
       </c>
       <c r="F160" s="2">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="G160" s="2">
-        <v>702.0</v>
+        <v>689.0</v>
       </c>
       <c r="H160" s="2">
-        <v>2745.0</v>
+        <v>2687.0</v>
       </c>
       <c r="I160" s="2">
         <v>0.0</v>
       </c>
       <c r="J160" s="2">
         <v>60.0</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="2">
         <v>160</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>169</v>
       </c>
       <c r="C161" s="2">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2">
-        <v>1346</v>
+        <v>462</v>
       </c>
       <c r="F161" s="2">
         <v>517</v>
       </c>
       <c r="G161" s="2">
-        <v>637.0</v>
+        <v>460.0</v>
       </c>
       <c r="H161" s="2">
-        <v>2874.0</v>
+        <v>2830.0</v>
       </c>
       <c r="I161" s="2">
         <v>0.0</v>
       </c>
       <c r="J161" s="2">
-        <v>21.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="2">
         <v>161</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C162" s="2">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2">
-        <v>198</v>
+        <v>1346</v>
       </c>
       <c r="F162" s="2">
         <v>516</v>
       </c>
       <c r="G162" s="2">
-        <v>636.0</v>
+        <v>634.0</v>
       </c>
       <c r="H162" s="2">
-        <v>10180.0</v>
+        <v>2751.0</v>
       </c>
       <c r="I162" s="2">
         <v>0.0</v>
       </c>
       <c r="J162" s="2">
-        <v>345.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="2">
         <v>162</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>171</v>
       </c>
       <c r="C163" s="2">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="D163" s="2"/>
       <c r="E163" s="2">
-        <v>1332</v>
+        <v>198</v>
       </c>
       <c r="F163" s="2">
         <v>516</v>
       </c>
       <c r="G163" s="2">
-        <v>703.0</v>
+        <v>624.0</v>
       </c>
       <c r="H163" s="2">
-        <v>6846.0</v>
+        <v>9848.0</v>
       </c>
       <c r="I163" s="2">
-        <v>424.0</v>
+        <v>0.0</v>
       </c>
       <c r="J163" s="2">
-        <v>1343.0</v>
+        <v>343.0</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="2">
         <v>163</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>172</v>
       </c>
       <c r="C164" s="2">
         <v>19</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
         <v>591</v>
       </c>
       <c r="F164" s="2">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="G164" s="2">
-        <v>583.0</v>
+        <v>579.0</v>
       </c>
       <c r="H164" s="2">
-        <v>3701.0</v>
+        <v>3563.0</v>
       </c>
       <c r="I164" s="2">
         <v>0.0</v>
       </c>
       <c r="J164" s="2">
-        <v>108.0</v>
+        <v>51.0</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="2">
         <v>164</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>173</v>
       </c>
       <c r="C165" s="2">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D165" s="2">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="E165" s="2">
-        <v>693</v>
+        <v>1332</v>
       </c>
       <c r="F165" s="2">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="G165" s="2">
-        <v>538.0</v>
+        <v>691.0</v>
       </c>
       <c r="H165" s="2">
-        <v>3928.0</v>
+        <v>6782.0</v>
       </c>
       <c r="I165" s="2">
-        <v>104.0</v>
+        <v>423.0</v>
       </c>
       <c r="J165" s="2">
-        <v>1.0</v>
+        <v>1343.0</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="2">
         <v>165</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>174</v>
       </c>
       <c r="C166" s="2">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D166" s="2"/>
+        <v>16</v>
+      </c>
+      <c r="D166" s="2">
+        <v>6</v>
+      </c>
       <c r="E166" s="2">
-        <v>1100</v>
+        <v>693</v>
       </c>
       <c r="F166" s="2">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="G166" s="2">
-        <v>707.0</v>
+        <v>531.0</v>
       </c>
       <c r="H166" s="2">
-        <v>11689.0</v>
+        <v>3839.0</v>
       </c>
       <c r="I166" s="2">
-        <v>0.0</v>
+        <v>104.0</v>
       </c>
       <c r="J166" s="2">
-        <v>536.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="2">
         <v>166</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C167" s="2">
         <v>9</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2">
         <v>443</v>
       </c>
       <c r="F167" s="2">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="G167" s="2">
-        <v>590.0</v>
+        <v>582.0</v>
       </c>
       <c r="H167" s="2">
-        <v>5552.0</v>
+        <v>5382.0</v>
       </c>
       <c r="I167" s="2">
         <v>0.0</v>
       </c>
       <c r="J167" s="2">
         <v>6.0</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="2">
         <v>167</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C168" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2">
         <v>190</v>
       </c>
       <c r="F168" s="2">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="G168" s="2">
-        <v>574.0</v>
+        <v>705.0</v>
       </c>
       <c r="H168" s="2">
-        <v>4379.0</v>
+        <v>7872.0</v>
       </c>
       <c r="I168" s="2">
         <v>0.0</v>
       </c>
       <c r="J168" s="2">
-        <v>597.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="2">
         <v>168</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>177</v>
       </c>
       <c r="C169" s="2">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D169" s="2"/>
+        <v>7</v>
+      </c>
+      <c r="D169" s="2">
+        <v>9</v>
+      </c>
       <c r="E169" s="2">
-        <v>1359</v>
+        <v>238</v>
       </c>
       <c r="F169" s="2">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="G169" s="2">
-        <v>534.0</v>
+        <v>341.0</v>
       </c>
       <c r="H169" s="2">
-        <v>2485.0</v>
+        <v>2659.0</v>
       </c>
       <c r="I169" s="2">
         <v>0.0</v>
       </c>
       <c r="J169" s="2">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="2">
         <v>169</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C170" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2">
-        <v>535</v>
+        <v>190</v>
       </c>
       <c r="F170" s="2">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="G170" s="2">
-        <v>537.0</v>
+        <v>557.0</v>
       </c>
       <c r="H170" s="2">
-        <v>3176.0</v>
+        <v>4271.0</v>
       </c>
       <c r="I170" s="2">
         <v>0.0</v>
       </c>
       <c r="J170" s="2">
-        <v>0.0</v>
+        <v>573.0</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="2">
         <v>170</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>179</v>
       </c>
       <c r="C171" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2">
-        <v>190</v>
+        <v>232</v>
       </c>
       <c r="F171" s="2">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="G171" s="2">
-        <v>717.0</v>
+        <v>449.0</v>
       </c>
       <c r="H171" s="2">
-        <v>8193.0</v>
+        <v>1919.0</v>
       </c>
       <c r="I171" s="2">
         <v>0.0</v>
       </c>
       <c r="J171" s="2">
-        <v>8.0</v>
+        <v>8003.0</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="2">
         <v>171</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C172" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D172" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="D172" s="2">
+        <v>26</v>
+      </c>
       <c r="E172" s="2">
-        <v>232</v>
+        <v>1118</v>
       </c>
       <c r="F172" s="2">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="G172" s="2">
-        <v>456.0</v>
+        <v>597.0</v>
       </c>
       <c r="H172" s="2">
-        <v>1898.0</v>
+        <v>4109.0</v>
       </c>
       <c r="I172" s="2">
-        <v>0.0</v>
+        <v>1654.0</v>
       </c>
       <c r="J172" s="2">
-        <v>9384.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="2">
         <v>172</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>181</v>
       </c>
       <c r="C173" s="2">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2">
-        <v>1403</v>
+        <v>535</v>
       </c>
       <c r="F173" s="2">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="G173" s="2">
-        <v>633.0</v>
+        <v>536.0</v>
       </c>
       <c r="H173" s="2">
-        <v>5619.0</v>
+        <v>3140.0</v>
       </c>
       <c r="I173" s="2">
         <v>0.0</v>
       </c>
       <c r="J173" s="2">
-        <v>28.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="2">
         <v>173</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C174" s="2">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="D174" s="2"/>
       <c r="E174" s="2">
-        <v>238</v>
+        <v>1403</v>
       </c>
       <c r="F174" s="2">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="G174" s="2">
-        <v>348.0</v>
+        <v>614.0</v>
       </c>
       <c r="H174" s="2">
-        <v>2812.0</v>
+        <v>5519.0</v>
       </c>
       <c r="I174" s="2">
-        <v>14.0</v>
+        <v>0.0</v>
       </c>
       <c r="J174" s="2">
-        <v>0.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="2">
         <v>174</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C175" s="2">
         <v>10</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2">
         <v>845</v>
       </c>
       <c r="F175" s="2">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="G175" s="2">
-        <v>450.0</v>
+        <v>444.0</v>
       </c>
       <c r="H175" s="2">
-        <v>7003.0</v>
+        <v>6751.0</v>
       </c>
       <c r="I175" s="2">
         <v>0.0</v>
       </c>
       <c r="J175" s="2">
         <v>70.0</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="2">
         <v>175</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>184</v>
       </c>
       <c r="C176" s="2">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D176" s="2"/>
       <c r="E176" s="2">
-        <v>557</v>
+        <v>1359</v>
       </c>
       <c r="F176" s="2">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="G176" s="2">
-        <v>552.0</v>
+        <v>526.0</v>
       </c>
       <c r="H176" s="2">
-        <v>3687.0</v>
+        <v>2381.0</v>
       </c>
       <c r="I176" s="2">
         <v>0.0</v>
       </c>
       <c r="J176" s="2">
-        <v>400.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="2">
         <v>176</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>185</v>
       </c>
       <c r="C177" s="2">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D177" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="E177" s="2">
-        <v>1118</v>
+        <v>557</v>
       </c>
       <c r="F177" s="2">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="G177" s="2">
-        <v>603.0</v>
+        <v>538.0</v>
       </c>
       <c r="H177" s="2">
-        <v>4272.0</v>
+        <v>3605.0</v>
       </c>
       <c r="I177" s="2">
-        <v>1868.0</v>
+        <v>0.0</v>
       </c>
       <c r="J177" s="2">
-        <v>39.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="2">
         <v>177</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C178" s="2">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D178" s="2"/>
+        <v>13</v>
+      </c>
+      <c r="D178" s="2">
+        <v>18</v>
+      </c>
       <c r="E178" s="2">
-        <v>111</v>
+        <v>327</v>
       </c>
       <c r="F178" s="2">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="G178" s="2">
-        <v>521.0</v>
+        <v>650.0</v>
       </c>
       <c r="H178" s="2">
-        <v>3244.0</v>
+        <v>4503.0</v>
       </c>
       <c r="I178" s="2">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
       <c r="J178" s="2">
-        <v>0.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="2">
         <v>178</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>187</v>
       </c>
       <c r="C179" s="2">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2">
         <v>1000</v>
       </c>
       <c r="F179" s="2">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="G179" s="2">
-        <v>398.0</v>
+        <v>381.0</v>
       </c>
       <c r="H179" s="2">
-        <v>2050.0</v>
+        <v>2104.0</v>
       </c>
       <c r="I179" s="2">
         <v>0.0</v>
       </c>
       <c r="J179" s="2">
         <v>126.0</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="2">
         <v>179</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C180" s="2">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="D180" s="2"/>
       <c r="E180" s="2">
-        <v>1756</v>
+        <v>111</v>
       </c>
       <c r="F180" s="2">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="G180" s="2">
-        <v>585.0</v>
+        <v>505.0</v>
       </c>
       <c r="H180" s="2">
-        <v>1983.0</v>
+        <v>3092.0</v>
       </c>
       <c r="I180" s="2">
-        <v>1862.0</v>
+        <v>0.0</v>
       </c>
       <c r="J180" s="2">
-        <v>269.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="2">
         <v>180</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>189</v>
       </c>
       <c r="C181" s="2">
         <v>10</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2">
         <v>105</v>
       </c>
       <c r="F181" s="2">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="G181" s="2">
-        <v>734.0</v>
+        <v>724.0</v>
       </c>
       <c r="H181" s="2">
-        <v>14477.0</v>
+        <v>14359.0</v>
       </c>
       <c r="I181" s="2">
         <v>0.0</v>
       </c>
       <c r="J181" s="2">
         <v>377.0</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="2">
         <v>181</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>190</v>
       </c>
       <c r="C182" s="2">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D182" s="2"/>
       <c r="E182" s="2">
-        <v>327</v>
+        <v>544</v>
       </c>
       <c r="F182" s="2">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="G182" s="2">
-        <v>649.0</v>
+        <v>692.0</v>
       </c>
       <c r="H182" s="2">
-        <v>4539.0</v>
+        <v>8839.0</v>
       </c>
       <c r="I182" s="2">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="J182" s="2">
-        <v>38.0</v>
+        <v>279.0</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="2">
         <v>182</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>191</v>
       </c>
       <c r="C183" s="2">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D183" s="2"/>
+        <v>12</v>
+      </c>
+      <c r="D183" s="2">
+        <v>393</v>
+      </c>
       <c r="E183" s="2">
-        <v>544</v>
+        <v>1756</v>
       </c>
       <c r="F183" s="2">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="G183" s="2">
-        <v>694.0</v>
+        <v>583.0</v>
       </c>
       <c r="H183" s="2">
-        <v>8926.0</v>
+        <v>1980.0</v>
       </c>
       <c r="I183" s="2">
-        <v>0.0</v>
+        <v>1944.0</v>
       </c>
       <c r="J183" s="2">
-        <v>279.0</v>
+        <v>269.0</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="2">
         <v>183</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C184" s="2">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D184" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D184" s="2">
+        <v>23</v>
+      </c>
       <c r="E184" s="2">
-        <v>237</v>
+        <v>329</v>
       </c>
       <c r="F184" s="2">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="G184" s="2">
-        <v>401.0</v>
+        <v>522.0</v>
       </c>
       <c r="H184" s="2">
-        <v>2525.0</v>
+        <v>2135.0</v>
       </c>
       <c r="I184" s="2">
-        <v>0.0</v>
+        <v>651.0</v>
       </c>
       <c r="J184" s="2">
-        <v>84.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="2">
         <v>184</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>193</v>
       </c>
       <c r="C185" s="2">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="D185" s="2"/>
       <c r="E185" s="2">
-        <v>329</v>
+        <v>1102</v>
       </c>
       <c r="F185" s="2">
-        <v>484</v>
+        <v>476</v>
       </c>
       <c r="G185" s="2">
-        <v>528.0</v>
+        <v>508.0</v>
       </c>
       <c r="H185" s="2">
-        <v>2151.0</v>
+        <v>1788.0</v>
       </c>
       <c r="I185" s="2">
-        <v>632.0</v>
+        <v>0.0</v>
       </c>
       <c r="J185" s="2">
-        <v>206.0</v>
+        <v>882.0</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="2">
         <v>185</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>194</v>
       </c>
       <c r="C186" s="2">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
-        <v>171</v>
+        <v>237</v>
       </c>
       <c r="F186" s="2">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="G186" s="2">
-        <v>612.0</v>
+        <v>398.0</v>
       </c>
       <c r="H186" s="2">
-        <v>5918.0</v>
+        <v>2444.0</v>
       </c>
       <c r="I186" s="2">
         <v>0.0</v>
       </c>
       <c r="J186" s="2">
-        <v>284.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="2">
         <v>186</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>195</v>
       </c>
       <c r="C187" s="2">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2">
-        <v>1102</v>
+        <v>171</v>
       </c>
       <c r="F187" s="2">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="G187" s="2">
-        <v>516.0</v>
+        <v>598.0</v>
       </c>
       <c r="H187" s="2">
-        <v>1808.0</v>
+        <v>5806.0</v>
       </c>
       <c r="I187" s="2">
         <v>0.0</v>
       </c>
       <c r="J187" s="2">
-        <v>882.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="2">
         <v>187</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C188" s="2">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="D188" s="2"/>
       <c r="E188" s="2">
-        <v>453</v>
+        <v>261</v>
       </c>
       <c r="F188" s="2">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="G188" s="2">
-        <v>493.0</v>
+        <v>453.0</v>
       </c>
       <c r="H188" s="2">
-        <v>2909.0</v>
+        <v>2290.0</v>
       </c>
       <c r="I188" s="2">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="J188" s="2">
-        <v>0.0</v>
+        <v>312.0</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="2">
         <v>188</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>197</v>
       </c>
       <c r="C189" s="2">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="D189" s="2"/>
+        <v>13</v>
+      </c>
+      <c r="D189" s="2">
+        <v>2</v>
+      </c>
       <c r="E189" s="2">
-        <v>261</v>
+        <v>453</v>
       </c>
       <c r="F189" s="2">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="G189" s="2">
-        <v>451.0</v>
+        <v>476.0</v>
       </c>
       <c r="H189" s="2">
-        <v>2282.0</v>
+        <v>2896.0</v>
       </c>
       <c r="I189" s="2">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="J189" s="2">
-        <v>312.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="2">
         <v>189</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C190" s="2">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2">
-        <v>83</v>
+        <v>142</v>
       </c>
       <c r="F190" s="2">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="G190" s="2">
-        <v>481.0</v>
+        <v>483.0</v>
       </c>
       <c r="H190" s="2">
-        <v>2171.0</v>
+        <v>3541.0</v>
       </c>
       <c r="I190" s="2">
         <v>0.0</v>
       </c>
       <c r="J190" s="2">
-        <v>1144.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="2">
         <v>190</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C191" s="2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2">
-        <v>93</v>
+        <v>631</v>
       </c>
       <c r="F191" s="2">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="G191" s="2">
-        <v>427.0</v>
+        <v>627.0</v>
       </c>
       <c r="H191" s="2">
-        <v>3194.0</v>
+        <v>8252.0</v>
       </c>
       <c r="I191" s="2">
         <v>0.0</v>
       </c>
       <c r="J191" s="2">
-        <v>0.0</v>
+        <v>1044.0</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="2">
         <v>191</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>200</v>
       </c>
       <c r="C192" s="2">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
-        <v>136</v>
+        <v>83</v>
       </c>
       <c r="F192" s="2">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="G192" s="2">
-        <v>495.0</v>
+        <v>475.0</v>
       </c>
       <c r="H192" s="2">
-        <v>3596.0</v>
+        <v>2158.0</v>
       </c>
       <c r="I192" s="2">
         <v>0.0</v>
       </c>
       <c r="J192" s="2">
-        <v>24.0</v>
+        <v>980.0</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="2">
         <v>192</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>201</v>
       </c>
       <c r="C193" s="2">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
-        <v>370</v>
+        <v>264</v>
       </c>
       <c r="F193" s="2">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="G193" s="2">
-        <v>416.0</v>
+        <v>509.0</v>
       </c>
       <c r="H193" s="2">
-        <v>2198.0</v>
+        <v>2180.0</v>
       </c>
       <c r="I193" s="2">
         <v>0.0</v>
       </c>
       <c r="J193" s="2">
-        <v>6.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="2">
         <v>193</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C194" s="2">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2">
-        <v>264</v>
+        <v>93</v>
       </c>
       <c r="F194" s="2">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="G194" s="2">
-        <v>524.0</v>
+        <v>412.0</v>
       </c>
       <c r="H194" s="2">
-        <v>2172.0</v>
+        <v>2959.0</v>
       </c>
       <c r="I194" s="2">
         <v>0.0</v>
       </c>
       <c r="J194" s="2">
-        <v>66.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" s="2">
         <v>194</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>203</v>
       </c>
       <c r="C195" s="2">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2">
-        <v>631</v>
+        <v>827</v>
       </c>
       <c r="F195" s="2">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="G195" s="2">
-        <v>641.0</v>
+        <v>464.0</v>
       </c>
       <c r="H195" s="2">
-        <v>8395.0</v>
+        <v>2442.0</v>
       </c>
       <c r="I195" s="2">
         <v>0.0</v>
       </c>
       <c r="J195" s="2">
-        <v>1035.0</v>
+        <v>1619.0</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="2">
         <v>195</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C196" s="2">
         <v>15</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2">
         <v>400</v>
       </c>
       <c r="F196" s="2">
         <v>454</v>
       </c>
       <c r="G196" s="2">
-        <v>421.0</v>
+        <v>417.0</v>
       </c>
       <c r="H196" s="2">
-        <v>2276.0</v>
+        <v>2263.0</v>
       </c>
       <c r="I196" s="2">
         <v>0.0</v>
       </c>
       <c r="J196" s="2">
-        <v>865.0</v>
+        <v>683.0</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="2">
         <v>196</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C197" s="2">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2">
-        <v>814</v>
+        <v>370</v>
       </c>
       <c r="F197" s="2">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="G197" s="2">
-        <v>358.0</v>
+        <v>405.0</v>
       </c>
       <c r="H197" s="2">
-        <v>1963.0</v>
+        <v>2116.0</v>
       </c>
       <c r="I197" s="2">
         <v>0.0</v>
       </c>
       <c r="J197" s="2">
-        <v>171.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="2">
         <v>197</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>206</v>
       </c>
       <c r="C198" s="2">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2">
-        <v>54</v>
+        <v>814</v>
       </c>
       <c r="F198" s="2">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="G198" s="2">
-        <v>413.0</v>
+        <v>351.0</v>
       </c>
       <c r="H198" s="2">
-        <v>968.0</v>
+        <v>1952.0</v>
       </c>
       <c r="I198" s="2">
         <v>0.0</v>
       </c>
       <c r="J198" s="2">
-        <v>18.0</v>
+        <v>171.0</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="2">
         <v>198</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>207</v>
       </c>
       <c r="C199" s="2">
         <v>12</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2">
         <v>643</v>
       </c>
       <c r="F199" s="2">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="G199" s="2">
-        <v>451.0</v>
+        <v>444.0</v>
       </c>
       <c r="H199" s="2">
-        <v>2394.0</v>
+        <v>2325.0</v>
       </c>
       <c r="I199" s="2">
         <v>0.0</v>
       </c>
       <c r="J199" s="2">
-        <v>27.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="2">
         <v>199</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>208</v>
       </c>
       <c r="C200" s="2">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2">
-        <v>827</v>
+        <v>647</v>
       </c>
       <c r="F200" s="2">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="G200" s="2">
-        <v>464.0</v>
+        <v>355.0</v>
       </c>
       <c r="H200" s="2">
-        <v>2468.0</v>
+        <v>3309.0</v>
       </c>
       <c r="I200" s="2">
         <v>0.0</v>
       </c>
       <c r="J200" s="2">
-        <v>1673.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="2">
         <v>200</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>209</v>
       </c>
       <c r="C201" s="2">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D201" s="2"/>
+        <v>4</v>
+      </c>
+      <c r="D201" s="2">
+        <v>8</v>
+      </c>
       <c r="E201" s="2">
-        <v>74</v>
+        <v>158</v>
       </c>
       <c r="F201" s="2">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="G201" s="2">
-        <v>400.0</v>
+        <v>362.0</v>
       </c>
       <c r="H201" s="2">
-        <v>1210.0</v>
+        <v>2387.0</v>
       </c>
       <c r="I201" s="2">
-        <v>0.0</v>
+        <v>315.0</v>
       </c>
       <c r="J201" s="2">
-        <v>7.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="2">
         <v>201</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>210</v>
       </c>
       <c r="C202" s="2">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="D202" s="2">
         <v>8</v>
       </c>
+      <c r="D202" s="2"/>
       <c r="E202" s="2">
-        <v>158</v>
+        <v>965</v>
       </c>
       <c r="F202" s="2">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="G202" s="2">
-        <v>370.0</v>
+        <v>364.0</v>
       </c>
       <c r="H202" s="2">
-        <v>2262.0</v>
+        <v>2001.0</v>
       </c>
       <c r="I202" s="2">
-        <v>362.0</v>
+        <v>0.0</v>
       </c>
       <c r="J202" s="2">
-        <v>67.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="2">
         <v>202</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>211</v>
       </c>
       <c r="C203" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2">
-        <v>76</v>
+        <v>1628</v>
       </c>
       <c r="F203" s="2">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="G203" s="2">
-        <v>230.0</v>
+        <v>516.0</v>
       </c>
       <c r="H203" s="2">
-        <v>2395.0</v>
+        <v>8381.0</v>
       </c>
       <c r="I203" s="2">
         <v>0.0</v>
       </c>
       <c r="J203" s="2">
-        <v>0.0</v>
+        <v>1405.0</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="2">
         <v>203</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C204" s="2">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2">
-        <v>965</v>
+        <v>74</v>
       </c>
       <c r="F204" s="2">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="G204" s="2">
-        <v>370.0</v>
+        <v>392.0</v>
       </c>
       <c r="H204" s="2">
-        <v>2030.0</v>
+        <v>1182.0</v>
       </c>
       <c r="I204" s="2">
         <v>0.0</v>
       </c>
       <c r="J204" s="2">
-        <v>0.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="2">
         <v>204</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C205" s="2">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2">
-        <v>647</v>
+        <v>680</v>
       </c>
       <c r="F205" s="2">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="G205" s="2">
-        <v>359.0</v>
+        <v>439.0</v>
       </c>
       <c r="H205" s="2">
-        <v>3318.0</v>
+        <v>5115.0</v>
       </c>
       <c r="I205" s="2">
         <v>0.0</v>
       </c>
       <c r="J205" s="2">
-        <v>65.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="2">
         <v>205</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>214</v>
       </c>
       <c r="C206" s="2">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2">
-        <v>751</v>
+        <v>54</v>
       </c>
       <c r="F206" s="2">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="G206" s="2">
-        <v>355.0</v>
+        <v>409.0</v>
       </c>
       <c r="H206" s="2">
-        <v>2253.0</v>
+        <v>944.0</v>
       </c>
       <c r="I206" s="2">
         <v>0.0</v>
       </c>
       <c r="J206" s="2">
-        <v>3.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="2">
         <v>206</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>215</v>
       </c>
       <c r="C207" s="2">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2">
-        <v>506</v>
+        <v>76</v>
       </c>
       <c r="F207" s="2">
         <v>437</v>
       </c>
       <c r="G207" s="2">
-        <v>503.0</v>
+        <v>224.0</v>
       </c>
       <c r="H207" s="2">
-        <v>2993.0</v>
+        <v>2257.0</v>
       </c>
       <c r="I207" s="2">
         <v>0.0</v>
       </c>
       <c r="J207" s="2">
-        <v>237.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="2">
         <v>207</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>216</v>
       </c>
       <c r="C208" s="2">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2">
-        <v>680</v>
+        <v>751</v>
       </c>
       <c r="F208" s="2">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="G208" s="2">
-        <v>447.0</v>
+        <v>356.0</v>
       </c>
       <c r="H208" s="2">
-        <v>5131.0</v>
+        <v>2248.0</v>
       </c>
       <c r="I208" s="2">
         <v>0.0</v>
       </c>
       <c r="J208" s="2">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="2">
         <v>208</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>217</v>
       </c>
       <c r="C209" s="2">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D209" s="2"/>
+        <v>5</v>
+      </c>
+      <c r="D209" s="2">
+        <v>4</v>
+      </c>
       <c r="E209" s="2">
-        <v>510</v>
+        <v>105</v>
       </c>
       <c r="F209" s="2">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="G209" s="2">
-        <v>486.0</v>
+        <v>475.0</v>
       </c>
       <c r="H209" s="2">
-        <v>4756.0</v>
+        <v>3031.0</v>
       </c>
       <c r="I209" s="2">
         <v>0.0</v>
       </c>
       <c r="J209" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="2">
         <v>209</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>218</v>
       </c>
       <c r="C210" s="2">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2">
-        <v>609</v>
+        <v>510</v>
       </c>
       <c r="F210" s="2">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="G210" s="2">
-        <v>341.0</v>
+        <v>472.0</v>
       </c>
       <c r="H210" s="2">
-        <v>2751.0</v>
+        <v>4649.0</v>
       </c>
       <c r="I210" s="2">
         <v>0.0</v>
       </c>
       <c r="J210" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="2">
         <v>210</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>219</v>
       </c>
       <c r="C211" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2">
-        <v>1785</v>
+        <v>506</v>
       </c>
       <c r="F211" s="2">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="G211" s="2">
-        <v>521.0</v>
+        <v>483.0</v>
       </c>
       <c r="H211" s="2">
-        <v>8448.0</v>
+        <v>2914.0</v>
       </c>
       <c r="I211" s="2">
         <v>0.0</v>
       </c>
       <c r="J211" s="2">
-        <v>1375.0</v>
+        <v>147.0</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="2">
         <v>211</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>220</v>
       </c>
       <c r="C212" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2">
-        <v>427</v>
+        <v>411</v>
       </c>
       <c r="F212" s="2">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="G212" s="2">
-        <v>361.0</v>
+        <v>310.0</v>
       </c>
       <c r="H212" s="2">
-        <v>1837.0</v>
+        <v>1694.0</v>
       </c>
       <c r="I212" s="2">
         <v>0.0</v>
       </c>
       <c r="J212" s="2">
-        <v>274.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="2">
         <v>212</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C213" s="2">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="D213" s="2"/>
       <c r="E213" s="2">
-        <v>105</v>
+        <v>609</v>
       </c>
       <c r="F213" s="2">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="G213" s="2">
-        <v>481.0</v>
+        <v>339.0</v>
       </c>
       <c r="H213" s="2">
-        <v>3095.0</v>
+        <v>2747.0</v>
       </c>
       <c r="I213" s="2">
         <v>0.0</v>
       </c>
       <c r="J213" s="2">
-        <v>0.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="2">
         <v>213</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>222</v>
       </c>
       <c r="C214" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2">
-        <v>707</v>
+        <v>773</v>
       </c>
       <c r="F214" s="2">
         <v>428</v>
       </c>
       <c r="G214" s="2">
-        <v>378.0</v>
+        <v>377.0</v>
       </c>
       <c r="H214" s="2">
-        <v>1223.0</v>
+        <v>1233.0</v>
       </c>
       <c r="I214" s="2">
         <v>0.0</v>
       </c>
       <c r="J214" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="2">
         <v>214</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>223</v>
       </c>
       <c r="C215" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2">
-        <v>411</v>
+        <v>538</v>
       </c>
       <c r="F215" s="2">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="G215" s="2">
-        <v>313.0</v>
+        <v>383.0</v>
       </c>
       <c r="H215" s="2">
-        <v>1737.0</v>
+        <v>1308.0</v>
       </c>
       <c r="I215" s="2">
         <v>0.0</v>
       </c>
       <c r="J215" s="2">
-        <v>6.0</v>
+        <v>561.0</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" s="2">
         <v>215</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>224</v>
       </c>
       <c r="C216" s="2">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2">
-        <v>538</v>
+        <v>526</v>
       </c>
       <c r="F216" s="2">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="G216" s="2">
-        <v>380.0</v>
+        <v>354.0</v>
       </c>
       <c r="H216" s="2">
-        <v>1257.0</v>
+        <v>2168.0</v>
       </c>
       <c r="I216" s="2">
         <v>0.0</v>
       </c>
       <c r="J216" s="2">
-        <v>561.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" s="2">
         <v>216</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C217" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2">
-        <v>568</v>
+        <v>530</v>
       </c>
       <c r="F217" s="2">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G217" s="2">
-        <v>503.0</v>
+        <v>498.0</v>
       </c>
       <c r="H217" s="2">
-        <v>9516.0</v>
+        <v>9350.0</v>
       </c>
       <c r="I217" s="2">
         <v>0.0</v>
       </c>
       <c r="J217" s="2">
         <v>67.0</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="2">
         <v>217</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>226</v>
       </c>
       <c r="C218" s="2">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2">
-        <v>526</v>
+        <v>144</v>
       </c>
       <c r="F218" s="2">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="G218" s="2">
-        <v>354.0</v>
+        <v>309.0</v>
       </c>
       <c r="H218" s="2">
-        <v>2194.0</v>
+        <v>1696.0</v>
       </c>
       <c r="I218" s="2">
         <v>0.0</v>
       </c>
       <c r="J218" s="2">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="2">
         <v>218</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C219" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2">
-        <v>144</v>
+        <v>303</v>
       </c>
       <c r="F219" s="2">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="G219" s="2">
-        <v>322.0</v>
+        <v>372.0</v>
       </c>
       <c r="H219" s="2">
-        <v>1710.0</v>
+        <v>1928.0</v>
       </c>
       <c r="I219" s="2">
         <v>0.0</v>
       </c>
       <c r="J219" s="2">
-        <v>0.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="2">
         <v>219</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>228</v>
       </c>
       <c r="C220" s="2">
         <v>5</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2">
         <v>176</v>
       </c>
       <c r="F220" s="2">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="G220" s="2">
-        <v>348.0</v>
+        <v>350.0</v>
       </c>
       <c r="H220" s="2">
-        <v>3473.0</v>
+        <v>3371.0</v>
       </c>
       <c r="I220" s="2">
         <v>0.0</v>
       </c>
       <c r="J220" s="2">
-        <v>304.0</v>
+        <v>524.0</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="2">
         <v>220</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>229</v>
       </c>
       <c r="C221" s="2">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D221" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D221" s="2">
+        <v>62</v>
+      </c>
       <c r="E221" s="2">
-        <v>303</v>
+        <v>107</v>
       </c>
       <c r="F221" s="2">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="G221" s="2">
-        <v>379.0</v>
+        <v>333.0</v>
       </c>
       <c r="H221" s="2">
-        <v>1918.0</v>
+        <v>1611.0</v>
       </c>
       <c r="I221" s="2">
-        <v>0.0</v>
+        <v>2712.0</v>
       </c>
       <c r="J221" s="2">
-        <v>80.0</v>
+        <v>2325.0</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="2">
         <v>221</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C222" s="2">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="D222" s="2"/>
       <c r="E222" s="2">
-        <v>2559</v>
+        <v>608</v>
       </c>
       <c r="F222" s="2">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="G222" s="2">
-        <v>366.0</v>
+        <v>371.0</v>
       </c>
       <c r="H222" s="2">
-        <v>2241.0</v>
+        <v>1779.0</v>
       </c>
       <c r="I222" s="2">
-        <v>967.0</v>
+        <v>0.0</v>
       </c>
       <c r="J222" s="2">
-        <v>368.0</v>
+        <v>956.0</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="2">
         <v>222</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C223" s="2">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="D223" s="2"/>
+        <v>18</v>
+      </c>
+      <c r="D223" s="2">
+        <v>22</v>
+      </c>
       <c r="E223" s="2">
-        <v>76</v>
+        <v>537</v>
       </c>
       <c r="F223" s="2">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="G223" s="2">
-        <v>213.0</v>
+        <v>308.0</v>
       </c>
       <c r="H223" s="2">
-        <v>2246.0</v>
+        <v>1992.0</v>
       </c>
       <c r="I223" s="2">
-        <v>0.0</v>
+        <v>19.0</v>
       </c>
       <c r="J223" s="2">
-        <v>0.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" s="2">
         <v>223</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C224" s="2">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D224" s="2"/>
+        <v>7</v>
+      </c>
+      <c r="D224" s="2">
+        <v>10</v>
+      </c>
       <c r="E224" s="2">
-        <v>139</v>
+        <v>953</v>
       </c>
       <c r="F224" s="2">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="G224" s="2">
-        <v>379.0</v>
+        <v>309.0</v>
       </c>
       <c r="H224" s="2">
-        <v>2497.0</v>
+        <v>1131.0</v>
       </c>
       <c r="I224" s="2">
-        <v>0.0</v>
+        <v>7.0</v>
       </c>
       <c r="J224" s="2">
-        <v>0.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" s="2">
         <v>224</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>233</v>
       </c>
       <c r="C225" s="2">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="D225" s="2"/>
       <c r="E225" s="2">
-        <v>537</v>
+        <v>139</v>
       </c>
       <c r="F225" s="2">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="G225" s="2">
-        <v>304.0</v>
+        <v>377.0</v>
       </c>
       <c r="H225" s="2">
-        <v>2004.0</v>
+        <v>2446.0</v>
       </c>
       <c r="I225" s="2">
-        <v>19.0</v>
+        <v>0.0</v>
       </c>
       <c r="J225" s="2">
-        <v>18.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="2">
         <v>225</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>234</v>
       </c>
       <c r="C226" s="2">
         <v>16</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2">
         <v>1326</v>
       </c>
       <c r="F226" s="2">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="G226" s="2">
         <v>276.0</v>
       </c>
       <c r="H226" s="2">
-        <v>1154.0</v>
+        <v>1129.0</v>
       </c>
       <c r="I226" s="2">
         <v>0.0</v>
       </c>
       <c r="J226" s="2">
         <v>54.0</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="2">
         <v>226</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C227" s="2">
         <v>7</v>
       </c>
-      <c r="D227" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D227" s="2"/>
       <c r="E227" s="2">
-        <v>953</v>
+        <v>427</v>
       </c>
       <c r="F227" s="2">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="G227" s="2">
-        <v>306.0</v>
+        <v>349.0</v>
       </c>
       <c r="H227" s="2">
-        <v>1172.0</v>
+        <v>1765.0</v>
       </c>
       <c r="I227" s="2">
         <v>0.0</v>
       </c>
       <c r="J227" s="2">
-        <v>87.0</v>
+        <v>233.0</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="2">
         <v>227</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>236</v>
       </c>
       <c r="C228" s="2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D228" s="2">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="E228" s="2">
-        <v>107</v>
+        <v>2559</v>
       </c>
       <c r="F228" s="2">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="G228" s="2">
-        <v>337.0</v>
+        <v>361.0</v>
       </c>
       <c r="H228" s="2">
-        <v>1598.0</v>
+        <v>2169.0</v>
       </c>
       <c r="I228" s="2">
-        <v>2736.0</v>
+        <v>349.0</v>
       </c>
       <c r="J228" s="2">
-        <v>2300.0</v>
+        <v>557.0</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="2">
         <v>228</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C229" s="2">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2">
-        <v>608</v>
+        <v>76</v>
       </c>
       <c r="F229" s="2">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="G229" s="2">
-        <v>372.0</v>
+        <v>206.0</v>
       </c>
       <c r="H229" s="2">
-        <v>1802.0</v>
+        <v>2111.0</v>
       </c>
       <c r="I229" s="2">
         <v>0.0</v>
       </c>
       <c r="J229" s="2">
-        <v>780.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="2">
         <v>229</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>238</v>
       </c>
       <c r="C230" s="2">
         <v>3</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2"/>
       <c r="F230" s="2">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="G230" s="2">
-        <v>332.0</v>
+        <v>313.0</v>
       </c>
       <c r="H230" s="2">
-        <v>3083.0</v>
+        <v>2982.0</v>
       </c>
       <c r="I230" s="2">
         <v>0.0</v>
       </c>
       <c r="J230" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="2">
         <v>230</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>239</v>
       </c>
       <c r="C231" s="2">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D231" s="2"/>
       <c r="E231" s="2">
-        <v>652</v>
+        <v>995</v>
       </c>
       <c r="F231" s="2">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G231" s="2">
-        <v>377.0</v>
+        <v>314.0</v>
       </c>
       <c r="H231" s="2">
-        <v>3662.0</v>
+        <v>1009.0</v>
       </c>
       <c r="I231" s="2">
         <v>0.0</v>
       </c>
       <c r="J231" s="2">
-        <v>34.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="2">
         <v>231</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>240</v>
       </c>
       <c r="C232" s="2">
         <v>4</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2">
         <v>538</v>
       </c>
       <c r="F232" s="2">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="G232" s="2">
-        <v>261.0</v>
+        <v>253.0</v>
       </c>
       <c r="H232" s="2">
-        <v>1353.0</v>
+        <v>1326.0</v>
       </c>
       <c r="I232" s="2">
         <v>0.0</v>
       </c>
       <c r="J232" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="2">
         <v>232</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>241</v>
       </c>
       <c r="C233" s="2">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D233" s="2"/>
+        <v>7</v>
+      </c>
+      <c r="D233" s="2">
+        <v>5</v>
+      </c>
       <c r="E233" s="2">
-        <v>103</v>
+        <v>652</v>
       </c>
       <c r="F233" s="2">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="G233" s="2">
-        <v>331.0</v>
+        <v>377.0</v>
       </c>
       <c r="H233" s="2">
-        <v>2120.0</v>
+        <v>3566.0</v>
       </c>
       <c r="I233" s="2">
         <v>0.0</v>
       </c>
       <c r="J233" s="2">
-        <v>0.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" s="2">
         <v>233</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>242</v>
       </c>
       <c r="C234" s="2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2">
-        <v>207</v>
+        <v>513</v>
       </c>
       <c r="F234" s="2">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="G234" s="2">
-        <v>372.0</v>
+        <v>399.0</v>
       </c>
       <c r="H234" s="2">
-        <v>1554.0</v>
+        <v>2161.0</v>
       </c>
       <c r="I234" s="2">
         <v>0.0</v>
       </c>
       <c r="J234" s="2">
-        <v>0.0</v>
+        <v>172.0</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" s="2">
         <v>234</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C235" s="2">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2">
-        <v>657</v>
+        <v>103</v>
       </c>
       <c r="F235" s="2">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="G235" s="2">
-        <v>279.0</v>
+        <v>326.0</v>
       </c>
       <c r="H235" s="2">
-        <v>1503.0</v>
+        <v>2082.0</v>
       </c>
       <c r="I235" s="2">
         <v>0.0</v>
       </c>
       <c r="J235" s="2">
-        <v>174.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="2">
         <v>235</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>244</v>
       </c>
       <c r="C236" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2">
-        <v>106</v>
+        <v>657</v>
       </c>
       <c r="F236" s="2">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="G236" s="2">
-        <v>248.0</v>
+        <v>275.0</v>
       </c>
       <c r="H236" s="2">
-        <v>1392.0</v>
+        <v>1465.0</v>
       </c>
       <c r="I236" s="2">
         <v>0.0</v>
       </c>
       <c r="J236" s="2">
-        <v>25.0</v>
+        <v>174.0</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" s="2">
         <v>236</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>245</v>
       </c>
       <c r="C237" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D237" s="2"/>
-      <c r="E237" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E237" s="2"/>
       <c r="F237" s="2">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="G237" s="2">
-        <v>358.0</v>
+        <v>305.0</v>
       </c>
       <c r="H237" s="2">
-        <v>3625.0</v>
+        <v>1005.0</v>
       </c>
       <c r="I237" s="2">
         <v>0.0</v>
       </c>
       <c r="J237" s="2">
-        <v>325.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" s="2">
         <v>237</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C238" s="2">
         <v>5</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2">
-        <v>350</v>
+        <v>34</v>
       </c>
       <c r="F238" s="2">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="G238" s="2">
-        <v>408.0</v>
+        <v>403.0</v>
       </c>
       <c r="H238" s="2">
-        <v>2372.0</v>
+        <v>2795.0</v>
       </c>
       <c r="I238" s="2">
         <v>0.0</v>
       </c>
       <c r="J238" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="2">
         <v>238</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C239" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2">
-        <v>513</v>
+        <v>106</v>
       </c>
       <c r="F239" s="2">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="G239" s="2">
-        <v>405.0</v>
+        <v>251.0</v>
       </c>
       <c r="H239" s="2">
-        <v>2114.0</v>
+        <v>1339.0</v>
       </c>
       <c r="I239" s="2">
         <v>0.0</v>
       </c>
       <c r="J239" s="2">
-        <v>172.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" s="2">
         <v>239</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>248</v>
       </c>
       <c r="C240" s="2">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="D240" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D240" s="2">
+        <v>373</v>
+      </c>
       <c r="E240" s="2">
-        <v>384</v>
+        <v>1177</v>
       </c>
       <c r="F240" s="2">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="G240" s="2">
-        <v>300.0</v>
+        <v>321.0</v>
       </c>
       <c r="H240" s="2">
-        <v>1612.0</v>
+        <v>1504.0</v>
       </c>
       <c r="I240" s="2">
-        <v>0.0</v>
+        <v>57.0</v>
       </c>
       <c r="J240" s="2">
-        <v>2039.0</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" s="2">
         <v>240</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C241" s="2">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2">
-        <v>995</v>
+        <v>384</v>
       </c>
       <c r="F241" s="2">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G241" s="2">
-        <v>309.0</v>
+        <v>298.0</v>
       </c>
       <c r="H241" s="2">
-        <v>990.0</v>
+        <v>1647.0</v>
       </c>
       <c r="I241" s="2">
         <v>0.0</v>
       </c>
       <c r="J241" s="2">
-        <v>92.0</v>
+        <v>2389.0</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" s="2">
         <v>241</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>250</v>
       </c>
       <c r="C242" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D242" s="2"/>
-      <c r="E242" s="2"/>
+      <c r="E242" s="2">
+        <v>207</v>
+      </c>
       <c r="F242" s="2">
         <v>393</v>
       </c>
       <c r="G242" s="2">
-        <v>236.0</v>
+        <v>365.0</v>
       </c>
       <c r="H242" s="2">
-        <v>3438.0</v>
+        <v>1508.0</v>
       </c>
       <c r="I242" s="2">
         <v>0.0</v>
       </c>
       <c r="J242" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" s="2">
         <v>242</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>251</v>
       </c>
       <c r="C243" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2">
-        <v>34</v>
+        <v>418</v>
       </c>
       <c r="F243" s="2">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="G243" s="2">
-        <v>405.0</v>
+        <v>348.0</v>
       </c>
       <c r="H243" s="2">
-        <v>2805.0</v>
+        <v>3459.0</v>
       </c>
       <c r="I243" s="2">
         <v>0.0</v>
       </c>
       <c r="J243" s="2">
-        <v>0.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" s="2">
         <v>243</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>252</v>
       </c>
       <c r="C244" s="2">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="D244" s="2"/>
       <c r="E244" s="2">
-        <v>1177</v>
+        <v>350</v>
       </c>
       <c r="F244" s="2">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="G244" s="2">
-        <v>322.0</v>
+        <v>403.0</v>
       </c>
       <c r="H244" s="2">
-        <v>1523.0</v>
+        <v>2311.0</v>
       </c>
       <c r="I244" s="2">
-        <v>18.0</v>
+        <v>0.0</v>
       </c>
       <c r="J244" s="2">
-        <v>163.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" s="2">
         <v>244</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C245" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D245" s="2"/>
-      <c r="E245" s="2"/>
+      <c r="E245" s="2">
+        <v>2415</v>
+      </c>
       <c r="F245" s="2">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="G245" s="2">
-        <v>308.0</v>
+        <v>242.0</v>
       </c>
       <c r="H245" s="2">
-        <v>1005.0</v>
+        <v>1630.0</v>
       </c>
       <c r="I245" s="2">
         <v>0.0</v>
       </c>
       <c r="J245" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" s="2">
         <v>245</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>254</v>
       </c>
       <c r="C246" s="2">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D246" s="2"/>
-      <c r="E246" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E246" s="2"/>
       <c r="F246" s="2">
         <v>386</v>
       </c>
       <c r="G246" s="2">
-        <v>380.0</v>
+        <v>228.0</v>
       </c>
       <c r="H246" s="2">
-        <v>1467.0</v>
+        <v>3446.0</v>
       </c>
       <c r="I246" s="2">
         <v>0.0</v>
       </c>
       <c r="J246" s="2">
-        <v>122.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" s="2">
         <v>246</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>255</v>
       </c>
       <c r="C247" s="2">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2">
-        <v>59</v>
+        <v>259</v>
       </c>
       <c r="F247" s="2">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="G247" s="2">
-        <v>252.0</v>
+        <v>325.0</v>
       </c>
       <c r="H247" s="2">
-        <v>3083.0</v>
+        <v>1068.0</v>
       </c>
       <c r="I247" s="2">
         <v>0.0</v>
       </c>
       <c r="J247" s="2">
-        <v>0.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" s="2">
         <v>247</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>256</v>
       </c>
       <c r="C248" s="2">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D248" s="2"/>
       <c r="E248" s="2">
-        <v>332</v>
+        <v>63</v>
       </c>
       <c r="F248" s="2">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="G248" s="2">
-        <v>354.0</v>
+        <v>374.0</v>
       </c>
       <c r="H248" s="2">
-        <v>1929.0</v>
+        <v>1451.0</v>
       </c>
       <c r="I248" s="2">
-        <v>2224.0</v>
+        <v>0.0</v>
       </c>
       <c r="J248" s="2">
-        <v>3569.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" s="2">
         <v>248</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>257</v>
       </c>
       <c r="C249" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D249" s="2">
-        <v>179</v>
+        <v>459</v>
       </c>
       <c r="E249" s="2">
-        <v>605</v>
+        <v>332</v>
       </c>
       <c r="F249" s="2">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="G249" s="2">
-        <v>366.0</v>
+        <v>351.0</v>
       </c>
       <c r="H249" s="2">
-        <v>3261.0</v>
+        <v>1889.0</v>
       </c>
       <c r="I249" s="2">
-        <v>4690.0</v>
+        <v>2224.0</v>
       </c>
       <c r="J249" s="2">
-        <v>1239.0</v>
+        <v>3088.0</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" s="2">
         <v>249</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>258</v>
       </c>
       <c r="C250" s="2">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D250" s="2"/>
       <c r="E250" s="2">
-        <v>116</v>
+        <v>375</v>
       </c>
       <c r="F250" s="2">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="G250" s="2">
-        <v>292.0</v>
+        <v>310.0</v>
       </c>
       <c r="H250" s="2">
-        <v>1432.0</v>
+        <v>3092.0</v>
       </c>
       <c r="I250" s="2">
-        <v>2505.0</v>
+        <v>0.0</v>
       </c>
       <c r="J250" s="2">
-        <v>65.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" s="2">
         <v>250</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>259</v>
       </c>
       <c r="C251" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2">
-        <v>259</v>
+        <v>502</v>
       </c>
       <c r="F251" s="2">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="G251" s="2">
-        <v>324.0</v>
+        <v>332.0</v>
       </c>
       <c r="H251" s="2">
-        <v>1112.0</v>
+        <v>2320.0</v>
       </c>
       <c r="I251" s="2">
         <v>0.0</v>
       </c>
       <c r="J251" s="2">
-        <v>30.0</v>
+        <v>336.0</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" s="2">
         <v>251</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C252" s="2">
         <v>9</v>
       </c>
-      <c r="D252" s="2"/>
+      <c r="D252" s="2">
+        <v>12</v>
+      </c>
       <c r="E252" s="2">
-        <v>2415</v>
+        <v>868</v>
       </c>
       <c r="F252" s="2">
         <v>378</v>
       </c>
       <c r="G252" s="2">
-        <v>241.0</v>
+        <v>303.0</v>
       </c>
       <c r="H252" s="2">
-        <v>1663.0</v>
+        <v>924.0</v>
       </c>
       <c r="I252" s="2">
         <v>0.0</v>
       </c>
       <c r="J252" s="2">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" s="2">
         <v>252</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>261</v>
       </c>
       <c r="C253" s="2">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D253" s="2"/>
       <c r="E253" s="2">
-        <v>868</v>
+        <v>603</v>
       </c>
       <c r="F253" s="2">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="G253" s="2">
-        <v>304.0</v>
+        <v>313.0</v>
       </c>
       <c r="H253" s="2">
-        <v>954.0</v>
+        <v>2272.0</v>
       </c>
       <c r="I253" s="2">
-        <v>289.0</v>
+        <v>0.0</v>
       </c>
       <c r="J253" s="2">
-        <v>6.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" s="2">
         <v>253</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>262</v>
       </c>
       <c r="C254" s="2">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="D254" s="2">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="E254" s="2">
-        <v>51</v>
+        <v>605</v>
       </c>
       <c r="F254" s="2">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="G254" s="2">
-        <v>315.0</v>
+        <v>359.0</v>
       </c>
       <c r="H254" s="2">
-        <v>1111.0</v>
+        <v>3113.0</v>
       </c>
       <c r="I254" s="2">
-        <v>17.0</v>
+        <v>1.0</v>
       </c>
       <c r="J254" s="2">
-        <v>0.0</v>
+        <v>1893.0</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" s="2">
         <v>254</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>263</v>
       </c>
       <c r="C255" s="2">
         <v>7</v>
       </c>
-      <c r="D255" s="2"/>
+      <c r="D255" s="2">
+        <v>136</v>
+      </c>
       <c r="E255" s="2">
-        <v>603</v>
+        <v>116</v>
       </c>
       <c r="F255" s="2">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="G255" s="2">
-        <v>319.0</v>
+        <v>284.0</v>
       </c>
       <c r="H255" s="2">
-        <v>2342.0</v>
+        <v>1405.0</v>
       </c>
       <c r="I255" s="2">
-        <v>0.0</v>
+        <v>1583.0</v>
       </c>
       <c r="J255" s="2">
-        <v>85.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" s="2">
         <v>255</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>264</v>
       </c>
       <c r="C256" s="2">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2">
-        <v>1479</v>
+        <v>59</v>
       </c>
       <c r="F256" s="2">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="G256" s="2">
-        <v>246.0</v>
+        <v>243.0</v>
       </c>
       <c r="H256" s="2">
-        <v>2061.0</v>
+        <v>3024.0</v>
       </c>
       <c r="I256" s="2">
         <v>0.0</v>
       </c>
       <c r="J256" s="2">
-        <v>59.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" s="2">
         <v>256</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>265</v>
       </c>
       <c r="C257" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2">
-        <v>375</v>
+        <v>1479</v>
       </c>
       <c r="F257" s="2">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="G257" s="2">
-        <v>317.0</v>
+        <v>251.0</v>
       </c>
       <c r="H257" s="2">
-        <v>3201.0</v>
+        <v>2026.0</v>
       </c>
       <c r="I257" s="2">
         <v>0.0</v>
       </c>
       <c r="J257" s="2">
         <v>59.0</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" s="2">
         <v>257</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C258" s="2">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D258" s="2"/>
+        <v>15</v>
+      </c>
+      <c r="D258" s="2">
+        <v>20</v>
+      </c>
       <c r="E258" s="2">
-        <v>502</v>
+        <v>51</v>
       </c>
       <c r="F258" s="2">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="G258" s="2">
-        <v>335.0</v>
+        <v>306.0</v>
       </c>
       <c r="H258" s="2">
-        <v>2410.0</v>
+        <v>1066.0</v>
       </c>
       <c r="I258" s="2">
-        <v>0.0</v>
+        <v>17.0</v>
       </c>
       <c r="J258" s="2">
-        <v>343.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" s="2">
         <v>258</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>267</v>
       </c>
       <c r="C259" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="F259" s="2">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="G259" s="2">
-        <v>364.0</v>
+        <v>297.0</v>
       </c>
       <c r="H259" s="2">
-        <v>5867.0</v>
+        <v>3623.0</v>
       </c>
       <c r="I259" s="2">
         <v>0.0</v>
       </c>
       <c r="J259" s="2">
-        <v>62.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" s="2">
         <v>259</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>268</v>
       </c>
       <c r="C260" s="2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2">
-        <v>62</v>
+        <v>5</v>
       </c>
       <c r="F260" s="2">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="G260" s="2">
-        <v>305.0</v>
+        <v>355.0</v>
       </c>
       <c r="H260" s="2">
-        <v>3765.0</v>
+        <v>5798.0</v>
       </c>
       <c r="I260" s="2">
         <v>0.0</v>
       </c>
       <c r="J260" s="2">
-        <v>208.0</v>
+        <v>145.0</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" s="2">
         <v>260</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>269</v>
       </c>
       <c r="C261" s="2">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D261" s="2"/>
       <c r="E261" s="2">
-        <v>879</v>
+        <v>112</v>
       </c>
       <c r="F261" s="2">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="G261" s="2">
-        <v>348.0</v>
+        <v>283.0</v>
       </c>
       <c r="H261" s="2">
-        <v>718.0</v>
+        <v>1969.0</v>
       </c>
       <c r="I261" s="2">
-        <v>14.0</v>
+        <v>0.0</v>
       </c>
       <c r="J261" s="2">
-        <v>101.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" s="2">
         <v>261</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>270</v>
       </c>
       <c r="C262" s="2">
         <v>5</v>
       </c>
       <c r="D262" s="2">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="E262" s="2">
-        <v>36</v>
+        <v>390</v>
       </c>
       <c r="F262" s="2">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="G262" s="2">
-        <v>252.0</v>
+        <v>363.0</v>
       </c>
       <c r="H262" s="2">
-        <v>3645.0</v>
+        <v>2005.0</v>
       </c>
       <c r="I262" s="2">
-        <v>136.0</v>
+        <v>895.0</v>
       </c>
       <c r="J262" s="2">
-        <v>61.0</v>
+        <v>1157.0</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="2">
         <v>262</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>271</v>
       </c>
       <c r="C263" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D263" s="2"/>
-      <c r="E263" s="2"/>
+      <c r="E263" s="2">
+        <v>252</v>
+      </c>
       <c r="F263" s="2">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="G263" s="2">
-        <v>284.0</v>
+        <v>302.0</v>
       </c>
       <c r="H263" s="2">
-        <v>925.0</v>
+        <v>3427.0</v>
       </c>
       <c r="I263" s="2">
         <v>0.0</v>
       </c>
       <c r="J263" s="2">
-        <v>0.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="2">
         <v>263</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>272</v>
       </c>
       <c r="C264" s="2">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D264" s="2"/>
+        <v>12</v>
+      </c>
+      <c r="D264" s="2">
+        <v>34</v>
+      </c>
       <c r="E264" s="2">
-        <v>143</v>
+        <v>879</v>
       </c>
       <c r="F264" s="2">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="G264" s="2">
-        <v>337.0</v>
+        <v>343.0</v>
       </c>
       <c r="H264" s="2">
-        <v>1788.0</v>
+        <v>696.0</v>
       </c>
       <c r="I264" s="2">
-        <v>0.0</v>
+        <v>42.0</v>
       </c>
       <c r="J264" s="2">
-        <v>7.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="2">
         <v>264</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C265" s="2">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2">
-        <v>82</v>
+        <v>203</v>
       </c>
       <c r="F265" s="2">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="G265" s="2">
-        <v>290.0</v>
+        <v>318.0</v>
       </c>
       <c r="H265" s="2">
-        <v>2001.0</v>
+        <v>982.0</v>
       </c>
       <c r="I265" s="2">
         <v>0.0</v>
       </c>
       <c r="J265" s="2">
-        <v>0.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="2">
         <v>265</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>274</v>
       </c>
       <c r="C266" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2">
-        <v>252</v>
+        <v>22</v>
       </c>
       <c r="F266" s="2">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="G266" s="2">
-        <v>307.0</v>
+        <v>269.0</v>
       </c>
       <c r="H266" s="2">
-        <v>3457.0</v>
+        <v>1386.0</v>
       </c>
       <c r="I266" s="2">
         <v>0.0</v>
       </c>
       <c r="J266" s="2">
-        <v>22.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="2">
         <v>266</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>275</v>
       </c>
       <c r="C267" s="2">
         <v>5</v>
       </c>
-      <c r="D267" s="2"/>
-      <c r="E267" s="2"/>
+      <c r="D267" s="2">
+        <v>42</v>
+      </c>
+      <c r="E267" s="2">
+        <v>36</v>
+      </c>
       <c r="F267" s="2">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="G267" s="2">
-        <v>311.0</v>
+        <v>256.0</v>
       </c>
       <c r="H267" s="2">
-        <v>1319.0</v>
+        <v>3561.0</v>
       </c>
       <c r="I267" s="2">
-        <v>0.0</v>
+        <v>50.0</v>
       </c>
       <c r="J267" s="2">
-        <v>0.0</v>
+        <v>61.0</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="2">
         <v>267</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>276</v>
       </c>
       <c r="C268" s="2">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2">
-        <v>203</v>
+        <v>356</v>
       </c>
       <c r="F268" s="2">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="G268" s="2">
-        <v>329.0</v>
+        <v>372.0</v>
       </c>
       <c r="H268" s="2">
-        <v>976.0</v>
+        <v>2146.0</v>
       </c>
       <c r="I268" s="2">
         <v>0.0</v>
       </c>
       <c r="J268" s="2">
-        <v>23.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="2">
         <v>268</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>277</v>
       </c>
       <c r="C269" s="2">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D269" s="2"/>
       <c r="E269" s="2">
-        <v>390</v>
+        <v>143</v>
       </c>
       <c r="F269" s="2">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="G269" s="2">
-        <v>370.0</v>
+        <v>328.0</v>
       </c>
       <c r="H269" s="2">
-        <v>2068.0</v>
+        <v>1765.0</v>
       </c>
       <c r="I269" s="2">
-        <v>987.0</v>
+        <v>0.0</v>
       </c>
       <c r="J269" s="2">
-        <v>1281.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="2">
         <v>269</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C270" s="2">
         <v>4</v>
       </c>
       <c r="D270" s="2"/>
-      <c r="E270" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E270" s="2"/>
       <c r="F270" s="2">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="G270" s="2">
-        <v>265.0</v>
+        <v>280.0</v>
       </c>
       <c r="H270" s="2">
-        <v>1397.0</v>
+        <v>882.0</v>
       </c>
       <c r="I270" s="2">
         <v>0.0</v>
       </c>
       <c r="J270" s="2">
-        <v>25.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="2">
         <v>270</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>279</v>
       </c>
       <c r="C271" s="2">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D271" s="2"/>
-      <c r="E271" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E271" s="2"/>
       <c r="F271" s="2">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G271" s="2">
-        <v>331.0</v>
+        <v>311.0</v>
       </c>
       <c r="H271" s="2">
-        <v>1410.0</v>
+        <v>1274.0</v>
       </c>
       <c r="I271" s="2">
         <v>0.0</v>
       </c>
       <c r="J271" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="2">
         <v>271</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>280</v>
       </c>
       <c r="C272" s="2">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2">
-        <v>1061</v>
+        <v>415</v>
       </c>
       <c r="F272" s="2">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="G272" s="2">
-        <v>291.0</v>
+        <v>333.0</v>
       </c>
       <c r="H272" s="2">
-        <v>1714.0</v>
+        <v>1393.0</v>
       </c>
       <c r="I272" s="2">
         <v>0.0</v>
       </c>
       <c r="J272" s="2">
-        <v>51.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" s="2">
         <v>272</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>281</v>
       </c>
       <c r="C273" s="2">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2">
-        <v>356</v>
+        <v>62</v>
       </c>
       <c r="F273" s="2">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="G273" s="2">
-        <v>375.0</v>
+        <v>247.0</v>
       </c>
       <c r="H273" s="2">
-        <v>2159.0</v>
+        <v>1222.0</v>
       </c>
       <c r="I273" s="2">
         <v>0.0</v>
       </c>
       <c r="J273" s="2">
-        <v>86.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" s="2">
         <v>273</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>282</v>
       </c>
       <c r="C274" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2">
-        <v>429</v>
+        <v>1061</v>
       </c>
       <c r="F274" s="2">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="G274" s="2">
-        <v>374.0</v>
+        <v>289.0</v>
       </c>
       <c r="H274" s="2">
-        <v>4720.0</v>
+        <v>1665.0</v>
       </c>
       <c r="I274" s="2">
         <v>0.0</v>
       </c>
       <c r="J274" s="2">
-        <v>1217.0</v>
+        <v>51.0</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" s="2">
         <v>274</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>283</v>
       </c>
       <c r="C275" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2">
-        <v>62</v>
+        <v>422</v>
       </c>
       <c r="F275" s="2">
         <v>351</v>
       </c>
       <c r="G275" s="2">
-        <v>248.0</v>
+        <v>287.0</v>
       </c>
       <c r="H275" s="2">
-        <v>1244.0</v>
+        <v>1270.0</v>
       </c>
       <c r="I275" s="2">
         <v>0.0</v>
       </c>
       <c r="J275" s="2">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" s="2">
         <v>275</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>284</v>
       </c>
       <c r="C276" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="F276" s="2">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="G276" s="2">
-        <v>283.0</v>
+        <v>374.0</v>
       </c>
       <c r="H276" s="2">
-        <v>1312.0</v>
+        <v>4751.0</v>
       </c>
       <c r="I276" s="2">
         <v>0.0</v>
       </c>
       <c r="J276" s="2">
-        <v>12.0</v>
+        <v>1217.0</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" s="2">
         <v>276</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>285</v>
       </c>
       <c r="C277" s="2">
         <v>7</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2">
         <v>54</v>
       </c>
       <c r="F277" s="2">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="G277" s="2">
-        <v>219.0</v>
+        <v>218.0</v>
       </c>
       <c r="H277" s="2">
-        <v>863.0</v>
+        <v>866.0</v>
       </c>
       <c r="I277" s="2">
         <v>0.0</v>
       </c>
       <c r="J277" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" s="2">
         <v>277</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>286</v>
       </c>
       <c r="C278" s="2">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2">
-        <v>262</v>
+        <v>547</v>
       </c>
       <c r="F278" s="2">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="G278" s="2">
-        <v>214.0</v>
+        <v>266.0</v>
       </c>
       <c r="H278" s="2">
-        <v>1730.0</v>
+        <v>1639.0</v>
       </c>
       <c r="I278" s="2">
         <v>0.0</v>
       </c>
       <c r="J278" s="2">
-        <v>0.0</v>
+        <v>733.0</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" s="2">
         <v>278</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>287</v>
       </c>
       <c r="C279" s="2">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2">
-        <v>144</v>
+        <v>1218</v>
       </c>
       <c r="F279" s="2">
         <v>344</v>
       </c>
       <c r="G279" s="2">
-        <v>308.0</v>
+        <v>273.0</v>
       </c>
       <c r="H279" s="2">
-        <v>2173.0</v>
+        <v>3774.0</v>
       </c>
       <c r="I279" s="2">
         <v>0.0</v>
       </c>
       <c r="J279" s="2">
-        <v>4.0</v>
+        <v>919.0</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" s="2">
         <v>279</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>288</v>
       </c>
       <c r="C280" s="2">
         <v>11</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2">
         <v>207</v>
       </c>
       <c r="F280" s="2">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="G280" s="2">
         <v>166.0</v>
       </c>
       <c r="H280" s="2">
-        <v>1648.0</v>
+        <v>1630.0</v>
       </c>
       <c r="I280" s="2">
         <v>0.0</v>
       </c>
       <c r="J280" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" s="2">
         <v>280</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>289</v>
       </c>
       <c r="C281" s="2">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="D281" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D281" s="2">
+        <v>92</v>
+      </c>
       <c r="E281" s="2">
-        <v>1218</v>
+        <v>1352</v>
       </c>
       <c r="F281" s="2">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="G281" s="2">
-        <v>283.0</v>
+        <v>262.0</v>
       </c>
       <c r="H281" s="2">
-        <v>3850.0</v>
+        <v>1097.0</v>
       </c>
       <c r="I281" s="2">
-        <v>0.0</v>
+        <v>517.0</v>
       </c>
       <c r="J281" s="2">
-        <v>1016.0</v>
+        <v>629.0</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" s="2">
         <v>281</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>290</v>
       </c>
       <c r="C282" s="2">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="D282" s="2"/>
       <c r="E282" s="2">
-        <v>1352</v>
+        <v>144</v>
       </c>
       <c r="F282" s="2">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="G282" s="2">
-        <v>264.0</v>
+        <v>312.0</v>
       </c>
       <c r="H282" s="2">
-        <v>1127.0</v>
+        <v>2105.0</v>
       </c>
       <c r="I282" s="2">
-        <v>547.0</v>
+        <v>0.0</v>
       </c>
       <c r="J282" s="2">
-        <v>629.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" s="2">
         <v>282</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>291</v>
       </c>
       <c r="C283" s="2">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D283" s="2"/>
+        <v>5</v>
+      </c>
+      <c r="D283" s="2">
+        <v>25</v>
+      </c>
       <c r="E283" s="2">
-        <v>547</v>
+        <v>363</v>
       </c>
       <c r="F283" s="2">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="G283" s="2">
-        <v>269.0</v>
+        <v>236.0</v>
       </c>
       <c r="H283" s="2">
-        <v>1712.0</v>
+        <v>1232.0</v>
       </c>
       <c r="I283" s="2">
         <v>0.0</v>
       </c>
       <c r="J283" s="2">
-        <v>1632.0</v>
+        <v>766.0</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" s="2">
         <v>283</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>292</v>
       </c>
       <c r="C284" s="2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D284" s="2">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="E284" s="2">
-        <v>608</v>
+        <v>1216</v>
       </c>
       <c r="F284" s="2">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="G284" s="2">
-        <v>318.0</v>
+        <v>235.0</v>
       </c>
       <c r="H284" s="2">
-        <v>760.0</v>
+        <v>1712.0</v>
       </c>
       <c r="I284" s="2">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
       <c r="J284" s="2">
-        <v>2622.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" s="2">
         <v>284</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>293</v>
       </c>
       <c r="C285" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D285" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D285" s="2">
+        <v>10</v>
+      </c>
       <c r="E285" s="2">
-        <v>1436</v>
+        <v>608</v>
       </c>
       <c r="F285" s="2">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="G285" s="2">
-        <v>204.0</v>
+        <v>316.0</v>
       </c>
       <c r="H285" s="2">
-        <v>904.0</v>
+        <v>756.0</v>
       </c>
       <c r="I285" s="2">
         <v>0.0</v>
       </c>
       <c r="J285" s="2">
-        <v>269.0</v>
+        <v>2622.0</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" s="2">
         <v>285</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>294</v>
       </c>
       <c r="C286" s="2">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D286" s="2"/>
       <c r="E286" s="2">
-        <v>1216</v>
+        <v>1436</v>
       </c>
       <c r="F286" s="2">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="G286" s="2">
-        <v>240.0</v>
+        <v>202.0</v>
       </c>
       <c r="H286" s="2">
-        <v>1779.0</v>
+        <v>889.0</v>
       </c>
       <c r="I286" s="2">
-        <v>12.0</v>
+        <v>0.0</v>
       </c>
       <c r="J286" s="2">
-        <v>180.0</v>
+        <v>308.0</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" s="2">
         <v>286</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>295</v>
       </c>
       <c r="C287" s="2">
         <v>6</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2">
         <v>516</v>
       </c>
       <c r="F287" s="2">
         <v>335</v>
       </c>
       <c r="G287" s="2">
-        <v>252.0</v>
+        <v>247.0</v>
       </c>
       <c r="H287" s="2">
-        <v>3595.0</v>
+        <v>3411.0</v>
       </c>
       <c r="I287" s="2">
         <v>0.0</v>
       </c>
       <c r="J287" s="2">
         <v>744.0</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="2">
         <v>287</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>296</v>
       </c>
       <c r="C288" s="2">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="D288" s="2"/>
-      <c r="E288" s="2"/>
+      <c r="E288" s="2">
+        <v>262</v>
+      </c>
       <c r="F288" s="2">
         <v>335</v>
       </c>
       <c r="G288" s="2">
-        <v>181.0</v>
+        <v>209.0</v>
       </c>
       <c r="H288" s="2">
-        <v>1532.0</v>
+        <v>1658.0</v>
       </c>
       <c r="I288" s="2">
         <v>0.0</v>
       </c>
       <c r="J288" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" s="2">
         <v>288</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>297</v>
       </c>
       <c r="C289" s="2">
         <v>3</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2">
         <v>454</v>
       </c>
       <c r="F289" s="2">
         <v>334</v>
       </c>
       <c r="G289" s="2">
-        <v>254.0</v>
+        <v>253.0</v>
       </c>
       <c r="H289" s="2">
-        <v>852.0</v>
+        <v>853.0</v>
       </c>
       <c r="I289" s="2">
         <v>0.0</v>
       </c>
       <c r="J289" s="2">
         <v>11.0</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" s="2">
         <v>289</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>298</v>
       </c>
       <c r="C290" s="2">
-        <v>3</v>
-[...2 lines deleted...]
-      <c r="E290" s="2"/>
+        <v>9</v>
+      </c>
+      <c r="D290" s="2">
+        <v>2</v>
+      </c>
+      <c r="E290" s="2">
+        <v>514</v>
+      </c>
       <c r="F290" s="2">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="G290" s="2">
-        <v>197.0</v>
+        <v>180.0</v>
       </c>
       <c r="H290" s="2">
-        <v>971.0</v>
+        <v>1514.0</v>
       </c>
       <c r="I290" s="2">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="J290" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" s="2">
         <v>290</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>299</v>
       </c>
       <c r="C291" s="2">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D291" s="2"/>
       <c r="E291" s="2">
-        <v>938</v>
+        <v>52</v>
       </c>
       <c r="F291" s="2">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="G291" s="2">
-        <v>263.0</v>
+        <v>208.0</v>
       </c>
       <c r="H291" s="2">
-        <v>577.0</v>
+        <v>1724.0</v>
       </c>
       <c r="I291" s="2">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="J291" s="2">
-        <v>187.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" s="2">
         <v>291</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>300</v>
       </c>
       <c r="C292" s="2">
-        <v>6</v>
-[...6 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="D292" s="2"/>
+      <c r="E292" s="2"/>
       <c r="F292" s="2">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="G292" s="2">
-        <v>269.0</v>
+        <v>198.0</v>
       </c>
       <c r="H292" s="2">
-        <v>859.0</v>
+        <v>968.0</v>
       </c>
       <c r="I292" s="2">
         <v>0.0</v>
       </c>
       <c r="J292" s="2">
-        <v>13.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" s="2">
         <v>292</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>301</v>
       </c>
       <c r="C293" s="2">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D293" s="2">
         <v>2</v>
       </c>
       <c r="E293" s="2">
-        <v>514</v>
+        <v>114</v>
       </c>
       <c r="F293" s="2">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="G293" s="2">
-        <v>183.0</v>
+        <v>266.0</v>
       </c>
       <c r="H293" s="2">
-        <v>1542.0</v>
+        <v>839.0</v>
       </c>
       <c r="I293" s="2">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="J293" s="2">
-        <v>0.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" s="2">
         <v>293</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C294" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D294" s="2"/>
+        <v>11</v>
+      </c>
+      <c r="D294" s="2">
+        <v>12</v>
+      </c>
       <c r="E294" s="2">
-        <v>296</v>
+        <v>938</v>
       </c>
       <c r="F294" s="2">
         <v>329</v>
       </c>
       <c r="G294" s="2">
-        <v>159.0</v>
+        <v>258.0</v>
       </c>
       <c r="H294" s="2">
-        <v>2467.0</v>
+        <v>599.0</v>
       </c>
       <c r="I294" s="2">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="J294" s="2">
-        <v>736.0</v>
+        <v>427.0</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" s="2">
         <v>294</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>303</v>
       </c>
       <c r="C295" s="2">
         <v>5</v>
       </c>
-      <c r="D295" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D295" s="2"/>
       <c r="E295" s="2">
-        <v>363</v>
+        <v>131</v>
       </c>
       <c r="F295" s="2">
         <v>328</v>
       </c>
       <c r="G295" s="2">
-        <v>226.0</v>
+        <v>278.0</v>
       </c>
       <c r="H295" s="2">
-        <v>1220.0</v>
+        <v>697.0</v>
       </c>
       <c r="I295" s="2">
-        <v>120.0</v>
+        <v>0.0</v>
       </c>
       <c r="J295" s="2">
-        <v>766.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" s="2">
         <v>295</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>304</v>
       </c>
       <c r="C296" s="2">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D296" s="2"/>
-      <c r="E296" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E296" s="2"/>
       <c r="F296" s="2">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="G296" s="2">
-        <v>276.0</v>
+        <v>178.0</v>
       </c>
       <c r="H296" s="2">
-        <v>715.0</v>
+        <v>1537.0</v>
       </c>
       <c r="I296" s="2">
         <v>0.0</v>
       </c>
       <c r="J296" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" s="2">
         <v>296</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>305</v>
       </c>
       <c r="C297" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D297" s="2"/>
-      <c r="E297" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E297" s="2"/>
       <c r="F297" s="2">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="G297" s="2">
-        <v>272.0</v>
+        <v>237.0</v>
       </c>
       <c r="H297" s="2">
-        <v>1151.0</v>
+        <v>1036.0</v>
       </c>
       <c r="I297" s="2">
         <v>0.0</v>
       </c>
       <c r="J297" s="2">
-        <v>1363.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" s="2">
         <v>297</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>306</v>
       </c>
       <c r="C298" s="2">
         <v>1</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2">
-        <v>52</v>
+        <v>314</v>
       </c>
       <c r="F298" s="2">
         <v>326</v>
       </c>
       <c r="G298" s="2">
-        <v>218.0</v>
+        <v>156.0</v>
       </c>
       <c r="H298" s="2">
-        <v>1743.0</v>
+        <v>2375.0</v>
       </c>
       <c r="I298" s="2">
         <v>0.0</v>
       </c>
       <c r="J298" s="2">
-        <v>23.0</v>
+        <v>711.0</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" s="2">
         <v>298</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>307</v>
       </c>
       <c r="C299" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2">
-        <v>527</v>
+        <v>68</v>
       </c>
       <c r="F299" s="2">
         <v>325</v>
       </c>
       <c r="G299" s="2">
-        <v>325.0</v>
+        <v>270.0</v>
       </c>
       <c r="H299" s="2">
-        <v>1785.0</v>
+        <v>1061.0</v>
       </c>
       <c r="I299" s="2">
         <v>0.0</v>
       </c>
       <c r="J299" s="2">
-        <v>45.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" s="2">
         <v>299</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>308</v>
       </c>
       <c r="C300" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D300" s="2">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="E300" s="2">
-        <v>644</v>
+        <v>461</v>
       </c>
       <c r="F300" s="2">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="G300" s="2">
-        <v>287.0</v>
+        <v>270.0</v>
       </c>
       <c r="H300" s="2">
-        <v>660.0</v>
+        <v>1361.0</v>
       </c>
       <c r="I300" s="2">
-        <v>2047.0</v>
+        <v>85.0</v>
       </c>
       <c r="J300" s="2">
-        <v>105.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" s="2">
         <v>300</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>309</v>
       </c>
       <c r="C301" s="2">
         <v>7</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2">
-        <v>64</v>
+        <v>527</v>
       </c>
       <c r="F301" s="2">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="G301" s="2">
-        <v>250.0</v>
+        <v>319.0</v>
       </c>
       <c r="H301" s="2">
-        <v>1546.0</v>
+        <v>1734.0</v>
       </c>
       <c r="I301" s="2">
         <v>0.0</v>
       </c>
       <c r="J301" s="2">
-        <v>0.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" s="2">
         <v>301</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>310</v>
       </c>
       <c r="C302" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D302" s="2"/>
-      <c r="E302" s="2"/>
+      <c r="E302" s="2">
+        <v>176</v>
+      </c>
       <c r="F302" s="2">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="G302" s="2">
-        <v>235.0</v>
+        <v>269.0</v>
       </c>
       <c r="H302" s="2">
-        <v>1088.0</v>
+        <v>1124.0</v>
       </c>
       <c r="I302" s="2">
         <v>0.0</v>
       </c>
       <c r="J302" s="2">
-        <v>0.0</v>
+        <v>1363.0</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" s="2">
         <v>302</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>311</v>
       </c>
       <c r="C303" s="2">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="D303" s="2"/>
+        <v>9</v>
+      </c>
+      <c r="D303" s="2">
+        <v>12</v>
+      </c>
       <c r="E303" s="2">
-        <v>68</v>
+        <v>644</v>
       </c>
       <c r="F303" s="2">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="G303" s="2">
-        <v>272.0</v>
+        <v>283.0</v>
       </c>
       <c r="H303" s="2">
-        <v>1093.0</v>
+        <v>659.0</v>
       </c>
       <c r="I303" s="2">
-        <v>0.0</v>
+        <v>2091.0</v>
       </c>
       <c r="J303" s="2">
-        <v>6.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" s="2">
         <v>303</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>312</v>
       </c>
       <c r="C304" s="2">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2">
-        <v>850</v>
+        <v>1688</v>
       </c>
       <c r="F304" s="2">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="G304" s="2">
-        <v>220.0</v>
+        <v>278.0</v>
       </c>
       <c r="H304" s="2">
-        <v>1588.0</v>
+        <v>536.0</v>
       </c>
       <c r="I304" s="2">
         <v>0.0</v>
       </c>
       <c r="J304" s="2">
-        <v>247.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" s="2">
         <v>304</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C305" s="2">
         <v>7</v>
       </c>
-      <c r="D305" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D305" s="2"/>
       <c r="E305" s="2">
-        <v>461</v>
+        <v>64</v>
       </c>
       <c r="F305" s="2">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="G305" s="2">
-        <v>277.0</v>
+        <v>250.0</v>
       </c>
       <c r="H305" s="2">
-        <v>1369.0</v>
+        <v>1473.0</v>
       </c>
       <c r="I305" s="2">
-        <v>104.0</v>
+        <v>0.0</v>
       </c>
       <c r="J305" s="2">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" s="2">
         <v>305</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>314</v>
       </c>
       <c r="C306" s="2">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2">
-        <v>175</v>
+        <v>158</v>
       </c>
       <c r="F306" s="2">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="G306" s="2">
-        <v>276.0</v>
+        <v>289.0</v>
       </c>
       <c r="H306" s="2">
-        <v>1773.0</v>
+        <v>1952.0</v>
       </c>
       <c r="I306" s="2">
         <v>0.0</v>
       </c>
       <c r="J306" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" s="2">
         <v>306</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>315</v>
       </c>
       <c r="C307" s="2">
         <v>7</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2">
-        <v>1874</v>
+        <v>850</v>
       </c>
       <c r="F307" s="2">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="G307" s="2">
+        <v>210.0</v>
+      </c>
+      <c r="H307" s="2">
+        <v>1540.0</v>
+      </c>
+      <c r="I307" s="2">
+        <v>0.0</v>
+      </c>
+      <c r="J307" s="2">
         <v>247.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" s="2">
         <v>307</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>316</v>
       </c>
       <c r="C308" s="2">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2">
-        <v>47</v>
+        <v>1874</v>
       </c>
       <c r="F308" s="2">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="G308" s="2">
-        <v>235.0</v>
+        <v>247.0</v>
       </c>
       <c r="H308" s="2">
-        <v>912.0</v>
+        <v>1271.0</v>
       </c>
       <c r="I308" s="2">
         <v>0.0</v>
       </c>
       <c r="J308" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" s="2">
         <v>308</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>317</v>
       </c>
       <c r="C309" s="2">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2">
-        <v>377</v>
+        <v>175</v>
       </c>
       <c r="F309" s="2">
         <v>316</v>
       </c>
       <c r="G309" s="2">
-        <v>262.0</v>
+        <v>271.0</v>
       </c>
       <c r="H309" s="2">
-        <v>903.0</v>
+        <v>1737.0</v>
       </c>
       <c r="I309" s="2">
         <v>0.0</v>
       </c>
       <c r="J309" s="2">
-        <v>171.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" s="2">
         <v>309</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>318</v>
       </c>
       <c r="C310" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="F310" s="2">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="G310" s="2">
-        <v>175.0</v>
+        <v>238.0</v>
       </c>
       <c r="H310" s="2">
-        <v>1676.0</v>
+        <v>911.0</v>
       </c>
       <c r="I310" s="2">
         <v>0.0</v>
       </c>
       <c r="J310" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" s="2">
         <v>310</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>319</v>
       </c>
       <c r="C311" s="2">
         <v>6</v>
       </c>
-      <c r="D311" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D311" s="2"/>
       <c r="E311" s="2">
-        <v>177</v>
+        <v>377</v>
       </c>
       <c r="F311" s="2">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="G311" s="2">
-        <v>336.0</v>
+        <v>251.0</v>
       </c>
       <c r="H311" s="2">
-        <v>1204.0</v>
+        <v>897.0</v>
       </c>
       <c r="I311" s="2">
-        <v>56.0</v>
+        <v>0.0</v>
       </c>
       <c r="J311" s="2">
-        <v>0.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" s="2">
         <v>311</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>320</v>
       </c>
       <c r="C312" s="2">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="F312" s="2">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="G312" s="2">
-        <v>288.0</v>
+        <v>204.0</v>
       </c>
       <c r="H312" s="2">
-        <v>1958.0</v>
+        <v>551.0</v>
       </c>
       <c r="I312" s="2">
         <v>0.0</v>
       </c>
       <c r="J312" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" s="2">
         <v>312</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>321</v>
       </c>
       <c r="C313" s="2">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2">
-        <v>1688</v>
+        <v>446</v>
       </c>
       <c r="F313" s="2">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="G313" s="2">
-        <v>274.0</v>
+        <v>193.0</v>
       </c>
       <c r="H313" s="2">
-        <v>533.0</v>
+        <v>936.0</v>
       </c>
       <c r="I313" s="2">
         <v>0.0</v>
       </c>
       <c r="J313" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" s="2">
         <v>313</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>322</v>
       </c>
       <c r="C314" s="2">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D314" s="2"/>
       <c r="E314" s="2">
-        <v>288</v>
+        <v>463</v>
       </c>
       <c r="F314" s="2">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="G314" s="2">
-        <v>301.0</v>
+        <v>213.0</v>
       </c>
       <c r="H314" s="2">
-        <v>1262.0</v>
+        <v>699.0</v>
       </c>
       <c r="I314" s="2">
-        <v>91.0</v>
+        <v>0.0</v>
       </c>
       <c r="J314" s="2">
-        <v>3920.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" s="2">
         <v>314</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>323</v>
       </c>
       <c r="C315" s="2">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D315" s="2"/>
+        <v>6</v>
+      </c>
+      <c r="D315" s="2">
+        <v>14</v>
+      </c>
       <c r="E315" s="2">
-        <v>463</v>
+        <v>177</v>
       </c>
       <c r="F315" s="2">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="G315" s="2">
-        <v>212.0</v>
+        <v>322.0</v>
       </c>
       <c r="H315" s="2">
-        <v>759.0</v>
+        <v>1160.0</v>
       </c>
       <c r="I315" s="2">
-        <v>0.0</v>
+        <v>56.0</v>
       </c>
       <c r="J315" s="2">
-        <v>403.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" s="2">
         <v>315</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>324</v>
       </c>
       <c r="C316" s="2">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2">
-        <v>446</v>
+        <v>280</v>
       </c>
       <c r="F316" s="2">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="G316" s="2">
-        <v>193.0</v>
+        <v>232.0</v>
       </c>
       <c r="H316" s="2">
-        <v>969.0</v>
+        <v>1480.0</v>
       </c>
       <c r="I316" s="2">
         <v>0.0</v>
       </c>
       <c r="J316" s="2">
-        <v>0.0</v>
+        <v>3088.0</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" s="2">
         <v>316</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>325</v>
       </c>
       <c r="C317" s="2">
         <v>7</v>
       </c>
-      <c r="D317" s="2"/>
+      <c r="D317" s="2">
+        <v>76</v>
+      </c>
       <c r="E317" s="2">
-        <v>168</v>
+        <v>507</v>
       </c>
       <c r="F317" s="2">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="G317" s="2">
-        <v>200.0</v>
+        <v>298.0</v>
       </c>
       <c r="H317" s="2">
-        <v>531.0</v>
+        <v>1070.0</v>
       </c>
       <c r="I317" s="2">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="J317" s="2">
-        <v>0.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" s="2">
         <v>317</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>326</v>
       </c>
       <c r="C318" s="2">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="D318" s="2"/>
       <c r="E318" s="2">
-        <v>507</v>
+        <v>694</v>
       </c>
       <c r="F318" s="2">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="G318" s="2">
-        <v>296.0</v>
+        <v>247.0</v>
       </c>
       <c r="H318" s="2">
-        <v>1096.0</v>
+        <v>689.0</v>
       </c>
       <c r="I318" s="2">
-        <v>95.0</v>
+        <v>0.0</v>
       </c>
       <c r="J318" s="2">
-        <v>23.0</v>
+        <v>580.0</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" s="2">
         <v>318</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>327</v>
       </c>
       <c r="C319" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D319" s="2"/>
+        <v>4</v>
+      </c>
+      <c r="D319" s="2">
+        <v>2</v>
+      </c>
       <c r="E319" s="2">
-        <v>121</v>
+        <v>288</v>
       </c>
       <c r="F319" s="2">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="G319" s="2">
-        <v>305.0</v>
+        <v>296.0</v>
       </c>
       <c r="H319" s="2">
-        <v>1635.0</v>
+        <v>1252.0</v>
       </c>
       <c r="I319" s="2">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="J319" s="2">
-        <v>0.0</v>
+        <v>3974.0</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" s="2">
         <v>319</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>328</v>
       </c>
       <c r="C320" s="2">
         <v>1</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2">
-        <v>280</v>
+        <v>38</v>
       </c>
       <c r="F320" s="2">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="G320" s="2">
-        <v>233.0</v>
+        <v>169.0</v>
       </c>
       <c r="H320" s="2">
-        <v>1520.0</v>
+        <v>1606.0</v>
       </c>
       <c r="I320" s="2">
         <v>0.0</v>
       </c>
       <c r="J320" s="2">
-        <v>3569.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" s="2">
         <v>320</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>329</v>
       </c>
       <c r="C321" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2">
-        <v>694</v>
+        <v>121</v>
       </c>
       <c r="F321" s="2">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="G321" s="2">
-        <v>248.0</v>
+        <v>304.0</v>
       </c>
       <c r="H321" s="2">
-        <v>729.0</v>
+        <v>1612.0</v>
       </c>
       <c r="I321" s="2">
         <v>0.0</v>
       </c>
       <c r="J321" s="2">
-        <v>949.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" s="2">
         <v>321</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>330</v>
       </c>
       <c r="C322" s="2">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2">
-        <v>479</v>
+        <v>314</v>
       </c>
       <c r="F322" s="2">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="G322" s="2">
-        <v>232.0</v>
+        <v>215.0</v>
       </c>
       <c r="H322" s="2">
-        <v>620.0</v>
+        <v>619.0</v>
       </c>
       <c r="I322" s="2">
         <v>0.0</v>
       </c>
       <c r="J322" s="2">
-        <v>34.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" s="2">
         <v>322</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>331</v>
       </c>
       <c r="C323" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2">
-        <v>114</v>
+        <v>497</v>
       </c>
       <c r="F323" s="2">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="G323" s="2">
-        <v>232.0</v>
+        <v>240.0</v>
       </c>
       <c r="H323" s="2">
-        <v>1187.0</v>
+        <v>1347.0</v>
       </c>
       <c r="I323" s="2">
         <v>0.0</v>
       </c>
       <c r="J323" s="2">
-        <v>21.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" s="2">
         <v>323</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>332</v>
       </c>
       <c r="C324" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2">
-        <v>497</v>
+        <v>199</v>
       </c>
       <c r="F324" s="2">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="G324" s="2">
-        <v>247.0</v>
+        <v>278.0</v>
       </c>
       <c r="H324" s="2">
-        <v>1366.0</v>
+        <v>1048.0</v>
       </c>
       <c r="I324" s="2">
         <v>0.0</v>
       </c>
       <c r="J324" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" s="2">
         <v>324</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>333</v>
       </c>
       <c r="C325" s="2">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2">
-        <v>199</v>
+        <v>479</v>
       </c>
       <c r="F325" s="2">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="G325" s="2">
-        <v>282.0</v>
+        <v>230.0</v>
       </c>
       <c r="H325" s="2">
-        <v>1080.0</v>
+        <v>621.0</v>
       </c>
       <c r="I325" s="2">
         <v>0.0</v>
       </c>
       <c r="J325" s="2">
-        <v>0.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" s="2">
         <v>325</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>334</v>
       </c>
       <c r="C326" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D326" s="2"/>
+        <v>3</v>
+      </c>
+      <c r="D326" s="2">
+        <v>12</v>
+      </c>
       <c r="E326" s="2">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F326" s="2">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="G326" s="2">
-        <v>178.0</v>
+        <v>244.0</v>
       </c>
       <c r="H326" s="2">
-        <v>658.0</v>
+        <v>4429.0</v>
       </c>
       <c r="I326" s="2">
-        <v>0.0</v>
+        <v>39.0</v>
       </c>
       <c r="J326" s="2">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" s="2">
         <v>326</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>335</v>
       </c>
       <c r="C327" s="2">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="D327" s="2"/>
       <c r="E327" s="2">
-        <v>9</v>
+        <v>694</v>
       </c>
       <c r="F327" s="2">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="G327" s="2">
-        <v>244.0</v>
+        <v>210.0</v>
       </c>
       <c r="H327" s="2">
-        <v>4595.0</v>
+        <v>663.0</v>
       </c>
       <c r="I327" s="2">
-        <v>39.0</v>
+        <v>0.0</v>
       </c>
       <c r="J327" s="2">
-        <v>0.0</v>
+        <v>359.0</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" s="2">
         <v>327</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>336</v>
       </c>
       <c r="C328" s="2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2">
-        <v>694</v>
+        <v>34</v>
       </c>
       <c r="F328" s="2">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="G328" s="2">
-        <v>208.0</v>
+        <v>174.0</v>
       </c>
       <c r="H328" s="2">
-        <v>667.0</v>
+        <v>654.0</v>
       </c>
       <c r="I328" s="2">
         <v>0.0</v>
       </c>
       <c r="J328" s="2">
-        <v>358.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" s="2">
         <v>328</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>337</v>
       </c>
       <c r="C329" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2">
-        <v>740</v>
+        <v>114</v>
       </c>
       <c r="F329" s="2">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="G329" s="2">
-        <v>136.0</v>
+        <v>230.0</v>
       </c>
       <c r="H329" s="2">
-        <v>1461.0</v>
+        <v>1121.0</v>
       </c>
       <c r="I329" s="2">
         <v>0.0</v>
       </c>
       <c r="J329" s="2">
-        <v>517.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" s="2">
         <v>329</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>338</v>
       </c>
       <c r="C330" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2">
-        <v>314</v>
+        <v>172</v>
       </c>
       <c r="F330" s="2">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="G330" s="2">
-        <v>216.0</v>
+        <v>226.0</v>
       </c>
       <c r="H330" s="2">
-        <v>628.0</v>
+        <v>3107.0</v>
       </c>
       <c r="I330" s="2">
         <v>0.0</v>
       </c>
       <c r="J330" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" s="2">
         <v>330</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>339</v>
       </c>
       <c r="C331" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D331" s="2"/>
-      <c r="E331" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E331" s="2"/>
       <c r="F331" s="2">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="G331" s="2">
-        <v>225.0</v>
+        <v>254.0</v>
       </c>
       <c r="H331" s="2">
-        <v>3188.0</v>
+        <v>1150.0</v>
       </c>
       <c r="I331" s="2">
         <v>0.0</v>
       </c>
       <c r="J331" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" s="2">
         <v>331</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>340</v>
       </c>
       <c r="C332" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D332" s="2"/>
-      <c r="E332" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E332" s="2"/>
       <c r="F332" s="2">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="G332" s="2">
-        <v>384.0</v>
+        <v>204.0</v>
       </c>
       <c r="H332" s="2">
-        <v>1889.0</v>
+        <v>1417.0</v>
       </c>
       <c r="I332" s="2">
         <v>0.0</v>
       </c>
       <c r="J332" s="2">
-        <v>29.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" s="2">
         <v>332</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>341</v>
       </c>
       <c r="C333" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2">
-        <v>913</v>
+        <v>822</v>
       </c>
       <c r="F333" s="2">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="G333" s="2">
-        <v>120.0</v>
+        <v>141.0</v>
       </c>
       <c r="H333" s="2">
-        <v>738.0</v>
+        <v>1358.0</v>
       </c>
       <c r="I333" s="2">
         <v>0.0</v>
       </c>
       <c r="J333" s="2">
-        <v>3.0</v>
+        <v>340.0</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" s="2">
         <v>333</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>342</v>
       </c>
       <c r="C334" s="2">
         <v>1</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2">
         <v>412</v>
       </c>
       <c r="F334" s="2">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="G334" s="2">
-        <v>172.0</v>
+        <v>167.0</v>
       </c>
       <c r="H334" s="2">
-        <v>1181.0</v>
+        <v>1118.0</v>
       </c>
       <c r="I334" s="2">
         <v>0.0</v>
       </c>
       <c r="J334" s="2">
-        <v>6291.0</v>
+        <v>3591.0</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" s="2">
         <v>334</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>343</v>
       </c>
       <c r="C335" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2">
-        <v>822</v>
+        <v>740</v>
       </c>
       <c r="F335" s="2">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G335" s="2">
-        <v>134.0</v>
+        <v>131.0</v>
       </c>
       <c r="H335" s="2">
-        <v>1362.0</v>
+        <v>1378.0</v>
       </c>
       <c r="I335" s="2">
         <v>0.0</v>
       </c>
       <c r="J335" s="2">
-        <v>340.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" s="2">
         <v>335</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>344</v>
       </c>
       <c r="C336" s="2">
-        <v>1</v>
-[...2 lines deleted...]
-      <c r="E336" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D336" s="2">
+        <v>375</v>
+      </c>
+      <c r="E336" s="2">
+        <v>337</v>
+      </c>
       <c r="F336" s="2">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="G336" s="2">
-        <v>260.0</v>
+        <v>164.0</v>
       </c>
       <c r="H336" s="2">
-        <v>1177.0</v>
+        <v>767.0</v>
       </c>
       <c r="I336" s="2">
-        <v>0.0</v>
+        <v>125.0</v>
       </c>
       <c r="J336" s="2">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" s="2">
         <v>336</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>345</v>
       </c>
       <c r="C337" s="2">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="D337" s="2"/>
       <c r="E337" s="2">
-        <v>337</v>
+        <v>153</v>
       </c>
       <c r="F337" s="2">
         <v>279</v>
       </c>
       <c r="G337" s="2">
-        <v>166.0</v>
+        <v>367.0</v>
       </c>
       <c r="H337" s="2">
-        <v>788.0</v>
+        <v>1827.0</v>
       </c>
       <c r="I337" s="2">
-        <v>9897.0</v>
+        <v>0.0</v>
       </c>
       <c r="J337" s="2">
-        <v>2.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" s="2">
         <v>337</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C338" s="2">
         <v>2</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2">
-        <v>272</v>
+        <v>913</v>
       </c>
       <c r="F338" s="2">
         <v>278</v>
       </c>
       <c r="G338" s="2">
-        <v>137.0</v>
+        <v>119.0</v>
       </c>
       <c r="H338" s="2">
-        <v>733.0</v>
+        <v>744.0</v>
       </c>
       <c r="I338" s="2">
         <v>0.0</v>
       </c>
       <c r="J338" s="2">
-        <v>12.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" s="2">
         <v>338</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>347</v>
       </c>
       <c r="C339" s="2">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2">
-        <v>330</v>
+        <v>153</v>
       </c>
       <c r="F339" s="2">
         <v>277</v>
       </c>
       <c r="G339" s="2">
-        <v>170.0</v>
+        <v>111.0</v>
       </c>
       <c r="H339" s="2">
-        <v>1293.0</v>
+        <v>1344.0</v>
       </c>
       <c r="I339" s="2">
         <v>0.0</v>
       </c>
       <c r="J339" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" s="2">
         <v>339</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C340" s="2">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2">
-        <v>40</v>
+        <v>330</v>
       </c>
       <c r="F340" s="2">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="G340" s="2">
-        <v>157.0</v>
+        <v>172.0</v>
       </c>
       <c r="H340" s="2">
-        <v>887.0</v>
+        <v>1275.0</v>
       </c>
       <c r="I340" s="2">
         <v>0.0</v>
       </c>
       <c r="J340" s="2">
-        <v>40.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" s="2">
         <v>340</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>349</v>
       </c>
       <c r="C341" s="2">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2">
-        <v>153</v>
+        <v>172</v>
       </c>
       <c r="F341" s="2">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="G341" s="2">
-        <v>113.0</v>
+        <v>159.0</v>
       </c>
       <c r="H341" s="2">
-        <v>1390.0</v>
+        <v>995.0</v>
       </c>
       <c r="I341" s="2">
         <v>0.0</v>
       </c>
       <c r="J341" s="2">
-        <v>0.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" s="2">
         <v>341</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>350</v>
       </c>
       <c r="C342" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2">
-        <v>1424</v>
+        <v>257</v>
       </c>
       <c r="F342" s="2">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="G342" s="2">
-        <v>226.0</v>
+        <v>172.0</v>
       </c>
       <c r="H342" s="2">
-        <v>610.0</v>
+        <v>896.0</v>
       </c>
       <c r="I342" s="2">
         <v>0.0</v>
       </c>
       <c r="J342" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" s="2">
         <v>342</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>351</v>
       </c>
       <c r="C343" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2">
-        <v>257</v>
+        <v>1424</v>
       </c>
       <c r="F343" s="2">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="G343" s="2">
-        <v>170.0</v>
+        <v>220.0</v>
       </c>
       <c r="H343" s="2">
-        <v>920.0</v>
+        <v>589.0</v>
       </c>
       <c r="I343" s="2">
         <v>0.0</v>
       </c>
       <c r="J343" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" s="2">
         <v>343</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>352</v>
       </c>
       <c r="C344" s="2">
         <v>1</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2">
         <v>334</v>
       </c>
       <c r="F344" s="2">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="G344" s="2">
-        <v>152.0</v>
+        <v>147.0</v>
       </c>
       <c r="H344" s="2">
-        <v>1721.0</v>
+        <v>1629.0</v>
       </c>
       <c r="I344" s="2">
         <v>0.0</v>
       </c>
       <c r="J344" s="2">
         <v>325.0</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" s="2">
         <v>344</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>353</v>
       </c>
       <c r="C345" s="2">
         <v>4</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2">
         <v>28</v>
       </c>
       <c r="F345" s="2">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="G345" s="2">
-        <v>262.0</v>
+        <v>256.0</v>
       </c>
       <c r="H345" s="2">
-        <v>768.0</v>
+        <v>788.0</v>
       </c>
       <c r="I345" s="2">
         <v>0.0</v>
       </c>
       <c r="J345" s="2">
         <v>4.0</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" s="2">
         <v>345</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C346" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D346" s="2"/>
-      <c r="E346" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E346" s="2"/>
       <c r="F346" s="2">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="G346" s="2">
-        <v>161.0</v>
+        <v>248.0</v>
       </c>
       <c r="H346" s="2">
-        <v>1033.0</v>
+        <v>2152.0</v>
       </c>
       <c r="I346" s="2">
         <v>0.0</v>
       </c>
       <c r="J346" s="2">
-        <v>92.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" s="2">
         <v>346</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>355</v>
       </c>
       <c r="C347" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D347" s="2"/>
-      <c r="E347" s="2"/>
+      <c r="E347" s="2">
+        <v>41</v>
+      </c>
       <c r="F347" s="2">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="G347" s="2">
-        <v>254.0</v>
+        <v>144.0</v>
       </c>
       <c r="H347" s="2">
-        <v>2231.0</v>
+        <v>909.0</v>
       </c>
       <c r="I347" s="2">
         <v>0.0</v>
       </c>
       <c r="J347" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" s="2">
         <v>347</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>356</v>
       </c>
       <c r="C348" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2">
-        <v>41</v>
+        <v>272</v>
       </c>
       <c r="F348" s="2">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="G348" s="2">
-        <v>145.0</v>
+        <v>135.0</v>
       </c>
       <c r="H348" s="2">
-        <v>895.0</v>
+        <v>660.0</v>
       </c>
       <c r="I348" s="2">
         <v>0.0</v>
       </c>
       <c r="J348" s="2">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" s="2">
         <v>348</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>357</v>
       </c>
       <c r="C349" s="2">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="D349" s="2"/>
+        <v>6</v>
+      </c>
+      <c r="D349" s="2">
+        <v>6</v>
+      </c>
       <c r="E349" s="2">
         <v>288</v>
       </c>
       <c r="F349" s="2">
         <v>265</v>
       </c>
       <c r="G349" s="2">
-        <v>139.0</v>
+        <v>239.0</v>
       </c>
       <c r="H349" s="2">
-        <v>721.0</v>
+        <v>1047.0</v>
       </c>
       <c r="I349" s="2">
-        <v>0.0</v>
+        <v>130.0</v>
       </c>
       <c r="J349" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" s="2">
         <v>349</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>358</v>
       </c>
       <c r="C350" s="2">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="D350" s="2"/>
       <c r="E350" s="2">
-        <v>288</v>
+        <v>40</v>
       </c>
       <c r="F350" s="2">
         <v>264</v>
       </c>
       <c r="G350" s="2">
-        <v>237.0</v>
+        <v>155.0</v>
       </c>
       <c r="H350" s="2">
-        <v>1073.0</v>
+        <v>849.0</v>
       </c>
       <c r="I350" s="2">
-        <v>138.0</v>
+        <v>0.0</v>
       </c>
       <c r="J350" s="2">
-        <v>0.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" s="2">
         <v>350</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>359</v>
       </c>
       <c r="C351" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2">
-        <v>274</v>
+        <v>288</v>
       </c>
       <c r="F351" s="2">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="G351" s="2">
-        <v>126.0</v>
+        <v>140.0</v>
       </c>
       <c r="H351" s="2">
-        <v>478.0</v>
+        <v>728.0</v>
       </c>
       <c r="I351" s="2">
         <v>0.0</v>
       </c>
       <c r="J351" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" s="2">
         <v>351</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C352" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="F352" s="2">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="G352" s="2">
-        <v>112.0</v>
+        <v>99.0</v>
       </c>
       <c r="H352" s="2">
-        <v>586.0</v>
+        <v>2555.0</v>
       </c>
       <c r="I352" s="2">
         <v>0.0</v>
       </c>
       <c r="J352" s="2">
-        <v>7.0</v>
+        <v>61.0</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" s="2">
         <v>352</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>361</v>
       </c>
       <c r="C353" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D353" s="2"/>
-      <c r="E353" s="2"/>
+      <c r="E353" s="2">
+        <v>36</v>
+      </c>
       <c r="F353" s="2">
         <v>259</v>
       </c>
       <c r="G353" s="2">
-        <v>184.0</v>
+        <v>99.0</v>
       </c>
       <c r="H353" s="2">
-        <v>639.0</v>
+        <v>2555.0</v>
       </c>
       <c r="I353" s="2">
         <v>0.0</v>
       </c>
       <c r="J353" s="2">
-        <v>0.0</v>
+        <v>61.0</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" s="2">
         <v>353</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>362</v>
       </c>
       <c r="C354" s="2">
         <v>1</v>
       </c>
       <c r="D354" s="2"/>
-      <c r="E354" s="2"/>
+      <c r="E354" s="2">
+        <v>18</v>
+      </c>
       <c r="F354" s="2">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="G354" s="2">
-        <v>184.0</v>
+        <v>112.0</v>
       </c>
       <c r="H354" s="2">
-        <v>639.0</v>
+        <v>570.0</v>
       </c>
       <c r="I354" s="2">
         <v>0.0</v>
       </c>
       <c r="J354" s="2">
-        <v>0.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" s="2">
         <v>354</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>363</v>
       </c>
       <c r="C355" s="2">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2">
-        <v>36</v>
+        <v>274</v>
       </c>
       <c r="F355" s="2">
         <v>258</v>
       </c>
       <c r="G355" s="2">
-        <v>96.0</v>
+        <v>125.0</v>
       </c>
       <c r="H355" s="2">
-        <v>2614.0</v>
+        <v>480.0</v>
       </c>
       <c r="I355" s="2">
         <v>0.0</v>
       </c>
       <c r="J355" s="2">
-        <v>61.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" s="2">
         <v>355</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>364</v>
       </c>
       <c r="C356" s="2">
         <v>3</v>
       </c>
       <c r="D356" s="2"/>
-      <c r="E356" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E356" s="2"/>
       <c r="F356" s="2">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="G356" s="2">
-        <v>96.0</v>
+        <v>179.0</v>
       </c>
       <c r="H356" s="2">
-        <v>2614.0</v>
+        <v>2682.0</v>
       </c>
       <c r="I356" s="2">
         <v>0.0</v>
       </c>
       <c r="J356" s="2">
-        <v>61.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" s="2">
         <v>356</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>365</v>
       </c>
       <c r="C357" s="2">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="D357" s="2"/>
+        <v>3</v>
+      </c>
+      <c r="D357" s="2">
+        <v>1</v>
+      </c>
       <c r="E357" s="2">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="F357" s="2">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="G357" s="2">
-        <v>146.0</v>
+        <v>170.0</v>
       </c>
       <c r="H357" s="2">
-        <v>458.0</v>
+        <v>943.0</v>
       </c>
       <c r="I357" s="2">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="J357" s="2">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" s="2">
         <v>357</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>366</v>
       </c>
       <c r="C358" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2">
-        <v>540</v>
+        <v>48</v>
       </c>
       <c r="F358" s="2">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="G358" s="2">
-        <v>120.0</v>
+        <v>147.0</v>
       </c>
       <c r="H358" s="2">
-        <v>893.0</v>
+        <v>449.0</v>
       </c>
       <c r="I358" s="2">
         <v>0.0</v>
       </c>
       <c r="J358" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" s="2">
         <v>358</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>367</v>
       </c>
       <c r="C359" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2"/>
       <c r="F359" s="2">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="G359" s="2">
         <v>181.0</v>
       </c>
       <c r="H359" s="2">
-        <v>2741.0</v>
+        <v>632.0</v>
       </c>
       <c r="I359" s="2">
         <v>0.0</v>
       </c>
       <c r="J359" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" s="2">
         <v>359</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>368</v>
       </c>
       <c r="C360" s="2">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="D360" s="2">
         <v>1</v>
       </c>
-      <c r="E360" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D360" s="2"/>
+      <c r="E360" s="2"/>
       <c r="F360" s="2">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="G360" s="2">
-        <v>174.0</v>
+        <v>181.0</v>
       </c>
       <c r="H360" s="2">
-        <v>934.0</v>
+        <v>632.0</v>
       </c>
       <c r="I360" s="2">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="J360" s="2">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" s="2">
         <v>360</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>369</v>
       </c>
       <c r="C361" s="2">
         <v>6</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2">
         <v>430</v>
       </c>
       <c r="F361" s="2">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="G361" s="2">
-        <v>161.0</v>
+        <v>159.0</v>
       </c>
       <c r="H361" s="2">
-        <v>636.0</v>
+        <v>625.0</v>
       </c>
       <c r="I361" s="2">
         <v>0.0</v>
       </c>
       <c r="J361" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" s="2">
         <v>361</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>370</v>
       </c>
       <c r="C362" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D362" s="2"/>
-      <c r="E362" s="2"/>
+      <c r="E362" s="2">
+        <v>1036</v>
+      </c>
       <c r="F362" s="2">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="G362" s="2">
-        <v>143.0</v>
+        <v>107.0</v>
       </c>
       <c r="H362" s="2">
-        <v>564.0</v>
+        <v>823.0</v>
       </c>
       <c r="I362" s="2">
         <v>0.0</v>
       </c>
       <c r="J362" s="2">
-        <v>0.0</v>
+        <v>1462.0</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" s="2">
         <v>362</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>371</v>
       </c>
       <c r="C363" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2">
-        <v>79</v>
+        <v>540</v>
       </c>
       <c r="F363" s="2">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="G363" s="2">
-        <v>189.0</v>
+        <v>120.0</v>
       </c>
       <c r="H363" s="2">
-        <v>619.0</v>
+        <v>848.0</v>
       </c>
       <c r="I363" s="2">
         <v>0.0</v>
       </c>
       <c r="J363" s="2">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" s="2">
         <v>363</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>372</v>
       </c>
       <c r="C364" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2">
-        <v>1036</v>
+        <v>120</v>
       </c>
       <c r="F364" s="2">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="G364" s="2">
-        <v>104.0</v>
+        <v>206.0</v>
       </c>
       <c r="H364" s="2">
-        <v>824.0</v>
+        <v>1204.0</v>
       </c>
       <c r="I364" s="2">
         <v>0.0</v>
       </c>
       <c r="J364" s="2">
-        <v>1462.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" s="2">
         <v>364</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>373</v>
       </c>
       <c r="C365" s="2">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="D365" s="2"/>
+        <v>7</v>
+      </c>
+      <c r="D365" s="2">
+        <v>80</v>
+      </c>
       <c r="E365" s="2">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="F365" s="2">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="G365" s="2">
-        <v>203.0</v>
+        <v>160.0</v>
       </c>
       <c r="H365" s="2">
-        <v>1229.0</v>
+        <v>360.0</v>
       </c>
       <c r="I365" s="2">
-        <v>0.0</v>
+        <v>552.0</v>
       </c>
       <c r="J365" s="2">
-        <v>104.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" s="2">
         <v>365</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>374</v>
       </c>
       <c r="C366" s="2">
-        <v>1</v>
-[...2 lines deleted...]
-      <c r="E366" s="2"/>
+        <v>2</v>
+      </c>
+      <c r="D366" s="2">
+        <v>11</v>
+      </c>
+      <c r="E366" s="2">
+        <v>86</v>
+      </c>
       <c r="F366" s="2">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="G366" s="2">
-        <v>171.0</v>
+        <v>159.0</v>
       </c>
       <c r="H366" s="2">
-        <v>1056.0</v>
+        <v>1347.0</v>
       </c>
       <c r="I366" s="2">
         <v>0.0</v>
       </c>
       <c r="J366" s="2">
-        <v>0.0</v>
+        <v>194.0</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" s="2">
         <v>366</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>375</v>
       </c>
       <c r="C367" s="2">
-        <v>2</v>
-[...6 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="D367" s="2"/>
+      <c r="E367" s="2"/>
       <c r="F367" s="2">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="G367" s="2">
-        <v>159.0</v>
+        <v>144.0</v>
       </c>
       <c r="H367" s="2">
-        <v>1327.0</v>
+        <v>546.0</v>
       </c>
       <c r="I367" s="2">
-        <v>2854.0</v>
+        <v>0.0</v>
       </c>
       <c r="J367" s="2">
-        <v>193.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" s="2">
         <v>367</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>376</v>
       </c>
       <c r="C368" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D368" s="2"/>
-      <c r="E368" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E368" s="2"/>
       <c r="F368" s="2">
         <v>245</v>
       </c>
       <c r="G368" s="2">
-        <v>176.0</v>
+        <v>171.0</v>
       </c>
       <c r="H368" s="2">
-        <v>573.0</v>
+        <v>1025.0</v>
       </c>
       <c r="I368" s="2">
         <v>0.0</v>
       </c>
       <c r="J368" s="2">
-        <v>42.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" s="2">
         <v>368</v>
       </c>
       <c r="B369" s="2" t="s">
         <v>377</v>
       </c>
       <c r="C369" s="2">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D369" s="2"/>
       <c r="E369" s="2">
-        <v>50</v>
+        <v>284</v>
       </c>
       <c r="F369" s="2">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="G369" s="2">
-        <v>157.0</v>
+        <v>176.0</v>
       </c>
       <c r="H369" s="2">
-        <v>360.0</v>
+        <v>1292.0</v>
       </c>
       <c r="I369" s="2">
-        <v>542.0</v>
+        <v>0.0</v>
       </c>
       <c r="J369" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" s="2">
         <v>369</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>378</v>
       </c>
       <c r="C370" s="2">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D370" s="2"/>
+        <v>1</v>
+      </c>
+      <c r="D370" s="2">
+        <v>132</v>
+      </c>
       <c r="E370" s="2">
-        <v>284</v>
+        <v>26</v>
       </c>
       <c r="F370" s="2">
         <v>244</v>
       </c>
       <c r="G370" s="2">
-        <v>181.0</v>
+        <v>137.0</v>
       </c>
       <c r="H370" s="2">
-        <v>1306.0</v>
+        <v>463.0</v>
       </c>
       <c r="I370" s="2">
         <v>0.0</v>
       </c>
       <c r="J370" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" s="2">
         <v>370</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>379</v>
       </c>
       <c r="C371" s="2">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D371" s="2"/>
       <c r="E371" s="2">
-        <v>26</v>
+        <v>79</v>
       </c>
       <c r="F371" s="2">
         <v>241</v>
       </c>
       <c r="G371" s="2">
-        <v>137.0</v>
+        <v>178.0</v>
       </c>
       <c r="H371" s="2">
-        <v>465.0</v>
+        <v>613.0</v>
       </c>
       <c r="I371" s="2">
-        <v>492.0</v>
+        <v>0.0</v>
       </c>
       <c r="J371" s="2">
-        <v>0.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" s="2">
         <v>371</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>380</v>
       </c>
       <c r="C372" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2">
-        <v>189</v>
+        <v>45</v>
       </c>
       <c r="F372" s="2">
         <v>241</v>
       </c>
       <c r="G372" s="2">
-        <v>115.0</v>
+        <v>176.0</v>
       </c>
       <c r="H372" s="2">
-        <v>870.0</v>
+        <v>562.0</v>
       </c>
       <c r="I372" s="2">
         <v>0.0</v>
       </c>
       <c r="J372" s="2">
-        <v>0.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" s="2">
         <v>372</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C373" s="2">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="D373" s="2"/>
+        <v>10</v>
+      </c>
+      <c r="D373" s="2">
+        <v>4</v>
+      </c>
       <c r="E373" s="2">
-        <v>424</v>
+        <v>935</v>
       </c>
       <c r="F373" s="2">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="G373" s="2">
-        <v>200.0</v>
+        <v>90.0</v>
       </c>
       <c r="H373" s="2">
-        <v>350.0</v>
+        <v>542.0</v>
       </c>
       <c r="I373" s="2">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="J373" s="2">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" s="2">
         <v>373</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>382</v>
       </c>
       <c r="C374" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2">
-        <v>191</v>
+        <v>364</v>
       </c>
       <c r="F374" s="2">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="G374" s="2">
-        <v>147.0</v>
+        <v>145.0</v>
       </c>
       <c r="H374" s="2">
-        <v>662.0</v>
+        <v>383.0</v>
       </c>
       <c r="I374" s="2">
         <v>0.0</v>
       </c>
       <c r="J374" s="2">
-        <v>4.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" s="2">
         <v>374</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>383</v>
       </c>
       <c r="C375" s="2">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="D375" s="2"/>
       <c r="E375" s="2">
-        <v>935</v>
+        <v>189</v>
       </c>
       <c r="F375" s="2">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="G375" s="2">
-        <v>92.0</v>
+        <v>110.0</v>
       </c>
       <c r="H375" s="2">
-        <v>540.0</v>
+        <v>820.0</v>
       </c>
       <c r="I375" s="2">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="J375" s="2">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" s="2">
         <v>375</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>384</v>
       </c>
       <c r="C376" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2">
-        <v>364</v>
+        <v>424</v>
       </c>
       <c r="F376" s="2">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="G376" s="2">
-        <v>145.0</v>
+        <v>194.0</v>
       </c>
       <c r="H376" s="2">
-        <v>400.0</v>
+        <v>349.0</v>
       </c>
       <c r="I376" s="2">
         <v>0.0</v>
       </c>
       <c r="J376" s="2">
-        <v>34.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" s="2">
         <v>376</v>
       </c>
       <c r="B377" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C377" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2">
-        <v>374</v>
+        <v>191</v>
       </c>
       <c r="F377" s="2">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="G377" s="2">
-        <v>122.0</v>
+        <v>143.0</v>
       </c>
       <c r="H377" s="2">
-        <v>590.0</v>
+        <v>648.0</v>
       </c>
       <c r="I377" s="2">
         <v>0.0</v>
       </c>
       <c r="J377" s="2">
-        <v>15.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" s="2">
         <v>377</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>386</v>
       </c>
       <c r="C378" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D378" s="2">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="E378" s="2"/>
       <c r="F378" s="2">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="G378" s="2">
-        <v>128.0</v>
+        <v>160.0</v>
       </c>
       <c r="H378" s="2">
-        <v>354.0</v>
+        <v>587.0</v>
       </c>
       <c r="I378" s="2">
         <v>0.0</v>
       </c>
       <c r="J378" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" s="2">
         <v>378</v>
       </c>
       <c r="B379" s="2" t="s">
         <v>387</v>
       </c>
       <c r="C379" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D379" s="2">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="E379" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="E379" s="2">
+        <v>47</v>
+      </c>
       <c r="F379" s="2">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="G379" s="2">
-        <v>162.0</v>
+        <v>126.0</v>
       </c>
       <c r="H379" s="2">
-        <v>578.0</v>
+        <v>337.0</v>
       </c>
       <c r="I379" s="2">
         <v>0.0</v>
       </c>
       <c r="J379" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" s="2">
         <v>379</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>388</v>
       </c>
       <c r="C380" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D380" s="2"/>
       <c r="E380" s="2">
-        <v>154</v>
+        <v>12</v>
       </c>
       <c r="F380" s="2">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="G380" s="2">
-        <v>107.0</v>
+        <v>145.0</v>
       </c>
       <c r="H380" s="2">
-        <v>784.0</v>
+        <v>732.0</v>
       </c>
       <c r="I380" s="2">
         <v>0.0</v>
       </c>
       <c r="J380" s="2">
-        <v>0.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" s="2">
         <v>380</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C381" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D381" s="2"/>
-      <c r="E381" s="2"/>
+      <c r="E381" s="2">
+        <v>374</v>
+      </c>
       <c r="F381" s="2">
         <v>231</v>
       </c>
       <c r="G381" s="2">
-        <v>186.0</v>
+        <v>121.0</v>
       </c>
       <c r="H381" s="2">
-        <v>723.0</v>
+        <v>589.0</v>
       </c>
       <c r="I381" s="2">
         <v>0.0</v>
       </c>
       <c r="J381" s="2">
-        <v>0.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" s="2">
         <v>381</v>
       </c>
       <c r="B382" s="2" t="s">
         <v>390</v>
       </c>
       <c r="C382" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D382" s="2">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="E382" s="2"/>
       <c r="F382" s="2">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="G382" s="2">
-        <v>90.0</v>
+        <v>112.0</v>
       </c>
       <c r="H382" s="2">
-        <v>426.0</v>
+        <v>1167.0</v>
       </c>
       <c r="I382" s="2">
         <v>0.0</v>
       </c>
       <c r="J382" s="2">
-        <v>9.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" s="2">
         <v>382</v>
       </c>
       <c r="B383" s="2" t="s">
         <v>391</v>
       </c>
       <c r="C383" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D383" s="2"/>
-      <c r="E383" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E383" s="2"/>
       <c r="F383" s="2">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="G383" s="2">
-        <v>148.0</v>
+        <v>183.0</v>
       </c>
       <c r="H383" s="2">
-        <v>717.0</v>
+        <v>696.0</v>
       </c>
       <c r="I383" s="2">
         <v>0.0</v>
       </c>
       <c r="J383" s="2">
-        <v>33.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" s="2">
         <v>383</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>392</v>
       </c>
       <c r="C384" s="2">
         <v>2</v>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2">
         <v>133</v>
       </c>
       <c r="F384" s="2">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="G384" s="2">
-        <v>87.0</v>
+        <v>85.0</v>
       </c>
       <c r="H384" s="2">
-        <v>692.0</v>
+        <v>690.0</v>
       </c>
       <c r="I384" s="2">
         <v>0.0</v>
       </c>
       <c r="J384" s="2">
         <v>21.0</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" s="2">
         <v>384</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>393</v>
       </c>
       <c r="C385" s="2">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D385" s="2"/>
+        <v>7</v>
+      </c>
+      <c r="D385" s="2">
+        <v>4</v>
+      </c>
       <c r="E385" s="2">
-        <v>156</v>
+        <v>121</v>
       </c>
       <c r="F385" s="2">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="G385" s="2">
-        <v>132.0</v>
+        <v>88.0</v>
       </c>
       <c r="H385" s="2">
-        <v>792.0</v>
+        <v>419.0</v>
       </c>
       <c r="I385" s="2">
         <v>0.0</v>
       </c>
       <c r="J385" s="2">
-        <v>0.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" s="2">
         <v>385</v>
       </c>
       <c r="B386" s="2" t="s">
         <v>394</v>
       </c>
       <c r="C386" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D386" s="2"/>
-      <c r="E386" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E386" s="2"/>
       <c r="F386" s="2">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="G386" s="2">
-        <v>89.0</v>
+        <v>125.0</v>
       </c>
       <c r="H386" s="2">
-        <v>828.0</v>
+        <v>1791.0</v>
       </c>
       <c r="I386" s="2">
         <v>0.0</v>
       </c>
       <c r="J386" s="2">
-        <v>194.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" s="2">
         <v>386</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>395</v>
       </c>
       <c r="C387" s="2">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2">
-        <v>752</v>
+        <v>154</v>
       </c>
       <c r="F387" s="2">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="G387" s="2">
-        <v>117.0</v>
+        <v>103.0</v>
       </c>
       <c r="H387" s="2">
-        <v>665.0</v>
+        <v>770.0</v>
       </c>
       <c r="I387" s="2">
         <v>0.0</v>
       </c>
       <c r="J387" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" s="2">
         <v>387</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>396</v>
       </c>
       <c r="C388" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2">
-        <v>448</v>
+        <v>156</v>
       </c>
       <c r="F388" s="2">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="G388" s="2">
-        <v>102.0</v>
+        <v>132.0</v>
       </c>
       <c r="H388" s="2">
-        <v>737.0</v>
+        <v>779.0</v>
       </c>
       <c r="I388" s="2">
         <v>0.0</v>
       </c>
       <c r="J388" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" s="2">
         <v>388</v>
       </c>
       <c r="B389" s="2" t="s">
         <v>397</v>
       </c>
       <c r="C389" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D389" s="2"/>
-      <c r="E389" s="2"/>
+      <c r="E389" s="2">
+        <v>752</v>
+      </c>
       <c r="F389" s="2">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="G389" s="2">
-        <v>129.0</v>
+        <v>112.0</v>
       </c>
       <c r="H389" s="2">
-        <v>1862.0</v>
+        <v>661.0</v>
       </c>
       <c r="I389" s="2">
         <v>0.0</v>
       </c>
       <c r="J389" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" s="2">
         <v>389</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>398</v>
       </c>
       <c r="C390" s="2">
-        <v>3</v>
-[...4 lines deleted...]
-      <c r="E390" s="2"/>
+        <v>1</v>
+      </c>
+      <c r="D390" s="2"/>
+      <c r="E390" s="2">
+        <v>67</v>
+      </c>
       <c r="F390" s="2">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="G390" s="2">
-        <v>113.0</v>
+        <v>85.0</v>
       </c>
       <c r="H390" s="2">
-        <v>1175.0</v>
+        <v>802.0</v>
       </c>
       <c r="I390" s="2">
         <v>0.0</v>
       </c>
       <c r="J390" s="2">
-        <v>0.0</v>
+        <v>182.0</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" s="2">
         <v>390</v>
       </c>
       <c r="B391" s="2" t="s">
         <v>399</v>
       </c>
       <c r="C391" s="2">
         <v>1</v>
       </c>
       <c r="D391" s="2"/>
       <c r="E391" s="2"/>
       <c r="F391" s="2">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="G391" s="2">
         <v>115.0</v>
       </c>
       <c r="H391" s="2">
-        <v>369.0</v>
+        <v>351.0</v>
       </c>
       <c r="I391" s="2">
         <v>0.0</v>
       </c>
       <c r="J391" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" s="2">
         <v>391</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>400</v>
       </c>
       <c r="C392" s="2">
         <v>2</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2">
         <v>70</v>
       </c>
       <c r="F392" s="2">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="G392" s="2">
-        <v>111.0</v>
+        <v>110.0</v>
       </c>
       <c r="H392" s="2">
-        <v>440.0</v>
+        <v>434.0</v>
       </c>
       <c r="I392" s="2">
         <v>0.0</v>
       </c>
       <c r="J392" s="2">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" s="2">
         <v>392</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>401</v>
       </c>
       <c r="C393" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2">
-        <v>154</v>
+        <v>231</v>
       </c>
       <c r="F393" s="2">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="G393" s="2">
-        <v>93.0</v>
+        <v>145.0</v>
       </c>
       <c r="H393" s="2">
-        <v>751.0</v>
+        <v>378.0</v>
       </c>
       <c r="I393" s="2">
         <v>0.0</v>
       </c>
       <c r="J393" s="2">
-        <v>0.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" s="2">
         <v>393</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>402</v>
       </c>
       <c r="C394" s="2">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D394" s="2"/>
       <c r="E394" s="2">
-        <v>231</v>
+        <v>448</v>
       </c>
       <c r="F394" s="2">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="G394" s="2">
-        <v>150.0</v>
+        <v>101.0</v>
       </c>
       <c r="H394" s="2">
-        <v>374.0</v>
+        <v>696.0</v>
       </c>
       <c r="I394" s="2">
         <v>0.0</v>
       </c>
       <c r="J394" s="2">
-        <v>111.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" s="2">
         <v>394</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>403</v>
       </c>
       <c r="C395" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D395" s="2"/>
       <c r="E395" s="2">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="F395" s="2">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="G395" s="2">
-        <v>116.0</v>
+        <v>142.0</v>
       </c>
       <c r="H395" s="2">
-        <v>2252.0</v>
+        <v>520.0</v>
       </c>
       <c r="I395" s="2">
         <v>0.0</v>
       </c>
       <c r="J395" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" s="2">
         <v>395</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>404</v>
       </c>
       <c r="C396" s="2">
-        <v>1</v>
-[...4 lines deleted...]
-      <c r="E396" s="2"/>
+        <v>4</v>
+      </c>
+      <c r="D396" s="2"/>
+      <c r="E396" s="2">
+        <v>445</v>
+      </c>
       <c r="F396" s="2">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="G396" s="2">
-        <v>125.0</v>
+        <v>97.0</v>
       </c>
       <c r="H396" s="2">
-        <v>705.0</v>
+        <v>255.0</v>
       </c>
       <c r="I396" s="2">
-        <v>249.0</v>
+        <v>0.0</v>
       </c>
       <c r="J396" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" s="2">
         <v>396</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>405</v>
       </c>
       <c r="C397" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D397" s="2"/>
       <c r="E397" s="2">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="F397" s="2">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="G397" s="2">
-        <v>195.0</v>
+        <v>108.0</v>
       </c>
       <c r="H397" s="2">
-        <v>672.0</v>
+        <v>2208.0</v>
       </c>
       <c r="I397" s="2">
         <v>0.0</v>
       </c>
       <c r="J397" s="2">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" s="2">
         <v>397</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>406</v>
       </c>
       <c r="C398" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D398" s="2"/>
       <c r="E398" s="2">
-        <v>445</v>
+        <v>71</v>
       </c>
       <c r="F398" s="2">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="G398" s="2">
-        <v>99.0</v>
+        <v>194.0</v>
       </c>
       <c r="H398" s="2">
-        <v>285.0</v>
+        <v>646.0</v>
       </c>
       <c r="I398" s="2">
         <v>0.0</v>
       </c>
       <c r="J398" s="2">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" s="2">
         <v>398</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>407</v>
       </c>
       <c r="C399" s="2">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="D399" s="2"/>
       <c r="E399" s="2"/>
       <c r="F399" s="2">
         <v>211</v>
       </c>
       <c r="G399" s="2">
-        <v>97.0</v>
+        <v>91.0</v>
       </c>
       <c r="H399" s="2">
-        <v>999.0</v>
+        <v>1435.0</v>
       </c>
       <c r="I399" s="2">
         <v>0.0</v>
       </c>
       <c r="J399" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" s="2">
         <v>399</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>408</v>
       </c>
       <c r="C400" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D400" s="2"/>
-      <c r="E400" s="2"/>
+      <c r="E400" s="2">
+        <v>496</v>
+      </c>
       <c r="F400" s="2">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="G400" s="2">
-        <v>90.0</v>
+        <v>84.0</v>
       </c>
       <c r="H400" s="2">
-        <v>1421.0</v>
+        <v>399.0</v>
       </c>
       <c r="I400" s="2">
         <v>0.0</v>
       </c>
       <c r="J400" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" s="2">
         <v>400</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>409</v>
       </c>
       <c r="C401" s="2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D401" s="2"/>
-      <c r="E401" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E401" s="2"/>
       <c r="F401" s="2">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="G401" s="2">
-        <v>88.0</v>
+        <v>120.0</v>
       </c>
       <c r="H401" s="2">
-        <v>411.0</v>
+        <v>284.0</v>
       </c>
       <c r="I401" s="2">
         <v>0.0</v>
       </c>
       <c r="J401" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402" s="2">
         <v>401</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>410</v>
       </c>
       <c r="C402" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D402" s="2"/>
-      <c r="E402" s="2"/>
+      <c r="E402" s="2">
+        <v>154</v>
+      </c>
       <c r="F402" s="2">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="G402" s="2">
-        <v>118.0</v>
+        <v>89.0</v>
       </c>
       <c r="H402" s="2">
-        <v>289.0</v>
+        <v>738.0</v>
       </c>
       <c r="I402" s="2">
         <v>0.0</v>
       </c>
       <c r="J402" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403" s="2">
         <v>402</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>411</v>
       </c>
       <c r="C403" s="2">
-        <v>2</v>
-[...4 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D403" s="2">
+        <v>13</v>
+      </c>
+      <c r="E403" s="2"/>
       <c r="F403" s="2">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="G403" s="2">
-        <v>139.0</v>
+        <v>118.0</v>
       </c>
       <c r="H403" s="2">
-        <v>536.0</v>
+        <v>630.0</v>
       </c>
       <c r="I403" s="2">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="J403" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404" s="2">
         <v>403</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>412</v>
       </c>
       <c r="C404" s="2">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="D404" s="2"/>
-      <c r="E404" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E404" s="2"/>
       <c r="F404" s="2">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G404" s="2">
-        <v>95.0</v>
+        <v>96.0</v>
       </c>
       <c r="H404" s="2">
-        <v>315.0</v>
+        <v>1019.0</v>
       </c>
       <c r="I404" s="2">
         <v>0.0</v>
       </c>
       <c r="J404" s="2">
-        <v>62.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" s="2">
         <v>404</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>413</v>
       </c>
       <c r="C405" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D405" s="2"/>
       <c r="E405" s="2">
-        <v>1474</v>
+        <v>3</v>
       </c>
       <c r="F405" s="2">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="G405" s="2">
-        <v>90.0</v>
+        <v>122.0</v>
       </c>
       <c r="H405" s="2">
-        <v>823.0</v>
+        <v>409.0</v>
       </c>
       <c r="I405" s="2">
         <v>0.0</v>
       </c>
       <c r="J405" s="2">
-        <v>59.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" s="2">
         <v>405</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>414</v>
       </c>
       <c r="C406" s="2">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2">
-        <v>360</v>
+        <v>804</v>
       </c>
       <c r="F406" s="2">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="G406" s="2">
-        <v>133.0</v>
+        <v>95.0</v>
       </c>
       <c r="H406" s="2">
-        <v>305.0</v>
+        <v>309.0</v>
       </c>
       <c r="I406" s="2">
         <v>0.0</v>
       </c>
       <c r="J406" s="2">
-        <v>41.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" s="2">
         <v>406</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>415</v>
       </c>
       <c r="C407" s="2">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2">
-        <v>376</v>
+        <v>360</v>
       </c>
       <c r="F407" s="2">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="G407" s="2">
         <v>132.0</v>
       </c>
       <c r="H407" s="2">
-        <v>517.0</v>
+        <v>316.0</v>
       </c>
       <c r="I407" s="2">
         <v>0.0</v>
       </c>
       <c r="J407" s="2">
-        <v>45.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" s="2">
         <v>407</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>416</v>
       </c>
       <c r="C408" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D408" s="2"/>
       <c r="E408" s="2">
-        <v>40</v>
+        <v>1474</v>
       </c>
       <c r="F408" s="2">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="G408" s="2">
-        <v>111.0</v>
+        <v>92.0</v>
       </c>
       <c r="H408" s="2">
-        <v>975.0</v>
+        <v>821.0</v>
       </c>
       <c r="I408" s="2">
         <v>0.0</v>
       </c>
       <c r="J408" s="2">
-        <v>0.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" s="2">
         <v>408</v>
       </c>
       <c r="B409" s="2" t="s">
         <v>417</v>
       </c>
       <c r="C409" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2">
-        <v>8</v>
+        <v>327</v>
       </c>
       <c r="F409" s="2">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="G409" s="2">
-        <v>132.0</v>
+        <v>182.0</v>
       </c>
       <c r="H409" s="2">
-        <v>408.0</v>
+        <v>1169.0</v>
       </c>
       <c r="I409" s="2">
         <v>0.0</v>
       </c>
       <c r="J409" s="2">
-        <v>0.0</v>
+        <v>555.0</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" s="2">
         <v>409</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>418</v>
       </c>
       <c r="C410" s="2">
         <v>1</v>
       </c>
       <c r="D410" s="2"/>
       <c r="E410" s="2">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="F410" s="2">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="G410" s="2">
-        <v>119.0</v>
+        <v>106.0</v>
       </c>
       <c r="H410" s="2">
-        <v>412.0</v>
+        <v>939.0</v>
       </c>
       <c r="I410" s="2">
         <v>0.0</v>
       </c>
       <c r="J410" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" s="2">
         <v>410</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>419</v>
       </c>
       <c r="C411" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D411" s="2"/>
       <c r="E411" s="2">
-        <v>327</v>
+        <v>376</v>
       </c>
       <c r="F411" s="2">
         <v>196</v>
       </c>
       <c r="G411" s="2">
-        <v>182.0</v>
+        <v>132.0</v>
       </c>
       <c r="H411" s="2">
-        <v>1177.0</v>
+        <v>501.0</v>
       </c>
       <c r="I411" s="2">
         <v>0.0</v>
       </c>
       <c r="J411" s="2">
-        <v>523.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" s="2">
         <v>411</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>420</v>
       </c>
       <c r="C412" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2">
-        <v>240</v>
+        <v>8</v>
       </c>
       <c r="F412" s="2">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="G412" s="2">
-        <v>131.0</v>
+        <v>132.0</v>
       </c>
       <c r="H412" s="2">
-        <v>559.0</v>
+        <v>375.0</v>
       </c>
       <c r="I412" s="2">
         <v>0.0</v>
       </c>
       <c r="J412" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" s="2">
         <v>412</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>421</v>
       </c>
       <c r="C413" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D413" s="2"/>
       <c r="E413" s="2">
-        <v>455</v>
+        <v>240</v>
       </c>
       <c r="F413" s="2">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G413" s="2">
-        <v>111.0</v>
+        <v>133.0</v>
       </c>
       <c r="H413" s="2">
-        <v>319.0</v>
+        <v>547.0</v>
       </c>
       <c r="I413" s="2">
         <v>0.0</v>
       </c>
       <c r="J413" s="2">
-        <v>140.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414" s="2">
         <v>413</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>422</v>
       </c>
       <c r="C414" s="2">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D414" s="2"/>
-      <c r="E414" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E414" s="2"/>
       <c r="F414" s="2">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="G414" s="2">
-        <v>53.0</v>
+        <v>111.0</v>
       </c>
       <c r="H414" s="2">
-        <v>332.0</v>
+        <v>290.0</v>
       </c>
       <c r="I414" s="2">
         <v>0.0</v>
       </c>
       <c r="J414" s="2">
-        <v>30.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="A415" s="2">
         <v>414</v>
       </c>
       <c r="B415" s="2" t="s">
         <v>423</v>
       </c>
       <c r="C415" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D415" s="2"/>
-      <c r="E415" s="2"/>
+      <c r="E415" s="2">
+        <v>455</v>
+      </c>
       <c r="F415" s="2">
         <v>191</v>
       </c>
       <c r="G415" s="2">
-        <v>67.0</v>
+        <v>110.0</v>
       </c>
       <c r="H415" s="2">
-        <v>515.0</v>
+        <v>312.0</v>
       </c>
       <c r="I415" s="2">
         <v>0.0</v>
       </c>
       <c r="J415" s="2">
-        <v>0.0</v>
+        <v>167.0</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" s="2">
         <v>415</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>424</v>
       </c>
       <c r="C416" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D416" s="2"/>
-      <c r="E416" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E416" s="2"/>
       <c r="F416" s="2">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="G416" s="2">
-        <v>139.0</v>
+        <v>66.0</v>
       </c>
       <c r="H416" s="2">
-        <v>335.0</v>
+        <v>503.0</v>
       </c>
       <c r="I416" s="2">
         <v>0.0</v>
       </c>
       <c r="J416" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" s="2">
         <v>416</v>
       </c>
       <c r="B417" s="2" t="s">
         <v>425</v>
       </c>
       <c r="C417" s="2">
-        <v>3</v>
-[...2 lines deleted...]
-      <c r="E417" s="2"/>
+        <v>4</v>
+      </c>
+      <c r="D417" s="2">
+        <v>4</v>
+      </c>
+      <c r="E417" s="2">
+        <v>253</v>
+      </c>
       <c r="F417" s="2">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="G417" s="2">
-        <v>110.0</v>
+        <v>83.0</v>
       </c>
       <c r="H417" s="2">
-        <v>297.0</v>
+        <v>343.0</v>
       </c>
       <c r="I417" s="2">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="J417" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418" s="2">
         <v>417</v>
       </c>
       <c r="B418" s="2" t="s">
         <v>426</v>
       </c>
       <c r="C418" s="2">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D418" s="2"/>
       <c r="E418" s="2">
-        <v>253</v>
+        <v>62</v>
       </c>
       <c r="F418" s="2">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="G418" s="2">
         <v>82.0</v>
       </c>
       <c r="H418" s="2">
-        <v>349.0</v>
+        <v>445.0</v>
       </c>
       <c r="I418" s="2">
-        <v>70.0</v>
+        <v>0.0</v>
       </c>
       <c r="J418" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419" s="2">
         <v>418</v>
       </c>
       <c r="B419" s="2" t="s">
         <v>427</v>
       </c>
       <c r="C419" s="2">
         <v>1</v>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2">
         <v>62</v>
       </c>
       <c r="F419" s="2">
         <v>188</v>
       </c>
       <c r="G419" s="2">
-        <v>80.0</v>
+        <v>82.0</v>
       </c>
       <c r="H419" s="2">
-        <v>456.0</v>
+        <v>445.0</v>
       </c>
       <c r="I419" s="2">
         <v>0.0</v>
       </c>
       <c r="J419" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420" s="2">
         <v>419</v>
       </c>
       <c r="B420" s="2" t="s">
         <v>428</v>
       </c>
       <c r="C420" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D420" s="2"/>
       <c r="E420" s="2">
-        <v>62</v>
+        <v>694</v>
       </c>
       <c r="F420" s="2">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="G420" s="2">
-        <v>80.0</v>
+        <v>135.0</v>
       </c>
       <c r="H420" s="2">
-        <v>456.0</v>
+        <v>327.0</v>
       </c>
       <c r="I420" s="2">
         <v>0.0</v>
       </c>
       <c r="J420" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421" s="2">
         <v>420</v>
       </c>
       <c r="B421" s="2" t="s">
         <v>429</v>
       </c>
       <c r="C421" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D421" s="2"/>
       <c r="E421" s="2">
-        <v>861</v>
+        <v>549</v>
       </c>
       <c r="F421" s="2">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G421" s="2">
-        <v>99.0</v>
+        <v>40.0</v>
       </c>
       <c r="H421" s="2">
-        <v>365.0</v>
+        <v>535.0</v>
       </c>
       <c r="I421" s="2">
         <v>0.0</v>
       </c>
       <c r="J421" s="2">
-        <v>60.0</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422" s="2">
         <v>421</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C422" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D422" s="2"/>
-      <c r="E422" s="2"/>
+      <c r="E422" s="2">
+        <v>330</v>
+      </c>
       <c r="F422" s="2">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="G422" s="2">
-        <v>87.0</v>
+        <v>103.0</v>
       </c>
       <c r="H422" s="2">
-        <v>322.0</v>
+        <v>481.0</v>
       </c>
       <c r="I422" s="2">
         <v>0.0</v>
       </c>
       <c r="J422" s="2">
-        <v>0.0</v>
+        <v>157.0</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423" s="2">
         <v>422</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>431</v>
       </c>
       <c r="C423" s="2">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2">
-        <v>549</v>
+        <v>40</v>
       </c>
       <c r="F423" s="2">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="G423" s="2">
-        <v>44.0</v>
+        <v>52.0</v>
       </c>
       <c r="H423" s="2">
-        <v>559.0</v>
+        <v>324.0</v>
       </c>
       <c r="I423" s="2">
         <v>0.0</v>
       </c>
       <c r="J423" s="2">
-        <v>154.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424" s="2">
         <v>423</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>432</v>
       </c>
       <c r="C424" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2">
-        <v>330</v>
+        <v>861</v>
       </c>
       <c r="F424" s="2">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="G424" s="2">
-        <v>105.0</v>
+        <v>97.0</v>
       </c>
       <c r="H424" s="2">
-        <v>475.0</v>
+        <v>343.0</v>
       </c>
       <c r="I424" s="2">
         <v>0.0</v>
       </c>
       <c r="J424" s="2">
-        <v>157.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425" s="2">
         <v>424</v>
       </c>
       <c r="B425" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C425" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2"/>
       <c r="F425" s="2">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="G425" s="2">
-        <v>56.0</v>
+        <v>87.0</v>
       </c>
       <c r="H425" s="2">
-        <v>370.0</v>
+        <v>314.0</v>
       </c>
       <c r="I425" s="2">
         <v>0.0</v>
       </c>
       <c r="J425" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426" s="2">
         <v>425</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>434</v>
       </c>
       <c r="C426" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D426" s="2"/>
       <c r="E426" s="2"/>
       <c r="F426" s="2">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="G426" s="2">
-        <v>81.0</v>
+        <v>89.0</v>
       </c>
       <c r="H426" s="2">
-        <v>426.0</v>
+        <v>288.0</v>
       </c>
       <c r="I426" s="2">
         <v>0.0</v>
       </c>
       <c r="J426" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="A427" s="2">
         <v>426</v>
       </c>
       <c r="B427" s="2" t="s">
         <v>435</v>
       </c>
       <c r="C427" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2"/>
       <c r="F427" s="2">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="G427" s="2">
-        <v>93.0</v>
+        <v>81.0</v>
       </c>
       <c r="H427" s="2">
-        <v>940.0</v>
+        <v>431.0</v>
       </c>
       <c r="I427" s="2">
         <v>0.0</v>
       </c>
       <c r="J427" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="428" spans="1:10">
       <c r="A428" s="2">
         <v>427</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>436</v>
       </c>
       <c r="C428" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D428" s="2"/>
-      <c r="E428" s="2"/>
+      <c r="E428" s="2">
+        <v>236</v>
+      </c>
       <c r="F428" s="2">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="G428" s="2">
-        <v>92.0</v>
+        <v>111.0</v>
       </c>
       <c r="H428" s="2">
-        <v>288.0</v>
+        <v>548.0</v>
       </c>
       <c r="I428" s="2">
         <v>0.0</v>
       </c>
       <c r="J428" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429" s="2">
         <v>428</v>
       </c>
       <c r="B429" s="2" t="s">
         <v>437</v>
       </c>
       <c r="C429" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D429" s="2"/>
-      <c r="E429" s="2"/>
+      <c r="E429" s="2">
+        <v>42</v>
+      </c>
       <c r="F429" s="2">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="G429" s="2">
-        <v>64.0</v>
+        <v>73.0</v>
       </c>
       <c r="H429" s="2">
-        <v>420.0</v>
+        <v>213.0</v>
       </c>
       <c r="I429" s="2">
         <v>0.0</v>
       </c>
       <c r="J429" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="A430" s="2">
         <v>429</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>438</v>
       </c>
       <c r="C430" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D430" s="2"/>
-      <c r="E430" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E430" s="2"/>
       <c r="F430" s="2">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="G430" s="2">
-        <v>77.0</v>
+        <v>63.0</v>
       </c>
       <c r="H430" s="2">
-        <v>214.0</v>
+        <v>409.0</v>
       </c>
       <c r="I430" s="2">
         <v>0.0</v>
       </c>
       <c r="J430" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="A431" s="2">
         <v>430</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>439</v>
       </c>
       <c r="C431" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D431" s="2"/>
       <c r="E431" s="2">
-        <v>236</v>
+        <v>20</v>
       </c>
       <c r="F431" s="2">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="G431" s="2">
-        <v>110.0</v>
+        <v>106.0</v>
       </c>
       <c r="H431" s="2">
-        <v>567.0</v>
+        <v>688.0</v>
       </c>
       <c r="I431" s="2">
         <v>0.0</v>
       </c>
       <c r="J431" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="432" spans="1:10">
       <c r="A432" s="2">
         <v>431</v>
       </c>
       <c r="B432" s="2" t="s">
         <v>440</v>
       </c>
       <c r="C432" s="2">
         <v>2</v>
       </c>
       <c r="D432" s="2"/>
-      <c r="E432" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E432" s="2"/>
       <c r="F432" s="2">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="G432" s="2">
-        <v>156.0</v>
+        <v>58.0</v>
       </c>
       <c r="H432" s="2">
-        <v>594.0</v>
+        <v>355.0</v>
       </c>
       <c r="I432" s="2">
         <v>0.0</v>
       </c>
       <c r="J432" s="2">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="433" spans="1:10">
       <c r="A433" s="2">
         <v>432</v>
       </c>
       <c r="B433" s="2" t="s">
         <v>441</v>
       </c>
       <c r="C433" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D433" s="2"/>
-      <c r="E433" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E433" s="2"/>
       <c r="F433" s="2">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="G433" s="2">
-        <v>106.0</v>
+        <v>95.0</v>
       </c>
       <c r="H433" s="2">
-        <v>680.0</v>
+        <v>931.0</v>
       </c>
       <c r="I433" s="2">
         <v>0.0</v>
       </c>
       <c r="J433" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="434" spans="1:10">
       <c r="A434" s="2">
         <v>433</v>
       </c>
       <c r="B434" s="2" t="s">
         <v>442</v>
       </c>
       <c r="C434" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="F434" s="2">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="G434" s="2">
-        <v>130.0</v>
+        <v>154.0</v>
       </c>
       <c r="H434" s="2">
-        <v>112.0</v>
+        <v>558.0</v>
       </c>
       <c r="I434" s="2">
         <v>0.0</v>
       </c>
       <c r="J434" s="2">
-        <v>282.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="435" spans="1:10">
       <c r="A435" s="2">
         <v>434</v>
       </c>
       <c r="B435" s="2" t="s">
         <v>443</v>
       </c>
       <c r="C435" s="2">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D435" s="2"/>
-      <c r="E435" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E435" s="2"/>
       <c r="F435" s="2">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="G435" s="2">
-        <v>86.0</v>
+        <v>109.0</v>
       </c>
       <c r="H435" s="2">
-        <v>195.0</v>
+        <v>214.0</v>
       </c>
       <c r="I435" s="2">
         <v>0.0</v>
       </c>
       <c r="J435" s="2">
-        <v>9.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="436" spans="1:10">
       <c r="A436" s="2">
         <v>435</v>
       </c>
       <c r="B436" s="2" t="s">
         <v>444</v>
       </c>
       <c r="C436" s="2">
         <v>2</v>
       </c>
       <c r="D436" s="2"/>
       <c r="E436" s="2">
         <v>659</v>
       </c>
       <c r="F436" s="2">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="G436" s="2">
-        <v>86.0</v>
+        <v>82.0</v>
       </c>
       <c r="H436" s="2">
-        <v>371.0</v>
+        <v>322.0</v>
       </c>
       <c r="I436" s="2">
         <v>0.0</v>
       </c>
       <c r="J436" s="2">
         <v>58.0</v>
       </c>
     </row>
     <row r="437" spans="1:10">
       <c r="A437" s="2">
         <v>436</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>445</v>
       </c>
       <c r="C437" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D437" s="2"/>
-      <c r="E437" s="2"/>
+      <c r="E437" s="2">
+        <v>151</v>
+      </c>
       <c r="F437" s="2">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="G437" s="2">
-        <v>112.0</v>
+        <v>92.0</v>
       </c>
       <c r="H437" s="2">
-        <v>213.0</v>
+        <v>661.0</v>
       </c>
       <c r="I437" s="2">
         <v>0.0</v>
       </c>
       <c r="J437" s="2">
-        <v>0.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="A438" s="2">
         <v>437</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>446</v>
       </c>
       <c r="C438" s="2">
         <v>3</v>
       </c>
       <c r="D438" s="2"/>
       <c r="E438" s="2">
         <v>12</v>
       </c>
       <c r="F438" s="2">
         <v>165</v>
       </c>
       <c r="G438" s="2">
-        <v>78.0</v>
+        <v>76.0</v>
       </c>
       <c r="H438" s="2">
-        <v>254.0</v>
+        <v>250.0</v>
       </c>
       <c r="I438" s="2">
         <v>0.0</v>
       </c>
       <c r="J438" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="A439" s="2">
         <v>438</v>
       </c>
       <c r="B439" s="2" t="s">
         <v>447</v>
       </c>
       <c r="C439" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D439" s="2"/>
       <c r="E439" s="2">
-        <v>151</v>
+        <v>72</v>
       </c>
       <c r="F439" s="2">
         <v>164</v>
       </c>
       <c r="G439" s="2">
-        <v>89.0</v>
+        <v>127.0</v>
       </c>
       <c r="H439" s="2">
-        <v>672.0</v>
+        <v>95.0</v>
       </c>
       <c r="I439" s="2">
         <v>0.0</v>
       </c>
       <c r="J439" s="2">
-        <v>65.0</v>
+        <v>282.0</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="A440" s="2">
         <v>439</v>
       </c>
       <c r="B440" s="2" t="s">
         <v>448</v>
       </c>
       <c r="C440" s="2">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D440" s="2"/>
+        <v>1</v>
+      </c>
+      <c r="D440" s="2">
+        <v>2</v>
+      </c>
       <c r="E440" s="2">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="F440" s="2">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G440" s="2">
-        <v>40.0</v>
+        <v>102.0</v>
       </c>
       <c r="H440" s="2">
-        <v>629.0</v>
+        <v>437.0</v>
       </c>
       <c r="I440" s="2">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="J440" s="2">
-        <v>0.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="A441" s="2">
         <v>440</v>
       </c>
       <c r="B441" s="2" t="s">
         <v>449</v>
       </c>
       <c r="C441" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D441" s="2"/>
       <c r="E441" s="2">
-        <v>682</v>
+        <v>24</v>
       </c>
       <c r="F441" s="2">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G441" s="2">
-        <v>50.0</v>
+        <v>35.0</v>
       </c>
       <c r="H441" s="2">
-        <v>260.0</v>
+        <v>616.0</v>
       </c>
       <c r="I441" s="2">
         <v>0.0</v>
       </c>
       <c r="J441" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="A442" s="2">
         <v>441</v>
       </c>
       <c r="B442" s="2" t="s">
         <v>450</v>
       </c>
       <c r="C442" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D442" s="2"/>
-      <c r="E442" s="2"/>
+      <c r="E442" s="2">
+        <v>56</v>
+      </c>
       <c r="F442" s="2">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="G442" s="2">
-        <v>68.0</v>
+        <v>72.0</v>
       </c>
       <c r="H442" s="2">
-        <v>474.0</v>
+        <v>411.0</v>
       </c>
       <c r="I442" s="2">
         <v>0.0</v>
       </c>
       <c r="J442" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="A443" s="2">
         <v>442</v>
       </c>
       <c r="B443" s="2" t="s">
         <v>451</v>
       </c>
       <c r="C443" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D443" s="2"/>
-      <c r="E443" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E443" s="2"/>
       <c r="F443" s="2">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="G443" s="2">
-        <v>82.0</v>
+        <v>65.0</v>
       </c>
       <c r="H443" s="2">
-        <v>322.0</v>
+        <v>283.0</v>
       </c>
       <c r="I443" s="2">
         <v>0.0</v>
       </c>
       <c r="J443" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444" s="2">
         <v>443</v>
       </c>
       <c r="B444" s="2" t="s">
         <v>452</v>
       </c>
       <c r="C444" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D444" s="2"/>
       <c r="E444" s="2">
-        <v>262</v>
+        <v>247</v>
       </c>
       <c r="F444" s="2">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G444" s="2">
-        <v>55.0</v>
+        <v>80.0</v>
       </c>
       <c r="H444" s="2">
-        <v>565.0</v>
+        <v>176.0</v>
       </c>
       <c r="I444" s="2">
         <v>0.0</v>
       </c>
       <c r="J444" s="2">
-        <v>0.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445" s="2">
         <v>444</v>
       </c>
       <c r="B445" s="2" t="s">
         <v>453</v>
       </c>
       <c r="C445" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D445" s="2"/>
       <c r="E445" s="2">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F445" s="2">
         <v>161</v>
       </c>
       <c r="G445" s="2">
-        <v>73.0</v>
+        <v>81.0</v>
       </c>
       <c r="H445" s="2">
-        <v>441.0</v>
+        <v>316.0</v>
       </c>
       <c r="I445" s="2">
         <v>0.0</v>
       </c>
       <c r="J445" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="A446" s="2">
         <v>445</v>
       </c>
       <c r="B446" s="2" t="s">
         <v>454</v>
       </c>
       <c r="C446" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D446" s="2"/>
-      <c r="E446" s="2"/>
+      <c r="E446" s="2">
+        <v>262</v>
+      </c>
       <c r="F446" s="2">
         <v>160</v>
       </c>
       <c r="G446" s="2">
-        <v>62.0</v>
+        <v>53.0</v>
       </c>
       <c r="H446" s="2">
-        <v>477.0</v>
+        <v>555.0</v>
       </c>
       <c r="I446" s="2">
         <v>0.0</v>
       </c>
       <c r="J446" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="A447" s="2">
         <v>446</v>
       </c>
       <c r="B447" s="2" t="s">
         <v>455</v>
       </c>
       <c r="C447" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D447" s="2"/>
       <c r="E447" s="2">
-        <v>34</v>
+        <v>682</v>
       </c>
       <c r="F447" s="2">
         <v>160</v>
       </c>
       <c r="G447" s="2">
-        <v>95.0</v>
+        <v>49.0</v>
       </c>
       <c r="H447" s="2">
-        <v>365.0</v>
+        <v>259.0</v>
       </c>
       <c r="I447" s="2">
         <v>0.0</v>
       </c>
       <c r="J447" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="A448" s="2">
         <v>447</v>
       </c>
       <c r="B448" s="2" t="s">
         <v>456</v>
       </c>
       <c r="C448" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D448" s="2"/>
       <c r="E448" s="2">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="F448" s="2">
         <v>160</v>
       </c>
       <c r="G448" s="2">
-        <v>86.0</v>
+        <v>92.0</v>
       </c>
       <c r="H448" s="2">
-        <v>173.0</v>
+        <v>354.0</v>
       </c>
       <c r="I448" s="2">
         <v>0.0</v>
       </c>
       <c r="J448" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="A449" s="2">
         <v>448</v>
       </c>
       <c r="B449" s="2" t="s">
         <v>457</v>
       </c>
       <c r="C449" s="2">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="D449" s="2"/>
       <c r="E449" s="2">
-        <v>40</v>
+        <v>126</v>
       </c>
       <c r="F449" s="2">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G449" s="2">
-        <v>102.0</v>
+        <v>85.0</v>
       </c>
       <c r="H449" s="2">
-        <v>445.0</v>
+        <v>168.0</v>
       </c>
       <c r="I449" s="2">
-        <v>74.0</v>
+        <v>0.0</v>
       </c>
       <c r="J449" s="2">
-        <v>54.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="A450" s="2">
         <v>449</v>
       </c>
       <c r="B450" s="2" t="s">
         <v>458</v>
       </c>
       <c r="C450" s="2">
         <v>2</v>
       </c>
       <c r="D450" s="2"/>
-      <c r="E450" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E450" s="2"/>
       <c r="F450" s="2">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G450" s="2">
-        <v>57.0</v>
+        <v>62.0</v>
       </c>
       <c r="H450" s="2">
-        <v>354.0</v>
+        <v>476.0</v>
       </c>
       <c r="I450" s="2">
         <v>0.0</v>
       </c>
       <c r="J450" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="A451" s="2">
         <v>450</v>
       </c>
       <c r="B451" s="2" t="s">
         <v>459</v>
       </c>
       <c r="C451" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D451" s="2"/>
       <c r="E451" s="2"/>
       <c r="F451" s="2">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G451" s="2">
-        <v>64.0</v>
+        <v>60.0</v>
       </c>
       <c r="H451" s="2">
-        <v>291.0</v>
+        <v>479.0</v>
       </c>
       <c r="I451" s="2">
         <v>0.0</v>
       </c>
       <c r="J451" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="A452" s="2">
         <v>451</v>
       </c>
       <c r="B452" s="2" t="s">
         <v>460</v>
       </c>
       <c r="C452" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D452" s="2"/>
-      <c r="E452" s="2"/>
+      <c r="E452" s="2">
+        <v>91</v>
+      </c>
       <c r="F452" s="2">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="G452" s="2">
-        <v>66.0</v>
+        <v>55.0</v>
       </c>
       <c r="H452" s="2">
-        <v>534.0</v>
+        <v>355.0</v>
       </c>
       <c r="I452" s="2">
         <v>0.0</v>
       </c>
       <c r="J452" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="A453" s="2">
         <v>452</v>
       </c>
       <c r="B453" s="2" t="s">
         <v>461</v>
       </c>
       <c r="C453" s="2">
         <v>3</v>
       </c>
       <c r="D453" s="2"/>
-      <c r="E453" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E453" s="2"/>
       <c r="F453" s="2">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="G453" s="2">
-        <v>39.0</v>
+        <v>66.0</v>
       </c>
       <c r="H453" s="2">
-        <v>403.0</v>
+        <v>531.0</v>
       </c>
       <c r="I453" s="2">
         <v>0.0</v>
       </c>
       <c r="J453" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="A454" s="2">
         <v>453</v>
       </c>
       <c r="B454" s="2" t="s">
         <v>462</v>
       </c>
       <c r="C454" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D454" s="2"/>
-      <c r="E454" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E454" s="2"/>
       <c r="F454" s="2">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="G454" s="2">
-        <v>47.0</v>
+        <v>55.0</v>
       </c>
       <c r="H454" s="2">
-        <v>278.0</v>
+        <v>516.0</v>
       </c>
       <c r="I454" s="2">
         <v>0.0</v>
       </c>
       <c r="J454" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="A455" s="2">
         <v>454</v>
       </c>
       <c r="B455" s="2" t="s">
         <v>463</v>
       </c>
       <c r="C455" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D455" s="2"/>
+        <v>5</v>
+      </c>
+      <c r="D455" s="2">
+        <v>11</v>
+      </c>
       <c r="E455" s="2">
-        <v>100</v>
+        <v>31</v>
       </c>
       <c r="F455" s="2">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="G455" s="2">
-        <v>85.0</v>
+        <v>108.0</v>
       </c>
       <c r="H455" s="2">
-        <v>634.0</v>
+        <v>349.0</v>
       </c>
       <c r="I455" s="2">
         <v>0.0</v>
       </c>
       <c r="J455" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="A456" s="2">
         <v>455</v>
       </c>
       <c r="B456" s="2" t="s">
         <v>464</v>
       </c>
       <c r="C456" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D456" s="2"/>
       <c r="E456" s="2"/>
       <c r="F456" s="2">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="G456" s="2">
-        <v>60.0</v>
+        <v>104.0</v>
       </c>
       <c r="H456" s="2">
-        <v>217.0</v>
+        <v>95.0</v>
       </c>
       <c r="I456" s="2">
         <v>0.0</v>
       </c>
       <c r="J456" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457" s="2">
         <v>456</v>
       </c>
       <c r="B457" s="2" t="s">
         <v>465</v>
       </c>
       <c r="C457" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D457" s="2"/>
-      <c r="E457" s="2"/>
+      <c r="E457" s="2">
+        <v>59</v>
+      </c>
       <c r="F457" s="2">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="G457" s="2">
-        <v>57.0</v>
+        <v>42.0</v>
       </c>
       <c r="H457" s="2">
-        <v>522.0</v>
+        <v>257.0</v>
       </c>
       <c r="I457" s="2">
         <v>0.0</v>
       </c>
       <c r="J457" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="A458" s="2">
         <v>457</v>
       </c>
       <c r="B458" s="2" t="s">
         <v>466</v>
       </c>
       <c r="C458" s="2">
-        <v>5</v>
-[...6 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="D458" s="2"/>
+      <c r="E458" s="2"/>
       <c r="F458" s="2">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G458" s="2">
-        <v>107.0</v>
+        <v>42.0</v>
       </c>
       <c r="H458" s="2">
-        <v>352.0</v>
+        <v>257.0</v>
       </c>
       <c r="I458" s="2">
         <v>0.0</v>
       </c>
       <c r="J458" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="A459" s="2">
         <v>458</v>
       </c>
       <c r="B459" s="2" t="s">
         <v>467</v>
       </c>
       <c r="C459" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D459" s="2"/>
-      <c r="E459" s="2"/>
+      <c r="E459" s="2">
+        <v>100</v>
+      </c>
       <c r="F459" s="2">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="G459" s="2">
-        <v>42.0</v>
+        <v>81.0</v>
       </c>
       <c r="H459" s="2">
-        <v>244.0</v>
+        <v>617.0</v>
       </c>
       <c r="I459" s="2">
         <v>0.0</v>
       </c>
       <c r="J459" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="A460" s="2">
         <v>459</v>
       </c>
       <c r="B460" s="2" t="s">
         <v>468</v>
       </c>
       <c r="C460" s="2">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="D460" s="2">
         <v>6</v>
       </c>
-      <c r="E460" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D460" s="2"/>
+      <c r="E460" s="2"/>
       <c r="F460" s="2">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="G460" s="2">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="H460" s="2">
-        <v>436.0</v>
+        <v>211.0</v>
       </c>
       <c r="I460" s="2">
-        <v>18.0</v>
+        <v>0.0</v>
       </c>
       <c r="J460" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="A461" s="2">
         <v>460</v>
       </c>
       <c r="B461" s="2" t="s">
         <v>469</v>
       </c>
       <c r="C461" s="2">
-        <v>1</v>
-[...2 lines deleted...]
-      <c r="E461" s="2"/>
+        <v>2</v>
+      </c>
+      <c r="D461" s="2">
+        <v>6</v>
+      </c>
+      <c r="E461" s="2">
+        <v>17</v>
+      </c>
       <c r="F461" s="2">
         <v>148</v>
       </c>
       <c r="G461" s="2">
-        <v>39.0</v>
+        <v>59.0</v>
       </c>
       <c r="H461" s="2">
-        <v>407.0</v>
+        <v>428.0</v>
       </c>
       <c r="I461" s="2">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
       <c r="J461" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="A462" s="2">
         <v>461</v>
       </c>
       <c r="B462" s="2" t="s">
         <v>470</v>
       </c>
       <c r="C462" s="2">
         <v>1</v>
       </c>
       <c r="D462" s="2"/>
       <c r="E462" s="2">
         <v>13</v>
       </c>
       <c r="F462" s="2">
         <v>148</v>
       </c>
       <c r="G462" s="2">
         <v>68.0</v>
       </c>
       <c r="H462" s="2">
-        <v>407.0</v>
+        <v>396.0</v>
       </c>
       <c r="I462" s="2">
         <v>0.0</v>
       </c>
       <c r="J462" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="A463" s="2">
         <v>462</v>
       </c>
       <c r="B463" s="2" t="s">
         <v>471</v>
       </c>
       <c r="C463" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2"/>
       <c r="F463" s="2">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G463" s="2">
-        <v>78.0</v>
+        <v>87.0</v>
       </c>
       <c r="H463" s="2">
-        <v>174.0</v>
+        <v>288.0</v>
       </c>
       <c r="I463" s="2">
         <v>0.0</v>
       </c>
       <c r="J463" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="A464" s="2">
         <v>463</v>
       </c>
       <c r="B464" s="2" t="s">
         <v>472</v>
       </c>
       <c r="C464" s="2">
         <v>1</v>
       </c>
       <c r="D464" s="2"/>
-      <c r="E464" s="2"/>
+      <c r="E464" s="2">
+        <v>28</v>
+      </c>
       <c r="F464" s="2">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G464" s="2">
-        <v>101.0</v>
+        <v>65.0</v>
       </c>
       <c r="H464" s="2">
-        <v>93.0</v>
+        <v>343.0</v>
       </c>
       <c r="I464" s="2">
         <v>0.0</v>
       </c>
       <c r="J464" s="2">
-        <v>0.0</v>
+        <v>186.0</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="A465" s="2">
         <v>464</v>
       </c>
       <c r="B465" s="2" t="s">
         <v>473</v>
       </c>
       <c r="C465" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D465" s="2"/>
-      <c r="E465" s="2"/>
+      <c r="E465" s="2">
+        <v>378</v>
+      </c>
       <c r="F465" s="2">
         <v>146</v>
       </c>
       <c r="G465" s="2">
-        <v>62.0</v>
+        <v>36.0</v>
       </c>
       <c r="H465" s="2">
-        <v>181.0</v>
+        <v>365.0</v>
       </c>
       <c r="I465" s="2">
         <v>0.0</v>
       </c>
       <c r="J465" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="A466" s="2">
         <v>465</v>
       </c>
       <c r="B466" s="2" t="s">
         <v>474</v>
       </c>
       <c r="C466" s="2">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D466" s="2"/>
       <c r="E466" s="2"/>
       <c r="F466" s="2">
         <v>144</v>
       </c>
       <c r="G466" s="2">
-        <v>82.0</v>
+        <v>59.0</v>
       </c>
       <c r="H466" s="2">
-        <v>282.0</v>
+        <v>184.0</v>
       </c>
       <c r="I466" s="2">
         <v>0.0</v>
       </c>
       <c r="J466" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="A467" s="2">
         <v>466</v>
       </c>
       <c r="B467" s="2" t="s">
         <v>475</v>
       </c>
       <c r="C467" s="2">
         <v>1</v>
       </c>
-      <c r="D467" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D467" s="2"/>
       <c r="E467" s="2">
-        <v>58</v>
+        <v>90</v>
       </c>
       <c r="F467" s="2">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G467" s="2">
-        <v>42.0</v>
+        <v>70.0</v>
       </c>
       <c r="H467" s="2">
-        <v>232.0</v>
+        <v>282.0</v>
       </c>
       <c r="I467" s="2">
-        <v>9.0</v>
+        <v>0.0</v>
       </c>
       <c r="J467" s="2">
-        <v>0.0</v>
+        <v>247.0</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="A468" s="2">
         <v>467</v>
       </c>
       <c r="B468" s="2" t="s">
         <v>476</v>
       </c>
       <c r="C468" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D468" s="2"/>
-      <c r="E468" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E468" s="2"/>
       <c r="F468" s="2">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G468" s="2">
-        <v>43.0</v>
+        <v>77.0</v>
       </c>
       <c r="H468" s="2">
-        <v>250.0</v>
+        <v>166.0</v>
       </c>
       <c r="I468" s="2">
         <v>0.0</v>
       </c>
       <c r="J468" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="A469" s="2">
         <v>468</v>
       </c>
       <c r="B469" s="2" t="s">
         <v>477</v>
       </c>
       <c r="C469" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D469" s="2"/>
-      <c r="E469" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E469" s="2"/>
       <c r="F469" s="2">
         <v>140</v>
       </c>
       <c r="G469" s="2">
-        <v>103.0</v>
+        <v>64.0</v>
       </c>
       <c r="H469" s="2">
-        <v>194.0</v>
+        <v>288.0</v>
       </c>
       <c r="I469" s="2">
         <v>0.0</v>
       </c>
       <c r="J469" s="2">
-        <v>20.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="A470" s="2">
         <v>469</v>
       </c>
       <c r="B470" s="2" t="s">
         <v>478</v>
       </c>
       <c r="C470" s="2">
         <v>1</v>
       </c>
-      <c r="D470" s="2"/>
+      <c r="D470" s="2">
+        <v>56</v>
+      </c>
       <c r="E470" s="2">
-        <v>90</v>
+        <v>58</v>
       </c>
       <c r="F470" s="2">
         <v>140</v>
       </c>
       <c r="G470" s="2">
-        <v>72.0</v>
+        <v>44.0</v>
       </c>
       <c r="H470" s="2">
-        <v>277.0</v>
+        <v>217.0</v>
       </c>
       <c r="I470" s="2">
-        <v>0.0</v>
+        <v>9.0</v>
       </c>
       <c r="J470" s="2">
-        <v>247.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="A471" s="2">
         <v>470</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>479</v>
       </c>
       <c r="C471" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D471" s="2"/>
-      <c r="E471" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E471" s="2"/>
       <c r="F471" s="2">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G471" s="2">
-        <v>34.0</v>
+        <v>37.0</v>
       </c>
       <c r="H471" s="2">
-        <v>423.0</v>
+        <v>405.0</v>
       </c>
       <c r="I471" s="2">
         <v>0.0</v>
       </c>
       <c r="J471" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="A472" s="2">
         <v>471</v>
       </c>
       <c r="B472" s="2" t="s">
         <v>480</v>
       </c>
       <c r="C472" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D472" s="2"/>
-      <c r="E472" s="2"/>
+      <c r="E472" s="2">
+        <v>48</v>
+      </c>
       <c r="F472" s="2">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G472" s="2">
-        <v>66.0</v>
+        <v>43.0</v>
       </c>
       <c r="H472" s="2">
-        <v>289.0</v>
+        <v>250.0</v>
       </c>
       <c r="I472" s="2">
         <v>0.0</v>
       </c>
       <c r="J472" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="A473" s="2">
         <v>472</v>
       </c>
       <c r="B473" s="2" t="s">
         <v>481</v>
       </c>
       <c r="C473" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D473" s="2"/>
       <c r="E473" s="2">
-        <v>770</v>
+        <v>504</v>
       </c>
       <c r="F473" s="2">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="G473" s="2">
-        <v>42.0</v>
+        <v>99.0</v>
       </c>
       <c r="H473" s="2">
-        <v>202.0</v>
+        <v>196.0</v>
       </c>
       <c r="I473" s="2">
         <v>0.0</v>
       </c>
       <c r="J473" s="2">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="A474" s="2">
         <v>473</v>
       </c>
       <c r="B474" s="2" t="s">
         <v>482</v>
       </c>
       <c r="C474" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D474" s="2"/>
       <c r="E474" s="2">
-        <v>28</v>
+        <v>330</v>
       </c>
       <c r="F474" s="2">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G474" s="2">
-        <v>62.0</v>
+        <v>36.0</v>
       </c>
       <c r="H474" s="2">
-        <v>313.0</v>
+        <v>412.0</v>
       </c>
       <c r="I474" s="2">
         <v>0.0</v>
       </c>
       <c r="J474" s="2">
-        <v>54.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="A475" s="2">
         <v>474</v>
       </c>
       <c r="B475" s="2" t="s">
         <v>483</v>
       </c>
       <c r="C475" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D475" s="2"/>
-      <c r="E475" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E475" s="2"/>
       <c r="F475" s="2">
         <v>134</v>
       </c>
       <c r="G475" s="2">
-        <v>63.0</v>
+        <v>44.0</v>
       </c>
       <c r="H475" s="2">
-        <v>293.0</v>
+        <v>155.0</v>
       </c>
       <c r="I475" s="2">
         <v>0.0</v>
       </c>
       <c r="J475" s="2">
-        <v>15.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="A476" s="2">
         <v>475</v>
       </c>
       <c r="B476" s="2" t="s">
         <v>484</v>
       </c>
       <c r="C476" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D476" s="2"/>
-      <c r="E476" s="2"/>
+      <c r="E476" s="2">
+        <v>770</v>
+      </c>
       <c r="F476" s="2">
         <v>134</v>
       </c>
       <c r="G476" s="2">
-        <v>57.0</v>
+        <v>42.0</v>
       </c>
       <c r="H476" s="2">
-        <v>289.0</v>
+        <v>202.0</v>
       </c>
       <c r="I476" s="2">
         <v>0.0</v>
       </c>
       <c r="J476" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="A477" s="2">
         <v>476</v>
       </c>
       <c r="B477" s="2" t="s">
         <v>485</v>
       </c>
       <c r="C477" s="2">
         <v>1</v>
       </c>
       <c r="D477" s="2"/>
-      <c r="E477" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E477" s="2"/>
       <c r="F477" s="2">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="G477" s="2">
-        <v>63.0</v>
+        <v>54.0</v>
       </c>
       <c r="H477" s="2">
-        <v>293.0</v>
+        <v>291.0</v>
       </c>
       <c r="I477" s="2">
         <v>0.0</v>
       </c>
       <c r="J477" s="2">
-        <v>15.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="A478" s="2">
         <v>477</v>
       </c>
       <c r="B478" s="2" t="s">
         <v>486</v>
       </c>
       <c r="C478" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D478" s="2"/>
-      <c r="E478" s="2"/>
+      <c r="E478" s="2">
+        <v>352</v>
+      </c>
       <c r="F478" s="2">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="G478" s="2">
-        <v>43.0</v>
+        <v>44.0</v>
       </c>
       <c r="H478" s="2">
-        <v>159.0</v>
+        <v>178.0</v>
       </c>
       <c r="I478" s="2">
         <v>0.0</v>
       </c>
       <c r="J478" s="2">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="A479" s="2">
         <v>478</v>
       </c>
       <c r="B479" s="2" t="s">
         <v>487</v>
       </c>
       <c r="C479" s="2">
         <v>1</v>
       </c>
       <c r="D479" s="2"/>
       <c r="E479" s="2"/>
       <c r="F479" s="2">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="G479" s="2">
-        <v>39.0</v>
+        <v>40.0</v>
       </c>
       <c r="H479" s="2">
-        <v>199.0</v>
+        <v>192.0</v>
       </c>
       <c r="I479" s="2">
         <v>0.0</v>
       </c>
       <c r="J479" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="A480" s="2">
         <v>479</v>
       </c>
       <c r="B480" s="2" t="s">
         <v>488</v>
       </c>
       <c r="C480" s="2">
         <v>1</v>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2">
         <v>245</v>
       </c>
       <c r="F480" s="2">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="G480" s="2">
-        <v>63.0</v>
+        <v>64.0</v>
       </c>
       <c r="H480" s="2">
-        <v>293.0</v>
+        <v>292.0</v>
       </c>
       <c r="I480" s="2">
         <v>0.0</v>
       </c>
       <c r="J480" s="2">
         <v>15.0</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="A481" s="2">
         <v>480</v>
       </c>
       <c r="B481" s="2" t="s">
         <v>489</v>
       </c>
       <c r="C481" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D481" s="2"/>
       <c r="E481" s="2">
-        <v>350</v>
+        <v>245</v>
       </c>
       <c r="F481" s="2">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="G481" s="2">
-        <v>45.0</v>
+        <v>64.0</v>
       </c>
       <c r="H481" s="2">
-        <v>178.0</v>
+        <v>292.0</v>
       </c>
       <c r="I481" s="2">
         <v>0.0</v>
       </c>
       <c r="J481" s="2">
-        <v>3.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="A482" s="2">
         <v>481</v>
       </c>
       <c r="B482" s="2" t="s">
         <v>490</v>
       </c>
       <c r="C482" s="2">
         <v>1</v>
       </c>
       <c r="D482" s="2"/>
       <c r="E482" s="2">
-        <v>113</v>
+        <v>245</v>
       </c>
       <c r="F482" s="2">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="G482" s="2">
-        <v>112.0</v>
+        <v>64.0</v>
       </c>
       <c r="H482" s="2">
-        <v>153.0</v>
+        <v>292.0</v>
       </c>
       <c r="I482" s="2">
         <v>0.0</v>
       </c>
       <c r="J482" s="2">
-        <v>0.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="A483" s="2">
         <v>482</v>
       </c>
       <c r="B483" s="2" t="s">
         <v>491</v>
       </c>
       <c r="C483" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D483" s="2"/>
       <c r="E483" s="2">
-        <v>24</v>
+        <v>101</v>
       </c>
       <c r="F483" s="2">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="G483" s="2">
-        <v>57.0</v>
+        <v>65.0</v>
       </c>
       <c r="H483" s="2">
-        <v>241.0</v>
+        <v>118.0</v>
       </c>
       <c r="I483" s="2">
         <v>0.0</v>
       </c>
       <c r="J483" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="A484" s="2">
         <v>483</v>
       </c>
       <c r="B484" s="2" t="s">
         <v>492</v>
       </c>
       <c r="C484" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D484" s="2"/>
       <c r="E484" s="2">
-        <v>40</v>
+        <v>113</v>
       </c>
       <c r="F484" s="2">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="G484" s="2">
-        <v>41.0</v>
+        <v>111.0</v>
       </c>
       <c r="H484" s="2">
-        <v>382.0</v>
+        <v>159.0</v>
       </c>
       <c r="I484" s="2">
         <v>0.0</v>
       </c>
       <c r="J484" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="A485" s="2">
         <v>484</v>
       </c>
       <c r="B485" s="2" t="s">
         <v>493</v>
       </c>
       <c r="C485" s="2">
         <v>1</v>
       </c>
       <c r="D485" s="2"/>
-      <c r="E485" s="2"/>
+      <c r="E485" s="2">
+        <v>24</v>
+      </c>
       <c r="F485" s="2">
         <v>128</v>
       </c>
       <c r="G485" s="2">
-        <v>47.0</v>
+        <v>53.0</v>
       </c>
       <c r="H485" s="2">
-        <v>323.0</v>
+        <v>228.0</v>
       </c>
       <c r="I485" s="2">
         <v>0.0</v>
       </c>
       <c r="J485" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="A486" s="2">
         <v>485</v>
       </c>
       <c r="B486" s="2" t="s">
         <v>494</v>
       </c>
       <c r="C486" s="2">
         <v>2</v>
       </c>
       <c r="D486" s="2"/>
       <c r="E486" s="2">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F486" s="2">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="G486" s="2">
-        <v>39.0</v>
+        <v>40.0</v>
       </c>
       <c r="H486" s="2">
-        <v>251.0</v>
+        <v>349.0</v>
       </c>
       <c r="I486" s="2">
         <v>0.0</v>
       </c>
       <c r="J486" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="A487" s="2">
         <v>486</v>
       </c>
       <c r="B487" s="2" t="s">
         <v>495</v>
       </c>
       <c r="C487" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D487" s="2"/>
-      <c r="E487" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E487" s="2"/>
       <c r="F487" s="2">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="G487" s="2">
-        <v>26.0</v>
+        <v>45.0</v>
       </c>
       <c r="H487" s="2">
-        <v>392.0</v>
+        <v>323.0</v>
       </c>
       <c r="I487" s="2">
         <v>0.0</v>
       </c>
       <c r="J487" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="A488" s="2">
         <v>487</v>
       </c>
       <c r="B488" s="2" t="s">
         <v>496</v>
       </c>
       <c r="C488" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D488" s="2"/>
-      <c r="E488" s="2"/>
+      <c r="E488" s="2">
+        <v>54</v>
+      </c>
       <c r="F488" s="2">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="G488" s="2">
-        <v>70.0</v>
+        <v>25.0</v>
       </c>
       <c r="H488" s="2">
-        <v>497.0</v>
+        <v>378.0</v>
       </c>
       <c r="I488" s="2">
         <v>0.0</v>
       </c>
       <c r="J488" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="A489" s="2">
         <v>488</v>
       </c>
       <c r="B489" s="2" t="s">
         <v>497</v>
       </c>
       <c r="C489" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D489" s="2"/>
-      <c r="E489" s="2"/>
+      <c r="E489" s="2">
+        <v>42</v>
+      </c>
       <c r="F489" s="2">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G489" s="2">
-        <v>84.0</v>
+        <v>40.0</v>
       </c>
       <c r="H489" s="2">
-        <v>78.0</v>
+        <v>246.0</v>
       </c>
       <c r="I489" s="2">
         <v>0.0</v>
       </c>
       <c r="J489" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="A490" s="2">
         <v>489</v>
       </c>
       <c r="B490" s="2" t="s">
         <v>498</v>
       </c>
       <c r="C490" s="2">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="D490" s="2"/>
+        <v>4</v>
+      </c>
+      <c r="D490" s="2">
+        <v>29</v>
+      </c>
       <c r="E490" s="2">
-        <v>101</v>
+        <v>142</v>
       </c>
       <c r="F490" s="2">
         <v>123</v>
       </c>
       <c r="G490" s="2">
-        <v>64.0</v>
+        <v>76.0</v>
       </c>
       <c r="H490" s="2">
-        <v>120.0</v>
+        <v>177.0</v>
       </c>
       <c r="I490" s="2">
-        <v>0.0</v>
+        <v>7.0</v>
       </c>
       <c r="J490" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="A491" s="2">
         <v>490</v>
       </c>
       <c r="B491" s="2" t="s">
         <v>499</v>
       </c>
       <c r="C491" s="2">
         <v>1</v>
       </c>
       <c r="D491" s="2"/>
       <c r="E491" s="2">
         <v>34</v>
       </c>
       <c r="F491" s="2">
         <v>123</v>
       </c>
       <c r="G491" s="2">
-        <v>67.0</v>
+        <v>65.0</v>
       </c>
       <c r="H491" s="2">
-        <v>160.0</v>
+        <v>155.0</v>
       </c>
       <c r="I491" s="2">
         <v>0.0</v>
       </c>
       <c r="J491" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="A492" s="2">
         <v>491</v>
       </c>
       <c r="B492" s="2" t="s">
         <v>500</v>
       </c>
       <c r="C492" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D492" s="2"/>
-      <c r="E492" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E492" s="2"/>
       <c r="F492" s="2">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="G492" s="2">
-        <v>69.0</v>
+        <v>68.0</v>
       </c>
       <c r="H492" s="2">
-        <v>116.0</v>
+        <v>475.0</v>
       </c>
       <c r="I492" s="2">
         <v>0.0</v>
       </c>
       <c r="J492" s="2">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="A493" s="2">
         <v>492</v>
       </c>
       <c r="B493" s="2" t="s">
         <v>501</v>
       </c>
       <c r="C493" s="2">
         <v>1</v>
       </c>
       <c r="D493" s="2"/>
-      <c r="E493" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E493" s="2"/>
       <c r="F493" s="2">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G493" s="2">
-        <v>81.0</v>
+        <v>84.0</v>
       </c>
       <c r="H493" s="2">
-        <v>324.0</v>
+        <v>74.0</v>
       </c>
       <c r="I493" s="2">
         <v>0.0</v>
       </c>
       <c r="J493" s="2">
-        <v>147.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="A494" s="2">
         <v>493</v>
       </c>
       <c r="B494" s="2" t="s">
         <v>502</v>
       </c>
       <c r="C494" s="2">
-        <v>4</v>
-[...6 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D494" s="2"/>
+      <c r="E494" s="2"/>
       <c r="F494" s="2">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="G494" s="2">
-        <v>78.0</v>
+        <v>38.0</v>
       </c>
       <c r="H494" s="2">
-        <v>197.0</v>
+        <v>372.0</v>
       </c>
       <c r="I494" s="2">
-        <v>7.0</v>
+        <v>0.0</v>
       </c>
       <c r="J494" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="A495" s="2">
         <v>494</v>
       </c>
       <c r="B495" s="2" t="s">
         <v>503</v>
       </c>
       <c r="C495" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D495" s="2"/>
       <c r="E495" s="2">
-        <v>40</v>
+        <v>148</v>
       </c>
       <c r="F495" s="2">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="G495" s="2">
-        <v>47.0</v>
+        <v>67.0</v>
       </c>
       <c r="H495" s="2">
-        <v>139.0</v>
+        <v>116.0</v>
       </c>
       <c r="I495" s="2">
         <v>0.0</v>
       </c>
       <c r="J495" s="2">
-        <v>0.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="496" spans="1:10">
       <c r="A496" s="2">
         <v>495</v>
       </c>
       <c r="B496" s="2" t="s">
         <v>504</v>
       </c>
       <c r="C496" s="2">
         <v>1</v>
       </c>
       <c r="D496" s="2"/>
-      <c r="E496" s="2"/>
+      <c r="E496" s="2">
+        <v>280</v>
+      </c>
       <c r="F496" s="2">
         <v>117</v>
       </c>
       <c r="G496" s="2">
-        <v>38.0</v>
+        <v>77.0</v>
       </c>
       <c r="H496" s="2">
-        <v>381.0</v>
+        <v>314.0</v>
       </c>
       <c r="I496" s="2">
         <v>0.0</v>
       </c>
       <c r="J496" s="2">
-        <v>0.0</v>
+        <v>147.0</v>
       </c>
     </row>
     <row r="497" spans="1:10">
       <c r="A497" s="2">
         <v>496</v>
       </c>
       <c r="B497" s="2" t="s">
         <v>505</v>
       </c>
       <c r="C497" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D497" s="2"/>
       <c r="E497" s="2">
-        <v>560</v>
+        <v>40</v>
       </c>
       <c r="F497" s="2">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="G497" s="2">
-        <v>53.0</v>
+        <v>49.0</v>
       </c>
       <c r="H497" s="2">
-        <v>156.0</v>
+        <v>130.0</v>
       </c>
       <c r="I497" s="2">
         <v>0.0</v>
       </c>
       <c r="J497" s="2">
-        <v>20.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="498" spans="1:10">
       <c r="A498" s="2">
         <v>497</v>
       </c>
       <c r="B498" s="2" t="s">
         <v>506</v>
       </c>
       <c r="C498" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D498" s="2"/>
       <c r="E498" s="2">
-        <v>33</v>
+        <v>560</v>
       </c>
       <c r="F498" s="2">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="G498" s="2">
-        <v>42.0</v>
+        <v>52.0</v>
       </c>
       <c r="H498" s="2">
-        <v>281.0</v>
+        <v>154.0</v>
       </c>
       <c r="I498" s="2">
         <v>0.0</v>
       </c>
       <c r="J498" s="2">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="499" spans="1:10">
       <c r="A499" s="2">
         <v>498</v>
       </c>
       <c r="B499" s="2" t="s">
         <v>507</v>
       </c>
       <c r="C499" s="2">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D499" s="2"/>
       <c r="E499" s="2">
-        <v>33</v>
+        <v>226</v>
       </c>
       <c r="F499" s="2">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G499" s="2">
-        <v>41.0</v>
+        <v>44.0</v>
       </c>
       <c r="H499" s="2">
-        <v>137.0</v>
+        <v>167.0</v>
       </c>
       <c r="I499" s="2">
         <v>0.0</v>
       </c>
       <c r="J499" s="2">
-        <v>0.0</v>
+        <v>202.0</v>
       </c>
     </row>
     <row r="500" spans="1:10">
       <c r="A500" s="2">
         <v>499</v>
       </c>
       <c r="B500" s="2" t="s">
         <v>508</v>
       </c>
       <c r="C500" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D500" s="2"/>
       <c r="E500" s="2">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="F500" s="2">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="G500" s="2">
-        <v>43.0</v>
+        <v>41.0</v>
       </c>
       <c r="H500" s="2">
-        <v>156.0</v>
+        <v>274.0</v>
       </c>
       <c r="I500" s="2">
         <v>0.0</v>
       </c>
       <c r="J500" s="2">
-        <v>13.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="501" spans="1:10">
       <c r="A501" s="2">
         <v>500</v>
       </c>
       <c r="B501" s="2" t="s">
         <v>509</v>
       </c>
       <c r="C501" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D501" s="2"/>
       <c r="E501" s="2">
-        <v>123</v>
+        <v>10</v>
       </c>
       <c r="F501" s="2">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G501" s="2">
-        <v>79.0</v>
+        <v>40.0</v>
       </c>
       <c r="H501" s="2">
-        <v>76.0</v>
+        <v>156.0</v>
       </c>
       <c r="I501" s="2">
         <v>0.0</v>
       </c>
       <c r="J501" s="2">
-        <v>0.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="502" spans="1:10">
       <c r="A502" s="2">
         <v>501</v>
       </c>
       <c r="B502" s="2" t="s">
         <v>510</v>
       </c>
       <c r="C502" s="2">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D502" s="2"/>
+        <v>3</v>
+      </c>
+      <c r="D502" s="2">
+        <v>14</v>
+      </c>
       <c r="E502" s="2">
-        <v>226</v>
+        <v>33</v>
       </c>
       <c r="F502" s="2">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G502" s="2">
-        <v>45.0</v>
+        <v>38.0</v>
       </c>
       <c r="H502" s="2">
-        <v>155.0</v>
+        <v>127.0</v>
       </c>
       <c r="I502" s="2">
         <v>0.0</v>
       </c>
       <c r="J502" s="2">
-        <v>202.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="503" spans="1:10">
       <c r="A503" s="2">
         <v>502</v>
       </c>
       <c r="B503" s="2" t="s">
         <v>511</v>
       </c>
       <c r="C503" s="2">
         <v>1</v>
       </c>
-      <c r="D503" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D503" s="2"/>
       <c r="E503" s="2">
-        <v>20</v>
+        <v>123</v>
       </c>
       <c r="F503" s="2">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G503" s="2">
-        <v>52.0</v>
+        <v>79.0</v>
       </c>
       <c r="H503" s="2">
-        <v>124.0</v>
+        <v>79.0</v>
       </c>
       <c r="I503" s="2">
-        <v>82.0</v>
+        <v>0.0</v>
       </c>
       <c r="J503" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="A504" s="2">
         <v>503</v>
       </c>
       <c r="B504" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C504" s="2">
         <v>2</v>
       </c>
       <c r="D504" s="2"/>
       <c r="E504" s="2">
         <v>102</v>
       </c>
       <c r="F504" s="2">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G504" s="2">
         <v>28.0</v>
       </c>
       <c r="H504" s="2">
-        <v>196.0</v>
+        <v>193.0</v>
       </c>
       <c r="I504" s="2">
         <v>0.0</v>
       </c>
       <c r="J504" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="A505" s="2">
         <v>504</v>
       </c>
       <c r="B505" s="2" t="s">
         <v>513</v>
       </c>
       <c r="C505" s="2">
-        <v>2</v>
-[...2 lines deleted...]
-      <c r="E505" s="2"/>
+        <v>1</v>
+      </c>
+      <c r="D505" s="2">
+        <v>14</v>
+      </c>
+      <c r="E505" s="2">
+        <v>20</v>
+      </c>
       <c r="F505" s="2">
         <v>101</v>
       </c>
       <c r="G505" s="2">
-        <v>35.0</v>
+        <v>53.0</v>
       </c>
       <c r="H505" s="2">
-        <v>107.0</v>
+        <v>119.0</v>
       </c>
       <c r="I505" s="2">
-        <v>0.0</v>
+        <v>86.0</v>
       </c>
       <c r="J505" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="A506" s="2">
         <v>505</v>
       </c>
       <c r="B506" s="2" t="s">
         <v>514</v>
       </c>
       <c r="C506" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D506" s="2"/>
+        <v>3</v>
+      </c>
+      <c r="D506" s="2">
+        <v>8</v>
+      </c>
       <c r="E506" s="2">
-        <v>70</v>
+        <v>160</v>
       </c>
       <c r="F506" s="2">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G506" s="2">
-        <v>47.0</v>
+        <v>38.0</v>
       </c>
       <c r="H506" s="2">
-        <v>93.0</v>
+        <v>162.0</v>
       </c>
       <c r="I506" s="2">
         <v>0.0</v>
       </c>
       <c r="J506" s="2">
-        <v>10.0</v>
+        <v>492.0</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="A507" s="2">
         <v>506</v>
       </c>
       <c r="B507" s="2" t="s">
         <v>515</v>
       </c>
       <c r="C507" s="2">
-        <v>3</v>
-[...6 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="D507" s="2"/>
+      <c r="E507" s="2"/>
       <c r="F507" s="2">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G507" s="2">
-        <v>36.0</v>
+        <v>34.0</v>
       </c>
       <c r="H507" s="2">
-        <v>169.0</v>
+        <v>100.0</v>
       </c>
       <c r="I507" s="2">
         <v>0.0</v>
       </c>
       <c r="J507" s="2">
-        <v>492.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="A508" s="2">
         <v>507</v>
       </c>
       <c r="B508" s="2" t="s">
         <v>516</v>
       </c>
       <c r="C508" s="2">
         <v>3</v>
       </c>
       <c r="D508" s="2"/>
       <c r="E508" s="2">
         <v>136</v>
       </c>
       <c r="F508" s="2">
         <v>99</v>
       </c>
       <c r="G508" s="2">
-        <v>45.0</v>
+        <v>44.0</v>
       </c>
       <c r="H508" s="2">
-        <v>136.0</v>
+        <v>139.0</v>
       </c>
       <c r="I508" s="2">
         <v>0.0</v>
       </c>
       <c r="J508" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="509" spans="1:10">
       <c r="A509" s="2">
         <v>508</v>
       </c>
       <c r="B509" s="2" t="s">
         <v>517</v>
       </c>
       <c r="C509" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D509" s="2"/>
-      <c r="E509" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E509" s="2"/>
       <c r="F509" s="2">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G509" s="2">
-        <v>31.0</v>
+        <v>46.0</v>
       </c>
       <c r="H509" s="2">
-        <v>87.0</v>
+        <v>139.0</v>
       </c>
       <c r="I509" s="2">
         <v>0.0</v>
       </c>
       <c r="J509" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="510" spans="1:10">
       <c r="A510" s="2">
         <v>509</v>
       </c>
       <c r="B510" s="2" t="s">
         <v>518</v>
       </c>
       <c r="C510" s="2">
         <v>1</v>
       </c>
       <c r="D510" s="2"/>
       <c r="E510" s="2">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="F510" s="2">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G510" s="2">
-        <v>23.0</v>
+        <v>45.0</v>
       </c>
       <c r="H510" s="2">
-        <v>174.0</v>
+        <v>93.0</v>
       </c>
       <c r="I510" s="2">
         <v>0.0</v>
       </c>
       <c r="J510" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="511" spans="1:10">
       <c r="A511" s="2">
         <v>510</v>
       </c>
       <c r="B511" s="2" t="s">
         <v>519</v>
       </c>
       <c r="C511" s="2">
         <v>1</v>
       </c>
       <c r="D511" s="2"/>
-      <c r="E511" s="2"/>
+      <c r="E511" s="2">
+        <v>83</v>
+      </c>
       <c r="F511" s="2">
         <v>97</v>
       </c>
       <c r="G511" s="2">
-        <v>48.0</v>
+        <v>23.0</v>
       </c>
       <c r="H511" s="2">
-        <v>134.0</v>
+        <v>178.0</v>
       </c>
       <c r="I511" s="2">
         <v>0.0</v>
       </c>
       <c r="J511" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="512" spans="1:10">
       <c r="A512" s="2">
         <v>511</v>
       </c>
       <c r="B512" s="2" t="s">
         <v>520</v>
       </c>
       <c r="C512" s="2">
         <v>2</v>
       </c>
       <c r="D512" s="2"/>
       <c r="E512" s="2"/>
       <c r="F512" s="2">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="G512" s="2">
         <v>23.0</v>
       </c>
       <c r="H512" s="2">
-        <v>202.0</v>
+        <v>188.0</v>
       </c>
       <c r="I512" s="2">
         <v>0.0</v>
       </c>
       <c r="J512" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="513" spans="1:10">
       <c r="A513" s="2">
         <v>512</v>
       </c>
       <c r="B513" s="2" t="s">
         <v>521</v>
       </c>
       <c r="C513" s="2">
         <v>2</v>
       </c>
       <c r="D513" s="2"/>
       <c r="E513" s="2"/>
       <c r="F513" s="2">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="G513" s="2">
         <v>23.0</v>
       </c>
       <c r="H513" s="2">
-        <v>202.0</v>
+        <v>188.0</v>
       </c>
       <c r="I513" s="2">
         <v>0.0</v>
       </c>
       <c r="J513" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="514" spans="1:10">
       <c r="A514" s="2">
         <v>513</v>
       </c>
       <c r="B514" s="2" t="s">
         <v>522</v>
       </c>
       <c r="C514" s="2">
         <v>1</v>
       </c>
       <c r="D514" s="2"/>
       <c r="E514" s="2">
         <v>45</v>
       </c>
       <c r="F514" s="2">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G514" s="2">
-        <v>23.0</v>
+        <v>21.0</v>
       </c>
       <c r="H514" s="2">
-        <v>197.0</v>
+        <v>196.0</v>
       </c>
       <c r="I514" s="2">
         <v>0.0</v>
       </c>
       <c r="J514" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="515" spans="1:10">
       <c r="A515" s="2">
         <v>514</v>
       </c>
       <c r="B515" s="2" t="s">
         <v>523</v>
       </c>
       <c r="C515" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D515" s="2"/>
       <c r="E515" s="2"/>
       <c r="F515" s="2">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="G515" s="2">
-        <v>76.0</v>
+        <v>56.0</v>
       </c>
       <c r="H515" s="2">
-        <v>258.0</v>
+        <v>57.0</v>
       </c>
       <c r="I515" s="2">
         <v>0.0</v>
       </c>
       <c r="J515" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="516" spans="1:10">
       <c r="A516" s="2">
         <v>515</v>
       </c>
       <c r="B516" s="2" t="s">
         <v>524</v>
       </c>
       <c r="C516" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D516" s="2"/>
-      <c r="E516" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E516" s="2"/>
       <c r="F516" s="2">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="G516" s="2">
-        <v>32.0</v>
+        <v>75.0</v>
       </c>
       <c r="H516" s="2">
-        <v>138.0</v>
+        <v>268.0</v>
       </c>
       <c r="I516" s="2">
         <v>0.0</v>
       </c>
       <c r="J516" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="517" spans="1:10">
       <c r="A517" s="2">
         <v>516</v>
       </c>
       <c r="B517" s="2" t="s">
         <v>525</v>
       </c>
       <c r="C517" s="2">
         <v>1</v>
       </c>
       <c r="D517" s="2"/>
-      <c r="E517" s="2"/>
+      <c r="E517" s="2">
+        <v>731</v>
+      </c>
       <c r="F517" s="2">
         <v>93</v>
       </c>
       <c r="G517" s="2">
-        <v>23.0</v>
+        <v>32.0</v>
       </c>
       <c r="H517" s="2">
         <v>137.0</v>
       </c>
       <c r="I517" s="2">
         <v>0.0</v>
       </c>
       <c r="J517" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="518" spans="1:10">
       <c r="A518" s="2">
         <v>517</v>
       </c>
       <c r="B518" s="2" t="s">
         <v>526</v>
       </c>
       <c r="C518" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D518" s="2"/>
       <c r="E518" s="2">
-        <v>398</v>
+        <v>6</v>
       </c>
       <c r="F518" s="2">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G518" s="2">
-        <v>52.0</v>
+        <v>50.0</v>
       </c>
       <c r="H518" s="2">
-        <v>245.0</v>
+        <v>231.0</v>
       </c>
       <c r="I518" s="2">
         <v>0.0</v>
       </c>
       <c r="J518" s="2">
-        <v>35.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="519" spans="1:10">
       <c r="A519" s="2">
         <v>518</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>527</v>
       </c>
       <c r="C519" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D519" s="2"/>
       <c r="E519" s="2">
-        <v>6</v>
+        <v>398</v>
       </c>
       <c r="F519" s="2">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G519" s="2">
-        <v>52.0</v>
+        <v>49.0</v>
       </c>
       <c r="H519" s="2">
-        <v>231.0</v>
+        <v>239.0</v>
       </c>
       <c r="I519" s="2">
         <v>0.0</v>
       </c>
       <c r="J519" s="2">
-        <v>0.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="520" spans="1:10">
       <c r="A520" s="2">
         <v>519</v>
       </c>
       <c r="B520" s="2" t="s">
         <v>528</v>
       </c>
       <c r="C520" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D520" s="2"/>
       <c r="E520" s="2">
-        <v>218</v>
+        <v>478</v>
       </c>
       <c r="F520" s="2">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="G520" s="2">
-        <v>16.0</v>
+        <v>26.0</v>
       </c>
       <c r="H520" s="2">
-        <v>162.0</v>
+        <v>79.0</v>
       </c>
       <c r="I520" s="2">
         <v>0.0</v>
       </c>
       <c r="J520" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="521" spans="1:10">
       <c r="A521" s="2">
         <v>520</v>
       </c>
       <c r="B521" s="2" t="s">
         <v>529</v>
       </c>
       <c r="C521" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D521" s="2"/>
       <c r="E521" s="2">
-        <v>264</v>
+        <v>58</v>
       </c>
       <c r="F521" s="2">
         <v>89</v>
       </c>
       <c r="G521" s="2">
-        <v>57.0</v>
+        <v>24.0</v>
       </c>
       <c r="H521" s="2">
-        <v>173.0</v>
+        <v>122.0</v>
       </c>
       <c r="I521" s="2">
         <v>0.0</v>
       </c>
       <c r="J521" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="522" spans="1:10">
       <c r="A522" s="2">
         <v>521</v>
       </c>
       <c r="B522" s="2" t="s">
         <v>530</v>
       </c>
       <c r="C522" s="2">
         <v>1</v>
       </c>
-      <c r="D522" s="2"/>
-      <c r="E522" s="2"/>
+      <c r="D522" s="2">
+        <v>2</v>
+      </c>
+      <c r="E522" s="2">
+        <v>35</v>
+      </c>
       <c r="F522" s="2">
         <v>88</v>
       </c>
       <c r="G522" s="2">
-        <v>16.0</v>
+        <v>45.0</v>
       </c>
       <c r="H522" s="2">
-        <v>174.0</v>
+        <v>69.0</v>
       </c>
       <c r="I522" s="2">
-        <v>0.0</v>
+        <v>38.0</v>
       </c>
       <c r="J522" s="2">
-        <v>0.0</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="523" spans="1:10">
       <c r="A523" s="2">
         <v>522</v>
       </c>
       <c r="B523" s="2" t="s">
         <v>531</v>
       </c>
       <c r="C523" s="2">
         <v>1</v>
       </c>
-      <c r="D523" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D523" s="2"/>
       <c r="E523" s="2">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F523" s="2">
         <v>88</v>
       </c>
       <c r="G523" s="2">
-        <v>45.0</v>
+        <v>49.0</v>
       </c>
       <c r="H523" s="2">
-        <v>68.0</v>
+        <v>265.0</v>
       </c>
       <c r="I523" s="2">
-        <v>170.0</v>
+        <v>0.0</v>
       </c>
       <c r="J523" s="2">
-        <v>42.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="524" spans="1:10">
       <c r="A524" s="2">
         <v>523</v>
       </c>
       <c r="B524" s="2" t="s">
         <v>532</v>
       </c>
       <c r="C524" s="2">
         <v>2</v>
       </c>
       <c r="D524" s="2"/>
       <c r="E524" s="2">
-        <v>431</v>
+        <v>264</v>
       </c>
       <c r="F524" s="2">
         <v>88</v>
       </c>
       <c r="G524" s="2">
-        <v>48.0</v>
+        <v>56.0</v>
       </c>
       <c r="H524" s="2">
-        <v>111.0</v>
+        <v>161.0</v>
       </c>
       <c r="I524" s="2">
         <v>0.0</v>
       </c>
       <c r="J524" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="525" spans="1:10">
       <c r="A525" s="2">
         <v>524</v>
       </c>
       <c r="B525" s="2" t="s">
         <v>533</v>
       </c>
       <c r="C525" s="2">
         <v>1</v>
       </c>
       <c r="D525" s="2"/>
-      <c r="E525" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E525" s="2"/>
       <c r="F525" s="2">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G525" s="2">
-        <v>25.0</v>
+        <v>17.0</v>
       </c>
       <c r="H525" s="2">
-        <v>119.0</v>
+        <v>180.0</v>
       </c>
       <c r="I525" s="2">
         <v>0.0</v>
       </c>
       <c r="J525" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="526" spans="1:10">
       <c r="A526" s="2">
         <v>525</v>
       </c>
       <c r="B526" s="2" t="s">
         <v>534</v>
       </c>
       <c r="C526" s="2">
         <v>1</v>
       </c>
       <c r="D526" s="2"/>
       <c r="E526" s="2">
-        <v>32</v>
+        <v>218</v>
       </c>
       <c r="F526" s="2">
         <v>87</v>
       </c>
       <c r="G526" s="2">
-        <v>49.0</v>
+        <v>14.0</v>
       </c>
       <c r="H526" s="2">
-        <v>272.0</v>
+        <v>154.0</v>
       </c>
       <c r="I526" s="2">
         <v>0.0</v>
       </c>
       <c r="J526" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="527" spans="1:10">
       <c r="A527" s="2">
         <v>526</v>
       </c>
       <c r="B527" s="2" t="s">
         <v>535</v>
       </c>
       <c r="C527" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D527" s="2"/>
-      <c r="E527" s="2"/>
+      <c r="E527" s="2">
+        <v>431</v>
+      </c>
       <c r="F527" s="2">
         <v>86</v>
       </c>
       <c r="G527" s="2">
-        <v>29.0</v>
+        <v>47.0</v>
       </c>
       <c r="H527" s="2">
-        <v>77.0</v>
+        <v>114.0</v>
       </c>
       <c r="I527" s="2">
         <v>0.0</v>
       </c>
       <c r="J527" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="528" spans="1:10">
       <c r="A528" s="2">
         <v>527</v>
       </c>
       <c r="B528" s="2" t="s">
         <v>536</v>
       </c>
       <c r="C528" s="2">
         <v>1</v>
       </c>
       <c r="D528" s="2"/>
       <c r="E528" s="2"/>
       <c r="F528" s="2">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="G528" s="2">
-        <v>29.0</v>
+        <v>28.0</v>
       </c>
       <c r="H528" s="2">
-        <v>77.0</v>
+        <v>76.0</v>
       </c>
       <c r="I528" s="2">
         <v>0.0</v>
       </c>
       <c r="J528" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="529" spans="1:10">
       <c r="A529" s="2">
         <v>528</v>
       </c>
       <c r="B529" s="2" t="s">
         <v>537</v>
       </c>
       <c r="C529" s="2">
         <v>1</v>
       </c>
       <c r="D529" s="2"/>
-      <c r="E529" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E529" s="2"/>
       <c r="F529" s="2">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="G529" s="2">
-        <v>44.0</v>
+        <v>28.0</v>
       </c>
       <c r="H529" s="2">
-        <v>271.0</v>
+        <v>76.0</v>
       </c>
       <c r="I529" s="2">
         <v>0.0</v>
       </c>
       <c r="J529" s="2">
-        <v>329.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="530" spans="1:10">
       <c r="A530" s="2">
         <v>529</v>
       </c>
       <c r="B530" s="2" t="s">
         <v>538</v>
       </c>
       <c r="C530" s="2">
         <v>1</v>
       </c>
       <c r="D530" s="2"/>
       <c r="E530" s="2"/>
       <c r="F530" s="2">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G530" s="2">
-        <v>54.0</v>
+        <v>22.0</v>
       </c>
       <c r="H530" s="2">
-        <v>54.0</v>
+        <v>124.0</v>
       </c>
       <c r="I530" s="2">
         <v>0.0</v>
       </c>
       <c r="J530" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="531" spans="1:10">
       <c r="A531" s="2">
         <v>530</v>
       </c>
       <c r="B531" s="2" t="s">
         <v>539</v>
       </c>
       <c r="C531" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D531" s="2"/>
       <c r="E531" s="2">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="F531" s="2">
         <v>83</v>
       </c>
       <c r="G531" s="2">
-        <v>39.0</v>
+        <v>47.0</v>
       </c>
       <c r="H531" s="2">
-        <v>140.0</v>
+        <v>274.0</v>
       </c>
       <c r="I531" s="2">
         <v>0.0</v>
       </c>
       <c r="J531" s="2">
-        <v>0.0</v>
+        <v>329.0</v>
       </c>
     </row>
     <row r="532" spans="1:10">
       <c r="A532" s="2">
         <v>531</v>
       </c>
       <c r="B532" s="2" t="s">
         <v>540</v>
       </c>
       <c r="C532" s="2">
         <v>3</v>
       </c>
       <c r="D532" s="2"/>
       <c r="E532" s="2">
         <v>44</v>
       </c>
       <c r="F532" s="2">
         <v>82</v>
       </c>
       <c r="G532" s="2">
-        <v>17.0</v>
+        <v>18.0</v>
       </c>
       <c r="H532" s="2">
-        <v>115.0</v>
+        <v>119.0</v>
       </c>
       <c r="I532" s="2">
         <v>0.0</v>
       </c>
       <c r="J532" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="533" spans="1:10">
       <c r="A533" s="2">
         <v>532</v>
       </c>
       <c r="B533" s="2" t="s">
         <v>541</v>
       </c>
       <c r="C533" s="2">
-        <v>1</v>
-[...4 lines deleted...]
-      <c r="E533" s="2"/>
+        <v>2</v>
+      </c>
+      <c r="D533" s="2"/>
+      <c r="E533" s="2">
+        <v>118</v>
+      </c>
       <c r="F533" s="2">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="G533" s="2">
-        <v>16.0</v>
+        <v>36.0</v>
       </c>
       <c r="H533" s="2">
-        <v>82.0</v>
+        <v>125.0</v>
       </c>
       <c r="I533" s="2">
         <v>0.0</v>
       </c>
       <c r="J533" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="534" spans="1:10">
       <c r="A534" s="2">
         <v>533</v>
       </c>
       <c r="B534" s="2" t="s">
         <v>542</v>
       </c>
       <c r="C534" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D534" s="2"/>
-      <c r="E534" s="2"/>
+      <c r="E534" s="2">
+        <v>4</v>
+      </c>
       <c r="F534" s="2">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G534" s="2">
-        <v>43.0</v>
+        <v>33.0</v>
       </c>
       <c r="H534" s="2">
-        <v>76.0</v>
+        <v>147.0</v>
       </c>
       <c r="I534" s="2">
         <v>0.0</v>
       </c>
       <c r="J534" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="A535" s="2">
         <v>534</v>
       </c>
       <c r="B535" s="2" t="s">
         <v>543</v>
       </c>
       <c r="C535" s="2">
         <v>1</v>
       </c>
       <c r="D535" s="2"/>
-      <c r="E535" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E535" s="2"/>
       <c r="F535" s="2">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G535" s="2">
-        <v>60.0</v>
+        <v>40.0</v>
       </c>
       <c r="H535" s="2">
-        <v>100.0</v>
+        <v>79.0</v>
       </c>
       <c r="I535" s="2">
         <v>0.0</v>
       </c>
       <c r="J535" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="A536" s="2">
         <v>535</v>
       </c>
       <c r="B536" s="2" t="s">
         <v>544</v>
       </c>
       <c r="C536" s="2">
+        <v>1</v>
+      </c>
+      <c r="D536" s="2">
         <v>3</v>
       </c>
-      <c r="D536" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E536" s="2"/>
       <c r="F536" s="2">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="G536" s="2">
-        <v>32.0</v>
+        <v>15.0</v>
       </c>
       <c r="H536" s="2">
-        <v>143.0</v>
+        <v>82.0</v>
       </c>
       <c r="I536" s="2">
         <v>0.0</v>
       </c>
       <c r="J536" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="A537" s="2">
         <v>536</v>
       </c>
       <c r="B537" s="2" t="s">
         <v>545</v>
       </c>
       <c r="C537" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D537" s="2"/>
-      <c r="E537" s="2"/>
+      <c r="E537" s="2">
+        <v>7</v>
+      </c>
       <c r="F537" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G537" s="2">
-        <v>22.0</v>
+        <v>57.0</v>
       </c>
       <c r="H537" s="2">
-        <v>97.0</v>
+        <v>95.0</v>
       </c>
       <c r="I537" s="2">
         <v>0.0</v>
       </c>
       <c r="J537" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="A538" s="2">
         <v>537</v>
       </c>
       <c r="B538" s="2" t="s">
         <v>546</v>
       </c>
       <c r="C538" s="2">
         <v>1</v>
       </c>
       <c r="D538" s="2"/>
-      <c r="E538" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E538" s="2"/>
       <c r="F538" s="2">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G538" s="2">
-        <v>24.0</v>
+        <v>19.0</v>
       </c>
       <c r="H538" s="2">
-        <v>72.0</v>
+        <v>120.0</v>
       </c>
       <c r="I538" s="2">
         <v>0.0</v>
       </c>
       <c r="J538" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="A539" s="2">
         <v>538</v>
       </c>
       <c r="B539" s="2" t="s">
         <v>547</v>
       </c>
       <c r="C539" s="2">
         <v>1</v>
       </c>
       <c r="D539" s="2"/>
       <c r="E539" s="2"/>
       <c r="F539" s="2">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G539" s="2">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
       <c r="H539" s="2">
-        <v>126.0</v>
+        <v>92.0</v>
       </c>
       <c r="I539" s="2">
         <v>0.0</v>
       </c>
       <c r="J539" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="A540" s="2">
         <v>539</v>
       </c>
       <c r="B540" s="2" t="s">
         <v>548</v>
       </c>
       <c r="C540" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D540" s="2"/>
-      <c r="E540" s="2"/>
+      <c r="E540" s="2">
+        <v>224</v>
+      </c>
       <c r="F540" s="2">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G540" s="2">
-        <v>16.0</v>
+        <v>40.0</v>
       </c>
       <c r="H540" s="2">
-        <v>88.0</v>
+        <v>53.0</v>
       </c>
       <c r="I540" s="2">
         <v>0.0</v>
       </c>
       <c r="J540" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="541" spans="1:10">
       <c r="A541" s="2">
         <v>540</v>
       </c>
       <c r="B541" s="2" t="s">
         <v>549</v>
       </c>
       <c r="C541" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D541" s="2"/>
       <c r="E541" s="2"/>
       <c r="F541" s="2">
         <v>74</v>
       </c>
       <c r="G541" s="2">
-        <v>19.0</v>
+        <v>22.0</v>
       </c>
       <c r="H541" s="2">
-        <v>129.0</v>
+        <v>89.0</v>
       </c>
       <c r="I541" s="2">
         <v>0.0</v>
       </c>
       <c r="J541" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="542" spans="1:10">
       <c r="A542" s="2">
         <v>541</v>
       </c>
       <c r="B542" s="2" t="s">
         <v>550</v>
       </c>
       <c r="C542" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D542" s="2"/>
       <c r="E542" s="2">
-        <v>224</v>
+        <v>406</v>
       </c>
       <c r="F542" s="2">
         <v>73</v>
       </c>
       <c r="G542" s="2">
-        <v>39.0</v>
+        <v>24.0</v>
       </c>
       <c r="H542" s="2">
-        <v>55.0</v>
+        <v>67.0</v>
       </c>
       <c r="I542" s="2">
         <v>0.0</v>
       </c>
       <c r="J542" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="543" spans="1:10">
       <c r="A543" s="2">
         <v>542</v>
       </c>
       <c r="B543" s="2" t="s">
         <v>551</v>
       </c>
       <c r="C543" s="2">
         <v>2</v>
       </c>
       <c r="D543" s="2"/>
       <c r="E543" s="2"/>
       <c r="F543" s="2">
         <v>72</v>
       </c>
       <c r="G543" s="2">
-        <v>50.0</v>
+        <v>49.0</v>
       </c>
       <c r="H543" s="2">
-        <v>87.0</v>
+        <v>86.0</v>
       </c>
       <c r="I543" s="2">
         <v>0.0</v>
       </c>
       <c r="J543" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="544" spans="1:10">
       <c r="A544" s="2">
         <v>543</v>
       </c>
       <c r="B544" s="2" t="s">
         <v>552</v>
       </c>
       <c r="C544" s="2">
         <v>1</v>
       </c>
       <c r="D544" s="2"/>
       <c r="E544" s="2"/>
       <c r="F544" s="2">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="G544" s="2">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="H544" s="2">
-        <v>63.0</v>
+        <v>124.0</v>
       </c>
       <c r="I544" s="2">
         <v>0.0</v>
       </c>
       <c r="J544" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="545" spans="1:10">
       <c r="A545" s="2">
         <v>544</v>
       </c>
       <c r="B545" s="2" t="s">
         <v>553</v>
       </c>
       <c r="C545" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D545" s="2"/>
-      <c r="E545" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E545" s="2"/>
       <c r="F545" s="2">
         <v>68</v>
       </c>
       <c r="G545" s="2">
-        <v>27.0</v>
+        <v>42.0</v>
       </c>
       <c r="H545" s="2">
-        <v>124.0</v>
+        <v>30.0</v>
       </c>
       <c r="I545" s="2">
         <v>0.0</v>
       </c>
       <c r="J545" s="2">
-        <v>129.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="546" spans="1:10">
       <c r="A546" s="2">
         <v>545</v>
       </c>
       <c r="B546" s="2" t="s">
         <v>554</v>
       </c>
       <c r="C546" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D546" s="2"/>
-      <c r="E546" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E546" s="2"/>
       <c r="F546" s="2">
         <v>67</v>
       </c>
       <c r="G546" s="2">
-        <v>30.0</v>
+        <v>16.0</v>
       </c>
       <c r="H546" s="2">
-        <v>108.0</v>
+        <v>63.0</v>
       </c>
       <c r="I546" s="2">
         <v>0.0</v>
       </c>
       <c r="J546" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="547" spans="1:10">
       <c r="A547" s="2">
         <v>546</v>
       </c>
       <c r="B547" s="2" t="s">
         <v>555</v>
       </c>
       <c r="C547" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D547" s="2"/>
-      <c r="E547" s="2"/>
+      <c r="E547" s="2">
+        <v>79</v>
+      </c>
       <c r="F547" s="2">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="G547" s="2">
-        <v>42.0</v>
+        <v>30.0</v>
       </c>
       <c r="H547" s="2">
-        <v>32.0</v>
+        <v>109.0</v>
       </c>
       <c r="I547" s="2">
         <v>0.0</v>
       </c>
       <c r="J547" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="548" spans="1:10">
       <c r="A548" s="2">
         <v>547</v>
       </c>
       <c r="B548" s="2" t="s">
         <v>556</v>
       </c>
       <c r="C548" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D548" s="2"/>
-      <c r="E548" s="2"/>
+      <c r="E548" s="2">
+        <v>106</v>
+      </c>
       <c r="F548" s="2">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G548" s="2">
-        <v>13.0</v>
+        <v>27.0</v>
       </c>
       <c r="H548" s="2">
-        <v>96.0</v>
+        <v>104.0</v>
       </c>
       <c r="I548" s="2">
         <v>0.0</v>
       </c>
       <c r="J548" s="2">
-        <v>0.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="549" spans="1:10">
       <c r="A549" s="2">
         <v>548</v>
       </c>
       <c r="B549" s="2" t="s">
         <v>557</v>
       </c>
       <c r="C549" s="2">
         <v>1</v>
       </c>
-      <c r="D549" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D549" s="2"/>
+      <c r="E549" s="2"/>
       <c r="F549" s="2">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="G549" s="2">
-        <v>28.0</v>
+        <v>13.0</v>
       </c>
       <c r="H549" s="2">
-        <v>49.0</v>
+        <v>98.0</v>
       </c>
       <c r="I549" s="2">
         <v>0.0</v>
       </c>
       <c r="J549" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="550" spans="1:10">
       <c r="A550" s="2">
         <v>549</v>
       </c>
       <c r="B550" s="2" t="s">
         <v>558</v>
       </c>
       <c r="C550" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D550" s="2"/>
-      <c r="E550" s="2"/>
+      <c r="E550" s="2">
+        <v>422</v>
+      </c>
       <c r="F550" s="2">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G550" s="2">
-        <v>27.0</v>
+        <v>15.0</v>
       </c>
       <c r="H550" s="2">
-        <v>45.0</v>
+        <v>103.0</v>
       </c>
       <c r="I550" s="2">
         <v>0.0</v>
       </c>
       <c r="J550" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="551" spans="1:10">
       <c r="A551" s="2">
         <v>550</v>
       </c>
       <c r="B551" s="2" t="s">
         <v>559</v>
       </c>
       <c r="C551" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D551" s="2"/>
       <c r="E551" s="2"/>
       <c r="F551" s="2">
         <v>61</v>
       </c>
       <c r="G551" s="2">
-        <v>11.0</v>
+        <v>17.0</v>
       </c>
       <c r="H551" s="2">
-        <v>83.0</v>
+        <v>89.0</v>
       </c>
       <c r="I551" s="2">
         <v>0.0</v>
       </c>
       <c r="J551" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="552" spans="1:10">
       <c r="A552" s="2">
         <v>551</v>
       </c>
       <c r="B552" s="2" t="s">
         <v>560</v>
       </c>
       <c r="C552" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D552" s="2"/>
       <c r="E552" s="2"/>
       <c r="F552" s="2">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G552" s="2">
-        <v>17.0</v>
+        <v>27.0</v>
       </c>
       <c r="H552" s="2">
-        <v>66.0</v>
+        <v>45.0</v>
       </c>
       <c r="I552" s="2">
         <v>0.0</v>
       </c>
       <c r="J552" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="553" spans="1:10">
       <c r="A553" s="2">
         <v>552</v>
       </c>
       <c r="B553" s="2" t="s">
         <v>561</v>
       </c>
       <c r="C553" s="2">
         <v>1</v>
       </c>
       <c r="D553" s="2"/>
       <c r="E553" s="2">
         <v>5</v>
       </c>
       <c r="F553" s="2">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G553" s="2">
         <v>25.0</v>
       </c>
       <c r="H553" s="2">
-        <v>49.0</v>
+        <v>46.0</v>
       </c>
       <c r="I553" s="2">
         <v>0.0</v>
       </c>
       <c r="J553" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="554" spans="1:10">
       <c r="A554" s="2">
         <v>553</v>
       </c>
       <c r="B554" s="2" t="s">
         <v>562</v>
       </c>
       <c r="C554" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D554" s="2"/>
       <c r="E554" s="2">
-        <v>422</v>
+        <v>588</v>
       </c>
       <c r="F554" s="2">
         <v>60</v>
       </c>
       <c r="G554" s="2">
-        <v>16.0</v>
+        <v>15.0</v>
       </c>
       <c r="H554" s="2">
-        <v>102.0</v>
+        <v>85.0</v>
       </c>
       <c r="I554" s="2">
         <v>0.0</v>
       </c>
       <c r="J554" s="2">
-        <v>0.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="555" spans="1:10">
       <c r="A555" s="2">
         <v>554</v>
       </c>
       <c r="B555" s="2" t="s">
         <v>563</v>
       </c>
       <c r="C555" s="2">
         <v>1</v>
       </c>
       <c r="D555" s="2"/>
-      <c r="E555" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E555" s="2"/>
       <c r="F555" s="2">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G555" s="2">
-        <v>14.0</v>
+        <v>8.0</v>
       </c>
       <c r="H555" s="2">
-        <v>87.0</v>
+        <v>84.0</v>
       </c>
       <c r="I555" s="2">
         <v>0.0</v>
       </c>
       <c r="J555" s="2">
-        <v>300.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="556" spans="1:10">
       <c r="A556" s="2">
         <v>555</v>
       </c>
       <c r="B556" s="2" t="s">
         <v>564</v>
       </c>
       <c r="C556" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D556" s="2"/>
-      <c r="E556" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E556" s="2"/>
       <c r="F556" s="2">
         <v>59</v>
       </c>
       <c r="G556" s="2">
-        <v>22.0</v>
+        <v>14.0</v>
       </c>
       <c r="H556" s="2">
-        <v>62.0</v>
+        <v>61.0</v>
       </c>
       <c r="I556" s="2">
         <v>0.0</v>
       </c>
       <c r="J556" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="557" spans="1:10">
       <c r="A557" s="2">
         <v>556</v>
       </c>
       <c r="B557" s="2" t="s">
         <v>565</v>
       </c>
       <c r="C557" s="2">
         <v>1</v>
       </c>
       <c r="D557" s="2"/>
       <c r="E557" s="2">
         <v>136</v>
       </c>
       <c r="F557" s="2">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G557" s="2">
-        <v>23.0</v>
+        <v>22.0</v>
       </c>
       <c r="H557" s="2">
-        <v>80.0</v>
+        <v>82.0</v>
       </c>
       <c r="I557" s="2">
         <v>0.0</v>
       </c>
       <c r="J557" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="558" spans="1:10">
       <c r="A558" s="2">
         <v>557</v>
       </c>
       <c r="B558" s="2" t="s">
         <v>566</v>
       </c>
       <c r="C558" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D558" s="2"/>
-      <c r="E558" s="2"/>
+      <c r="E558" s="2">
+        <v>182</v>
+      </c>
       <c r="F558" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G558" s="2">
-        <v>14.0</v>
+        <v>22.0</v>
       </c>
       <c r="H558" s="2">
-        <v>61.0</v>
+        <v>63.0</v>
       </c>
       <c r="I558" s="2">
         <v>0.0</v>
       </c>
       <c r="J558" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="559" spans="1:10">
       <c r="A559" s="2">
         <v>558</v>
       </c>
       <c r="B559" s="2" t="s">
         <v>567</v>
       </c>
       <c r="C559" s="2">
-        <v>2</v>
-[...2 lines deleted...]
-      <c r="E559" s="2"/>
+        <v>1</v>
+      </c>
+      <c r="D559" s="2">
+        <v>14</v>
+      </c>
+      <c r="E559" s="2">
+        <v>16</v>
+      </c>
       <c r="F559" s="2">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G559" s="2">
-        <v>16.0</v>
+        <v>26.0</v>
       </c>
       <c r="H559" s="2">
-        <v>74.0</v>
+        <v>47.0</v>
       </c>
       <c r="I559" s="2">
         <v>0.0</v>
       </c>
       <c r="J559" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="560" spans="1:10">
       <c r="A560" s="2">
         <v>559</v>
       </c>
       <c r="B560" s="2" t="s">
         <v>568</v>
       </c>
       <c r="C560" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D560" s="2"/>
       <c r="E560" s="2"/>
       <c r="F560" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G560" s="2">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
       <c r="H560" s="2">
-        <v>48.0</v>
+        <v>75.0</v>
       </c>
       <c r="I560" s="2">
         <v>0.0</v>
       </c>
       <c r="J560" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="561" spans="1:10">
       <c r="A561" s="2">
         <v>560</v>
       </c>
       <c r="B561" s="2" t="s">
         <v>569</v>
       </c>
       <c r="C561" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D561" s="2"/>
-      <c r="E561" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E561" s="2"/>
       <c r="F561" s="2">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G561" s="2">
-        <v>31.0</v>
+        <v>10.0</v>
       </c>
       <c r="H561" s="2">
-        <v>26.0</v>
+        <v>47.0</v>
       </c>
       <c r="I561" s="2">
         <v>0.0</v>
       </c>
       <c r="J561" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="562" spans="1:10">
       <c r="A562" s="2">
         <v>561</v>
       </c>
       <c r="B562" s="2" t="s">
         <v>570</v>
       </c>
       <c r="C562" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D562" s="2"/>
-      <c r="E562" s="2"/>
+      <c r="E562" s="2">
+        <v>4</v>
+      </c>
       <c r="F562" s="2">
         <v>52</v>
       </c>
       <c r="G562" s="2">
-        <v>16.0</v>
+        <v>31.0</v>
       </c>
       <c r="H562" s="2">
-        <v>93.0</v>
+        <v>24.0</v>
       </c>
       <c r="I562" s="2">
         <v>0.0</v>
       </c>
       <c r="J562" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="563" spans="1:10">
       <c r="A563" s="2">
         <v>562</v>
       </c>
       <c r="B563" s="2" t="s">
         <v>571</v>
       </c>
       <c r="C563" s="2">
         <v>1</v>
       </c>
       <c r="D563" s="2"/>
-      <c r="E563" s="2"/>
+      <c r="E563" s="2">
+        <v>110</v>
+      </c>
       <c r="F563" s="2">
         <v>50</v>
       </c>
       <c r="G563" s="2">
-        <v>5.0</v>
+        <v>12.0</v>
       </c>
       <c r="H563" s="2">
-        <v>74.0</v>
+        <v>84.0</v>
       </c>
       <c r="I563" s="2">
         <v>0.0</v>
       </c>
       <c r="J563" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="564" spans="1:10">
       <c r="A564" s="2">
         <v>563</v>
       </c>
       <c r="B564" s="2" t="s">
         <v>572</v>
       </c>
       <c r="C564" s="2">
         <v>1</v>
       </c>
       <c r="D564" s="2"/>
       <c r="E564" s="2"/>
       <c r="F564" s="2">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G564" s="2">
-        <v>26.0</v>
+        <v>4.0</v>
       </c>
       <c r="H564" s="2">
-        <v>56.0</v>
+        <v>71.0</v>
       </c>
       <c r="I564" s="2">
         <v>0.0</v>
       </c>
       <c r="J564" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="565" spans="1:10">
       <c r="A565" s="2">
         <v>564</v>
       </c>
       <c r="B565" s="2" t="s">
         <v>573</v>
       </c>
       <c r="C565" s="2">
         <v>1</v>
       </c>
       <c r="D565" s="2"/>
       <c r="E565" s="2">
-        <v>110</v>
+        <v>226</v>
       </c>
       <c r="F565" s="2">
         <v>49</v>
       </c>
       <c r="G565" s="2">
-        <v>12.0</v>
+        <v>23.0</v>
       </c>
       <c r="H565" s="2">
-        <v>84.0</v>
+        <v>69.0</v>
       </c>
       <c r="I565" s="2">
         <v>0.0</v>
       </c>
       <c r="J565" s="2">
-        <v>0.0</v>
+        <v>1178.0</v>
       </c>
     </row>
     <row r="566" spans="1:10">
       <c r="A566" s="2">
         <v>565</v>
       </c>
       <c r="B566" s="2" t="s">
         <v>574</v>
       </c>
       <c r="C566" s="2">
         <v>1</v>
       </c>
       <c r="D566" s="2"/>
       <c r="E566" s="2">
         <v>34</v>
       </c>
       <c r="F566" s="2">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G566" s="2">
         <v>40.0</v>
       </c>
       <c r="H566" s="2">
-        <v>35.0</v>
+        <v>36.0</v>
       </c>
       <c r="I566" s="2">
         <v>0.0</v>
       </c>
       <c r="J566" s="2">
         <v>224.0</v>
       </c>
     </row>
     <row r="567" spans="1:10">
       <c r="A567" s="2">
         <v>566</v>
       </c>
       <c r="B567" s="2" t="s">
         <v>575</v>
       </c>
       <c r="C567" s="2">
         <v>1</v>
       </c>
       <c r="D567" s="2">
         <v>10</v>
       </c>
       <c r="E567" s="2"/>
       <c r="F567" s="2">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G567" s="2">
         <v>5.0</v>
       </c>
       <c r="H567" s="2">
         <v>83.0</v>
       </c>
       <c r="I567" s="2">
         <v>5.0</v>
       </c>
       <c r="J567" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="568" spans="1:10">
       <c r="A568" s="2">
         <v>567</v>
       </c>
       <c r="B568" s="2" t="s">
         <v>576</v>
       </c>
       <c r="C568" s="2">
         <v>1</v>
       </c>
       <c r="D568" s="2"/>
       <c r="E568" s="2">
         <v>32</v>
       </c>
       <c r="F568" s="2">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G568" s="2">
         <v>13.0</v>
       </c>
       <c r="H568" s="2">
-        <v>95.0</v>
+        <v>79.0</v>
       </c>
       <c r="I568" s="2">
         <v>0.0</v>
       </c>
       <c r="J568" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="569" spans="1:10">
       <c r="A569" s="2">
         <v>568</v>
       </c>
       <c r="B569" s="2" t="s">
         <v>577</v>
       </c>
       <c r="C569" s="2">
         <v>1</v>
       </c>
       <c r="D569" s="2"/>
-      <c r="E569" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E569" s="2"/>
       <c r="F569" s="2">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G569" s="2">
-        <v>23.0</v>
+        <v>16.0</v>
       </c>
       <c r="H569" s="2">
-        <v>67.0</v>
+        <v>82.0</v>
       </c>
       <c r="I569" s="2">
         <v>0.0</v>
       </c>
       <c r="J569" s="2">
-        <v>1148.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="570" spans="1:10">
       <c r="A570" s="2">
         <v>569</v>
       </c>
       <c r="B570" s="2" t="s">
         <v>578</v>
       </c>
       <c r="C570" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D570" s="2"/>
-      <c r="E570" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E570" s="2"/>
       <c r="F570" s="2">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G570" s="2">
-        <v>28.0</v>
+        <v>25.0</v>
       </c>
       <c r="H570" s="2">
-        <v>87.0</v>
+        <v>53.0</v>
       </c>
       <c r="I570" s="2">
         <v>0.0</v>
       </c>
       <c r="J570" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="571" spans="1:10">
       <c r="A571" s="2">
         <v>570</v>
       </c>
       <c r="B571" s="2" t="s">
         <v>579</v>
       </c>
       <c r="C571" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D571" s="2"/>
-      <c r="E571" s="2"/>
+      <c r="E571" s="2">
+        <v>52</v>
+      </c>
       <c r="F571" s="2">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G571" s="2">
-        <v>7.0</v>
+        <v>27.0</v>
       </c>
       <c r="H571" s="2">
-        <v>43.0</v>
+        <v>84.0</v>
       </c>
       <c r="I571" s="2">
         <v>0.0</v>
       </c>
       <c r="J571" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="572" spans="1:10">
       <c r="A572" s="2">
         <v>571</v>
       </c>
       <c r="B572" s="2" t="s">
         <v>580</v>
       </c>
       <c r="C572" s="2">
         <v>1</v>
       </c>
       <c r="D572" s="2"/>
       <c r="E572" s="2"/>
       <c r="F572" s="2">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="G572" s="2">
-        <v>12.0</v>
+        <v>7.0</v>
       </c>
       <c r="H572" s="2">
-        <v>31.0</v>
+        <v>40.0</v>
       </c>
       <c r="I572" s="2">
         <v>0.0</v>
       </c>
       <c r="J572" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="573" spans="1:10">
       <c r="A573" s="2">
         <v>572</v>
       </c>
       <c r="B573" s="2" t="s">
         <v>581</v>
       </c>
       <c r="C573" s="2">
         <v>1</v>
       </c>
       <c r="D573" s="2"/>
       <c r="E573" s="2"/>
       <c r="F573" s="2">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G573" s="2">
         <v>12.0</v>
       </c>
       <c r="H573" s="2">
-        <v>31.0</v>
+        <v>30.0</v>
       </c>
       <c r="I573" s="2">
         <v>0.0</v>
       </c>
       <c r="J573" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="574" spans="1:10">
       <c r="A574" s="2">
         <v>573</v>
       </c>
       <c r="B574" s="2" t="s">
         <v>582</v>
       </c>
       <c r="C574" s="2">
         <v>1</v>
       </c>
       <c r="D574" s="2"/>
       <c r="E574" s="2"/>
       <c r="F574" s="2">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G574" s="2">
-        <v>20.0</v>
+        <v>12.0</v>
       </c>
       <c r="H574" s="2">
-        <v>55.0</v>
+        <v>30.0</v>
       </c>
       <c r="I574" s="2">
         <v>0.0</v>
       </c>
       <c r="J574" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="575" spans="1:10">
       <c r="A575" s="2">
         <v>574</v>
       </c>
       <c r="B575" s="2" t="s">
         <v>583</v>
       </c>
       <c r="C575" s="2">
         <v>1</v>
       </c>
       <c r="D575" s="2"/>
       <c r="E575" s="2">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="F575" s="2">
         <v>40</v>
       </c>
       <c r="G575" s="2">
-        <v>19.0</v>
+        <v>9.0</v>
       </c>
       <c r="H575" s="2">
-        <v>62.0</v>
+        <v>49.0</v>
       </c>
       <c r="I575" s="2">
         <v>0.0</v>
       </c>
       <c r="J575" s="2">
-        <v>202.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="576" spans="1:10">
       <c r="A576" s="2">
         <v>575</v>
       </c>
       <c r="B576" s="2" t="s">
         <v>584</v>
       </c>
       <c r="C576" s="2">
         <v>1</v>
       </c>
       <c r="D576" s="2"/>
-      <c r="E576" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E576" s="2"/>
       <c r="F576" s="2">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G576" s="2">
-        <v>10.0</v>
+        <v>22.0</v>
       </c>
       <c r="H576" s="2">
-        <v>46.0</v>
+        <v>52.0</v>
       </c>
       <c r="I576" s="2">
         <v>0.0</v>
       </c>
       <c r="J576" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="577" spans="1:10">
       <c r="A577" s="2">
         <v>576</v>
       </c>
       <c r="B577" s="2" t="s">
         <v>585</v>
       </c>
       <c r="C577" s="2">
         <v>1</v>
       </c>
       <c r="D577" s="2"/>
-      <c r="E577" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E577" s="2"/>
       <c r="F577" s="2">
         <v>39</v>
       </c>
       <c r="G577" s="2">
-        <v>24.0</v>
+        <v>14.0</v>
       </c>
       <c r="H577" s="2">
-        <v>47.0</v>
+        <v>42.0</v>
       </c>
       <c r="I577" s="2">
         <v>0.0</v>
       </c>
       <c r="J577" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="578" spans="1:10">
       <c r="A578" s="2">
         <v>577</v>
       </c>
       <c r="B578" s="2" t="s">
         <v>586</v>
       </c>
       <c r="C578" s="2">
         <v>1</v>
       </c>
       <c r="D578" s="2"/>
-      <c r="E578" s="2"/>
+      <c r="E578" s="2">
+        <v>226</v>
+      </c>
       <c r="F578" s="2">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G578" s="2">
-        <v>14.0</v>
+        <v>18.0</v>
       </c>
       <c r="H578" s="2">
-        <v>41.0</v>
+        <v>61.0</v>
       </c>
       <c r="I578" s="2">
         <v>0.0</v>
       </c>
       <c r="J578" s="2">
-        <v>0.0</v>
+        <v>202.0</v>
       </c>
     </row>
     <row r="579" spans="1:10">
       <c r="A579" s="2">
         <v>578</v>
       </c>
       <c r="B579" s="2" t="s">
         <v>587</v>
       </c>
       <c r="C579" s="2">
         <v>1</v>
       </c>
       <c r="D579" s="2"/>
-      <c r="E579" s="2"/>
+      <c r="E579" s="2">
+        <v>126</v>
+      </c>
       <c r="F579" s="2">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G579" s="2">
-        <v>8.0</v>
+        <v>22.0</v>
       </c>
       <c r="H579" s="2">
-        <v>28.0</v>
+        <v>36.0</v>
       </c>
       <c r="I579" s="2">
         <v>0.0</v>
       </c>
       <c r="J579" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="580" spans="1:10">
       <c r="A580" s="2">
         <v>579</v>
       </c>
       <c r="B580" s="2" t="s">
         <v>588</v>
       </c>
       <c r="C580" s="2">
         <v>1</v>
       </c>
       <c r="D580" s="2"/>
       <c r="E580" s="2"/>
       <c r="F580" s="2">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G580" s="2">
         <v>3.0</v>
       </c>
       <c r="H580" s="2">
-        <v>32.0</v>
+        <v>29.0</v>
       </c>
       <c r="I580" s="2">
         <v>0.0</v>
       </c>
       <c r="J580" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="581" spans="1:10">
       <c r="A581" s="2">
         <v>580</v>
       </c>
       <c r="B581" s="2" t="s">
         <v>589</v>
       </c>
       <c r="C581" s="2">
         <v>1</v>
       </c>
       <c r="D581" s="2"/>
       <c r="E581" s="2"/>
       <c r="F581" s="2">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G581" s="2">
-        <v>14.0</v>
+        <v>9.0</v>
       </c>
       <c r="H581" s="2">
-        <v>20.0</v>
+        <v>24.0</v>
       </c>
       <c r="I581" s="2">
         <v>0.0</v>
       </c>
       <c r="J581" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="582" spans="1:10">
       <c r="A582" s="2">
         <v>581</v>
       </c>
       <c r="B582" s="2" t="s">
         <v>590</v>
       </c>
       <c r="C582" s="2">
         <v>1</v>
       </c>
       <c r="D582" s="2"/>
-      <c r="E582" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E582" s="2"/>
       <c r="F582" s="2">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G582" s="2">
-        <v>1.0</v>
+        <v>14.0</v>
       </c>
       <c r="H582" s="2">
-        <v>27.0</v>
+        <v>19.0</v>
       </c>
       <c r="I582" s="2">
         <v>0.0</v>
       </c>
       <c r="J582" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="583" spans="1:10">
       <c r="A583" s="2">
         <v>582</v>
       </c>
       <c r="B583" s="2" t="s">
         <v>591</v>
       </c>
       <c r="C583" s="2">
         <v>1</v>
       </c>
       <c r="D583" s="2"/>
       <c r="E583" s="2">
-        <v>42</v>
+        <v>3</v>
       </c>
       <c r="F583" s="2">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G583" s="2">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="H583" s="2">
-        <v>35.0</v>
+        <v>30.0</v>
       </c>
       <c r="I583" s="2">
         <v>0.0</v>
       </c>
       <c r="J583" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="584" spans="1:10">
       <c r="A584" s="2">
         <v>583</v>
       </c>
       <c r="B584" s="2" t="s">
         <v>592</v>
       </c>
       <c r="C584" s="2">
         <v>1</v>
       </c>
       <c r="D584" s="2"/>
       <c r="E584" s="2"/>
       <c r="F584" s="2">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G584" s="2">
         <v>8.0</v>
       </c>
       <c r="H584" s="2">
-        <v>23.0</v>
+        <v>25.0</v>
       </c>
       <c r="I584" s="2">
         <v>0.0</v>
       </c>
       <c r="J584" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="585" spans="1:10">
       <c r="A585" s="2">
         <v>584</v>
       </c>
       <c r="B585" s="2" t="s">
         <v>593</v>
       </c>
       <c r="C585" s="2">
         <v>1</v>
       </c>
       <c r="D585" s="2"/>
-      <c r="E585" s="2"/>
+      <c r="E585" s="2">
+        <v>42</v>
+      </c>
       <c r="F585" s="2">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G585" s="2">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="H585" s="2">
-        <v>20.0</v>
+        <v>32.0</v>
       </c>
       <c r="I585" s="2">
         <v>0.0</v>
       </c>
       <c r="J585" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="586" spans="1:10">
       <c r="A586" s="2">
         <v>585</v>
       </c>
       <c r="B586" s="2" t="s">
         <v>594</v>
       </c>
       <c r="C586" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D586" s="2"/>
-      <c r="E586" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E586" s="2"/>
       <c r="F586" s="2">
         <v>26</v>
       </c>
       <c r="G586" s="2">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="H586" s="2">
-        <v>26.0</v>
+        <v>20.0</v>
       </c>
       <c r="I586" s="2">
         <v>0.0</v>
       </c>
       <c r="J586" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="587" spans="1:10">
       <c r="A587" s="2">
         <v>586</v>
       </c>
       <c r="B587" s="2" t="s">
         <v>595</v>
       </c>
       <c r="C587" s="2">
         <v>1</v>
       </c>
       <c r="D587" s="2"/>
       <c r="E587" s="2">
         <v>32</v>
       </c>
       <c r="F587" s="2">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G587" s="2">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="H587" s="2">
-        <v>17.0</v>
+        <v>15.0</v>
       </c>
       <c r="I587" s="2">
         <v>0.0</v>
       </c>
       <c r="J587" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="588" spans="1:10">
       <c r="A588" s="2">
         <v>587</v>
       </c>
       <c r="B588" s="2" t="s">
         <v>596</v>
       </c>
       <c r="C588" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D588" s="2"/>
-      <c r="E588" s="2"/>
+      <c r="E588" s="2">
+        <v>270</v>
+      </c>
       <c r="F588" s="2">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G588" s="2">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="H588" s="2">
-        <v>18.0</v>
+        <v>26.0</v>
       </c>
       <c r="I588" s="2">
         <v>0.0</v>
       </c>
       <c r="J588" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="589" spans="1:10">
       <c r="A589" s="2">
         <v>588</v>
       </c>
       <c r="B589" s="2" t="s">
         <v>597</v>
       </c>
       <c r="C589" s="2">
         <v>1</v>
       </c>
       <c r="D589" s="2"/>
       <c r="E589" s="2"/>
       <c r="F589" s="2">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G589" s="2">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="H589" s="2">
-        <v>22.0</v>
+        <v>19.0</v>
       </c>
       <c r="I589" s="2">
         <v>0.0</v>
       </c>
       <c r="J589" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="590" spans="1:10">
       <c r="A590" s="2">
         <v>589</v>
       </c>
       <c r="B590" s="2" t="s">
         <v>598</v>
       </c>
       <c r="C590" s="2">
         <v>1</v>
       </c>
       <c r="D590" s="2"/>
       <c r="E590" s="2"/>
       <c r="F590" s="2">
         <v>19</v>
       </c>
       <c r="G590" s="2">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="H590" s="2">
-        <v>22.0</v>
+        <v>20.0</v>
       </c>
       <c r="I590" s="2">
         <v>0.0</v>
       </c>
       <c r="J590" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="591" spans="1:10">
       <c r="A591" s="2">
         <v>590</v>
       </c>
       <c r="B591" s="2" t="s">
         <v>599</v>
       </c>
       <c r="C591" s="2">
         <v>1</v>
       </c>
       <c r="D591" s="2"/>
       <c r="E591" s="2"/>
       <c r="F591" s="2">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="G591" s="2">
         <v>6.0</v>
       </c>
       <c r="H591" s="2">
-        <v>9.0</v>
+        <v>20.0</v>
       </c>
       <c r="I591" s="2">
         <v>0.0</v>
       </c>
       <c r="J591" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="592" spans="1:10">
       <c r="A592" s="2">
         <v>591</v>
       </c>
       <c r="B592" s="2" t="s">
         <v>600</v>
       </c>
       <c r="C592" s="2">
         <v>1</v>
       </c>
       <c r="D592" s="2"/>
       <c r="E592" s="2"/>
       <c r="F592" s="2">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G592" s="2">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="H592" s="2">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
       <c r="I592" s="2">
         <v>0.0</v>
       </c>
       <c r="J592" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="593" spans="1:10">
       <c r="A593" s="2">
         <v>592</v>
       </c>
       <c r="B593" s="2" t="s">
         <v>601</v>
       </c>
-      <c r="C593" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C593" s="2">
+        <v>1</v>
+      </c>
+      <c r="D593" s="2"/>
       <c r="E593" s="2"/>
-      <c r="F593" s="2"/>
+      <c r="F593" s="2">
+        <v>9</v>
+      </c>
       <c r="G593" s="2">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="H593" s="2">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
       <c r="I593" s="2">
-        <v>39.0</v>
+        <v>0.0</v>
       </c>
       <c r="J593" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="594" spans="1:10">
       <c r="A594" s="2">
         <v>593</v>
       </c>
       <c r="B594" s="2" t="s">
         <v>602</v>
       </c>
       <c r="C594" s="2"/>
-      <c r="D594" s="2"/>
+      <c r="D594" s="2">
+        <v>55</v>
+      </c>
       <c r="E594" s="2"/>
       <c r="F594" s="2"/>
       <c r="G594" s="2">
         <v>0.0</v>
       </c>
       <c r="H594" s="2">
         <v>0.0</v>
       </c>
       <c r="I594" s="2">
-        <v>0.0</v>
+        <v>5.0</v>
       </c>
       <c r="J594" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="595" spans="1:10">
       <c r="A595" s="2">
         <v>594</v>
       </c>
       <c r="B595" s="2" t="s">
         <v>603</v>
       </c>
       <c r="C595" s="2"/>
       <c r="D595" s="2"/>
       <c r="E595" s="2"/>
       <c r="F595" s="2"/>
       <c r="G595" s="2">
         <v>0.0</v>
       </c>
       <c r="H595" s="2">
         <v>0.0</v>
       </c>
       <c r="I595" s="2">
         <v>0.0</v>
       </c>
       <c r="J595" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="596" spans="1:10">
       <c r="A596" s="2">
         <v>595</v>
       </c>
       <c r="B596" s="2" t="s">
         <v>604</v>
       </c>
       <c r="C596" s="2"/>
-      <c r="D596" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D596" s="2"/>
       <c r="E596" s="2"/>
       <c r="F596" s="2"/>
       <c r="G596" s="2">
         <v>0.0</v>
       </c>
       <c r="H596" s="2">
         <v>0.0</v>
       </c>
       <c r="I596" s="2">
-        <v>465.0</v>
+        <v>0.0</v>
       </c>
       <c r="J596" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="597" spans="1:10">
       <c r="A597" s="2">
         <v>596</v>
       </c>
       <c r="B597" s="2" t="s">
         <v>605</v>
       </c>
       <c r="C597" s="2"/>
-      <c r="D597" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D597" s="2">
+        <v>60</v>
+      </c>
+      <c r="E597" s="2"/>
       <c r="F597" s="2"/>
       <c r="G597" s="2">
         <v>0.0</v>
       </c>
       <c r="H597" s="2">
         <v>0.0</v>
       </c>
       <c r="I597" s="2">
-        <v>0.0</v>
+        <v>480.0</v>
       </c>
       <c r="J597" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="598" spans="1:10">
       <c r="A598" s="2">
         <v>597</v>
       </c>
       <c r="B598" s="2" t="s">
         <v>606</v>
       </c>
       <c r="C598" s="2"/>
       <c r="D598" s="2"/>
-      <c r="E598" s="2"/>
+      <c r="E598" s="2">
+        <v>6</v>
+      </c>
       <c r="F598" s="2"/>
       <c r="G598" s="2">
         <v>0.0</v>
       </c>
       <c r="H598" s="2">
         <v>0.0</v>
       </c>
       <c r="I598" s="2">
         <v>0.0</v>
       </c>
       <c r="J598" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="599" spans="1:10">
       <c r="A599" s="2">
         <v>598</v>
       </c>
       <c r="B599" s="2" t="s">
         <v>607</v>
       </c>
       <c r="C599" s="2"/>
-      <c r="D599" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D599" s="2"/>
       <c r="E599" s="2"/>
       <c r="F599" s="2"/>
       <c r="G599" s="2">
         <v>0.0</v>
       </c>
       <c r="H599" s="2">
         <v>0.0</v>
       </c>
       <c r="I599" s="2">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="J599" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="600" spans="1:10">
       <c r="A600" s="2">
         <v>599</v>
       </c>
       <c r="B600" s="2" t="s">
         <v>608</v>
       </c>
       <c r="C600" s="2"/>
-      <c r="D600" s="2"/>
+      <c r="D600" s="2">
+        <v>3</v>
+      </c>
       <c r="E600" s="2"/>
       <c r="F600" s="2"/>
       <c r="G600" s="2">
         <v>0.0</v>
       </c>
       <c r="H600" s="2">
         <v>0.0</v>
       </c>
       <c r="I600" s="2">
         <v>0.0</v>
       </c>
       <c r="J600" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="601" spans="1:10">
       <c r="A601" s="2">
         <v>600</v>
       </c>
       <c r="B601" s="2" t="s">
         <v>609</v>
       </c>
       <c r="C601" s="2"/>
       <c r="D601" s="2"/>
       <c r="E601" s="2"/>
@@ -20401,409 +20415,459 @@
       <c r="C603" s="2"/>
       <c r="D603" s="2"/>
       <c r="E603" s="2"/>
       <c r="F603" s="2"/>
       <c r="G603" s="2">
         <v>0.0</v>
       </c>
       <c r="H603" s="2">
         <v>0.0</v>
       </c>
       <c r="I603" s="2">
         <v>0.0</v>
       </c>
       <c r="J603" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="604" spans="1:10">
       <c r="A604" s="2">
         <v>603</v>
       </c>
       <c r="B604" s="2" t="s">
         <v>612</v>
       </c>
       <c r="C604" s="2"/>
-      <c r="D604" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D604" s="2"/>
       <c r="E604" s="2"/>
       <c r="F604" s="2"/>
       <c r="G604" s="2">
         <v>0.0</v>
       </c>
       <c r="H604" s="2">
         <v>0.0</v>
       </c>
       <c r="I604" s="2">
-        <v>39.0</v>
+        <v>0.0</v>
       </c>
       <c r="J604" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="605" spans="1:10">
       <c r="A605" s="2">
         <v>604</v>
       </c>
       <c r="B605" s="2" t="s">
         <v>613</v>
       </c>
       <c r="C605" s="2"/>
-      <c r="D605" s="2"/>
+      <c r="D605" s="2">
+        <v>55</v>
+      </c>
       <c r="E605" s="2"/>
       <c r="F605" s="2"/>
       <c r="G605" s="2">
         <v>0.0</v>
       </c>
       <c r="H605" s="2">
         <v>0.0</v>
       </c>
       <c r="I605" s="2">
-        <v>0.0</v>
+        <v>5.0</v>
       </c>
       <c r="J605" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="606" spans="1:10">
       <c r="A606" s="2">
         <v>605</v>
       </c>
       <c r="B606" s="2" t="s">
         <v>614</v>
       </c>
       <c r="C606" s="2"/>
-      <c r="D606" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D606" s="2"/>
       <c r="E606" s="2"/>
       <c r="F606" s="2"/>
       <c r="G606" s="2">
         <v>0.0</v>
       </c>
       <c r="H606" s="2">
         <v>0.0</v>
       </c>
       <c r="I606" s="2">
-        <v>28.0</v>
+        <v>0.0</v>
       </c>
       <c r="J606" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="607" spans="1:10">
       <c r="A607" s="2">
         <v>606</v>
       </c>
       <c r="B607" s="2" t="s">
         <v>615</v>
       </c>
       <c r="C607" s="2"/>
-      <c r="D607" s="2"/>
+      <c r="D607" s="2">
+        <v>4</v>
+      </c>
       <c r="E607" s="2"/>
       <c r="F607" s="2"/>
       <c r="G607" s="2">
         <v>0.0</v>
       </c>
       <c r="H607" s="2">
         <v>0.0</v>
       </c>
       <c r="I607" s="2">
-        <v>0.0</v>
+        <v>5.0</v>
       </c>
       <c r="J607" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="608" spans="1:10">
       <c r="A608" s="2">
         <v>607</v>
       </c>
       <c r="B608" s="2" t="s">
         <v>616</v>
       </c>
       <c r="C608" s="2"/>
       <c r="D608" s="2"/>
       <c r="E608" s="2"/>
       <c r="F608" s="2"/>
       <c r="G608" s="2">
         <v>0.0</v>
       </c>
       <c r="H608" s="2">
         <v>0.0</v>
       </c>
       <c r="I608" s="2">
         <v>0.0</v>
       </c>
       <c r="J608" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="609" spans="1:10">
       <c r="A609" s="2">
         <v>608</v>
       </c>
       <c r="B609" s="2" t="s">
         <v>617</v>
       </c>
       <c r="C609" s="2"/>
-      <c r="D609" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D609" s="2"/>
       <c r="E609" s="2"/>
       <c r="F609" s="2"/>
       <c r="G609" s="2">
         <v>0.0</v>
       </c>
       <c r="H609" s="2">
         <v>0.0</v>
       </c>
       <c r="I609" s="2">
-        <v>17.0</v>
+        <v>0.0</v>
       </c>
       <c r="J609" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="610" spans="1:10">
       <c r="A610" s="2">
         <v>609</v>
       </c>
       <c r="B610" s="2" t="s">
         <v>618</v>
       </c>
       <c r="C610" s="2"/>
-      <c r="D610" s="2"/>
+      <c r="D610" s="2">
+        <v>1</v>
+      </c>
       <c r="E610" s="2"/>
       <c r="F610" s="2"/>
       <c r="G610" s="2">
         <v>0.0</v>
       </c>
       <c r="H610" s="2">
         <v>0.0</v>
       </c>
       <c r="I610" s="2">
         <v>0.0</v>
       </c>
       <c r="J610" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="611" spans="1:10">
       <c r="A611" s="2">
         <v>610</v>
       </c>
       <c r="B611" s="2" t="s">
         <v>619</v>
       </c>
       <c r="C611" s="2"/>
-      <c r="D611" s="2"/>
+      <c r="D611" s="2">
+        <v>1</v>
+      </c>
       <c r="E611" s="2"/>
       <c r="F611" s="2"/>
       <c r="G611" s="2">
         <v>0.0</v>
       </c>
       <c r="H611" s="2">
         <v>0.0</v>
       </c>
       <c r="I611" s="2">
         <v>0.0</v>
       </c>
       <c r="J611" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="612" spans="1:10">
       <c r="A612" s="2">
         <v>611</v>
       </c>
       <c r="B612" s="2" t="s">
         <v>620</v>
       </c>
       <c r="C612" s="2"/>
       <c r="D612" s="2"/>
       <c r="E612" s="2"/>
       <c r="F612" s="2"/>
       <c r="G612" s="2">
         <v>0.0</v>
       </c>
       <c r="H612" s="2">
         <v>0.0</v>
       </c>
       <c r="I612" s="2">
         <v>0.0</v>
       </c>
       <c r="J612" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="613" spans="1:10">
       <c r="A613" s="2">
         <v>612</v>
       </c>
       <c r="B613" s="2" t="s">
         <v>621</v>
       </c>
       <c r="C613" s="2"/>
-      <c r="D613" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D613" s="2"/>
       <c r="E613" s="2"/>
       <c r="F613" s="2"/>
       <c r="G613" s="2">
         <v>0.0</v>
       </c>
       <c r="H613" s="2">
         <v>0.0</v>
       </c>
       <c r="I613" s="2">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
       <c r="J613" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="614" spans="1:10">
       <c r="A614" s="2">
         <v>613</v>
       </c>
       <c r="B614" s="2" t="s">
         <v>622</v>
       </c>
       <c r="C614" s="2"/>
       <c r="D614" s="2"/>
       <c r="E614" s="2"/>
       <c r="F614" s="2"/>
       <c r="G614" s="2">
         <v>0.0</v>
       </c>
       <c r="H614" s="2">
         <v>0.0</v>
       </c>
       <c r="I614" s="2">
         <v>0.0</v>
       </c>
       <c r="J614" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="615" spans="1:10">
       <c r="A615" s="2">
         <v>614</v>
       </c>
       <c r="B615" s="2" t="s">
         <v>623</v>
       </c>
       <c r="C615" s="2"/>
-      <c r="D615" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D615" s="2">
+        <v>8</v>
+      </c>
+      <c r="E615" s="2"/>
       <c r="F615" s="2"/>
       <c r="G615" s="2">
         <v>0.0</v>
       </c>
       <c r="H615" s="2">
         <v>0.0</v>
       </c>
       <c r="I615" s="2">
         <v>0.0</v>
       </c>
       <c r="J615" s="2">
-        <v>300.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="616" spans="1:10">
       <c r="A616" s="2">
         <v>615</v>
       </c>
       <c r="B616" s="2" t="s">
         <v>624</v>
       </c>
       <c r="C616" s="2"/>
       <c r="D616" s="2"/>
       <c r="E616" s="2"/>
       <c r="F616" s="2"/>
       <c r="G616" s="2">
         <v>0.0</v>
       </c>
       <c r="H616" s="2">
         <v>0.0</v>
       </c>
       <c r="I616" s="2">
         <v>0.0</v>
       </c>
       <c r="J616" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="617" spans="1:10">
       <c r="A617" s="2">
         <v>616</v>
       </c>
       <c r="B617" s="2" t="s">
         <v>625</v>
       </c>
       <c r="C617" s="2"/>
       <c r="D617" s="2"/>
-      <c r="E617" s="2"/>
+      <c r="E617" s="2">
+        <v>334</v>
+      </c>
       <c r="F617" s="2"/>
       <c r="G617" s="2">
         <v>0.0</v>
       </c>
       <c r="H617" s="2">
         <v>0.0</v>
       </c>
       <c r="I617" s="2">
         <v>0.0</v>
       </c>
       <c r="J617" s="2">
-        <v>0.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="618" spans="1:10">
       <c r="A618" s="2">
         <v>617</v>
       </c>
       <c r="B618" s="2" t="s">
         <v>626</v>
       </c>
       <c r="C618" s="2"/>
       <c r="D618" s="2"/>
       <c r="E618" s="2"/>
       <c r="F618" s="2"/>
       <c r="G618" s="2">
         <v>0.0</v>
       </c>
       <c r="H618" s="2">
         <v>0.0</v>
       </c>
       <c r="I618" s="2">
         <v>0.0</v>
       </c>
       <c r="J618" s="2">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="619" spans="1:10">
+      <c r="A619" s="2">
+        <v>618</v>
+      </c>
+      <c r="B619" s="2" t="s">
+        <v>627</v>
+      </c>
+      <c r="C619" s="2"/>
+      <c r="D619" s="2"/>
+      <c r="E619" s="2"/>
+      <c r="F619" s="2"/>
+      <c r="G619" s="2">
+        <v>0.0</v>
+      </c>
+      <c r="H619" s="2">
+        <v>0.0</v>
+      </c>
+      <c r="I619" s="2">
+        <v>0.0</v>
+      </c>
+      <c r="J619" s="2">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="620" spans="1:10">
+      <c r="A620" s="2">
+        <v>619</v>
+      </c>
+      <c r="B620" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="C620" s="2"/>
+      <c r="D620" s="2"/>
+      <c r="E620" s="2"/>
+      <c r="F620" s="2"/>
+      <c r="G620" s="2">
+        <v>0.0</v>
+      </c>
+      <c r="H620" s="2">
+        <v>0.0</v>
+      </c>
+      <c r="I620" s="2">
+        <v>0.0</v>
+      </c>
+      <c r="J620" s="2">
         <v>0.0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>