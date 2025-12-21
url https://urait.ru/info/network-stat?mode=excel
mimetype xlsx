--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -121,344 +121,344 @@
   <si>
     <t>Тюменский государственный университет (г. Тюмень)</t>
   </si>
   <si>
     <t>Государственный университет просвещения (г. Москва)</t>
   </si>
   <si>
     <t>Московский государственный юридический университет имени О.Е. Кутафина (МГЮА) (г. Москва)</t>
   </si>
   <si>
     <t>Российский государственный социальный университет (г. Москва)</t>
   </si>
   <si>
     <t>Московский государственный институт международных отношений (университет) МИД России (г. Москва)</t>
   </si>
   <si>
     <t>Российский государственный университет правосудия имени В.М. Лебедева (г. Москва)</t>
   </si>
   <si>
     <t>Московский государственный психолого-педагогический университет (г. Москва)</t>
   </si>
   <si>
     <t>Московский политехнический университет (г. Москва)</t>
   </si>
   <si>
+    <t>МИРЭА — Российский технологический университет (г. Москва)</t>
+  </si>
+  <si>
     <t>Всероссийский государственный университет юстиции (РПА Минюста России) (г. Москва)</t>
   </si>
   <si>
     <t>Национальный исследовательский Саратовский государственный университет имени Н.Г. Чернышевского (г. Саратов)</t>
   </si>
   <si>
-    <t>МИРЭА — Российский технологический университет (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Уральский государственный юридический университет имени В.Ф. Яковлева (г. Екатеринбург)</t>
   </si>
   <si>
+    <t>Российский университет транспорта (МИИТ) (г. Москва)</t>
+  </si>
+  <si>
     <t>Российский химико-технологический университет имени Д.И. Менделеева (г. Москва)</t>
   </si>
   <si>
-    <t>Российский университет транспорта (МИИТ) (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Национальный исследовательский Томский политехнический университет (г. Томск)</t>
   </si>
   <si>
     <t>Национальный исследовательский университет «МИЭТ» (г. Москва-Зеленоград)</t>
   </si>
   <si>
     <t>Московский государственный лингвистический университет (г. Москва)</t>
   </si>
   <si>
     <t>Ярославский государственный педагогический университет им. К.Д. Ушинского (г. Ярославль)</t>
   </si>
   <si>
     <t>Московский финансово-юридический университет (г. Москва)</t>
   </si>
   <si>
     <t>Национальный исследовательский университет «Московский энергетический институт» (г. Москва)</t>
   </si>
   <si>
     <t>Московский авиационный институт (национальный исследовательский университет) (г. Москва)</t>
   </si>
   <si>
+    <t>Всероссийская академия внешней торговли Минэкономразвития РФ (г. Москва)</t>
+  </si>
+  <si>
     <t>Российский государственный аграрный университет — МСХА имени К.А. Тимирязева (г. Москва)</t>
   </si>
   <si>
-    <t>Всероссийская академия внешней торговли Минэкономразвития РФ (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Кубанский государственный университет (г. Краснодар)</t>
   </si>
   <si>
     <t>Южный федеральный университет (г. Ростов-на-Дону)</t>
   </si>
   <si>
     <t>Московский университет МВД России имени В.Я. Кикотя (г. Москва)</t>
   </si>
   <si>
     <t>Российская таможенная академия (г. Люберцы)</t>
   </si>
   <si>
     <t>Санкт-Петербургский государственный педиатрический медицинский университет (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Сибирский федеральный университет (г. Красноярск)</t>
   </si>
   <si>
     <t>Балтийский федеральный университет имени Иммануила Канта (г. Калининград)</t>
   </si>
   <si>
     <t>Южно-Уральский государственный национальный исследовательский университет (г. Челябинск)</t>
   </si>
   <si>
+    <t>Академия труда и социальных отношений (г. Москва)</t>
+  </si>
+  <si>
     <t>Санкт-Петербургский государственный электротехнический университет ЛЭТИ имени В.И. Ульянова (Ленина) (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Академия труда и социальных отношений (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Национальный исследовательский Томский государственный университет (г. Томск)</t>
   </si>
   <si>
     <t>Ассоциация "Образовательный консорциум "Среднерусский университет" (ОКСУ) (г. Калуга)</t>
   </si>
   <si>
     <t>Донской государственный технический университет (г. Ростов-на-Дону)</t>
   </si>
   <si>
+    <t>Крымский федеральный университет имени В.И. Вернадского (г. Симферополь)</t>
+  </si>
+  <si>
+    <t>Калмыцкий государственный университет имени Б.Б. Городовикова (г. Элиста)</t>
+  </si>
+  <si>
     <t>Московский финансово-промышленный университет Синергия (г. Москва)</t>
   </si>
   <si>
-    <t>Крымский федеральный университет имени В.И. Вернадского (г. Симферополь)</t>
-[...4 lines deleted...]
-  <si>
     <t>Государственный академический университет гуманитарных наук (г. Москва)</t>
   </si>
   <si>
     <t>Санкт-Петербургский университет МВД России (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Белгородский университет кооперации, экономики и права (г. Белгород)</t>
+  </si>
+  <si>
     <t>Санкт-Петербургский государственный университет аэрокосмического приборостроения (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Московский университет имени С.Ю. Витте (МУИВ) (г. Москва)</t>
   </si>
   <si>
-    <t>Белгородский университет кооперации, экономики и права (г. Белгород)</t>
-[...1 lines deleted...]
-  <si>
     <t>Российский новый университет (г. Москва)</t>
   </si>
   <si>
     <t>Московский автомобильно-дорожный государственный технический университет (г. Москва)</t>
   </si>
   <si>
     <t>Сахалинский государственный университет (г. Южно-Сахалинск)</t>
   </si>
   <si>
+    <t>Петербургский государственный университет путей сообщения императора Александра I (г. Санкт-Петербург)</t>
+  </si>
+  <si>
     <t>Воронежский государственный университет (г. Воронеж)</t>
   </si>
   <si>
-    <t>Петербургский государственный университет путей сообщения императора Александра I (г. Санкт-Петербург)</t>
-[...1 lines deleted...]
-  <si>
     <t>Ярославский государственный университет имени П.Г. Демидова (г. Ярославль)</t>
   </si>
   <si>
     <t>Новосибирский государственный технический университет (г. Новосибирск)</t>
   </si>
   <si>
     <t>Уральский государственный педагогический университет (г. Екатеринбург)</t>
   </si>
   <si>
     <t>Новосибирский национальный исследовательский государственный университет (г. Новосибирск)</t>
   </si>
   <si>
+    <t>Кубанский государственный аграрный университет имени академика И.Т. Трубилина (г. Краснодар)</t>
+  </si>
+  <si>
     <t>Международный банковский институт имени А. Собчака (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Кубанский государственный аграрный университет имени академика И.Т. Трубилина (г. Краснодар)</t>
+    <t>Московский международный университет (г. Москва)</t>
   </si>
   <si>
     <t>Университет прокуратуры РФ (г. Москва)</t>
   </si>
   <si>
-    <t>Московский международный университет (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Дипломатическая академия МИД РФ (г. Москва)</t>
   </si>
   <si>
     <t>Балтийский государственный технический университет ВОЕНМЕХ имени Д.Ф. Устинова (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Национальный исследовательский ядерный университет «МИФИ» (г. Москва)</t>
   </si>
   <si>
     <t>Уфимский университет науки и технологий (г. Уфа)</t>
   </si>
   <si>
     <t>Сочинский государственный университет (г. Сочи)</t>
   </si>
   <si>
     <t>Северо-Кавказский федеральный университет (г. Ставрополь)</t>
   </si>
   <si>
+    <t>Российский национальный исследовательский медицинский университет имени Н.И. Пирогова Минздрава России (Пироговский Университет) (г. Москва)</t>
+  </si>
+  <si>
+    <t>Пермский государственный национальный исследовательский университет (г. Пермь)</t>
+  </si>
+  <si>
     <t>Московская академия Следственного комитета РФ (г. Москва)</t>
   </si>
   <si>
     <t>Владимирский государственный университет имени А.Г. и Н.Г. Столетовых (г. Владимир)</t>
   </si>
   <si>
-    <t>Российский национальный исследовательский медицинский университет имени Н.И. Пирогова Минздрава России (Пироговский Университет) (г. Москва)</t>
-[...2 lines deleted...]
-    <t>Пермский государственный национальный исследовательский университет (г. Пермь)</t>
+    <t>Омский государственный технический университет (г. Омск)</t>
+  </si>
+  <si>
+    <t>Калининградский государственный технический университет (г. Калининград)</t>
+  </si>
+  <si>
+    <t>Орловский государственный университет имени И.С. Тургенева (г. Орел)</t>
   </si>
   <si>
     <t>Военный университет имени князя Александра Невского МО РФ (г. Москва)</t>
   </si>
   <si>
-    <t>Орловский государственный университет имени И.С. Тургенева (г. Орел)</t>
-[...7 lines deleted...]
-  <si>
     <t>Омский государственный педагогический университет (г. Омск)</t>
   </si>
   <si>
     <t>Национальный исследовательский Нижегородский государственный университет имени Н.И. Лобачевского (г. Нижний Новгород)</t>
   </si>
   <si>
     <t>Курганский государственный университет (г. Курган)</t>
   </si>
   <si>
+    <t>Национальный исследовательский технологический университет «МИСиС» (г. Москва)</t>
+  </si>
+  <si>
     <t>Брянский государственный технический университет (г. Брянск)</t>
   </si>
   <si>
-    <t>Национальный исследовательский технологический университет «МИСиС» (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Алтайский государственный университет (г. Барнаул)</t>
   </si>
   <si>
     <t>Курский государственный университет (г. Курск)</t>
   </si>
   <si>
     <t>Санкт-Петербургский государственный университет промышленных технологий и дизайна (ПРОМТЕХДИЗАЙН) (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Чувашский государственный университет имени И.Н. Ульянова (г. Чебоксары)</t>
   </si>
   <si>
     <t>Саратовский военный ордена Жукова Краснознаменный институт войск национальной гвардии РФ (г. Саратов)</t>
   </si>
   <si>
     <t>Казанский (Приволжский) федеральный университет (г. Казань)</t>
   </si>
   <si>
+    <t>Белгородский государственный национальный исследовательский университет (г. Белгород)</t>
+  </si>
+  <si>
     <t>Национальный исследовательский университет ИТМО (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Белгородский государственный национальный исследовательский университет (г. Белгород)</t>
-[...1 lines deleted...]
-  <si>
     <t>Дальневосточный федеральный университет (г. Владивосток)</t>
   </si>
   <si>
     <t>Государственный университет морского и речного флота имени адмирала С.О. Макарова (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Санкт-Петербургский гуманитарный университет профсоюзов (г. Санкт-Петербург)</t>
+  </si>
+  <si>
     <t>Московский институт психоанализа (г. Москва)</t>
   </si>
   <si>
-    <t>Санкт-Петербургский гуманитарный университет профсоюзов (г. Санкт-Петербург)</t>
-[...1 lines deleted...]
-  <si>
     <t>Ульяновский государственный университет (г. Ульяновск)</t>
   </si>
   <si>
     <t>Краснодарский университет МВД РФ (г. Краснодар)</t>
   </si>
   <si>
     <t>Ленинградский государственный университет имени А.С. Пушкина (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Мордовский государственный университет имени Н.П. Огарева (г. Саранск)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный архитектурно-строительный университет (г. Санкт-Петербург)</t>
+  </si>
+  <si>
     <t>Первый московский государственный медицинский университет имени И.М. Сеченова (г. Москва)</t>
   </si>
   <si>
-    <t>Мордовский государственный университет имени Н.П. Огарева (г. Саранск)</t>
-[...1 lines deleted...]
-  <si>
     <t>Российский государственный университет имени А.Н. Косыгина (г. Москва)</t>
   </si>
   <si>
-    <t>Санкт-Петербургский государственный архитектурно-строительный университет (г. Санкт-Петербург)</t>
-[...1 lines deleted...]
-  <si>
     <t>Московский государственный строительный университет — национальный исследовательский университет (г. Москва)</t>
   </si>
   <si>
     <t>Российский университет адвокатуры и нотариата имени Г.Б. Мирзоева (г. Москва)</t>
   </si>
   <si>
     <t>Псковский государственный университет (г. Псков)</t>
   </si>
   <si>
     <t>Российский университет спорта «ГЦОЛИФК» (г. Москва)</t>
   </si>
   <si>
+    <t>Тверской государственный университет (г. Тверь)</t>
+  </si>
+  <si>
     <t>Башкирский государственный педагогический университет имени М. Акмуллы (г. Уфа)</t>
   </si>
   <si>
     <t>Московский гуманитарный университет (г. Москва)</t>
   </si>
   <si>
-    <t>Тверской государственный университет (г. Тверь)</t>
-[...1 lines deleted...]
-  <si>
     <t>Российский государственный университет нефти и газа имени И.М. Губкина (г. Москва)</t>
   </si>
   <si>
+    <t>Юго-Западный государственный университет (г. Курск)</t>
+  </si>
+  <si>
+    <t>Байкальский государственный университет (г. Иркутск)</t>
+  </si>
+  <si>
     <t>Академия управления МВД РФ (г. Москва)</t>
   </si>
   <si>
-    <t>Юго-Западный государственный университет (г. Курск)</t>
-[...4 lines deleted...]
-  <si>
     <t>Российский государственный гидрометеорологический университет (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Кемеровский государственный институт культуры (г. Кемерово)</t>
   </si>
   <si>
     <t>Самарский национальный исследовательский университет имени академика С.П. Королева (г. Самара)</t>
   </si>
   <si>
     <t>Иркутский национальный исследовательский технический университет (г. Иркутск)</t>
   </si>
   <si>
     <t>Институт гуманитарного образования и информационных технологий (ИГУМО) (г. Москва)</t>
   </si>
   <si>
     <t>Новгородский государственный университет имени Ярослава Мудрого (г. Великий Новгород)</t>
   </si>
   <si>
     <t>Поволжский государственный технологический университет (г. Йошкар-Ола)</t>
   </si>
   <si>
     <t>Нижегородская академия МВД России (г. Нижний Новгород)</t>
   </si>
   <si>
     <t>Чеченский государственный университет имени А.А. Кадырова (г. Грозный)</t>
@@ -478,833 +478,833 @@
   <si>
     <t>Международная академия информационных технологий ИТ ХАБ (г. Москва)</t>
   </si>
   <si>
     <t>Красноярский государственный педагогический университет имени В.П. Астафьева (г. Красноярск)</t>
   </si>
   <si>
     <t>Иркутский государственный университет (г. Иркутск)</t>
   </si>
   <si>
     <t>БИП - университет права и социально-информационных технологий (г. Минск)</t>
   </si>
   <si>
     <t>Вятский государственный университет (г. Киров)</t>
   </si>
   <si>
     <t>Белорусский государственный экономический университет (г. Минск)</t>
   </si>
   <si>
     <t>Саратовский государственный технический университет имени Ю.А. Гагарина (г. Саратов)</t>
   </si>
   <si>
     <t>Московский социально-экономический институт (г. Москва)</t>
   </si>
   <si>
+    <t>Омский государственный университет путей сообщения (г. Омск)</t>
+  </si>
+  <si>
     <t>Воронежская государственная академия спорта (г. Воронеж)</t>
   </si>
   <si>
-    <t>Омский государственный университет путей сообщения (г. Омск)</t>
-[...1 lines deleted...]
-  <si>
     <t>Университет управления ТИСБИ (г. Казань)</t>
   </si>
   <si>
     <t>Санкт-Петербургский государственный университет гражданской авиации имени Главного маршала авиации А.А. Новикова (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Сибирский юридический университет (г. Омск)</t>
   </si>
   <si>
     <t>Уральский государственный экономический университет (г. Екатеринбург)</t>
   </si>
   <si>
     <t>Дагестанский государственный университет (г. Махачкала)</t>
   </si>
   <si>
     <t>Сургутский государственный университет (г. Сургут)</t>
   </si>
   <si>
+    <t>Российский университет кооперации (г. Мытищи)</t>
+  </si>
+  <si>
     <t>Московский государственный технический университет гражданской авиации (г. Москва)</t>
   </si>
   <si>
-    <t>Российский университет кооперации (г. Мытищи)</t>
-[...1 lines deleted...]
-  <si>
     <t>Московский государственный институт культуры (г. Химки)</t>
   </si>
   <si>
     <t>Академия права и управления Федеральной службы исполнения наказаний (г. Рязань)</t>
   </si>
   <si>
     <t>Московский государственный университет геодезии и картографии (г. Москва)</t>
   </si>
   <si>
+    <t>Тульский государственный университет (г. Тула)</t>
+  </si>
+  <si>
     <t>Ростовский юридический институт МВД РФ (г. Ростов-на-Дону)</t>
   </si>
   <si>
     <t>Московский физико-технический институт (национальный исследовательский университет) (г. Долгопрудный)</t>
   </si>
   <si>
-    <t>Тульский государственный университет (г. Тула)</t>
-[...1 lines deleted...]
-  <si>
     <t>Санкт-Петербургский горный университет (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Вологодский институт права и экономики Федеральной службы исполнения наказаний (г. Вологда)</t>
   </si>
   <si>
     <t>Пятигорский государственный университет (г. Пятигорск)</t>
   </si>
   <si>
     <t>Волгоградский государственный университет (г. Волгоград)</t>
   </si>
   <si>
     <t>Национальный государственный университет физической культуры, спорта и здоровья имени П.Ф. Лесгафта (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Военная академия Ракетных войск стратегического назначения имени Петра Великого (г. Балашиха)</t>
   </si>
   <si>
+    <t>Мурманский арктический университет (г. Мурманск)</t>
+  </si>
+  <si>
     <t>Уральский юридический институт МВД России (г. Екатеринбург)</t>
   </si>
   <si>
-    <t>Мурманский арктический университет (г. Мурманск)</t>
-[...1 lines deleted...]
-  <si>
     <t>Приднестровский государственный университет имени Т.Г. Шевченко (г. Тирасполь)</t>
   </si>
   <si>
     <t>Уральский государственный колледж имени И.И. Ползунова (г. Екатеринбург)</t>
   </si>
   <si>
     <t>Санкт-Петербургский государственный институт культуры (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Челябинский государственный университет (г. Челябинск)</t>
   </si>
   <si>
+    <t>Петрозаводский государственный университет (г. Петрозаводск)</t>
+  </si>
+  <si>
     <t>Смоленский государственный университет (г. Смоленск)</t>
   </si>
   <si>
-    <t>Петрозаводский государственный университет (г. Петрозаводск)</t>
-[...1 lines deleted...]
-  <si>
     <t>Рязанский государственный университет имени С.А. Есенина (г. Рязань)</t>
   </si>
   <si>
     <t>Московская высшая школа социальных и экономических наук (г. Москва)</t>
   </si>
   <si>
     <t>Санкт-Петербургский государственный институт психологии и социальной работы (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Северо-Кавказский социальный институт (г. Ставрополь)</t>
+  </si>
+  <si>
+    <t>Корпоративный университет развития образования (г. Мытищи)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургская академия Следственного комитета РФ (г. Санкт-Петербург)</t>
+  </si>
+  <si>
     <t>Томский государственный университет систем управления и радиоэлектроники (г. Томск)</t>
   </si>
   <si>
-    <t>Корпоративный университет развития образования (г. Мытищи)</t>
-[...7 lines deleted...]
-  <si>
     <t>Нижегородский государственный инженерно-экономический университет (г. Княгинино)</t>
   </si>
   <si>
     <t>Казанский инновационный университет имени В.Г. Тимирясова (г. Казань)</t>
   </si>
   <si>
+    <t>Пензенский государственный университет (г. Пенза)</t>
+  </si>
+  <si>
     <t>Российская международная академия туризма (г. Химки)</t>
   </si>
   <si>
-    <t>Пензенский государственный университет (г. Пенза)</t>
-[...1 lines deleted...]
-  <si>
     <t>Российская государственная академия интеллектуальной собственности (г. Москва)</t>
   </si>
   <si>
     <t>Академия управления городской средой, градостроительства и печати (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Волгоградский государственный социально-педагогический университет (г. Волгоград)</t>
   </si>
   <si>
     <t>Иркутский государственный университет путей сообщения (г. Иркутск)</t>
   </si>
   <si>
     <t>Волгоградская академия МВД России (г. Волгоград)</t>
   </si>
   <si>
     <t>Государственный университет по землеустройству (г. Москва)</t>
   </si>
   <si>
     <t>Военная академия материально-технического обеспечения имени генерала армии А.В. Хрулева (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Тульский государственный педагогический университет имени Л.Н. Толстого (г. Тула)</t>
   </si>
   <si>
     <t>Таганрогский институт управления и экономики (г. Таганрог)</t>
   </si>
   <si>
     <t>Российский государственный университет туризма и сервиса (пгт. Черкизово)</t>
   </si>
   <si>
     <t>Костромской государственный университет (г. Кострома)</t>
   </si>
   <si>
     <t>Российский университет медицины Минздрава России (г. Москва)</t>
   </si>
   <si>
     <t>Пермский государственный гуманитарно-педагогический университет (г. Пермь)</t>
   </si>
   <si>
+    <t>Омский государственный аграрный университет имени П.А. Столыпина (г. Омск)</t>
+  </si>
+  <si>
+    <t>Православный Свято-Тихоновский гуманитарный университет (г. Москва)</t>
+  </si>
+  <si>
+    <t>Омская академия МВД РФ (г. Омск)</t>
+  </si>
+  <si>
+    <t>Российский государственный художественно промышленный университет имени С.Г. Строганова (г. Москва)</t>
+  </si>
+  <si>
     <t>Национальный медицинский исследовательский центр имени В.А. Алмазова (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Омский государственный аграрный университет имени П.А. Столыпина (г. Омск)</t>
-[...8 lines deleted...]
-    <t>Российский государственный художественно промышленный университет имени С.Г. Строганова (г. Москва)</t>
+    <t>Брянский государственный университет имени академика И.Г. Петровского (г. Брянск)</t>
   </si>
   <si>
     <t>Волжский институт экономики, педагогики и права (г. Волжский)</t>
   </si>
   <si>
-    <t>Брянский государственный университет имени академика И.Г. Петровского (г. Брянск)</t>
+    <t>Ивановский государственный университет (г. Иваново)</t>
   </si>
   <si>
     <t>Воронежский государственный медицинский университет имени Н.Н. Бурденко (г. Воронеж)</t>
   </si>
   <si>
-    <t>Ивановский государственный университет (г. Иваново)</t>
-[...1 lines deleted...]
-  <si>
     <t>Университет Правительства Москвы (г. Москва)</t>
   </si>
   <si>
     <t>Санкт-Петербургский университет ГПС МЧС России имени Героя РФ генерала армии Е.Н. Зиничева (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Санкт-Петербургский университет технологий управления и экономики (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Оренбургский государственный университет (г. Оренбург)</t>
+  </si>
+  <si>
     <t>Южный университет (Институт Управления, Бизнеса и Права) (г. Ростов-на-Дону)</t>
   </si>
   <si>
+    <t>Рязанский государственный радиотехнический университет имени В.Ф. Уткина (г. Рязань)</t>
+  </si>
+  <si>
+    <t>Институт коррекционной педагогики Дефектология Проф (г. Москва)</t>
+  </si>
+  <si>
+    <t>Орловский юридический институт имени В.В. Лукьянова МВД РФ (г. Орел)</t>
+  </si>
+  <si>
     <t>Омский государственный университет имени Ф.М. Достоевского (г. Омск)</t>
   </si>
   <si>
-    <t>Оренбургский государственный университет (г. Оренбург)</t>
-[...10 lines deleted...]
-  <si>
     <t>Ростовский государственный экономический университет РИНХ (г. Ростов-на-Дону)</t>
   </si>
   <si>
+    <t>Белгородский юридический институт МВД России имени И.Д. Путилина (г. Белгород)</t>
+  </si>
+  <si>
+    <t>Магнитогорский государственный технический университет имени Г.И. Носова (г. Магнитогорск)</t>
+  </si>
+  <si>
+    <t>Морской государственный университет имени адмирала Г.И. Невельского (г. Владивосток)</t>
+  </si>
+  <si>
     <t>Череповецкий государственный университет (г. Череповец)</t>
   </si>
   <si>
-    <t>Белгородский юридический институт МВД России имени И.Д. Путилина (г. Белгород)</t>
-[...7 lines deleted...]
-  <si>
     <t>Первый Санкт-Петербургский государственный медицинский университет имени академика И.П. Павлова (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Пензенский государственный аграрный университет (г. Пенза)</t>
   </si>
   <si>
     <t>Московский университет имени А.С. Грибоедова (г. Москва)</t>
   </si>
   <si>
     <t>Российский биотехнологический университет (РОСБИОТЕХ) (г. Москва)</t>
   </si>
   <si>
     <t>Воронежский государственный педагогический университет (г. Воронеж)</t>
   </si>
   <si>
     <t>Северный (Арктический) федеральный университет имени М.В. Ломоносова (г. Архангельск)</t>
   </si>
   <si>
+    <t>Северо-Восточный государственный университет (г. Магадан)</t>
+  </si>
+  <si>
     <t>Санкт-Петербургский акушерский колледж (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Северо-Восточный государственный университет (г. Магадан)</t>
-[...1 lines deleted...]
-  <si>
     <t>Кубанский государственный технологический университет (г. Краснодар)</t>
   </si>
   <si>
     <t>Донской государственный аграрный университет (пос. Персиановский)</t>
   </si>
   <si>
     <t>Тамбовский государственный технический университет (г. Тамбов)</t>
   </si>
   <si>
     <t>Мордовский государственный педагогический университет имени М.Е. Евсевьева (г. Саранск)</t>
   </si>
   <si>
     <t>Восточно-Европейский институт психоанализа (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Набережночелнинский государственный педагогический университет (г. Набережные Челны)</t>
   </si>
   <si>
+    <t>Югорский государственный университет (г. Ханты-Мансийск)</t>
+  </si>
+  <si>
     <t>Российский государственный университет народного хозяйства имени В.И. Вернадского (г. Балашиха)</t>
   </si>
   <si>
-    <t>Югорский государственный университет (г. Ханты-Мансийск)</t>
+    <t>Московский технологический институт (г. Москва)</t>
+  </si>
+  <si>
+    <t>Автомобильно-технический колледж (г. Уссурийск)</t>
   </si>
   <si>
     <t>Санкт-Петербургский государственный лесотехнический университет имени С.М. Кирова (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Московский технологический институт (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Московская академия предпринимательства (г. Москва)</t>
   </si>
   <si>
-    <t>Автомобильно-технический колледж (г. Уссурийск)</t>
+    <t>Русская христианская гуманитарная академия имени Ф.М. Достоевского (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Академия управления и производства (г. Москва)</t>
   </si>
   <si>
-    <t>Русская христианская гуманитарная академия имени Ф.М. Достоевского (г. Санкт-Петербург)</t>
-[...1 lines deleted...]
-  <si>
     <t>Российский университет традиционных художественных промыслов (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Юридический институт (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>МГТУ "СТАНКИН" (г. Москва). Институт автоматизации и роботехники. Кафедра автоматизированных систем обработки информации и управления</t>
   </si>
   <si>
+    <t>Приволжский государственный университет путей сообщения (г. Самара)</t>
+  </si>
+  <si>
+    <t>Омская гуманитарная академия (г. Омск)</t>
+  </si>
+  <si>
+    <t>Кемеровский государственный университет (г. Кемерово)</t>
+  </si>
+  <si>
+    <t>Северо-Западный государственный медицинский университет имени И.И. Мечникова (г. Санкт-Петербург)</t>
+  </si>
+  <si>
     <t>Российская академия музыки имени Гнесиных (г. Москва)</t>
   </si>
   <si>
-    <t>Приволжский государственный университет путей сообщения (г. Самара)</t>
-[...7 lines deleted...]
-  <si>
     <t>Воронежский государственный технический университет (г. Воронеж)</t>
   </si>
   <si>
-    <t>Северо-Западный государственный медицинский университет имени И.И. Мечникова (г. Санкт-Петербург)</t>
-[...1 lines deleted...]
-  <si>
     <t>Международный юридический институт (г. Москва)</t>
   </si>
   <si>
     <t>Северо-Восточный федеральный университет имени М.К. Аммосова (г. Якутск)</t>
   </si>
   <si>
     <t>Санкт-Петербургский университет ФСИН России (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Сыктывкарский государственный университет имени Питирима Сорокина (г. Сыктывкар)</t>
+  </si>
+  <si>
     <t>Санкт-Петербургский государственный химико-фармацевтический университет (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Сыктывкарский государственный университет имени Питирима Сорокина (г. Сыктывкар)</t>
-[...1 lines deleted...]
-  <si>
     <t>Санкт-Петербургский государственный институт кино и телевидения (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Кузбасский институт Федеральной службы исполнения наказаний (г. Новокузнецк)</t>
   </si>
   <si>
     <t>Гуманитарный университет (г. Екатеринбург)</t>
   </si>
   <si>
     <t>Сибирский государственный университет науки и технологий имени академика М.Ф. Решетнева (г. Красноярск)</t>
   </si>
   <si>
     <t>Волгоградский государственный аграрный университет (г. Волгоград)</t>
   </si>
   <si>
     <t>Томский государственный архитектурно-строительный университет (г. Томск)</t>
   </si>
   <si>
     <t>Московский государственный университет спорта и туризма (г. Москва)</t>
   </si>
   <si>
     <t>Государственный университет Дубна (г. Дубна)</t>
   </si>
   <si>
+    <t>Тувинский государственный университет (г. Кызыл)</t>
+  </si>
+  <si>
     <t>Тольяттинский государственный университет (г. Тольятти)</t>
   </si>
   <si>
+    <t>Ярославский государственный медицинский университет (г. Ярославль)</t>
+  </si>
+  <si>
     <t>Калужский государственный университет имени К.Э. Циолковского (г. Калуга)</t>
   </si>
   <si>
-    <t>Ярославский государственный медицинский университет (г. Ярославль)</t>
-[...1 lines deleted...]
-  <si>
     <t>Уральский государственный архитектурно-художественный университет имени Н.С. Алферова (г. Екатеринбург)</t>
   </si>
   <si>
-    <t>Тувинский государственный университет (г. Кызыл)</t>
-[...1 lines deleted...]
-  <si>
     <t>Санкт-Петербургский военный ордена Жукова институт войск национальной гвардии РФ (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Самарский государственный экономический университет (г. Самара)</t>
   </si>
   <si>
     <t>Московский технический университет связи и информатики (г. Москва)</t>
   </si>
   <si>
     <t>Московский государственный университет технологий и управления имени К.Г. Разумовского (г. Москва)</t>
   </si>
   <si>
     <t>Восточно-Сибирский институт МВД России (г. Иркутск)</t>
   </si>
   <si>
     <t>Алтайский государственный институт культуры (г. Барнаул)</t>
   </si>
   <si>
     <t>Новосибирский государственный университет экономики и управления (г. Новосибирск)</t>
   </si>
   <si>
     <t>Нижневартовский государственный университет (г. Нижневартовск)</t>
   </si>
   <si>
+    <t>Вологодская государственная молочнохозяйственная академия имени Н.В. Верещагина (г. Вологда)</t>
+  </si>
+  <si>
     <t>Казанский государственный медицинский университет (г. Казань)</t>
   </si>
   <si>
-    <t>Вологодская государственная молочнохозяйственная академия имени Н.В. Верещагина (г. Вологда)</t>
-[...1 lines deleted...]
-  <si>
     <t>Университет при МПА ЕврАзЭС (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Тихоокеанский государственный медицинский университет (г. Владивосток)</t>
   </si>
   <si>
+    <t>Нижегородский государственный технический университет имени Р.Е. Алексеева (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Исследовательский центр частного права имени С.С. Алексеева при Президенте РФ (г. Москва)</t>
+  </si>
+  <si>
+    <t>Дагестанский государственный университет народного хозяйства (г. Махачкала)</t>
+  </si>
+  <si>
     <t>Удмуртский государственный университет (г. Ижевск)</t>
   </si>
   <si>
-    <t>Нижегородский государственный технический университет имени Р.Е. Алексеева (г. Нижний Новгород)</t>
-[...5 lines deleted...]
-    <t>Исследовательский центр частного права имени С.С. Алексеева при Президенте РФ (г. Москва)</t>
+    <t>Институт современного образования и информационных технологий (г. Москва)</t>
   </si>
   <si>
     <t>Белорусский государственный педагогический университет имени Максима Танка (г. Минск)</t>
   </si>
   <si>
-    <t>Институт современного образования и информационных технологий (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Оренбургский государственный медицинский университет (г. Оренбург)</t>
   </si>
   <si>
+    <t>Шадринский государственный педагогический университет (г. Шадринск)</t>
+  </si>
+  <si>
+    <t>Великолукская государственная академия физической культуры и спорта (г. Великие Луки)</t>
+  </si>
+  <si>
     <t>Институт управления и права (г. Москва)</t>
   </si>
   <si>
-    <t>Великолукская государственная академия физической культуры и спорта (г. Великие Луки)</t>
-[...4 lines deleted...]
-  <si>
     <t>Воронежский государственный университет инженерных технологий (г. Воронеж)</t>
   </si>
   <si>
+    <t>Всероссийский государственный университет кинематографии имени С.А. Герасимова (г. Москва)</t>
+  </si>
+  <si>
     <t>Сибирский государственный университет телекоммуникаций и информатики (г. Новосибирск)</t>
   </si>
   <si>
-    <t>Всероссийский государственный университет кинематографии имени С.А. Герасимова (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Оренбургский государственный педагогический университет (г. Оренбург)</t>
   </si>
   <si>
     <t>Сургутский государственный педагогический университет (г. Сургут)</t>
   </si>
   <si>
+    <t>Российский государственный университет социальных технологий (г. Москва)</t>
+  </si>
+  <si>
     <t>Абхазский государственный университет (г. Сухум)</t>
   </si>
   <si>
-    <t>Российский государственный университет социальных технологий (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Санкт-Петербургский государственный университет телекоммуникаций имени профессора М.А. Бонч-Бруевича (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Московский государственный технологический университет «Станкин» (г. Москва)</t>
+  </si>
+  <si>
     <t>Международная академия бизнеса и управления (г. Москва)</t>
   </si>
   <si>
-    <t>Московский государственный технологический университет «Станкин» (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Академия гражданской защиты МЧС РФ (г. Химки)</t>
   </si>
   <si>
+    <t>Санкт-Петербургская юридическая академия (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Казанский национальный исследовательский технологический университет (г. Казань)</t>
+  </si>
+  <si>
     <t>Ярославский государственный технический университет (г. Ярославль)</t>
   </si>
   <si>
-    <t>Санкт-Петербургская юридическая академия (г. Санкт-Петербург)</t>
-[...4 lines deleted...]
-  <si>
     <t>Рязанский государственный медицинский университет имени академика И.П. Павлова (г. Рязань)</t>
   </si>
   <si>
+    <t>Кабардино-Балкарский государственный университет имени Х.М. Бербекова (г. Нальчик)</t>
+  </si>
+  <si>
     <t>Государственный морской университет имени адмирала Ф.Ф. Ушакова (г. Новороссийск)</t>
   </si>
   <si>
-    <t>Кабардино-Балкарский государственный университет имени Х.М. Бербекова (г. Нальчик)</t>
+    <t>Северо-Кавказская государственная академия (г. Черкесск)</t>
   </si>
   <si>
     <t>Самарский государственный технический университет (г. Самара)</t>
   </si>
   <si>
-    <t>Северо-Кавказская государственная академия (г. Черкесск)</t>
+    <t>Пензенский государственный университет архитектуры и строительства (г. Пенза)</t>
   </si>
   <si>
     <t>Волгоградский государственный медицинский университет (г. Волгоград)</t>
   </si>
   <si>
-    <t>Пензенский государственный университет архитектуры и строительства (г. Пенза)</t>
-[...1 lines deleted...]
-  <si>
     <t>Пермский национальный исследовательский политехнический университет (г. Пермь)</t>
   </si>
   <si>
     <t>Поволжский государственный университет телекоммуникаций и информатики (г. Самара)</t>
   </si>
   <si>
     <t>Санкт-Петербургский государственный морской технический университет (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Чувашский государственный педагогический университет имени И.Я. Яковлева (г. Чебоксары)</t>
   </si>
   <si>
     <t>Севастопольский торгово-экономический техникум (г. Севастополь)</t>
   </si>
   <si>
     <t>Минский инновационный университет (г. Минск)</t>
   </si>
   <si>
     <t>Санкт-Петербургская православная духовная академия (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Ярославский педагогический колледж (г. Ярославль)</t>
+  </si>
+  <si>
     <t>Сибирский государственный университет путей сообщения (г. Новосибирск)</t>
   </si>
   <si>
     <t>Европейский университет в Санкт-Петербурге (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Ярославский педагогический колледж (г. Ярославль)</t>
-[...1 lines deleted...]
-  <si>
     <t>Пензенский государственный технологический университет (г. Пенза)</t>
   </si>
   <si>
     <t>Астраханский государственный университет имени В.Н. Татищева (г. Астрахань)</t>
   </si>
   <si>
     <t>Военный учебно-научный центр ВВС «Военно-воздушная академия имени профессора Н.Е. Жуковского и Ю.А. Гагарина» (г. Воронеж)</t>
   </si>
   <si>
     <t>Брянский государственный инженерно-технологический университет (г. Брянск)</t>
   </si>
   <si>
+    <t>Барнаульский юридический институт МВД России (г. Барнаул)</t>
+  </si>
+  <si>
     <t>Белгородский государственный аграрный университет имени В.Я. Горина (п. Майский)</t>
   </si>
   <si>
-    <t>Барнаульский юридический институт МВД России (г. Барнаул)</t>
-[...1 lines deleted...]
-  <si>
     <t>Саратовский колледж водного транспорта, строительства и сервиса(г. Саратов)</t>
   </si>
   <si>
     <t>Международная академия информационных технологий ИТ ХАБ (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Ижевская государственная медицинская академия (г. Ижевск)</t>
   </si>
   <si>
     <t>Санкт-Петербургский институт экономики и управления (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Ивановский государственный химико-технологический университет (г. Иваново)</t>
+  </si>
+  <si>
     <t>Уральский государственный лесотехнический университет (г. Екатеринбург)</t>
   </si>
   <si>
-    <t>Ивановский государственный химико-технологический университет (г. Иваново)</t>
-[...1 lines deleted...]
-  <si>
     <t>Институт экономики и управления (г. Тула)</t>
   </si>
   <si>
     <t>Дальневосточная государственная академия физической культуры (г. Хабаровск)</t>
   </si>
   <si>
+    <t>Государственный институт русского языка имени А.С. Пушкина (г. Москва)</t>
+  </si>
+  <si>
     <t>Военно-медицинская академия имени С.М. Кирова (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Государственный институт русского языка имени А.С. Пушкина (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Нижегородский государственный агротехнологический университет (г. Нижний Новгород)</t>
   </si>
   <si>
     <t>Северо-Западный университет (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Сибирский государственный автомобильно-дорожный университет (г. Омск)</t>
   </si>
   <si>
+    <t>Санкт-Петербургский государственный технологический институт (технический университет) (г. Санкт-Петербург)</t>
+  </si>
+  <si>
     <t>Голицынский пограничный институт ФСБ (г. Голицыно)</t>
   </si>
   <si>
-    <t>Санкт-Петербургский государственный технологический институт (технический университет) (г. Санкт-Петербург)</t>
-[...1 lines deleted...]
-  <si>
     <t>Академия Федеральной службы охраны Российской Федерации (г. Орёл)</t>
   </si>
   <si>
     <t>Государственный гуманитарно-технологический университет (г. Орехово-Зуево)</t>
   </si>
   <si>
+    <t>Комсомольский-на-Амуре государственный университет (г. Комсомольск-на-Амуре)</t>
+  </si>
+  <si>
+    <t>Бурятский государственный университет имени Доржи Банзарова (г. Улан-Удэ)</t>
+  </si>
+  <si>
+    <t>Воронежский институт МВД России (г. Воронеж)</t>
+  </si>
+  <si>
     <t>Белорусско-Российский университет (г. Могилев)</t>
   </si>
   <si>
-    <t>Комсомольский-на-Амуре государственный университет (г. Комсомольск-на-Амуре)</t>
-[...7 lines deleted...]
-  <si>
     <t>Херсонский государственный педагогический университет (г. Херсон)</t>
   </si>
   <si>
     <t>Самарский юридический институт Федеральной службы исполнения наказаний (г. Самара)</t>
   </si>
   <si>
+    <t>Воронежский государственный аграрный университет имени императора Петра I (г. Воронеж)</t>
+  </si>
+  <si>
     <t>Сибирский университет потребительской кооперации (г. Новосибирск)</t>
   </si>
   <si>
-    <t>Воронежский государственный аграрный университет имени императора Петра I (г. Воронеж)</t>
-[...1 lines deleted...]
-  <si>
     <t>Новосибирский государственный аграрный университет (г. Новосибирск)</t>
   </si>
   <si>
     <t>Институт экономики и управления в промышленности (г. Москва)</t>
   </si>
   <si>
     <t>Владивостокский государственный университет (г. Владивосток)</t>
   </si>
   <si>
     <t>Колледж администрирования и современных технологий (г. Москва)</t>
   </si>
   <si>
     <t>Институт государственного администрирования (г. Москва)</t>
   </si>
   <si>
     <t>Тихоокеанский государственный университет (г. Хабаровск)</t>
   </si>
   <si>
     <t>Тверской государственный медицинский университет (г. Тверь)</t>
   </si>
   <si>
+    <t>Российский православный университет святого Иоанна Богослова (г. Москва)</t>
+  </si>
+  <si>
+    <t>Ивановский государственный энергетический университет имени В.И. Ленина (г. Иваново)</t>
+  </si>
+  <si>
     <t>Академия русского балета имени А.Я. Вагановой (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Российский православный университет святого Иоанна Богослова (г. Москва)</t>
-[...4 lines deleted...]
-  <si>
     <t>Саратовский государственный медицинский университет имени В.И. Разумовского (г. Саратов)</t>
   </si>
   <si>
+    <t>Московский социально-педагогический институт (г. Москва)</t>
+  </si>
+  <si>
     <t>Ижевский государственный технический университет имени М.Т. Калашникова (г. Ижевск)</t>
   </si>
   <si>
-    <t>Московский социально-педагогический институт (г. Москва)</t>
+    <t>Институт менеджмента, экономики и инноваций (г. Москва)</t>
   </si>
   <si>
     <t>Санкт-Петербургский институт внешнеэкономических связей, экономики и права (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Институт менеджмента, экономики и инноваций (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Уральский государственный университет путей сообщения (г. Екатеринбург)</t>
   </si>
   <si>
     <t>Тверской государственный технический университет (г. Тверь)</t>
   </si>
   <si>
     <t>Омский государственный медицинский университет (г. Омск)</t>
   </si>
   <si>
     <t>Мичуринский государственный аграрный университет (г. Мичуринск)</t>
   </si>
   <si>
+    <t>Восточно-Казахстанский государственный университет имени С. Аманжолова (г. Усть-Каменогорск)</t>
+  </si>
+  <si>
     <t>Гжельский государственный университет (п. Электроизолятор)</t>
   </si>
   <si>
-    <t>Восточно-Казахстанский государственный университет имени С. Аманжолова (г. Усть-Каменогорск)</t>
-[...1 lines deleted...]
-  <si>
     <t>Уральский государственный горный университет (г. Екатеринбург)</t>
   </si>
   <si>
+    <t>Казанский государственный архитектурно-строительный университет (г. Казань)</t>
+  </si>
+  <si>
     <t>Институт современного искусства (г. Москва)</t>
   </si>
   <si>
-    <t>Казанский государственный архитектурно-строительный университет (г. Казань)</t>
+    <t>Государственный социально-гуманитарный университет (г. Коломна)</t>
   </si>
   <si>
     <t>Киевский национальный университет имени Тараса Шевченко (г. Киев)</t>
   </si>
   <si>
-    <t>Государственный социально-гуманитарный университет (г. Коломна)</t>
+    <t>Сибирский государственный университет геосистем и технологий (г. Новосибирск)</t>
   </si>
   <si>
     <t>Ростовский государственный университет путей сообщения (г. Ростов-на-Дону)</t>
   </si>
   <si>
     <t>Чеченский государственный педагогический университет (г. Грозный)</t>
   </si>
   <si>
-    <t>Сибирский государственный университет геосистем и технологий (г. Новосибирск)</t>
+    <t>Воронежский экономико-правовой институт (г. Воронеж)</t>
   </si>
   <si>
     <t>Приморский государственный аграрно-технологический университет (г. Уссурийск)</t>
   </si>
   <si>
-    <t>Воронежский экономико-правовой институт (г. Воронеж)</t>
-[...1 lines deleted...]
-  <si>
     <t>Санкт-Петербургская государственная консерватория (академия) имени Н.А. Римского-Корсакова (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Екатеринбургский экономико-технологический колледж (г. Екатеринбург)</t>
+  </si>
+  <si>
     <t>Московский гуманитарно-экономический университет (г. Москва)</t>
   </si>
   <si>
     <t>Марийский государственный университет (г. Йошкар-Ола)</t>
   </si>
   <si>
-    <t>Екатеринбургский экономико-технологический колледж (г. Екатеринбург)</t>
-[...1 lines deleted...]
-  <si>
     <t>Великолукская государственная сельскохозяйственная академия (г. Великие Луки)</t>
   </si>
   <si>
+    <t>Забайкальский государственный университет (г. Чита)</t>
+  </si>
+  <si>
     <t>Тверская государственная сельскохозяйственная академия (г. Тверь)</t>
   </si>
   <si>
-    <t>Забайкальский государственный университет (г. Чита)</t>
-[...1 lines deleted...]
-  <si>
     <t>Белорусский государственный университет (г. Минск)</t>
   </si>
   <si>
     <t>Адыгейский государственный университет (г. Майкоп)</t>
   </si>
   <si>
+    <t>Уральский институт экономики, управления и права (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Белгородский государственный технологический университет имени В.Г. Шухова (г. Белгород)</t>
+  </si>
+  <si>
+    <t>Ханты-Мансийская государственная медицинская академия (г. Ханты-Мансийск)</t>
+  </si>
+  <si>
+    <t>Новосибирский государственный медицинский университет (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Московский государственный институт музыки имени А.Г. Шнитке (г. Москва)</t>
+  </si>
+  <si>
     <t>Астраханский государственный технический университет (г. Астрахань)</t>
   </si>
   <si>
-    <t>Уральский институт экономики, управления и права (г. Екатеринбург)</t>
-[...13 lines deleted...]
-  <si>
     <t>Санкт-Петербургская академия художеств имени Ильи Репина (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Вятский государственный агротехнологический университет (г. Киров)</t>
   </si>
   <si>
     <t>Московский институт иностранных языков (г. Москва)</t>
   </si>
   <si>
+    <t>Ульяновский государственный аграрный университет имени П.А. Столыпина (пгт. Октябрьский)</t>
+  </si>
+  <si>
     <t>Благовещенский государственный педагогический университет (г. Благовещенск)</t>
   </si>
   <si>
-    <t>Ульяновский государственный аграрный университет имени П.А. Столыпина (пгт. Октябрьский)</t>
-[...1 lines deleted...]
-  <si>
     <t>Тюменский индустриальный университет (г. Тюмень)</t>
   </si>
   <si>
     <t>Санкт-Петербургский медико-социальный институт (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Южно-Российский государственный политехнический университет (Новочеркасский политехнический институт) имени М.И. Платова (г. Новочеркасск)</t>
   </si>
   <si>
     <t>Охтинский колледж (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Военная академия связи имени Маршала Советского Союза С.М. Буденного (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Сибирский государственный индустриальный университет (г. Новокузнецк)</t>
   </si>
   <si>
     <t>Ульяновский государственный технический университет (г. Ульяновск)</t>
   </si>
   <si>
     <t>Белорусский государственный университет физической культуры (г. Минск)</t>
   </si>
   <si>
     <t>Саратовский государственный университет генетики, биотехнологии и инженерии имени Н.И. Вавилова (г. Саратов)</t>
@@ -1315,522 +1315,522 @@
   <si>
     <t>Алтайский государственный медицинский университет (г. Барнаул)</t>
   </si>
   <si>
     <t>Самарский университет государственного управления «Международный институт рынка» (г. Самара)</t>
   </si>
   <si>
     <t>Волжский университет имени В.Н. Татищева (г. Тольятти)</t>
   </si>
   <si>
     <t>Казанский национальный исследовательский технический университет имени А.Н. Туполева — КАИ (г. Казань)</t>
   </si>
   <si>
     <t>Южно-Российский гуманитарный институт (г. Ростов-на-Дону)</t>
   </si>
   <si>
     <t>Камчатский государственный университет имени Витуса Беринга (г. Петропавловск-Камчатский)</t>
   </si>
   <si>
     <t>Санкт-Петербургский государственный университет ветеринарной медицины (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Красноярский государственный аграрный университет (г. Красноярск)</t>
   </si>
   <si>
+    <t>Дальневосточный юридический институт МВД России имени И.Ф. Шилова (г. Хабаровск)</t>
+  </si>
+  <si>
     <t>Ейский полипрофильный колледж (г. Ейск)</t>
   </si>
   <si>
     <t>Смоленский государственный университет спорта (г. Смоленск)</t>
   </si>
   <si>
-    <t>Дальневосточный юридический институт МВД России имени И.Ф. Шилова (г. Хабаровск)</t>
+    <t>Орловский государственный аграрный университет имени Н.В. Парахина (г. Орел)</t>
   </si>
   <si>
     <t>Амурский гуманитарно-педагогический государственный университет (г. Комсомольск-на-Амуре)</t>
   </si>
   <si>
-    <t>Орловский государственный аграрный университет имени Н.В. Парахина (г. Орел)</t>
-[...1 lines deleted...]
-  <si>
     <t>Приволжский исследовательский медицинский университет (г. Нижний Новгород)</t>
   </si>
   <si>
     <t>Южно-Уральский технологический университет (г. Челябинск)</t>
   </si>
   <si>
     <t>Елецкий государственный университет имени И.А. Бунина (г. Елец)</t>
   </si>
   <si>
     <t>Уральский государственный аграрный университет (г. Екатеринбург)</t>
   </si>
   <si>
     <t>Московская государственная академия ветеринарной медицины и биотехнологии имени К.И. Скрябина (г. Москва)</t>
   </si>
   <si>
+    <t>Дагестанский государственный аграрный университет имени М.М. Джамбулатова (г. Махачкала)</t>
+  </si>
+  <si>
     <t>Севастопольский государственный университет (г. Севастополь)</t>
   </si>
   <si>
-    <t>Дагестанский государственный аграрный университет имени М.М. Джамбулатова (г. Махачкала)</t>
-[...1 lines deleted...]
-  <si>
     <t>Томский государственный педагогический университет (г. Томск)</t>
   </si>
   <si>
     <t>Нижегородский государственный архитектурно-строительный университет (г. Нижний Новгород)</t>
   </si>
   <si>
     <t>Уральский государственный университет физической культуры (г. Челябинск)</t>
   </si>
   <si>
     <t>Томский лесотехнический техникум (г. Томск)</t>
   </si>
   <si>
     <t>Смоленский государственный медицинский университет (г. Смоленск)</t>
   </si>
   <si>
     <t>Институт международных экономических связей (г. Москва)</t>
   </si>
   <si>
     <t>Донецкий национальный университет (г. Донецк)</t>
   </si>
   <si>
     <t>Дальневосточный государственный технический рыбохозяйственный университет (г. Владивосток)</t>
   </si>
   <si>
     <t>Ставропольский государственный педагогический институт (г. Ставрополь)</t>
   </si>
   <si>
     <t>Национальный институт бизнеса (г. Москва)</t>
   </si>
   <si>
     <t>Московская государственная академия хореографии (г. Москва)</t>
   </si>
   <si>
+    <t>Литературный институт имени А.М. Горького (г. Москва)</t>
+  </si>
+  <si>
     <t>Армавирский государственный педагогический университет (г. Армавир)</t>
   </si>
   <si>
     <t>Алтайский государственный технический университет имени И.И. Ползунова (г. Барнаул)</t>
   </si>
   <si>
     <t>Хакасский государственный университет имени Н.Ф. Катанова (г. Абакан)</t>
   </si>
   <si>
-    <t>Литературный институт имени А.М. Горького (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Оренбургский государственный аграрный университет (г. Оренбург)</t>
   </si>
   <si>
     <t>Российский университет театрального искусства - ГИТИС (г. Москва)</t>
   </si>
   <si>
     <t>Московский институт экономики, политики и права (г. Москва)</t>
   </si>
   <si>
     <t>Витебский государственный университет имени П.М. Машерова (г. Витебск)</t>
   </si>
   <si>
+    <t>Вологодский государственный университет (г. Вологда)</t>
+  </si>
+  <si>
     <t>Северо-Казахстанский государственный университет имени М. Козыбаева (г. Петропавловск)</t>
   </si>
   <si>
-    <t>Вологодский государственный университет (г. Вологда)</t>
-[...1 lines deleted...]
-  <si>
     <t>Российская государственная специализированная академия искусств (г. Москва)</t>
   </si>
   <si>
+    <t>Государственный институт искусствознания (г. Москва)</t>
+  </si>
+  <si>
+    <t>Башкирская академия государственной службы и управления при Главе Республики Башкортостан (г. Уфа)</t>
+  </si>
+  <si>
+    <t>Московское академическое художественное училище (г. Москва)</t>
+  </si>
+  <si>
     <t>Казанский юридический институт МВД РФ (г. Казань)</t>
   </si>
   <si>
-    <t>Государственный институт искусствознания (г. Москва)</t>
-[...7 lines deleted...]
-  <si>
     <t>Екатеринбургская академия современного искусства (г. Екатеринбург)</t>
   </si>
   <si>
     <t>Гатчинский государственный университет (г. Гатчина)</t>
   </si>
   <si>
     <t>Курская академия государственной и муниципальной службы (г. Курск)</t>
   </si>
   <si>
     <t>Московская государственная консерватория имени П.И. Чайковского (г. Москва)</t>
   </si>
   <si>
     <t>Казанский государственный энергетический университет (г. Казань)</t>
   </si>
   <si>
     <t>Уральский институт Государственной противопожарной службы МЧС России (г. Екатеринбург)</t>
   </si>
   <si>
     <t>Восточно-Сибирский государственный университет технологий и управления (г. Улан-Удэ)</t>
   </si>
   <si>
     <t>Волгоградский профессиональный техникум кадровых ресурсов (г. Волгоград)</t>
   </si>
   <si>
     <t>Волгоградский гуманитарный институт (г. Волгоград)</t>
   </si>
   <si>
     <t>Академия маркетинга и социально-информационных технологий (г. Краснодар)</t>
   </si>
   <si>
     <t>Черноморское высшее военно-морское ордена Красной Звезды училище имени П.С. Нахимова (г. Севастополь)</t>
   </si>
   <si>
+    <t>Самарский государственный медицинский университет (г. Самара)</t>
+  </si>
+  <si>
     <t>Институт журналистики и литературного творчества (г. Москва)</t>
   </si>
   <si>
-    <t>Самарский государственный медицинский университет (г. Самара)</t>
-[...1 lines deleted...]
-  <si>
     <t>Кубанский государственный университет физической культуры, спорта и туризма (г. Краснодар)</t>
   </si>
   <si>
     <t>Университет Нархоз (г. Алматы)</t>
   </si>
   <si>
     <t>Нижегородский государственный педагогический университет имени Козьмы Минина (г. Нижний Новгород)</t>
   </si>
   <si>
     <t>Медицинский колледж № 2 Москвы (г. Москва)</t>
   </si>
   <si>
     <t>Университет национального и мирового хозяйства (г. София)</t>
   </si>
   <si>
     <t>Университет Матея Бела (г. Банска-Бистрица)</t>
   </si>
   <si>
+    <t>Спасский политехнический колледж (г. Спасск-Дальний)</t>
+  </si>
+  <si>
     <t>Лодзинский университет (г. Лодзь)</t>
   </si>
   <si>
+    <t>Кемеровский государственный медицинский университет (г. Кемерово)</t>
+  </si>
+  <si>
     <t>Тюменское высшее военно-инженерное командное училище (военный институт) (г. Тюмень)</t>
   </si>
   <si>
-    <t>Спасский политехнический колледж (г. Спасск-Дальний)</t>
-[...2 lines deleted...]
-    <t>Кемеровский государственный медицинский университет (г. Кемерово)</t>
+    <t>Полоцкий государственный университет имени Евфросинии Полоцкой (г. Новополоцк)</t>
+  </si>
+  <si>
+    <t>Кубанский государственный медицинский университет (г. Краснодар)</t>
   </si>
   <si>
     <t>Амурский государственный университет (г. Благовещенск)</t>
   </si>
   <si>
-    <t>Полоцкий государственный университет имени Евфросинии Полоцкой (г. Новополоцк)</t>
-[...4 lines deleted...]
-  <si>
     <t>Сибирский институт бизнеса, управления и психологии (г. Красноярск)</t>
   </si>
   <si>
     <t>Сибирский государственный университет водного транспорта (г. Новосибирск)</t>
   </si>
   <si>
     <t>Ростовский-на-Дону колледж радиоэлектроники, информационных и промышленных технологий (г. Ростов-на-Дону)</t>
   </si>
   <si>
     <t>Владимирский юридический институт Федеральной службы исполнения наказаний (г. Владимир)</t>
   </si>
   <si>
     <t>Новосибирский профессионально-педагогический колледж (г. Новосибирск)</t>
   </si>
   <si>
     <t>Санкт-Петербургский технический колледж управления и коммерции (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Ивановский государственный политехнический университет (г. Иваново)</t>
   </si>
   <si>
     <t>George Mason University</t>
   </si>
   <si>
     <t>Саратовская государственная консерватория имени Л.В. Собинова (г. Саратов)</t>
   </si>
   <si>
     <t>Южно-Уральский государственный аграрный университет (г. Троицк)</t>
   </si>
   <si>
     <t>Волгоградский государственный технический университет (г. Волгоград)</t>
   </si>
   <si>
     <t>Международный институт экономики и права (г. Москва)</t>
   </si>
   <si>
+    <t>Краснодарский государственный институт культуры (г. Краснодар)</t>
+  </si>
+  <si>
+    <t>Ульяновский институт гражданской авиации имени главного маршала авиации Б.П. Бугаева (г. Ульяновск)</t>
+  </si>
+  <si>
     <t>Челябинский государственный институт культуры (г. Челябинск)</t>
   </si>
   <si>
-    <t>Краснодарский государственный институт культуры (г. Краснодар)</t>
-[...4 lines deleted...]
-  <si>
     <t>Ивановский государственный медицинский университет (г. Иваново)</t>
   </si>
   <si>
     <t>Жирновский педагогический колледж (г. Жирновск)</t>
   </si>
   <si>
     <t>Академия Государственной противопожарной службы МЧС России (г. Москва)</t>
   </si>
   <si>
     <t>Российская экономическая школа (г. Москва)</t>
   </si>
   <si>
     <t>Нижегородская государственная консерватория имени М.И. Глинки (г. Нижний Новгород)</t>
   </si>
   <si>
     <t>Высшая школа сценических искусств (г. Москва)</t>
   </si>
   <si>
     <t>Смоленская государственная сельскохозяйственная академия (г. Смоленск)</t>
   </si>
   <si>
     <t>Волгоградский институт бизнеса (г. Волгоград)</t>
   </si>
   <si>
     <t>Пермский государственный институт культуры (г. Пермь)</t>
   </si>
   <si>
     <t>Пермский военный институт войск национальной гвардии РФ (г. Пермь)</t>
   </si>
   <si>
+    <t>Новосибирский государственный архитектурно-строительный университет (Сибстрин) (г. Новосибирск)</t>
+  </si>
+  <si>
     <t>Белгородская духовная семинария (с миссионерской направленностью) (г. Белгород)</t>
   </si>
   <si>
-    <t>Новосибирский государственный архитектурно-строительный университет (Сибстрин) (г. Новосибирск)</t>
-[...1 lines deleted...]
-  <si>
     <t>Балашовский политехнический лицей (г. Балашов)</t>
   </si>
   <si>
     <t>Армянский государственный экономический университет (г. Ереван)</t>
   </si>
   <si>
     <t>Технологический университет Таджикистана (г. Душанбе)</t>
   </si>
   <si>
     <t>Дагестанский государственный технический университет (г. Махачкала)</t>
   </si>
   <si>
+    <t>Горно-Алтайский государственный университет (г. Горно-Алтайск)</t>
+  </si>
+  <si>
     <t>Уфимский государственный нефтяной технический университет (г. Уфа)</t>
   </si>
   <si>
-    <t>Горно-Алтайский государственный университет (г. Горно-Алтайск)</t>
+    <t>Северо-Осетинский государственный университет имени К.Л. Хетагурова (г. Владикавказ)</t>
+  </si>
+  <si>
+    <t>Новосибирский химико-технологический колледж имени Д.И. Менделеева (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Ярославский государственный театральный институт им. Фирса Шишигина (г. Ярославль)</t>
   </si>
   <si>
     <t>Томский аграрный колледж (г. Томск)</t>
   </si>
   <si>
-    <t>Северо-Осетинский государственный университет имени К.Л. Хетагурова (г. Владикавказ)</t>
-[...7 lines deleted...]
-  <si>
     <t>Московский государственный академический художественный институт имени В.И. Сурикова (г. Москва)</t>
   </si>
   <si>
     <t>Казахский государственный агротехнический университет имени С. Сейфуллина (г. Астана)</t>
   </si>
   <si>
     <t>Финансово-экономический колледж (г. Симферополь)</t>
   </si>
   <si>
     <t>Университет экономики и управления (г. Симферополь)</t>
   </si>
   <si>
     <t>Северо-Западный открытый технический университет (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Ростовский государственный медицинский университет (г. Ростов-на Дону)</t>
+  </si>
+  <si>
     <t>Республиканский медицинский колледж имени Героя Советского Союза Ф.А. Пушиной (г. Ижевск)</t>
   </si>
   <si>
-    <t>Ростовский государственный медицинский университет (г. Ростов-на Дону)</t>
-[...1 lines deleted...]
-  <si>
     <t>Алтайский государственный педагогический университет (г. Барнаул)</t>
   </si>
   <si>
     <t>Чурапчинский государственный институт физической культуры и спорта (с. Чурапча)</t>
   </si>
   <si>
     <t>Театральный художественно-технический колледж (г. Москва)</t>
   </si>
   <si>
     <t>Красноярский государственный медицинский университет имени профессора В.Ф. Войно-Ясенецкого (г. Красноярск)</t>
   </si>
   <si>
     <t>Институт международных связей (г. Екатеринбург)</t>
   </si>
   <si>
+    <t>Воронежский институт ФСИН (г. Воронеж)</t>
+  </si>
+  <si>
+    <t>Белорусский государственный университет информатики и радиоэлектроники (г. Минск)</t>
+  </si>
+  <si>
+    <t>Башкирский государственный медицинский университет (г. Уфа)</t>
+  </si>
+  <si>
+    <t>Рязанский государственный агротехнологический университет имени П.А. Костычева (г. Рязань)</t>
+  </si>
+  <si>
+    <t>Миасский машиностроительный колледж (г. Миасс-4)</t>
+  </si>
+  <si>
     <t>Мелитопольский государственный педагогический университет имени Б. Хмельницкого (г. Мелитополь)</t>
   </si>
   <si>
-    <t>Воронежский институт ФСИН (г. Воронеж)</t>
-[...13 lines deleted...]
-  <si>
     <t>Академия Министерства внутренних дел Республики Беларусь (г. Минск)</t>
   </si>
   <si>
     <t>Брянский техникум индустрии сервиса (г. Брянск)</t>
   </si>
   <si>
     <t>Рязанское высшее воздушно-десантное ордена Суворова дважды Краснознаменное командное училище имени генерала армии В.Ф. Маргелова (г. Рязань)</t>
   </si>
   <si>
     <t>Сибирский государственный медицинский университет (г. Томск)</t>
   </si>
   <si>
     <t>Казахстанско-Немецкий университет (г. Алматы)</t>
   </si>
   <si>
     <t>Гуманитарно-социальный институт (г. Люберцы)</t>
   </si>
   <si>
     <t>Российский государственный геологоразведочный университет имени Серго Орджоникидзе (г. Москва)</t>
   </si>
   <si>
     <t>Нижегородский государственный лингвистический университет имени Н.А. Добролюбова (г. Нижний Новгород)</t>
   </si>
   <si>
+    <t>Волжский государственный университет водного транспорта (г. Нижний Новгород)</t>
+  </si>
+  <si>
     <t>Рыбинский профессионально-педагогический колледж (г. Рыбинск)</t>
   </si>
   <si>
-    <t>Волжский государственный университет водного транспорта (г. Нижний Новгород)</t>
+    <t>Поволжский государственный университет сервиса (г. Тольятти)</t>
+  </si>
+  <si>
+    <t>Оренбургский государственный институт искусств имени Л. и М. Ростроповичей (г. Оренбург)</t>
+  </si>
+  <si>
+    <t>Ивановская пожарно-спасательная академия ГПС МЧС России (г. Иваново)</t>
   </si>
   <si>
     <t>Азовское профессиональное училище № 45 (г. Азов)</t>
   </si>
   <si>
-    <t>Поволжский государственный университет сервиса (г. Тольятти)</t>
-[...5 lines deleted...]
-    <t>Ивановская пожарно-спасательная академия ГПС МЧС России (г. Иваново)</t>
+    <t>Армавирский социально-психологический институт (г. Армавир)</t>
+  </si>
+  <si>
+    <t>Ухтинский государственный технический университет (г. Ухта)</t>
   </si>
   <si>
     <t>Самарский государственный социально-педагогический университет (г. Самара)</t>
   </si>
   <si>
-    <t>Армавирский социально-психологический институт (г. Армавир)</t>
-[...4 lines deleted...]
-  <si>
     <t>Новосибирский медицинский колледж (г. Новосибирск)</t>
   </si>
   <si>
     <t>Братский государственный университет (г. Братск)</t>
   </si>
   <si>
     <t>Тульская духовная семинария Тульской Епархии Русской Православной Церкви (г. Тула)</t>
   </si>
   <si>
     <t>Самарский медицинский университет Реавиз (г. Самара)</t>
   </si>
   <si>
     <t>Костромской автотранспортный колледж (г. Кострома)</t>
   </si>
   <si>
     <t>Башкирский государственный аграрный университет (г. Уфа)</t>
   </si>
   <si>
     <t>Ставропольский государственный медицинский университет (г. Ставрополь)</t>
   </si>
   <si>
     <t>Миссионерский институт (г. Екатеринбург)</t>
   </si>
   <si>
+    <t>Краснодарское высшее военное авиационное училище летчиков имени Героя Советского Союза А.К. Серова (г. Краснодар)</t>
+  </si>
+  <si>
+    <t>Дальневосточный государственный университет путей сообщения (г. Хабаровск)</t>
+  </si>
+  <si>
     <t>Казанский государственный аграрный университет (г. Казань)</t>
   </si>
   <si>
-    <t>Краснодарское высшее военное авиационное училище летчиков имени Героя Советского Союза А.К. Серова (г. Краснодар)</t>
-[...4 lines deleted...]
-  <si>
     <t>Региональный открытый социальный институт (г. Курск)</t>
   </si>
   <si>
     <t>Новосибирский государственный театральный институт (г. Новосибирск)</t>
   </si>
   <si>
     <t>Новосибирская государственная консерватория имени М.И. Глинки (г. Новосибирск)</t>
   </si>
   <si>
     <t>Московский архитектурный институт (государственная академия) (г. Москва)</t>
   </si>
   <si>
     <t>Казахский национальный исследовательский технический университет имени К.И. Сатпаева (г. Алматы)</t>
   </si>
   <si>
+    <t>Газпром колледж Волгоград имени И.А. Матлашова (г. Волгоград)</t>
+  </si>
+  <si>
     <t>Технологический колледж № 34 Москвы (г. Москва)</t>
   </si>
   <si>
-    <t>Газпром колледж Волгоград имени И.А. Матлашова (г. Волгоград)</t>
-[...1 lines deleted...]
-  <si>
     <t>Алтайский государственный аграрный университет (г. Барнаул)</t>
   </si>
   <si>
+    <t>Калининградский областной музыкальный колледж имени С.В. Рахманинова (г. Калининград)</t>
+  </si>
+  <si>
     <t>Курский государственный медицинский университет (г. Курск)</t>
   </si>
   <si>
     <t>Тюменский государственный институт культуры (г. Тюмень)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Калининградский областной музыкальный колледж имени С.В. Рахманинова (г. Калининград)</t>
   </si>
   <si>
     <t>Северный государственный медицинский университет (г. Архангельск)</t>
   </si>
   <si>
     <t>Ташкентский государственный педагогический университет имени Низами (г. Ташкент)</t>
   </si>
   <si>
     <t>Свердловский областной медицинский колледж (г. Екатеринбург)</t>
   </si>
   <si>
     <t>Астраханский государственный медицинский университет (г. Астрахань)</t>
   </si>
   <si>
     <t>Технический университет УГМК (г. Верхняя Пышма)</t>
   </si>
   <si>
     <t>Бийский государственный колледж (г. Бийск)</t>
   </si>
   <si>
     <t>Брянский государственный аграрный университет (с. Кокино)</t>
   </si>
   <si>
     <t>Московское высшее общевойсковое командное орденов Жукова, Ленина и Октябрьской революции Краснознаменное училище (г. Москва)</t>
   </si>
@@ -2326,6847 +2326,6847 @@
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="2">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="2">
         <v>538</v>
       </c>
       <c r="D2" s="2">
         <v>2594</v>
       </c>
       <c r="E2" s="2">
         <v>44544</v>
       </c>
       <c r="F2" s="2">
-        <v>1926</v>
+        <v>1925</v>
       </c>
       <c r="G2" s="2">
-        <v>16904.0</v>
+        <v>16887.0</v>
       </c>
       <c r="H2" s="2">
-        <v>154296.0</v>
+        <v>154009.0</v>
       </c>
       <c r="I2" s="2">
-        <v>17561.0</v>
+        <v>17581.0</v>
       </c>
       <c r="J2" s="2">
-        <v>17344.0</v>
+        <v>17385.0</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="2">
         <v>364</v>
       </c>
       <c r="D3" s="2">
         <v>920</v>
       </c>
       <c r="E3" s="2">
         <v>38624</v>
       </c>
       <c r="F3" s="2">
-        <v>1791</v>
+        <v>1790</v>
       </c>
       <c r="G3" s="2">
-        <v>13522.0</v>
+        <v>13508.0</v>
       </c>
       <c r="H3" s="2">
-        <v>120518.0</v>
+        <v>120300.0</v>
       </c>
       <c r="I3" s="2">
-        <v>10619.0</v>
+        <v>10669.0</v>
       </c>
       <c r="J3" s="2">
-        <v>34470.0</v>
+        <v>34517.0</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="2">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D4" s="2">
         <v>617</v>
       </c>
       <c r="E4" s="2">
         <v>32981</v>
       </c>
       <c r="F4" s="2">
-        <v>1783</v>
+        <v>1782</v>
       </c>
       <c r="G4" s="2">
-        <v>14194.0</v>
+        <v>14185.0</v>
       </c>
       <c r="H4" s="2">
-        <v>124608.0</v>
+        <v>124472.0</v>
       </c>
       <c r="I4" s="2">
-        <v>5395.0</v>
+        <v>5410.0</v>
       </c>
       <c r="J4" s="2">
-        <v>10597.0</v>
+        <v>10595.0</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2">
         <v>324</v>
       </c>
       <c r="D5" s="2">
         <v>233</v>
       </c>
       <c r="E5" s="2">
         <v>20104</v>
       </c>
       <c r="F5" s="2">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="G5" s="2">
-        <v>10999.0</v>
+        <v>10992.0</v>
       </c>
       <c r="H5" s="2">
-        <v>94711.0</v>
+        <v>94582.0</v>
       </c>
       <c r="I5" s="2">
-        <v>206.0</v>
+        <v>214.0</v>
       </c>
       <c r="J5" s="2">
-        <v>15950.0</v>
+        <v>15932.0</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="2">
         <v>350</v>
       </c>
       <c r="D6" s="2">
         <v>513</v>
       </c>
       <c r="E6" s="2">
         <v>24134</v>
       </c>
       <c r="F6" s="2">
         <v>1703</v>
       </c>
       <c r="G6" s="2">
-        <v>12030.0</v>
+        <v>12006.0</v>
       </c>
       <c r="H6" s="2">
-        <v>122419.0</v>
+        <v>122183.0</v>
       </c>
       <c r="I6" s="2">
-        <v>4961.0</v>
+        <v>4964.0</v>
       </c>
       <c r="J6" s="2">
-        <v>28114.0</v>
+        <v>28187.0</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="2">
         <v>223</v>
       </c>
       <c r="D7" s="2">
         <v>290</v>
       </c>
       <c r="E7" s="2">
-        <v>13318</v>
+        <v>13313</v>
       </c>
       <c r="F7" s="2">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="G7" s="2">
         <v>8877.0</v>
       </c>
       <c r="H7" s="2">
-        <v>71844.0</v>
+        <v>71741.0</v>
       </c>
       <c r="I7" s="2">
-        <v>1402.0</v>
+        <v>1405.0</v>
       </c>
       <c r="J7" s="2">
-        <v>12974.0</v>
+        <v>12973.0</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="2">
         <v>161</v>
       </c>
       <c r="D8" s="2">
         <v>110</v>
       </c>
       <c r="E8" s="2">
         <v>11022</v>
       </c>
       <c r="F8" s="2">
-        <v>1527</v>
+        <v>1526</v>
       </c>
       <c r="G8" s="2">
-        <v>6805.0</v>
+        <v>6793.0</v>
       </c>
       <c r="H8" s="2">
-        <v>51906.0</v>
+        <v>51841.0</v>
       </c>
       <c r="I8" s="2">
         <v>400.0</v>
       </c>
       <c r="J8" s="2">
-        <v>11536.0</v>
+        <v>11571.0</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="2">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="2">
         <v>173</v>
       </c>
       <c r="D9" s="2">
         <v>32</v>
       </c>
       <c r="E9" s="2">
         <v>9699</v>
       </c>
       <c r="F9" s="2">
-        <v>1522</v>
+        <v>1518</v>
       </c>
       <c r="G9" s="2">
-        <v>7132.0</v>
+        <v>7128.0</v>
       </c>
       <c r="H9" s="2">
-        <v>50684.0</v>
+        <v>50599.0</v>
       </c>
       <c r="I9" s="2">
-        <v>149.0</v>
+        <v>151.0</v>
       </c>
       <c r="J9" s="2">
-        <v>3715.0</v>
+        <v>3651.0</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="2">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="2">
         <v>177</v>
       </c>
       <c r="D10" s="2">
         <v>388</v>
       </c>
       <c r="E10" s="2">
-        <v>15375</v>
+        <v>15327</v>
       </c>
       <c r="F10" s="2">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="G10" s="2">
         <v>8180.0</v>
       </c>
       <c r="H10" s="2">
-        <v>55602.0</v>
+        <v>55524.0</v>
       </c>
       <c r="I10" s="2">
-        <v>172.0</v>
+        <v>178.0</v>
       </c>
       <c r="J10" s="2">
-        <v>14316.0</v>
+        <v>14241.0</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="2">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="2">
         <v>171</v>
       </c>
       <c r="D11" s="2">
         <v>2429</v>
       </c>
       <c r="E11" s="2">
         <v>18650</v>
       </c>
       <c r="F11" s="2">
         <v>1412</v>
       </c>
       <c r="G11" s="2">
-        <v>5903.0</v>
+        <v>5901.0</v>
       </c>
       <c r="H11" s="2">
-        <v>42316.0</v>
+        <v>42216.0</v>
       </c>
       <c r="I11" s="2">
-        <v>27584.0</v>
+        <v>27099.0</v>
       </c>
       <c r="J11" s="2">
-        <v>5400.0</v>
+        <v>5428.0</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="2">
         <v>115</v>
       </c>
       <c r="D12" s="2">
         <v>312</v>
       </c>
       <c r="E12" s="2">
         <v>10442</v>
       </c>
       <c r="F12" s="2">
-        <v>1402</v>
+        <v>1401</v>
       </c>
       <c r="G12" s="2">
-        <v>6021.0</v>
+        <v>6016.0</v>
       </c>
       <c r="H12" s="2">
-        <v>47164.0</v>
+        <v>47087.0</v>
       </c>
       <c r="I12" s="2">
-        <v>20018.0</v>
+        <v>20100.0</v>
       </c>
       <c r="J12" s="2">
-        <v>25759.0</v>
+        <v>25875.0</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="2">
         <v>95</v>
       </c>
       <c r="D13" s="2">
         <v>55</v>
       </c>
       <c r="E13" s="2">
         <v>8183</v>
       </c>
       <c r="F13" s="2">
         <v>1366</v>
       </c>
       <c r="G13" s="2">
-        <v>6074.0</v>
+        <v>6065.0</v>
       </c>
       <c r="H13" s="2">
-        <v>42100.0</v>
+        <v>42002.0</v>
       </c>
       <c r="I13" s="2">
-        <v>530.0</v>
+        <v>531.0</v>
       </c>
       <c r="J13" s="2">
-        <v>4323.0</v>
+        <v>4270.0</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="2">
         <v>159</v>
       </c>
       <c r="D14" s="2">
         <v>74</v>
       </c>
       <c r="E14" s="2">
         <v>14182</v>
       </c>
       <c r="F14" s="2">
         <v>1362</v>
       </c>
       <c r="G14" s="2">
-        <v>5506.0</v>
+        <v>5500.0</v>
       </c>
       <c r="H14" s="2">
-        <v>45353.0</v>
+        <v>45275.0</v>
       </c>
       <c r="I14" s="2">
         <v>56.0</v>
       </c>
       <c r="J14" s="2">
-        <v>5935.0</v>
+        <v>5966.0</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="2">
         <v>220</v>
       </c>
       <c r="D15" s="2">
         <v>2</v>
       </c>
       <c r="E15" s="2">
         <v>2772</v>
       </c>
       <c r="F15" s="2">
-        <v>1319</v>
+        <v>1318</v>
       </c>
       <c r="G15" s="2">
-        <v>4964.0</v>
+        <v>4959.0</v>
       </c>
       <c r="H15" s="2">
-        <v>32311.0</v>
+        <v>32279.0</v>
       </c>
       <c r="I15" s="2">
         <v>1.0</v>
       </c>
       <c r="J15" s="2">
-        <v>1564.0</v>
+        <v>1472.0</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="2">
         <v>63</v>
       </c>
       <c r="D16" s="2">
         <v>309</v>
       </c>
       <c r="E16" s="2">
         <v>6187</v>
       </c>
       <c r="F16" s="2">
-        <v>1271</v>
+        <v>1270</v>
       </c>
       <c r="G16" s="2">
-        <v>4564.0</v>
+        <v>4558.0</v>
       </c>
       <c r="H16" s="2">
-        <v>57138.0</v>
+        <v>57045.0</v>
       </c>
       <c r="I16" s="2">
-        <v>102.0</v>
+        <v>133.0</v>
       </c>
       <c r="J16" s="2">
-        <v>32185.0</v>
+        <v>32094.0</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="2">
         <v>96</v>
       </c>
       <c r="D17" s="2">
         <v>10</v>
       </c>
       <c r="E17" s="2">
         <v>7446</v>
       </c>
       <c r="F17" s="2">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="G17" s="2">
-        <v>4047.0</v>
+        <v>4037.0</v>
       </c>
       <c r="H17" s="2">
-        <v>24036.0</v>
+        <v>24008.0</v>
       </c>
       <c r="I17" s="2">
         <v>2.0</v>
       </c>
       <c r="J17" s="2">
-        <v>1935.0</v>
+        <v>1940.0</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="2">
         <v>91</v>
       </c>
       <c r="D18" s="2">
         <v>55</v>
       </c>
       <c r="E18" s="2">
         <v>3977</v>
       </c>
       <c r="F18" s="2">
-        <v>1256</v>
+        <v>1255</v>
       </c>
       <c r="G18" s="2">
-        <v>4611.0</v>
+        <v>4612.0</v>
       </c>
       <c r="H18" s="2">
-        <v>27256.0</v>
+        <v>27203.0</v>
       </c>
       <c r="I18" s="2">
-        <v>5.0</v>
+        <v>17.0</v>
       </c>
       <c r="J18" s="2">
-        <v>8403.0</v>
+        <v>8430.0</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C19" s="2">
         <v>83</v>
       </c>
       <c r="D19" s="2">
         <v>171</v>
       </c>
       <c r="E19" s="2">
         <v>1622</v>
       </c>
       <c r="F19" s="2">
-        <v>1248</v>
+        <v>1247</v>
       </c>
       <c r="G19" s="2">
-        <v>3822.0</v>
+        <v>3819.0</v>
       </c>
       <c r="H19" s="2">
-        <v>23208.0</v>
+        <v>23148.0</v>
       </c>
       <c r="I19" s="2">
         <v>689.0</v>
       </c>
       <c r="J19" s="2">
-        <v>1918.0</v>
+        <v>1842.0</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C20" s="2">
         <v>83</v>
       </c>
       <c r="D20" s="2">
         <v>17</v>
       </c>
       <c r="E20" s="2">
         <v>6171</v>
       </c>
       <c r="F20" s="2">
-        <v>1233</v>
+        <v>1232</v>
       </c>
       <c r="G20" s="2">
-        <v>4044.0</v>
+        <v>4038.0</v>
       </c>
       <c r="H20" s="2">
-        <v>28928.0</v>
+        <v>28876.0</v>
       </c>
       <c r="I20" s="2">
         <v>126.0</v>
       </c>
       <c r="J20" s="2">
-        <v>2406.0</v>
+        <v>2296.0</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="2">
         <v>141</v>
       </c>
       <c r="D21" s="2">
         <v>1784</v>
       </c>
       <c r="E21" s="2">
         <v>13635</v>
       </c>
       <c r="F21" s="2">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="G21" s="2">
-        <v>5016.0</v>
+        <v>5015.0</v>
       </c>
       <c r="H21" s="2">
-        <v>62697.0</v>
+        <v>62631.0</v>
       </c>
       <c r="I21" s="2">
-        <v>6626.0</v>
+        <v>6709.0</v>
       </c>
       <c r="J21" s="2">
-        <v>13823.0</v>
+        <v>13872.0</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C22" s="2">
         <v>85</v>
       </c>
       <c r="D22" s="2">
         <v>8</v>
       </c>
       <c r="E22" s="2">
         <v>7094</v>
       </c>
       <c r="F22" s="2">
         <v>1188</v>
       </c>
       <c r="G22" s="2">
-        <v>3549.0</v>
+        <v>3546.0</v>
       </c>
       <c r="H22" s="2">
-        <v>26372.0</v>
+        <v>26326.0</v>
       </c>
       <c r="I22" s="2">
         <v>0.0</v>
       </c>
       <c r="J22" s="2">
-        <v>1697.0</v>
+        <v>1662.0</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="2">
         <v>157</v>
       </c>
       <c r="D23" s="2">
         <v>223</v>
       </c>
       <c r="E23" s="2">
         <v>7322</v>
       </c>
       <c r="F23" s="2">
         <v>1174</v>
       </c>
       <c r="G23" s="2">
-        <v>5245.0</v>
+        <v>5241.0</v>
       </c>
       <c r="H23" s="2">
-        <v>48221.0</v>
+        <v>48156.0</v>
       </c>
       <c r="I23" s="2">
         <v>1398.0</v>
       </c>
       <c r="J23" s="2">
-        <v>3538.0</v>
+        <v>3552.0</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="2">
         <v>118</v>
       </c>
       <c r="D24" s="2">
         <v>27</v>
       </c>
       <c r="E24" s="2">
         <v>8876</v>
       </c>
       <c r="F24" s="2">
-        <v>1167</v>
+        <v>1166</v>
       </c>
       <c r="G24" s="2">
-        <v>4887.0</v>
+        <v>4885.0</v>
       </c>
       <c r="H24" s="2">
-        <v>67158.0</v>
+        <v>67098.0</v>
       </c>
       <c r="I24" s="2">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="J24" s="2">
-        <v>13010.0</v>
+        <v>13274.0</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="2">
         <v>91</v>
       </c>
       <c r="D25" s="2">
         <v>51</v>
       </c>
       <c r="E25" s="2">
         <v>5907</v>
       </c>
       <c r="F25" s="2">
         <v>1166</v>
       </c>
       <c r="G25" s="2">
-        <v>3595.0</v>
+        <v>3591.0</v>
       </c>
       <c r="H25" s="2">
-        <v>27641.0</v>
+        <v>27563.0</v>
       </c>
       <c r="I25" s="2">
         <v>72.0</v>
       </c>
       <c r="J25" s="2">
         <v>1571.0</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2">
         <v>25</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="2">
         <v>100</v>
       </c>
       <c r="D26" s="2">
         <v>205</v>
       </c>
       <c r="E26" s="2">
         <v>7146</v>
       </c>
       <c r="F26" s="2">
         <v>1125</v>
       </c>
       <c r="G26" s="2">
-        <v>2925.0</v>
+        <v>2922.0</v>
       </c>
       <c r="H26" s="2">
-        <v>16119.0</v>
+        <v>16077.0</v>
       </c>
       <c r="I26" s="2">
-        <v>1123.0</v>
+        <v>1121.0</v>
       </c>
       <c r="J26" s="2">
-        <v>1219.0</v>
+        <v>1213.0</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C27" s="2">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D27" s="2"/>
+        <v>100</v>
+      </c>
+      <c r="D27" s="2">
+        <v>41</v>
+      </c>
       <c r="E27" s="2">
-        <v>4053</v>
+        <v>4050</v>
       </c>
       <c r="F27" s="2">
         <v>1091</v>
       </c>
       <c r="G27" s="2">
-        <v>3807.0</v>
+        <v>3373.0</v>
       </c>
       <c r="H27" s="2">
-        <v>49612.0</v>
+        <v>29904.0</v>
       </c>
       <c r="I27" s="2">
-        <v>0.0</v>
+        <v>68.0</v>
       </c>
       <c r="J27" s="2">
-        <v>2551.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="2">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="2">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>3515</v>
+        <v>4053</v>
       </c>
       <c r="F28" s="2">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="G28" s="2">
-        <v>3062.0</v>
+        <v>3798.0</v>
       </c>
       <c r="H28" s="2">
-        <v>30580.0</v>
+        <v>49558.0</v>
       </c>
       <c r="I28" s="2">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
       <c r="J28" s="2">
-        <v>7270.0</v>
+        <v>2557.0</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="2">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C29" s="2">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="D29" s="2">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="E29" s="2">
-        <v>4050</v>
+        <v>3515</v>
       </c>
       <c r="F29" s="2">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="G29" s="2">
-        <v>3376.0</v>
+        <v>3060.0</v>
       </c>
       <c r="H29" s="2">
-        <v>29961.0</v>
+        <v>30539.0</v>
       </c>
       <c r="I29" s="2">
-        <v>64.0</v>
+        <v>5.0</v>
       </c>
       <c r="J29" s="2">
-        <v>2007.0</v>
+        <v>7312.0</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="2">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C30" s="2">
         <v>110</v>
       </c>
       <c r="D30" s="2">
         <v>163</v>
       </c>
       <c r="E30" s="2">
         <v>7813</v>
       </c>
       <c r="F30" s="2">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="G30" s="2">
-        <v>3955.0</v>
+        <v>3945.0</v>
       </c>
       <c r="H30" s="2">
-        <v>49085.0</v>
+        <v>49020.0</v>
       </c>
       <c r="I30" s="2">
-        <v>116.0</v>
+        <v>119.0</v>
       </c>
       <c r="J30" s="2">
-        <v>8982.0</v>
+        <v>9055.0</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="2">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C31" s="2">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D31" s="2"/>
+        <v>59</v>
+      </c>
+      <c r="D31" s="2">
+        <v>232</v>
+      </c>
       <c r="E31" s="2">
-        <v>6339</v>
+        <v>5157</v>
       </c>
       <c r="F31" s="2">
         <v>1053</v>
       </c>
       <c r="G31" s="2">
-        <v>2393.0</v>
+        <v>3339.0</v>
       </c>
       <c r="H31" s="2">
-        <v>18311.0</v>
+        <v>28277.0</v>
       </c>
       <c r="I31" s="2">
-        <v>0.0</v>
+        <v>249.0</v>
       </c>
       <c r="J31" s="2">
-        <v>1879.0</v>
+        <v>1955.0</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="2">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C32" s="2">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="D32" s="2"/>
       <c r="E32" s="2">
-        <v>5157</v>
+        <v>6339</v>
       </c>
       <c r="F32" s="2">
         <v>1052</v>
       </c>
       <c r="G32" s="2">
-        <v>3336.0</v>
+        <v>2395.0</v>
       </c>
       <c r="H32" s="2">
-        <v>28336.0</v>
+        <v>18294.0</v>
       </c>
       <c r="I32" s="2">
-        <v>249.0</v>
+        <v>0.0</v>
       </c>
       <c r="J32" s="2">
-        <v>1929.0</v>
+        <v>1879.0</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="2">
         <v>32</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C33" s="2">
         <v>80</v>
       </c>
       <c r="D33" s="2">
         <v>177</v>
       </c>
       <c r="E33" s="2">
         <v>1954</v>
       </c>
       <c r="F33" s="2">
         <v>1046</v>
       </c>
       <c r="G33" s="2">
         <v>2438.0</v>
       </c>
       <c r="H33" s="2">
-        <v>8317.0</v>
+        <v>8312.0</v>
       </c>
       <c r="I33" s="2">
         <v>1007.0</v>
       </c>
       <c r="J33" s="2">
-        <v>2838.0</v>
+        <v>2886.0</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="2">
         <v>33</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C34" s="2">
         <v>48</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2">
         <v>6301</v>
       </c>
       <c r="F34" s="2">
         <v>1042</v>
       </c>
       <c r="G34" s="2">
         <v>2299.0</v>
       </c>
       <c r="H34" s="2">
-        <v>10495.0</v>
+        <v>10469.0</v>
       </c>
       <c r="I34" s="2">
         <v>0.0</v>
       </c>
       <c r="J34" s="2">
-        <v>4860.0</v>
+        <v>4898.0</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="2">
         <v>34</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C35" s="2">
         <v>62</v>
       </c>
       <c r="D35" s="2">
         <v>9</v>
       </c>
       <c r="E35" s="2">
         <v>4728</v>
       </c>
       <c r="F35" s="2">
-        <v>1039</v>
+        <v>1038</v>
       </c>
       <c r="G35" s="2">
-        <v>2857.0</v>
+        <v>2856.0</v>
       </c>
       <c r="H35" s="2">
-        <v>20931.0</v>
+        <v>20888.0</v>
       </c>
       <c r="I35" s="2">
         <v>9.0</v>
       </c>
       <c r="J35" s="2">
-        <v>9097.0</v>
+        <v>9013.0</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="2">
         <v>35</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C36" s="2">
         <v>52</v>
       </c>
       <c r="D36" s="2">
         <v>61</v>
       </c>
       <c r="E36" s="2">
         <v>1800</v>
       </c>
       <c r="F36" s="2">
         <v>1034</v>
       </c>
       <c r="G36" s="2">
-        <v>2718.0</v>
+        <v>2716.0</v>
       </c>
       <c r="H36" s="2">
-        <v>13151.0</v>
+        <v>13142.0</v>
       </c>
       <c r="I36" s="2">
         <v>217.0</v>
       </c>
       <c r="J36" s="2">
-        <v>618.0</v>
+        <v>622.0</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="2">
         <v>36</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="2">
         <v>37</v>
       </c>
       <c r="D37" s="2">
         <v>3</v>
       </c>
       <c r="E37" s="2">
         <v>1965</v>
       </c>
       <c r="F37" s="2">
         <v>1026</v>
       </c>
       <c r="G37" s="2">
-        <v>2544.0</v>
+        <v>2541.0</v>
       </c>
       <c r="H37" s="2">
-        <v>22332.0</v>
+        <v>22295.0</v>
       </c>
       <c r="I37" s="2">
-        <v>245.0</v>
+        <v>244.0</v>
       </c>
       <c r="J37" s="2">
         <v>556.0</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="2">
         <v>37</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C38" s="2">
         <v>63</v>
       </c>
       <c r="D38" s="2">
         <v>2</v>
       </c>
       <c r="E38" s="2">
         <v>4393</v>
       </c>
       <c r="F38" s="2">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="G38" s="2">
-        <v>2232.0</v>
+        <v>2231.0</v>
       </c>
       <c r="H38" s="2">
-        <v>11709.0</v>
+        <v>11676.0</v>
       </c>
       <c r="I38" s="2">
         <v>0.0</v>
       </c>
       <c r="J38" s="2">
-        <v>5323.0</v>
+        <v>5331.0</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="2">
         <v>38</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C39" s="2">
         <v>65</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
         <v>3109</v>
       </c>
       <c r="F39" s="2">
-        <v>1015</v>
+        <v>1014</v>
       </c>
       <c r="G39" s="2">
-        <v>2135.0</v>
+        <v>2140.0</v>
       </c>
       <c r="H39" s="2">
-        <v>9643.0</v>
+        <v>9614.0</v>
       </c>
       <c r="I39" s="2">
         <v>0.0</v>
       </c>
       <c r="J39" s="2">
-        <v>6539.0</v>
+        <v>6672.0</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="2">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C40" s="2">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="D40" s="2">
-        <v>1</v>
+        <v>76</v>
       </c>
       <c r="E40" s="2">
-        <v>7320</v>
+        <v>1512</v>
       </c>
       <c r="F40" s="2">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="G40" s="2">
-        <v>2267.0</v>
+        <v>2226.0</v>
       </c>
       <c r="H40" s="2">
-        <v>8289.0</v>
+        <v>22114.0</v>
       </c>
       <c r="I40" s="2">
-        <v>21.0</v>
+        <v>68.0</v>
       </c>
       <c r="J40" s="2">
-        <v>772.0</v>
+        <v>1112.0</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="2">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C41" s="2">
-        <v>40</v>
+        <v>69</v>
       </c>
       <c r="D41" s="2">
-        <v>76</v>
+        <v>1</v>
       </c>
       <c r="E41" s="2">
-        <v>1512</v>
+        <v>7320</v>
       </c>
       <c r="F41" s="2">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="G41" s="2">
-        <v>2233.0</v>
+        <v>2266.0</v>
       </c>
       <c r="H41" s="2">
-        <v>22185.0</v>
+        <v>8278.0</v>
       </c>
       <c r="I41" s="2">
-        <v>68.0</v>
+        <v>21.0</v>
       </c>
       <c r="J41" s="2">
-        <v>1112.0</v>
+        <v>772.0</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="2">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="2">
         <v>50</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
         <v>3426</v>
       </c>
       <c r="F42" s="2">
-        <v>967</v>
+        <v>965</v>
       </c>
       <c r="G42" s="2">
-        <v>2373.0</v>
+        <v>2375.0</v>
       </c>
       <c r="H42" s="2">
-        <v>30008.0</v>
+        <v>29986.0</v>
       </c>
       <c r="I42" s="2">
         <v>0.0</v>
       </c>
       <c r="J42" s="2">
-        <v>1820.0</v>
+        <v>1905.0</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="2">
         <v>42</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="2">
         <v>53</v>
       </c>
       <c r="D43" s="2">
         <v>122</v>
       </c>
       <c r="E43" s="2">
         <v>3274</v>
       </c>
       <c r="F43" s="2">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="G43" s="2">
-        <v>2379.0</v>
+        <v>2375.0</v>
       </c>
       <c r="H43" s="2">
-        <v>23774.0</v>
+        <v>23718.0</v>
       </c>
       <c r="I43" s="2">
         <v>177.0</v>
       </c>
       <c r="J43" s="2">
-        <v>2184.0</v>
+        <v>2240.0</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="2">
         <v>43</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C44" s="2">
         <v>76</v>
       </c>
       <c r="D44" s="2">
         <v>118</v>
       </c>
       <c r="E44" s="2">
         <v>8567</v>
       </c>
       <c r="F44" s="2">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="G44" s="2">
-        <v>2762.0</v>
+        <v>2761.0</v>
       </c>
       <c r="H44" s="2">
-        <v>34038.0</v>
+        <v>33956.0</v>
       </c>
       <c r="I44" s="2">
         <v>0.0</v>
       </c>
       <c r="J44" s="2">
-        <v>16913.0</v>
+        <v>16898.0</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="2">
         <v>44</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C45" s="2">
         <v>44</v>
       </c>
       <c r="D45" s="2">
         <v>4</v>
       </c>
       <c r="E45" s="2">
         <v>3433</v>
       </c>
       <c r="F45" s="2">
         <v>941</v>
       </c>
       <c r="G45" s="2">
-        <v>2530.0</v>
+        <v>2529.0</v>
       </c>
       <c r="H45" s="2">
-        <v>24881.0</v>
+        <v>24836.0</v>
       </c>
       <c r="I45" s="2">
         <v>0.0</v>
       </c>
       <c r="J45" s="2">
-        <v>1279.0</v>
+        <v>1335.0</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="2">
         <v>45</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="2">
         <v>28</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2">
         <v>614</v>
       </c>
       <c r="F46" s="2">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="G46" s="2">
-        <v>1302.0</v>
+        <v>1299.0</v>
       </c>
       <c r="H46" s="2">
-        <v>10424.0</v>
+        <v>10380.0</v>
       </c>
       <c r="I46" s="2">
         <v>0.0</v>
       </c>
       <c r="J46" s="2">
-        <v>2711.0</v>
+        <v>2717.0</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="2">
         <v>46</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="2">
         <v>33</v>
       </c>
       <c r="D47" s="2">
         <v>47</v>
       </c>
       <c r="E47" s="2">
         <v>1136</v>
       </c>
       <c r="F47" s="2">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="G47" s="2">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="H47" s="2">
-        <v>21805.0</v>
+        <v>21718.0</v>
       </c>
       <c r="I47" s="2">
-        <v>403.0</v>
+        <v>402.0</v>
       </c>
       <c r="J47" s="2">
         <v>1361.0</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="2">
         <v>47</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C48" s="2">
         <v>37</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
         <v>1032</v>
       </c>
       <c r="F48" s="2">
         <v>893</v>
       </c>
       <c r="G48" s="2">
-        <v>1635.0</v>
+        <v>1637.0</v>
       </c>
       <c r="H48" s="2">
-        <v>11816.0</v>
+        <v>11791.0</v>
       </c>
       <c r="I48" s="2">
         <v>0.0</v>
       </c>
       <c r="J48" s="2">
-        <v>522.0</v>
+        <v>531.0</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="2">
         <v>48</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C49" s="2">
         <v>33</v>
       </c>
       <c r="D49" s="2">
         <v>88</v>
       </c>
       <c r="E49" s="2">
         <v>1748</v>
       </c>
       <c r="F49" s="2">
         <v>875</v>
       </c>
       <c r="G49" s="2">
-        <v>1960.0</v>
+        <v>1959.0</v>
       </c>
       <c r="H49" s="2">
-        <v>18271.0</v>
+        <v>18248.0</v>
       </c>
       <c r="I49" s="2">
-        <v>372.0</v>
+        <v>361.0</v>
       </c>
       <c r="J49" s="2">
-        <v>411.0</v>
+        <v>413.0</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="2">
         <v>49</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C50" s="2">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
-        <v>1726</v>
+        <v>1677</v>
       </c>
       <c r="F50" s="2">
         <v>874</v>
       </c>
       <c r="G50" s="2">
-        <v>1921.0</v>
+        <v>2098.0</v>
       </c>
       <c r="H50" s="2">
-        <v>10574.0</v>
+        <v>23386.0</v>
       </c>
       <c r="I50" s="2">
         <v>0.0</v>
       </c>
       <c r="J50" s="2">
-        <v>4142.0</v>
+        <v>845.0</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="2">
         <v>50</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="2">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2">
-        <v>1677</v>
+        <v>1726</v>
       </c>
       <c r="F51" s="2">
         <v>873</v>
       </c>
       <c r="G51" s="2">
-        <v>2100.0</v>
+        <v>1914.0</v>
       </c>
       <c r="H51" s="2">
-        <v>23429.0</v>
+        <v>10545.0</v>
       </c>
       <c r="I51" s="2">
         <v>0.0</v>
       </c>
       <c r="J51" s="2">
-        <v>850.0</v>
+        <v>4144.0</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="2">
         <v>51</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C52" s="2">
         <v>42</v>
       </c>
       <c r="D52" s="2">
         <v>9</v>
       </c>
       <c r="E52" s="2">
         <v>3319</v>
       </c>
       <c r="F52" s="2">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="G52" s="2">
-        <v>1789.0</v>
+        <v>1782.0</v>
       </c>
       <c r="H52" s="2">
-        <v>16056.0</v>
+        <v>16011.0</v>
       </c>
       <c r="I52" s="2">
         <v>4.0</v>
       </c>
       <c r="J52" s="2">
-        <v>825.0</v>
+        <v>792.0</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="2">
         <v>52</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C53" s="2">
         <v>24</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2">
         <v>1241</v>
       </c>
       <c r="F53" s="2">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="G53" s="2">
-        <v>1458.0</v>
+        <v>1457.0</v>
       </c>
       <c r="H53" s="2">
-        <v>14573.0</v>
+        <v>14547.0</v>
       </c>
       <c r="I53" s="2">
         <v>0.0</v>
       </c>
       <c r="J53" s="2">
         <v>78.0</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="2">
         <v>53</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C54" s="2">
         <v>22</v>
       </c>
       <c r="D54" s="2">
         <v>94</v>
       </c>
       <c r="E54" s="2">
         <v>2296</v>
       </c>
       <c r="F54" s="2">
-        <v>847</v>
+        <v>846</v>
       </c>
       <c r="G54" s="2">
-        <v>1805.0</v>
+        <v>1801.0</v>
       </c>
       <c r="H54" s="2">
-        <v>22236.0</v>
+        <v>22226.0</v>
       </c>
       <c r="I54" s="2">
         <v>0.0</v>
       </c>
       <c r="J54" s="2">
-        <v>4661.0</v>
+        <v>4637.0</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="2">
         <v>54</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C55" s="2">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D55" s="2">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="E55" s="2">
-        <v>2489</v>
+        <v>2247</v>
       </c>
       <c r="F55" s="2">
         <v>833</v>
       </c>
       <c r="G55" s="2">
-        <v>1613.0</v>
+        <v>1179.0</v>
       </c>
       <c r="H55" s="2">
-        <v>9714.0</v>
+        <v>8029.0</v>
       </c>
       <c r="I55" s="2">
-        <v>3685.0</v>
+        <v>178.0</v>
       </c>
       <c r="J55" s="2">
-        <v>1100.0</v>
+        <v>2422.0</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="2">
         <v>55</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C56" s="2">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D56" s="2">
-        <v>44</v>
+        <v>120</v>
       </c>
       <c r="E56" s="2">
-        <v>2247</v>
+        <v>2647</v>
       </c>
       <c r="F56" s="2">
         <v>833</v>
       </c>
       <c r="G56" s="2">
-        <v>1179.0</v>
+        <v>1768.0</v>
       </c>
       <c r="H56" s="2">
-        <v>8048.0</v>
+        <v>24009.0</v>
       </c>
       <c r="I56" s="2">
-        <v>178.0</v>
+        <v>41.0</v>
       </c>
       <c r="J56" s="2">
-        <v>2417.0</v>
+        <v>4516.0</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="2">
         <v>56</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="2">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D57" s="2">
-        <v>120</v>
+        <v>66</v>
       </c>
       <c r="E57" s="2">
-        <v>2647</v>
+        <v>2489</v>
       </c>
       <c r="F57" s="2">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="G57" s="2">
-        <v>1771.0</v>
+        <v>1610.0</v>
       </c>
       <c r="H57" s="2">
-        <v>24019.0</v>
+        <v>9702.0</v>
       </c>
       <c r="I57" s="2">
-        <v>38.0</v>
+        <v>3685.0</v>
       </c>
       <c r="J57" s="2">
-        <v>4540.0</v>
+        <v>1100.0</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="2">
         <v>57</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C58" s="2">
         <v>32</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2">
         <v>1438</v>
       </c>
       <c r="F58" s="2">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="G58" s="2">
         <v>1531.0</v>
       </c>
       <c r="H58" s="2">
-        <v>10052.0</v>
+        <v>10041.0</v>
       </c>
       <c r="I58" s="2">
         <v>0.0</v>
       </c>
       <c r="J58" s="2">
-        <v>550.0</v>
+        <v>578.0</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="2">
         <v>58</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="2">
         <v>22</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
         <v>1030</v>
       </c>
       <c r="F59" s="2">
         <v>819</v>
       </c>
       <c r="G59" s="2">
         <v>1622.0</v>
       </c>
       <c r="H59" s="2">
-        <v>15022.0</v>
+        <v>15017.0</v>
       </c>
       <c r="I59" s="2">
         <v>0.0</v>
       </c>
       <c r="J59" s="2">
         <v>22.0</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="2">
         <v>59</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C60" s="2">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D60" s="2"/>
       <c r="E60" s="2">
-        <v>2463</v>
+        <v>816</v>
       </c>
       <c r="F60" s="2">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="G60" s="2">
-        <v>1865.0</v>
+        <v>1728.0</v>
       </c>
       <c r="H60" s="2">
-        <v>12661.0</v>
+        <v>21384.0</v>
       </c>
       <c r="I60" s="2">
-        <v>18.0</v>
+        <v>0.0</v>
       </c>
       <c r="J60" s="2">
-        <v>950.0</v>
+        <v>2233.0</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="2">
         <v>60</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="2">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="D61" s="2">
-        <v>130</v>
+        <v>574</v>
       </c>
       <c r="E61" s="2">
-        <v>2062</v>
+        <v>2463</v>
       </c>
       <c r="F61" s="2">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="G61" s="2">
-        <v>1623.0</v>
+        <v>1865.0</v>
       </c>
       <c r="H61" s="2">
-        <v>14557.0</v>
+        <v>12661.0</v>
       </c>
       <c r="I61" s="2">
-        <v>17.0</v>
+        <v>0.0</v>
       </c>
       <c r="J61" s="2">
-        <v>1522.0</v>
+        <v>950.0</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="2">
         <v>61</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C62" s="2">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>21</v>
+      </c>
+      <c r="D62" s="2">
+        <v>130</v>
+      </c>
       <c r="E62" s="2">
-        <v>816</v>
+        <v>2062</v>
       </c>
       <c r="F62" s="2">
         <v>815</v>
       </c>
       <c r="G62" s="2">
-        <v>1730.0</v>
+        <v>1616.0</v>
       </c>
       <c r="H62" s="2">
-        <v>21418.0</v>
+        <v>14521.0</v>
       </c>
       <c r="I62" s="2">
-        <v>0.0</v>
+        <v>17.0</v>
       </c>
       <c r="J62" s="2">
-        <v>2178.0</v>
+        <v>1527.0</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="2">
         <v>62</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="2">
         <v>20</v>
       </c>
       <c r="D63" s="2">
         <v>76</v>
       </c>
       <c r="E63" s="2">
         <v>789</v>
       </c>
       <c r="F63" s="2">
         <v>814</v>
       </c>
       <c r="G63" s="2">
         <v>1219.0</v>
       </c>
       <c r="H63" s="2">
-        <v>13436.0</v>
+        <v>13405.0</v>
       </c>
       <c r="I63" s="2">
-        <v>18.0</v>
+        <v>28.0</v>
       </c>
       <c r="J63" s="2">
         <v>439.0</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="2">
         <v>63</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C64" s="2">
         <v>17</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2">
         <v>1014</v>
       </c>
       <c r="F64" s="2">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="G64" s="2">
-        <v>1109.0</v>
+        <v>1111.0</v>
       </c>
       <c r="H64" s="2">
-        <v>7529.0</v>
+        <v>7422.0</v>
       </c>
       <c r="I64" s="2">
         <v>0.0</v>
       </c>
       <c r="J64" s="2">
-        <v>1391.0</v>
+        <v>1395.0</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="2">
         <v>64</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="2">
         <v>7</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
         <v>351</v>
       </c>
       <c r="F65" s="2">
         <v>787</v>
       </c>
       <c r="G65" s="2">
-        <v>927.0</v>
+        <v>922.0</v>
       </c>
       <c r="H65" s="2">
-        <v>7433.0</v>
+        <v>7402.0</v>
       </c>
       <c r="I65" s="2">
         <v>0.0</v>
       </c>
       <c r="J65" s="2">
-        <v>2675.0</v>
+        <v>2681.0</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="2">
         <v>65</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="2">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
-        <v>2325</v>
+        <v>1245</v>
       </c>
       <c r="F66" s="2">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="G66" s="2">
-        <v>1421.0</v>
+        <v>1603.0</v>
       </c>
       <c r="H66" s="2">
-        <v>12222.0</v>
+        <v>9578.0</v>
       </c>
       <c r="I66" s="2">
         <v>0.0</v>
       </c>
       <c r="J66" s="2">
-        <v>10110.0</v>
+        <v>4199.0</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="2">
         <v>66</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="2">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
-        <v>1245</v>
+        <v>2325</v>
       </c>
       <c r="F67" s="2">
         <v>786</v>
       </c>
       <c r="G67" s="2">
-        <v>1602.0</v>
+        <v>1422.0</v>
       </c>
       <c r="H67" s="2">
-        <v>9584.0</v>
+        <v>12194.0</v>
       </c>
       <c r="I67" s="2">
         <v>0.0</v>
       </c>
       <c r="J67" s="2">
-        <v>4369.0</v>
+        <v>10081.0</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="2">
         <v>67</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="2">
         <v>32</v>
       </c>
       <c r="D68" s="2">
         <v>40</v>
       </c>
       <c r="E68" s="2">
         <v>1912</v>
       </c>
       <c r="F68" s="2">
         <v>783</v>
       </c>
       <c r="G68" s="2">
         <v>1361.0</v>
       </c>
       <c r="H68" s="2">
-        <v>14481.0</v>
+        <v>14453.0</v>
       </c>
       <c r="I68" s="2">
         <v>438.0</v>
       </c>
       <c r="J68" s="2">
         <v>283.0</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="2">
         <v>68</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="2">
         <v>56</v>
       </c>
       <c r="D69" s="2">
         <v>45</v>
       </c>
       <c r="E69" s="2">
         <v>2755</v>
       </c>
       <c r="F69" s="2">
         <v>766</v>
       </c>
       <c r="G69" s="2">
-        <v>1350.0</v>
+        <v>1349.0</v>
       </c>
       <c r="H69" s="2">
-        <v>4024.0</v>
+        <v>4019.0</v>
       </c>
       <c r="I69" s="2">
-        <v>297.0</v>
+        <v>295.0</v>
       </c>
       <c r="J69" s="2">
         <v>93.0</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="2">
         <v>69</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="2">
         <v>27</v>
       </c>
       <c r="D70" s="2">
         <v>47</v>
       </c>
       <c r="E70" s="2">
         <v>1137</v>
       </c>
       <c r="F70" s="2">
         <v>761</v>
       </c>
       <c r="G70" s="2">
-        <v>1264.0</v>
+        <v>1262.0</v>
       </c>
       <c r="H70" s="2">
-        <v>5680.0</v>
+        <v>5667.0</v>
       </c>
       <c r="I70" s="2">
         <v>39.0</v>
       </c>
       <c r="J70" s="2">
         <v>577.0</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="2">
         <v>70</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C71" s="2">
         <v>84</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2">
         <v>2093</v>
       </c>
       <c r="F71" s="2">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="G71" s="2">
-        <v>1395.0</v>
+        <v>1396.0</v>
       </c>
       <c r="H71" s="2">
         <v>7181.0</v>
       </c>
       <c r="I71" s="2">
         <v>0.0</v>
       </c>
       <c r="J71" s="2">
         <v>47.0</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="2">
         <v>71</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="2">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D72" s="2"/>
+        <v>41</v>
+      </c>
+      <c r="D72" s="2">
+        <v>48</v>
+      </c>
       <c r="E72" s="2">
-        <v>695</v>
+        <v>3658</v>
       </c>
       <c r="F72" s="2">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="G72" s="2">
-        <v>1062.0</v>
+        <v>1481.0</v>
       </c>
       <c r="H72" s="2">
-        <v>6277.0</v>
+        <v>21842.0</v>
       </c>
       <c r="I72" s="2">
-        <v>0.0</v>
+        <v>32.0</v>
       </c>
       <c r="J72" s="2">
-        <v>1160.0</v>
+        <v>888.0</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="2">
         <v>72</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C73" s="2">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="D73" s="2"/>
       <c r="E73" s="2">
-        <v>3658</v>
+        <v>695</v>
       </c>
       <c r="F73" s="2">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="G73" s="2">
-        <v>1483.0</v>
+        <v>1064.0</v>
       </c>
       <c r="H73" s="2">
-        <v>21867.0</v>
+        <v>6260.0</v>
       </c>
       <c r="I73" s="2">
-        <v>32.0</v>
+        <v>0.0</v>
       </c>
       <c r="J73" s="2">
-        <v>832.0</v>
+        <v>1120.0</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="2">
         <v>73</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="2">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2">
-        <v>740</v>
+        <v>330</v>
       </c>
       <c r="F74" s="2">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="G74" s="2">
-        <v>1866.0</v>
+        <v>901.0</v>
       </c>
       <c r="H74" s="2">
-        <v>28681.0</v>
+        <v>7374.0</v>
       </c>
       <c r="I74" s="2">
         <v>0.0</v>
       </c>
       <c r="J74" s="2">
-        <v>417.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="2">
         <v>74</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="2">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
-        <v>330</v>
+        <v>740</v>
       </c>
       <c r="F75" s="2">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="G75" s="2">
-        <v>901.0</v>
+        <v>1864.0</v>
       </c>
       <c r="H75" s="2">
-        <v>7398.0</v>
+        <v>28616.0</v>
       </c>
       <c r="I75" s="2">
         <v>0.0</v>
       </c>
       <c r="J75" s="2">
-        <v>150.0</v>
+        <v>417.0</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="2">
         <v>75</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C76" s="2">
         <v>23</v>
       </c>
       <c r="D76" s="2">
         <v>20</v>
       </c>
       <c r="E76" s="2">
         <v>1627</v>
       </c>
       <c r="F76" s="2">
         <v>739</v>
       </c>
       <c r="G76" s="2">
-        <v>1246.0</v>
+        <v>1243.0</v>
       </c>
       <c r="H76" s="2">
-        <v>13338.0</v>
+        <v>13291.0</v>
       </c>
       <c r="I76" s="2">
         <v>56.0</v>
       </c>
       <c r="J76" s="2">
         <v>1851.0</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="2">
         <v>76</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C77" s="2">
         <v>28</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
         <v>1240</v>
       </c>
       <c r="F77" s="2">
         <v>734</v>
       </c>
       <c r="G77" s="2">
-        <v>1364.0</v>
+        <v>1363.0</v>
       </c>
       <c r="H77" s="2">
-        <v>7063.0</v>
+        <v>7057.0</v>
       </c>
       <c r="I77" s="2">
         <v>0.0</v>
       </c>
       <c r="J77" s="2">
         <v>24.0</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="2">
         <v>77</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C78" s="2">
         <v>64</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2">
         <v>1240</v>
       </c>
       <c r="F78" s="2">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="G78" s="2">
-        <v>1132.0</v>
+        <v>1130.0</v>
       </c>
       <c r="H78" s="2">
         <v>6247.0</v>
       </c>
       <c r="I78" s="2">
         <v>0.0</v>
       </c>
       <c r="J78" s="2">
         <v>35.0</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="2">
         <v>78</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>87</v>
       </c>
       <c r="C79" s="2">
         <v>29</v>
       </c>
       <c r="D79" s="2">
         <v>64</v>
       </c>
       <c r="E79" s="2">
         <v>1417</v>
       </c>
       <c r="F79" s="2">
         <v>723</v>
       </c>
       <c r="G79" s="2">
         <v>1191.0</v>
       </c>
       <c r="H79" s="2">
-        <v>11503.0</v>
+        <v>11484.0</v>
       </c>
       <c r="I79" s="2">
         <v>8.0</v>
       </c>
       <c r="J79" s="2">
         <v>24.0</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="2">
         <v>79</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C80" s="2">
         <v>12</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
         <v>681</v>
       </c>
       <c r="F80" s="2">
         <v>722</v>
       </c>
       <c r="G80" s="2">
         <v>970.0</v>
       </c>
       <c r="H80" s="2">
-        <v>4005.0</v>
+        <v>4004.0</v>
       </c>
       <c r="I80" s="2">
         <v>0.0</v>
       </c>
       <c r="J80" s="2">
         <v>528.0</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="2">
         <v>80</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C81" s="2">
         <v>19</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
         <v>598</v>
       </c>
       <c r="F81" s="2">
         <v>713</v>
       </c>
       <c r="G81" s="2">
-        <v>1343.0</v>
+        <v>1342.0</v>
       </c>
       <c r="H81" s="2">
-        <v>17732.0</v>
+        <v>17706.0</v>
       </c>
       <c r="I81" s="2">
         <v>0.0</v>
       </c>
       <c r="J81" s="2">
-        <v>605.0</v>
+        <v>607.0</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="2">
         <v>81</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C82" s="2">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="D82" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="D82" s="2">
+        <v>48</v>
+      </c>
       <c r="E82" s="2">
-        <v>2124</v>
+        <v>2929</v>
       </c>
       <c r="F82" s="2">
-        <v>712</v>
+        <v>710</v>
       </c>
       <c r="G82" s="2">
-        <v>1339.0</v>
+        <v>696.0</v>
       </c>
       <c r="H82" s="2">
-        <v>17585.0</v>
+        <v>5609.0</v>
       </c>
       <c r="I82" s="2">
-        <v>0.0</v>
+        <v>19.0</v>
       </c>
       <c r="J82" s="2">
-        <v>2181.0</v>
+        <v>823.0</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="2">
         <v>82</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C83" s="2">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D83" s="2">
-        <v>47</v>
+        <v>2</v>
       </c>
       <c r="E83" s="2">
-        <v>818</v>
+        <v>914</v>
       </c>
       <c r="F83" s="2">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="G83" s="2">
-        <v>1327.0</v>
+        <v>946.0</v>
       </c>
       <c r="H83" s="2">
-        <v>9446.0</v>
+        <v>4560.0</v>
       </c>
       <c r="I83" s="2">
-        <v>99.0</v>
+        <v>20.0</v>
       </c>
       <c r="J83" s="2">
-        <v>0.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="2">
         <v>83</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>92</v>
       </c>
       <c r="C84" s="2">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="D84" s="2"/>
       <c r="E84" s="2">
-        <v>2929</v>
+        <v>2124</v>
       </c>
       <c r="F84" s="2">
         <v>710</v>
       </c>
       <c r="G84" s="2">
-        <v>697.0</v>
+        <v>1338.0</v>
       </c>
       <c r="H84" s="2">
-        <v>5613.0</v>
+        <v>17561.0</v>
       </c>
       <c r="I84" s="2">
-        <v>19.0</v>
+        <v>0.0</v>
       </c>
       <c r="J84" s="2">
-        <v>823.0</v>
+        <v>2181.0</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="2">
         <v>84</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C85" s="2">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D85" s="2">
-        <v>2</v>
+        <v>47</v>
       </c>
       <c r="E85" s="2">
-        <v>914</v>
+        <v>818</v>
       </c>
       <c r="F85" s="2">
         <v>710</v>
       </c>
       <c r="G85" s="2">
-        <v>947.0</v>
+        <v>1324.0</v>
       </c>
       <c r="H85" s="2">
-        <v>4565.0</v>
+        <v>9430.0</v>
       </c>
       <c r="I85" s="2">
-        <v>20.0</v>
+        <v>99.0</v>
       </c>
       <c r="J85" s="2">
-        <v>29.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="2">
         <v>85</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C86" s="2">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2">
-        <v>1547</v>
+        <v>1334</v>
       </c>
       <c r="F86" s="2">
         <v>709</v>
       </c>
       <c r="G86" s="2">
-        <v>1317.0</v>
+        <v>1088.0</v>
       </c>
       <c r="H86" s="2">
-        <v>11039.0</v>
+        <v>4296.0</v>
       </c>
       <c r="I86" s="2">
         <v>0.0</v>
       </c>
       <c r="J86" s="2">
-        <v>284.0</v>
+        <v>687.0</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="2">
         <v>86</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>95</v>
       </c>
       <c r="C87" s="2">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2">
-        <v>971</v>
+        <v>439</v>
       </c>
       <c r="F87" s="2">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="G87" s="2">
-        <v>1094.0</v>
+        <v>975.0</v>
       </c>
       <c r="H87" s="2">
-        <v>4308.0</v>
+        <v>4890.0</v>
       </c>
       <c r="I87" s="2">
         <v>0.0</v>
       </c>
       <c r="J87" s="2">
-        <v>285.0</v>
+        <v>289.0</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="2">
         <v>87</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C88" s="2">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
-        <v>1334</v>
+        <v>971</v>
       </c>
       <c r="F88" s="2">
         <v>708</v>
       </c>
       <c r="G88" s="2">
-        <v>1086.0</v>
+        <v>1095.0</v>
       </c>
       <c r="H88" s="2">
-        <v>4297.0</v>
+        <v>4307.0</v>
       </c>
       <c r="I88" s="2">
         <v>0.0</v>
       </c>
       <c r="J88" s="2">
-        <v>707.0</v>
+        <v>285.0</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="2">
         <v>88</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C89" s="2">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2">
-        <v>439</v>
+        <v>1547</v>
       </c>
       <c r="F89" s="2">
         <v>708</v>
       </c>
       <c r="G89" s="2">
-        <v>975.0</v>
+        <v>1317.0</v>
       </c>
       <c r="H89" s="2">
-        <v>4906.0</v>
+        <v>11003.0</v>
       </c>
       <c r="I89" s="2">
         <v>0.0</v>
       </c>
       <c r="J89" s="2">
-        <v>289.0</v>
+        <v>284.0</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="2">
         <v>89</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C90" s="2">
         <v>33</v>
       </c>
       <c r="D90" s="2">
         <v>14</v>
       </c>
       <c r="E90" s="2">
         <v>273</v>
       </c>
       <c r="F90" s="2">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="G90" s="2">
         <v>1118.0</v>
       </c>
       <c r="H90" s="2">
-        <v>4968.0</v>
+        <v>4962.0</v>
       </c>
       <c r="I90" s="2">
-        <v>154.0</v>
+        <v>155.0</v>
       </c>
       <c r="J90" s="2">
         <v>402.0</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="2">
         <v>90</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C91" s="2">
         <v>20</v>
       </c>
       <c r="D91" s="2">
         <v>25</v>
       </c>
       <c r="E91" s="2">
         <v>1004</v>
       </c>
       <c r="F91" s="2">
         <v>698</v>
       </c>
       <c r="G91" s="2">
-        <v>1179.0</v>
+        <v>1176.0</v>
       </c>
       <c r="H91" s="2">
-        <v>9773.0</v>
+        <v>9725.0</v>
       </c>
       <c r="I91" s="2">
         <v>30.0</v>
       </c>
       <c r="J91" s="2">
-        <v>1302.0</v>
+        <v>1316.0</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="2">
         <v>91</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C92" s="2">
         <v>17</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2">
         <v>1504</v>
       </c>
       <c r="F92" s="2">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="G92" s="2">
-        <v>797.0</v>
+        <v>798.0</v>
       </c>
       <c r="H92" s="2">
-        <v>3912.0</v>
+        <v>3911.0</v>
       </c>
       <c r="I92" s="2">
         <v>0.0</v>
       </c>
       <c r="J92" s="2">
         <v>528.0</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="2">
         <v>92</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>101</v>
       </c>
       <c r="C93" s="2">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="D93" s="2"/>
       <c r="E93" s="2">
-        <v>1387</v>
+        <v>1329</v>
       </c>
       <c r="F93" s="2">
         <v>694</v>
       </c>
       <c r="G93" s="2">
-        <v>865.0</v>
+        <v>1126.0</v>
       </c>
       <c r="H93" s="2">
-        <v>3721.0</v>
+        <v>4333.0</v>
       </c>
       <c r="I93" s="2">
-        <v>17.0</v>
+        <v>0.0</v>
       </c>
       <c r="J93" s="2">
-        <v>64.0</v>
+        <v>359.0</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="2">
         <v>93</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C94" s="2">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D94" s="2"/>
+        <v>21</v>
+      </c>
+      <c r="D94" s="2">
+        <v>14</v>
+      </c>
       <c r="E94" s="2">
-        <v>1329</v>
+        <v>1387</v>
       </c>
       <c r="F94" s="2">
-        <v>693</v>
+        <v>692</v>
       </c>
       <c r="G94" s="2">
-        <v>1128.0</v>
+        <v>866.0</v>
       </c>
       <c r="H94" s="2">
-        <v>4335.0</v>
+        <v>3723.0</v>
       </c>
       <c r="I94" s="2">
-        <v>0.0</v>
+        <v>17.0</v>
       </c>
       <c r="J94" s="2">
-        <v>359.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="2">
         <v>94</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C95" s="2">
         <v>32</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2">
         <v>2325</v>
       </c>
       <c r="F95" s="2">
         <v>687</v>
       </c>
       <c r="G95" s="2">
-        <v>1246.0</v>
+        <v>1247.0</v>
       </c>
       <c r="H95" s="2">
-        <v>13112.0</v>
+        <v>13090.0</v>
       </c>
       <c r="I95" s="2">
         <v>0.0</v>
       </c>
       <c r="J95" s="2">
-        <v>3736.0</v>
+        <v>3684.0</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="2">
         <v>95</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>104</v>
       </c>
       <c r="C96" s="2">
         <v>16</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
         <v>467</v>
       </c>
       <c r="F96" s="2">
         <v>683</v>
       </c>
       <c r="G96" s="2">
-        <v>972.0</v>
+        <v>973.0</v>
       </c>
       <c r="H96" s="2">
-        <v>8686.0</v>
+        <v>8672.0</v>
       </c>
       <c r="I96" s="2">
         <v>0.0</v>
       </c>
       <c r="J96" s="2">
         <v>209.0</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="2">
         <v>96</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C97" s="2">
         <v>23</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2">
         <v>1367</v>
       </c>
       <c r="F97" s="2">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="G97" s="2">
-        <v>1261.0</v>
+        <v>1263.0</v>
       </c>
       <c r="H97" s="2">
-        <v>6176.0</v>
+        <v>6188.0</v>
       </c>
       <c r="I97" s="2">
         <v>0.0</v>
       </c>
       <c r="J97" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="2">
         <v>97</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C98" s="2">
         <v>21</v>
       </c>
       <c r="D98" s="2">
         <v>130</v>
       </c>
       <c r="E98" s="2">
         <v>1547</v>
       </c>
       <c r="F98" s="2">
         <v>670</v>
       </c>
       <c r="G98" s="2">
-        <v>871.0</v>
+        <v>867.0</v>
       </c>
       <c r="H98" s="2">
-        <v>10068.0</v>
+        <v>10011.0</v>
       </c>
       <c r="I98" s="2">
         <v>17.0</v>
       </c>
       <c r="J98" s="2">
         <v>1003.0</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="2">
         <v>98</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C99" s="2">
         <v>13</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2">
         <v>2129</v>
       </c>
       <c r="F99" s="2">
         <v>668</v>
       </c>
       <c r="G99" s="2">
-        <v>1488.0</v>
+        <v>1486.0</v>
       </c>
       <c r="H99" s="2">
-        <v>19485.0</v>
+        <v>19450.0</v>
       </c>
       <c r="I99" s="2">
         <v>0.0</v>
       </c>
       <c r="J99" s="2">
-        <v>4786.0</v>
+        <v>4787.0</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="2">
         <v>99</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C100" s="2">
         <v>19</v>
       </c>
       <c r="D100" s="2">
         <v>2</v>
       </c>
       <c r="E100" s="2">
         <v>780</v>
       </c>
       <c r="F100" s="2">
         <v>668</v>
       </c>
       <c r="G100" s="2">
-        <v>1016.0</v>
+        <v>1013.0</v>
       </c>
       <c r="H100" s="2">
-        <v>10373.0</v>
+        <v>10388.0</v>
       </c>
       <c r="I100" s="2">
         <v>19.0</v>
       </c>
       <c r="J100" s="2">
         <v>10.0</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="2">
         <v>100</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C101" s="2">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="D101" s="2"/>
       <c r="E101" s="2">
-        <v>2641</v>
+        <v>605</v>
       </c>
       <c r="F101" s="2">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="G101" s="2">
-        <v>1200.0</v>
+        <v>1073.0</v>
       </c>
       <c r="H101" s="2">
-        <v>4356.0</v>
+        <v>5467.0</v>
       </c>
       <c r="I101" s="2">
-        <v>1994.0</v>
+        <v>0.0</v>
       </c>
       <c r="J101" s="2">
-        <v>493.0</v>
+        <v>637.0</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="2">
         <v>101</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>110</v>
       </c>
       <c r="C102" s="2">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D102" s="2"/>
+        <v>22</v>
+      </c>
+      <c r="D102" s="2">
+        <v>208</v>
+      </c>
       <c r="E102" s="2">
-        <v>605</v>
+        <v>2641</v>
       </c>
       <c r="F102" s="2">
         <v>664</v>
       </c>
       <c r="G102" s="2">
-        <v>1074.0</v>
+        <v>1202.0</v>
       </c>
       <c r="H102" s="2">
-        <v>5470.0</v>
+        <v>4338.0</v>
       </c>
       <c r="I102" s="2">
-        <v>0.0</v>
+        <v>1998.0</v>
       </c>
       <c r="J102" s="2">
-        <v>602.0</v>
+        <v>493.0</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="2">
         <v>102</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C103" s="2">
         <v>27</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2">
         <v>1045</v>
       </c>
       <c r="F103" s="2">
         <v>662</v>
       </c>
       <c r="G103" s="2">
         <v>1118.0</v>
       </c>
       <c r="H103" s="2">
-        <v>4881.0</v>
+        <v>4875.0</v>
       </c>
       <c r="I103" s="2">
         <v>0.0</v>
       </c>
       <c r="J103" s="2">
         <v>938.0</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="2">
         <v>103</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C104" s="2">
         <v>20</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2">
         <v>3240</v>
       </c>
       <c r="F104" s="2">
         <v>653</v>
       </c>
       <c r="G104" s="2">
         <v>854.0</v>
       </c>
       <c r="H104" s="2">
-        <v>3997.0</v>
+        <v>3965.0</v>
       </c>
       <c r="I104" s="2">
         <v>0.0</v>
       </c>
       <c r="J104" s="2">
         <v>456.0</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="2">
         <v>104</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>113</v>
       </c>
       <c r="C105" s="2">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2">
-        <v>594</v>
+        <v>1307</v>
       </c>
       <c r="F105" s="2">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="G105" s="2">
-        <v>856.0</v>
+        <v>788.0</v>
       </c>
       <c r="H105" s="2">
-        <v>6236.0</v>
+        <v>10885.0</v>
       </c>
       <c r="I105" s="2">
         <v>0.0</v>
       </c>
       <c r="J105" s="2">
-        <v>42.0</v>
+        <v>6146.0</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="2">
         <v>105</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C106" s="2">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
-        <v>1307</v>
+        <v>594</v>
       </c>
       <c r="F106" s="2">
         <v>649</v>
       </c>
       <c r="G106" s="2">
-        <v>787.0</v>
+        <v>856.0</v>
       </c>
       <c r="H106" s="2">
-        <v>10881.0</v>
+        <v>6223.0</v>
       </c>
       <c r="I106" s="2">
         <v>0.0</v>
       </c>
       <c r="J106" s="2">
-        <v>5661.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="2">
         <v>106</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C107" s="2">
         <v>22</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2">
         <v>1234</v>
       </c>
       <c r="F107" s="2">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="G107" s="2">
-        <v>1239.0</v>
+        <v>1236.0</v>
       </c>
       <c r="H107" s="2">
-        <v>13121.0</v>
+        <v>13123.0</v>
       </c>
       <c r="I107" s="2">
         <v>0.0</v>
       </c>
       <c r="J107" s="2">
         <v>425.0</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="2">
         <v>107</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C108" s="2">
         <v>29</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2">
         <v>1235</v>
       </c>
       <c r="F108" s="2">
-        <v>645</v>
+        <v>644</v>
       </c>
       <c r="G108" s="2">
-        <v>1259.0</v>
+        <v>1256.0</v>
       </c>
       <c r="H108" s="2">
-        <v>23853.0</v>
+        <v>23820.0</v>
       </c>
       <c r="I108" s="2">
         <v>0.0</v>
       </c>
       <c r="J108" s="2">
-        <v>749.0</v>
+        <v>805.0</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="2">
         <v>108</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C109" s="2">
         <v>30</v>
       </c>
       <c r="D109" s="2">
         <v>31</v>
       </c>
       <c r="E109" s="2">
         <v>693</v>
       </c>
       <c r="F109" s="2">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="G109" s="2">
-        <v>921.0</v>
+        <v>923.0</v>
       </c>
       <c r="H109" s="2">
-        <v>5290.0</v>
+        <v>5289.0</v>
       </c>
       <c r="I109" s="2">
-        <v>231.0</v>
+        <v>232.0</v>
       </c>
       <c r="J109" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="2">
         <v>109</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C110" s="2">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D110" s="2"/>
+        <v>17</v>
+      </c>
+      <c r="D110" s="2">
+        <v>1</v>
+      </c>
       <c r="E110" s="2">
-        <v>2752</v>
+        <v>1166</v>
       </c>
       <c r="F110" s="2">
         <v>641</v>
       </c>
       <c r="G110" s="2">
-        <v>718.0</v>
+        <v>1393.0</v>
       </c>
       <c r="H110" s="2">
-        <v>3327.0</v>
+        <v>19944.0</v>
       </c>
       <c r="I110" s="2">
-        <v>0.0</v>
+        <v>37.0</v>
       </c>
       <c r="J110" s="2">
-        <v>36.0</v>
+        <v>520.0</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="2">
         <v>110</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>119</v>
       </c>
       <c r="C111" s="2">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="D111" s="2">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="E111" s="2">
-        <v>1166</v>
+        <v>1960</v>
       </c>
       <c r="F111" s="2">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="G111" s="2">
-        <v>1395.0</v>
+        <v>1043.0</v>
       </c>
       <c r="H111" s="2">
-        <v>19991.0</v>
+        <v>4369.0</v>
       </c>
       <c r="I111" s="2">
-        <v>37.0</v>
+        <v>12.0</v>
       </c>
       <c r="J111" s="2">
-        <v>520.0</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="2">
         <v>111</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>120</v>
       </c>
       <c r="C112" s="2">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
-        <v>681</v>
+        <v>2752</v>
       </c>
       <c r="F112" s="2">
         <v>638</v>
       </c>
       <c r="G112" s="2">
-        <v>960.0</v>
+        <v>715.0</v>
       </c>
       <c r="H112" s="2">
-        <v>5355.0</v>
+        <v>3317.0</v>
       </c>
       <c r="I112" s="2">
         <v>0.0</v>
       </c>
       <c r="J112" s="2">
-        <v>129.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="2">
         <v>112</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C113" s="2">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="D113" s="2"/>
       <c r="E113" s="2">
-        <v>1960</v>
+        <v>681</v>
       </c>
       <c r="F113" s="2">
         <v>637</v>
       </c>
       <c r="G113" s="2">
-        <v>1039.0</v>
+        <v>962.0</v>
       </c>
       <c r="H113" s="2">
-        <v>4369.0</v>
+        <v>5335.0</v>
       </c>
       <c r="I113" s="2">
-        <v>12.0</v>
+        <v>0.0</v>
       </c>
       <c r="J113" s="2">
-        <v>109.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="2">
         <v>113</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C114" s="2">
         <v>34</v>
       </c>
       <c r="D114" s="2">
         <v>10</v>
       </c>
       <c r="E114" s="2">
         <v>2858</v>
       </c>
       <c r="F114" s="2">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="G114" s="2">
-        <v>869.0</v>
+        <v>868.0</v>
       </c>
       <c r="H114" s="2">
-        <v>2941.0</v>
+        <v>2935.0</v>
       </c>
       <c r="I114" s="2">
         <v>0.0</v>
       </c>
       <c r="J114" s="2">
-        <v>898.0</v>
+        <v>916.0</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="2">
         <v>114</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>123</v>
       </c>
       <c r="C115" s="2">
         <v>7</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
         <v>145</v>
       </c>
       <c r="F115" s="2">
         <v>633</v>
       </c>
       <c r="G115" s="2">
-        <v>848.0</v>
+        <v>846.0</v>
       </c>
       <c r="H115" s="2">
-        <v>8601.0</v>
+        <v>8579.0</v>
       </c>
       <c r="I115" s="2">
         <v>0.0</v>
       </c>
       <c r="J115" s="2">
         <v>48.0</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="2">
         <v>115</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>124</v>
       </c>
       <c r="C116" s="2">
         <v>15</v>
       </c>
       <c r="D116" s="2">
         <v>34</v>
       </c>
       <c r="E116" s="2">
         <v>263</v>
       </c>
       <c r="F116" s="2">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="G116" s="2">
-        <v>843.0</v>
+        <v>840.0</v>
       </c>
       <c r="H116" s="2">
-        <v>7233.0</v>
+        <v>7231.0</v>
       </c>
       <c r="I116" s="2">
         <v>16.0</v>
       </c>
       <c r="J116" s="2">
         <v>9.0</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="2">
         <v>116</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C117" s="2">
         <v>26</v>
       </c>
       <c r="D117" s="2">
         <v>9</v>
       </c>
       <c r="E117" s="2">
         <v>340</v>
       </c>
       <c r="F117" s="2">
         <v>620</v>
       </c>
       <c r="G117" s="2">
-        <v>742.0</v>
+        <v>741.0</v>
       </c>
       <c r="H117" s="2">
         <v>3772.0</v>
       </c>
       <c r="I117" s="2">
         <v>0.0</v>
       </c>
       <c r="J117" s="2">
         <v>39.0</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="2">
         <v>117</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C118" s="2">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D118" s="2"/>
+        <v>12</v>
+      </c>
+      <c r="D118" s="2">
+        <v>184</v>
+      </c>
       <c r="E118" s="2">
-        <v>234</v>
+        <v>931</v>
       </c>
       <c r="F118" s="2">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="G118" s="2">
-        <v>726.0</v>
+        <v>702.0</v>
       </c>
       <c r="H118" s="2">
-        <v>4069.0</v>
+        <v>4906.0</v>
       </c>
       <c r="I118" s="2">
-        <v>0.0</v>
+        <v>164.0</v>
       </c>
       <c r="J118" s="2">
-        <v>752.0</v>
+        <v>289.0</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="2">
         <v>118</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>127</v>
       </c>
       <c r="C119" s="2">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D119" s="2"/>
       <c r="E119" s="2">
-        <v>1510</v>
+        <v>234</v>
       </c>
       <c r="F119" s="2">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="G119" s="2">
-        <v>1056.0</v>
+        <v>725.0</v>
       </c>
       <c r="H119" s="2">
-        <v>11367.0</v>
+        <v>4062.0</v>
       </c>
       <c r="I119" s="2">
         <v>0.0</v>
       </c>
       <c r="J119" s="2">
-        <v>878.0</v>
+        <v>752.0</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="2">
         <v>119</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C120" s="2">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D120" s="2">
-        <v>184</v>
+        <v>45</v>
       </c>
       <c r="E120" s="2">
-        <v>931</v>
+        <v>1510</v>
       </c>
       <c r="F120" s="2">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="G120" s="2">
-        <v>702.0</v>
+        <v>1054.0</v>
       </c>
       <c r="H120" s="2">
-        <v>4914.0</v>
+        <v>11336.0</v>
       </c>
       <c r="I120" s="2">
-        <v>164.0</v>
+        <v>0.0</v>
       </c>
       <c r="J120" s="2">
-        <v>289.0</v>
+        <v>878.0</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="2">
         <v>120</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>129</v>
       </c>
       <c r="C121" s="2">
         <v>25</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2">
         <v>1775</v>
       </c>
       <c r="F121" s="2">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="G121" s="2">
-        <v>947.0</v>
+        <v>945.0</v>
       </c>
       <c r="H121" s="2">
-        <v>9634.0</v>
+        <v>9609.0</v>
       </c>
       <c r="I121" s="2">
         <v>0.0</v>
       </c>
       <c r="J121" s="2">
         <v>36.0</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="2">
         <v>121</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C122" s="2">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="D122" s="2"/>
       <c r="E122" s="2">
-        <v>1404</v>
+        <v>1346</v>
       </c>
       <c r="F122" s="2">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="G122" s="2">
-        <v>938.0</v>
+        <v>734.0</v>
       </c>
       <c r="H122" s="2">
-        <v>10159.0</v>
+        <v>6507.0</v>
       </c>
       <c r="I122" s="2">
-        <v>7.0</v>
+        <v>0.0</v>
       </c>
       <c r="J122" s="2">
-        <v>684.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="2">
         <v>122</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C123" s="2">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D123" s="2"/>
+        <v>9</v>
+      </c>
+      <c r="D123" s="2">
+        <v>76</v>
+      </c>
       <c r="E123" s="2">
-        <v>1346</v>
+        <v>477</v>
       </c>
       <c r="F123" s="2">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="G123" s="2">
-        <v>735.0</v>
+        <v>824.0</v>
       </c>
       <c r="H123" s="2">
-        <v>6501.0</v>
+        <v>6330.0</v>
       </c>
       <c r="I123" s="2">
-        <v>0.0</v>
+        <v>1419.0</v>
       </c>
       <c r="J123" s="2">
-        <v>20.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="2">
         <v>123</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C124" s="2">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D124" s="2">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="E124" s="2">
-        <v>477</v>
+        <v>1404</v>
       </c>
       <c r="F124" s="2">
         <v>612</v>
       </c>
       <c r="G124" s="2">
-        <v>827.0</v>
+        <v>938.0</v>
       </c>
       <c r="H124" s="2">
-        <v>6343.0</v>
+        <v>10131.0</v>
       </c>
       <c r="I124" s="2">
-        <v>1419.0</v>
+        <v>8.0</v>
       </c>
       <c r="J124" s="2">
-        <v>184.0</v>
+        <v>684.0</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="2">
         <v>124</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C125" s="2">
         <v>7</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2">
         <v>888</v>
       </c>
       <c r="F125" s="2">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="G125" s="2">
-        <v>845.0</v>
+        <v>844.0</v>
       </c>
       <c r="H125" s="2">
-        <v>7197.0</v>
+        <v>7186.0</v>
       </c>
       <c r="I125" s="2">
         <v>0.0</v>
       </c>
       <c r="J125" s="2">
         <v>64.0</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="2">
         <v>125</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C126" s="2">
         <v>56</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
         <v>18</v>
       </c>
       <c r="F126" s="2">
         <v>608</v>
       </c>
       <c r="G126" s="2">
-        <v>862.0</v>
+        <v>863.0</v>
       </c>
       <c r="H126" s="2">
-        <v>2956.0</v>
+        <v>2952.0</v>
       </c>
       <c r="I126" s="2">
         <v>0.0</v>
       </c>
       <c r="J126" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="2">
         <v>126</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>135</v>
       </c>
       <c r="C127" s="2">
         <v>18</v>
       </c>
       <c r="D127" s="2">
         <v>54</v>
       </c>
       <c r="E127" s="2">
         <v>1364</v>
       </c>
       <c r="F127" s="2">
         <v>607</v>
       </c>
       <c r="G127" s="2">
-        <v>983.0</v>
+        <v>982.0</v>
       </c>
       <c r="H127" s="2">
-        <v>11057.0</v>
+        <v>11022.0</v>
       </c>
       <c r="I127" s="2">
-        <v>1859.0</v>
+        <v>1883.0</v>
       </c>
       <c r="J127" s="2">
         <v>1597.0</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="2">
         <v>127</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C128" s="2">
         <v>10</v>
       </c>
       <c r="D128" s="2">
         <v>37</v>
       </c>
       <c r="E128" s="2">
         <v>129</v>
       </c>
       <c r="F128" s="2">
         <v>606</v>
       </c>
       <c r="G128" s="2">
         <v>584.0</v>
       </c>
       <c r="H128" s="2">
-        <v>7674.0</v>
+        <v>7686.0</v>
       </c>
       <c r="I128" s="2">
         <v>0.0</v>
       </c>
       <c r="J128" s="2">
         <v>69.0</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="2">
         <v>128</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>137</v>
       </c>
       <c r="C129" s="2">
         <v>4</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2">
         <v>2108</v>
       </c>
       <c r="F129" s="2">
         <v>605</v>
       </c>
       <c r="G129" s="2">
         <v>862.0</v>
       </c>
       <c r="H129" s="2">
-        <v>11937.0</v>
+        <v>11929.0</v>
       </c>
       <c r="I129" s="2">
         <v>0.0</v>
       </c>
       <c r="J129" s="2">
-        <v>3255.0</v>
+        <v>3418.0</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="2">
         <v>129</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C130" s="2">
         <v>35</v>
       </c>
       <c r="D130" s="2">
         <v>68</v>
       </c>
       <c r="E130" s="2">
         <v>2550</v>
       </c>
       <c r="F130" s="2">
         <v>601</v>
       </c>
       <c r="G130" s="2">
         <v>655.0</v>
       </c>
       <c r="H130" s="2">
-        <v>4196.0</v>
+        <v>4195.0</v>
       </c>
       <c r="I130" s="2">
         <v>27.0</v>
       </c>
       <c r="J130" s="2">
         <v>21.0</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="2">
         <v>130</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>139</v>
       </c>
       <c r="C131" s="2">
         <v>10</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2">
         <v>432</v>
       </c>
       <c r="F131" s="2">
         <v>596</v>
       </c>
       <c r="G131" s="2">
-        <v>672.0</v>
+        <v>671.0</v>
       </c>
       <c r="H131" s="2">
-        <v>4275.0</v>
+        <v>4254.0</v>
       </c>
       <c r="I131" s="2">
         <v>0.0</v>
       </c>
       <c r="J131" s="2">
-        <v>3534.0</v>
+        <v>3153.0</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="2">
         <v>131</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>140</v>
       </c>
       <c r="C132" s="2">
         <v>12</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2">
         <v>2454</v>
       </c>
       <c r="F132" s="2">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="G132" s="2">
         <v>973.0</v>
       </c>
       <c r="H132" s="2">
-        <v>13189.0</v>
+        <v>13161.0</v>
       </c>
       <c r="I132" s="2">
         <v>0.0</v>
       </c>
       <c r="J132" s="2">
         <v>1703.0</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="2">
         <v>132</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C133" s="2">
         <v>11</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2">
         <v>1693</v>
       </c>
       <c r="F133" s="2">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="G133" s="2">
-        <v>911.0</v>
+        <v>908.0</v>
       </c>
       <c r="H133" s="2">
-        <v>15053.0</v>
+        <v>15024.0</v>
       </c>
       <c r="I133" s="2">
         <v>0.0</v>
       </c>
       <c r="J133" s="2">
-        <v>510.0</v>
+        <v>566.0</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="2">
         <v>133</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C134" s="2">
         <v>19</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2">
         <v>1495</v>
       </c>
       <c r="F134" s="2">
         <v>586</v>
       </c>
       <c r="G134" s="2">
         <v>741.0</v>
       </c>
       <c r="H134" s="2">
         <v>3029.0</v>
       </c>
       <c r="I134" s="2">
         <v>0.0</v>
       </c>
       <c r="J134" s="2">
-        <v>223.0</v>
+        <v>228.0</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="2">
         <v>134</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>143</v>
       </c>
       <c r="C135" s="2">
         <v>7</v>
       </c>
       <c r="D135" s="2">
         <v>38</v>
       </c>
       <c r="E135" s="2">
         <v>88</v>
       </c>
       <c r="F135" s="2">
         <v>584</v>
       </c>
       <c r="G135" s="2">
         <v>579.0</v>
       </c>
       <c r="H135" s="2">
-        <v>5977.0</v>
+        <v>5974.0</v>
       </c>
       <c r="I135" s="2">
         <v>8.0</v>
       </c>
       <c r="J135" s="2">
-        <v>337.0</v>
+        <v>336.0</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="2">
         <v>135</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>144</v>
       </c>
       <c r="C136" s="2">
         <v>6</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2">
         <v>503</v>
       </c>
       <c r="F136" s="2">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="G136" s="2">
         <v>681.0</v>
       </c>
       <c r="H136" s="2">
-        <v>4892.0</v>
+        <v>4881.0</v>
       </c>
       <c r="I136" s="2">
         <v>0.0</v>
       </c>
       <c r="J136" s="2">
-        <v>871.0</v>
+        <v>873.0</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="2">
         <v>136</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C137" s="2">
         <v>16</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2">
         <v>252</v>
       </c>
       <c r="F137" s="2">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="G137" s="2">
-        <v>678.0</v>
+        <v>679.0</v>
       </c>
       <c r="H137" s="2">
-        <v>4951.0</v>
+        <v>4952.0</v>
       </c>
       <c r="I137" s="2">
         <v>0.0</v>
       </c>
       <c r="J137" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="2">
         <v>137</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>146</v>
       </c>
       <c r="C138" s="2">
         <v>1</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
         <v>34</v>
       </c>
       <c r="F138" s="2">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="G138" s="2">
-        <v>574.0</v>
+        <v>572.0</v>
       </c>
       <c r="H138" s="2">
-        <v>3905.0</v>
+        <v>3897.0</v>
       </c>
       <c r="I138" s="2">
         <v>0.0</v>
       </c>
       <c r="J138" s="2">
-        <v>207.0</v>
+        <v>212.0</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="2">
         <v>138</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>147</v>
       </c>
       <c r="C139" s="2">
         <v>14</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2">
         <v>559</v>
       </c>
       <c r="F139" s="2">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="G139" s="2">
-        <v>751.0</v>
+        <v>752.0</v>
       </c>
       <c r="H139" s="2">
-        <v>3151.0</v>
+        <v>3152.0</v>
       </c>
       <c r="I139" s="2">
         <v>0.0</v>
       </c>
       <c r="J139" s="2">
         <v>297.0</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="2">
         <v>139</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>148</v>
       </c>
       <c r="C140" s="2">
         <v>18</v>
       </c>
       <c r="D140" s="2">
         <v>31</v>
       </c>
       <c r="E140" s="2">
         <v>535</v>
       </c>
       <c r="F140" s="2">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="G140" s="2">
-        <v>608.0</v>
+        <v>605.0</v>
       </c>
       <c r="H140" s="2">
-        <v>3806.0</v>
+        <v>3797.0</v>
       </c>
       <c r="I140" s="2">
         <v>323.0</v>
       </c>
       <c r="J140" s="2">
         <v>14.0</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="2">
         <v>140</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C141" s="2">
         <v>4</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2">
         <v>444</v>
       </c>
       <c r="F141" s="2">
         <v>556</v>
       </c>
       <c r="G141" s="2">
-        <v>563.0</v>
+        <v>564.0</v>
       </c>
       <c r="H141" s="2">
-        <v>2870.0</v>
+        <v>2865.0</v>
       </c>
       <c r="I141" s="2">
         <v>0.0</v>
       </c>
       <c r="J141" s="2">
         <v>46.0</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="2">
         <v>141</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C142" s="2">
         <v>18</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2">
         <v>2072</v>
       </c>
       <c r="F142" s="2">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="G142" s="2">
-        <v>598.0</v>
+        <v>599.0</v>
       </c>
       <c r="H142" s="2">
-        <v>3336.0</v>
+        <v>3329.0</v>
       </c>
       <c r="I142" s="2">
         <v>0.0</v>
       </c>
       <c r="J142" s="2">
         <v>313.0</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="2">
         <v>142</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>151</v>
       </c>
       <c r="C143" s="2">
         <v>6</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2">
         <v>700</v>
       </c>
       <c r="F143" s="2">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="G143" s="2">
-        <v>459.0</v>
+        <v>458.0</v>
       </c>
       <c r="H143" s="2">
-        <v>3585.0</v>
+        <v>3569.0</v>
       </c>
       <c r="I143" s="2">
         <v>0.0</v>
       </c>
       <c r="J143" s="2">
         <v>99.0</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="2">
         <v>143</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C144" s="2">
         <v>3</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2">
         <v>360</v>
       </c>
       <c r="F144" s="2">
         <v>550</v>
       </c>
       <c r="G144" s="2">
-        <v>591.0</v>
+        <v>593.0</v>
       </c>
       <c r="H144" s="2">
-        <v>5725.0</v>
+        <v>5726.0</v>
       </c>
       <c r="I144" s="2">
         <v>0.0</v>
       </c>
       <c r="J144" s="2">
         <v>1811.0</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="2">
         <v>144</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>153</v>
       </c>
       <c r="C145" s="2">
         <v>10</v>
       </c>
       <c r="D145" s="2">
         <v>37</v>
       </c>
       <c r="E145" s="2">
         <v>221</v>
       </c>
       <c r="F145" s="2">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="G145" s="2">
         <v>604.0</v>
       </c>
       <c r="H145" s="2">
-        <v>5114.0</v>
+        <v>5104.0</v>
       </c>
       <c r="I145" s="2">
         <v>0.0</v>
       </c>
       <c r="J145" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="2">
         <v>145</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C146" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2">
-        <v>418</v>
+        <v>1342</v>
       </c>
       <c r="F146" s="2">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="G146" s="2">
-        <v>551.0</v>
+        <v>662.0</v>
       </c>
       <c r="H146" s="2">
-        <v>2497.0</v>
+        <v>2882.0</v>
       </c>
       <c r="I146" s="2">
         <v>0.0</v>
       </c>
       <c r="J146" s="2">
-        <v>233.0</v>
+        <v>1077.0</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="2">
         <v>146</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C147" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2">
-        <v>1342</v>
+        <v>418</v>
       </c>
       <c r="F147" s="2">
         <v>547</v>
       </c>
       <c r="G147" s="2">
-        <v>661.0</v>
+        <v>553.0</v>
       </c>
       <c r="H147" s="2">
-        <v>2895.0</v>
+        <v>2489.0</v>
       </c>
       <c r="I147" s="2">
         <v>0.0</v>
       </c>
       <c r="J147" s="2">
-        <v>1075.0</v>
+        <v>233.0</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="2">
         <v>147</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C148" s="2">
         <v>6</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2">
         <v>9</v>
       </c>
       <c r="F148" s="2">
         <v>541</v>
       </c>
       <c r="G148" s="2">
-        <v>508.0</v>
+        <v>506.0</v>
       </c>
       <c r="H148" s="2">
-        <v>7450.0</v>
+        <v>7463.0</v>
       </c>
       <c r="I148" s="2">
         <v>0.0</v>
       </c>
       <c r="J148" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="2">
         <v>148</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>157</v>
       </c>
       <c r="C149" s="2">
         <v>8</v>
       </c>
       <c r="D149" s="2">
         <v>4</v>
       </c>
       <c r="E149" s="2">
         <v>796</v>
       </c>
       <c r="F149" s="2">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="G149" s="2">
         <v>747.0</v>
       </c>
       <c r="H149" s="2">
-        <v>4877.0</v>
+        <v>4868.0</v>
       </c>
       <c r="I149" s="2">
         <v>0.0</v>
       </c>
       <c r="J149" s="2">
         <v>163.0</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="2">
         <v>149</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C150" s="2">
         <v>7</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2">
         <v>184</v>
       </c>
       <c r="F150" s="2">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="G150" s="2">
-        <v>548.0</v>
+        <v>549.0</v>
       </c>
       <c r="H150" s="2">
-        <v>8067.0</v>
+        <v>8069.0</v>
       </c>
       <c r="I150" s="2">
         <v>0.0</v>
       </c>
       <c r="J150" s="2">
         <v>108.0</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="2">
         <v>150</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C151" s="2">
         <v>10</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2">
         <v>409</v>
       </c>
       <c r="F151" s="2">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="G151" s="2">
-        <v>775.0</v>
+        <v>774.0</v>
       </c>
       <c r="H151" s="2">
-        <v>10067.0</v>
+        <v>10045.0</v>
       </c>
       <c r="I151" s="2">
         <v>0.0</v>
       </c>
       <c r="J151" s="2">
         <v>67.0</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="2">
         <v>151</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C152" s="2">
         <v>9</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
         <v>3703</v>
       </c>
       <c r="F152" s="2">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="G152" s="2">
-        <v>533.0</v>
+        <v>532.0</v>
       </c>
       <c r="H152" s="2">
-        <v>2379.0</v>
+        <v>2377.0</v>
       </c>
       <c r="I152" s="2">
         <v>0.0</v>
       </c>
       <c r="J152" s="2">
         <v>611.0</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="2">
         <v>152</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>161</v>
       </c>
       <c r="C153" s="2">
         <v>5</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2">
         <v>502</v>
       </c>
       <c r="F153" s="2">
         <v>532</v>
       </c>
       <c r="G153" s="2">
         <v>491.0</v>
       </c>
       <c r="H153" s="2">
-        <v>5222.0</v>
+        <v>5208.0</v>
       </c>
       <c r="I153" s="2">
         <v>0.0</v>
       </c>
       <c r="J153" s="2">
-        <v>711.0</v>
+        <v>713.0</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="2">
         <v>153</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C154" s="2">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2">
-        <v>393</v>
+        <v>681</v>
       </c>
       <c r="F154" s="2">
         <v>532</v>
       </c>
       <c r="G154" s="2">
-        <v>468.0</v>
+        <v>953.0</v>
       </c>
       <c r="H154" s="2">
-        <v>3714.0</v>
+        <v>6429.0</v>
       </c>
       <c r="I154" s="2">
         <v>0.0</v>
       </c>
       <c r="J154" s="2">
-        <v>6694.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="2">
         <v>154</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C155" s="2">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2">
-        <v>681</v>
+        <v>393</v>
       </c>
       <c r="F155" s="2">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="G155" s="2">
-        <v>955.0</v>
+        <v>468.0</v>
       </c>
       <c r="H155" s="2">
-        <v>6431.0</v>
+        <v>3709.0</v>
       </c>
       <c r="I155" s="2">
         <v>0.0</v>
       </c>
       <c r="J155" s="2">
-        <v>49.0</v>
+        <v>6694.0</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="2">
         <v>155</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C156" s="2">
         <v>12</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2">
         <v>158</v>
       </c>
       <c r="F156" s="2">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="G156" s="2">
         <v>551.0</v>
       </c>
       <c r="H156" s="2">
-        <v>1968.0</v>
+        <v>1971.0</v>
       </c>
       <c r="I156" s="2">
         <v>0.0</v>
       </c>
       <c r="J156" s="2">
         <v>42.0</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="2">
         <v>156</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>165</v>
       </c>
       <c r="C157" s="2">
         <v>12</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2">
         <v>41</v>
       </c>
       <c r="F157" s="2">
         <v>526</v>
       </c>
       <c r="G157" s="2">
         <v>557.0</v>
       </c>
       <c r="H157" s="2">
-        <v>8480.0</v>
+        <v>8472.0</v>
       </c>
       <c r="I157" s="2">
         <v>0.0</v>
       </c>
       <c r="J157" s="2">
         <v>6.0</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="2">
         <v>157</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C158" s="2">
         <v>6</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2">
         <v>803</v>
       </c>
       <c r="F158" s="2">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="G158" s="2">
-        <v>601.0</v>
+        <v>599.0</v>
       </c>
       <c r="H158" s="2">
-        <v>9560.0</v>
+        <v>9494.0</v>
       </c>
       <c r="I158" s="2">
         <v>0.0</v>
       </c>
       <c r="J158" s="2">
         <v>84.0</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="2">
         <v>158</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>167</v>
       </c>
       <c r="C159" s="2">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2">
-        <v>1100</v>
+        <v>462</v>
       </c>
       <c r="F159" s="2">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="G159" s="2">
-        <v>691.0</v>
+        <v>461.0</v>
       </c>
       <c r="H159" s="2">
-        <v>11555.0</v>
+        <v>2764.0</v>
       </c>
       <c r="I159" s="2">
         <v>0.0</v>
       </c>
       <c r="J159" s="2">
-        <v>523.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="2">
         <v>159</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>168</v>
       </c>
       <c r="C160" s="2">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
-        <v>599</v>
+        <v>1100</v>
       </c>
       <c r="F160" s="2">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="G160" s="2">
-        <v>689.0</v>
+        <v>692.0</v>
       </c>
       <c r="H160" s="2">
-        <v>2687.0</v>
+        <v>11535.0</v>
       </c>
       <c r="I160" s="2">
         <v>0.0</v>
       </c>
       <c r="J160" s="2">
-        <v>60.0</v>
+        <v>579.0</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="2">
         <v>160</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>169</v>
       </c>
       <c r="C161" s="2">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2">
-        <v>462</v>
+        <v>599</v>
       </c>
       <c r="F161" s="2">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="G161" s="2">
-        <v>460.0</v>
+        <v>688.0</v>
       </c>
       <c r="H161" s="2">
-        <v>2830.0</v>
+        <v>2684.0</v>
       </c>
       <c r="I161" s="2">
         <v>0.0</v>
       </c>
       <c r="J161" s="2">
-        <v>20.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="2">
         <v>161</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C162" s="2">
         <v>15</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2">
         <v>1346</v>
       </c>
       <c r="F162" s="2">
         <v>516</v>
       </c>
       <c r="G162" s="2">
-        <v>634.0</v>
+        <v>635.0</v>
       </c>
       <c r="H162" s="2">
-        <v>2751.0</v>
+        <v>2735.0</v>
       </c>
       <c r="I162" s="2">
         <v>0.0</v>
       </c>
       <c r="J162" s="2">
         <v>21.0</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="2">
         <v>162</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>171</v>
       </c>
       <c r="C163" s="2">
         <v>4</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2">
         <v>198</v>
       </c>
       <c r="F163" s="2">
         <v>516</v>
       </c>
       <c r="G163" s="2">
-        <v>624.0</v>
+        <v>622.0</v>
       </c>
       <c r="H163" s="2">
-        <v>9848.0</v>
+        <v>9852.0</v>
       </c>
       <c r="I163" s="2">
         <v>0.0</v>
       </c>
       <c r="J163" s="2">
-        <v>343.0</v>
+        <v>378.0</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="2">
         <v>163</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>172</v>
       </c>
       <c r="C164" s="2">
         <v>19</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
         <v>591</v>
       </c>
       <c r="F164" s="2">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="G164" s="2">
-        <v>579.0</v>
+        <v>580.0</v>
       </c>
       <c r="H164" s="2">
-        <v>3563.0</v>
+        <v>3554.0</v>
       </c>
       <c r="I164" s="2">
         <v>0.0</v>
       </c>
       <c r="J164" s="2">
         <v>51.0</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="2">
         <v>164</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>173</v>
       </c>
       <c r="C165" s="2">
         <v>15</v>
       </c>
       <c r="D165" s="2">
         <v>18</v>
       </c>
       <c r="E165" s="2">
         <v>1332</v>
       </c>
       <c r="F165" s="2">
         <v>514</v>
       </c>
       <c r="G165" s="2">
         <v>691.0</v>
       </c>
       <c r="H165" s="2">
-        <v>6782.0</v>
+        <v>6779.0</v>
       </c>
       <c r="I165" s="2">
-        <v>423.0</v>
+        <v>439.0</v>
       </c>
       <c r="J165" s="2">
         <v>1343.0</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="2">
         <v>165</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>174</v>
       </c>
       <c r="C166" s="2">
         <v>16</v>
       </c>
       <c r="D166" s="2">
         <v>6</v>
       </c>
       <c r="E166" s="2">
         <v>693</v>
       </c>
       <c r="F166" s="2">
         <v>511</v>
       </c>
       <c r="G166" s="2">
         <v>531.0</v>
       </c>
       <c r="H166" s="2">
-        <v>3839.0</v>
+        <v>3830.0</v>
       </c>
       <c r="I166" s="2">
         <v>104.0</v>
       </c>
       <c r="J166" s="2">
         <v>7.0</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="2">
         <v>166</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C167" s="2">
         <v>9</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2">
         <v>443</v>
       </c>
       <c r="F167" s="2">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="G167" s="2">
         <v>582.0</v>
       </c>
       <c r="H167" s="2">
-        <v>5382.0</v>
+        <v>5376.0</v>
       </c>
       <c r="I167" s="2">
         <v>0.0</v>
       </c>
       <c r="J167" s="2">
         <v>6.0</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="2">
         <v>167</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C168" s="2">
         <v>7</v>
       </c>
-      <c r="D168" s="2"/>
+      <c r="D168" s="2">
+        <v>9</v>
+      </c>
       <c r="E168" s="2">
-        <v>190</v>
+        <v>238</v>
       </c>
       <c r="F168" s="2">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="G168" s="2">
-        <v>705.0</v>
+        <v>341.0</v>
       </c>
       <c r="H168" s="2">
-        <v>7872.0</v>
+        <v>2659.0</v>
       </c>
       <c r="I168" s="2">
         <v>0.0</v>
       </c>
       <c r="J168" s="2">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="2">
         <v>168</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>177</v>
       </c>
       <c r="C169" s="2">
         <v>7</v>
       </c>
-      <c r="D169" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D169" s="2"/>
       <c r="E169" s="2">
-        <v>238</v>
+        <v>190</v>
       </c>
       <c r="F169" s="2">
         <v>506</v>
       </c>
       <c r="G169" s="2">
-        <v>341.0</v>
+        <v>704.0</v>
       </c>
       <c r="H169" s="2">
-        <v>2659.0</v>
+        <v>7857.0</v>
       </c>
       <c r="I169" s="2">
         <v>0.0</v>
       </c>
       <c r="J169" s="2">
-        <v>0.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="2">
         <v>169</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C170" s="2">
         <v>2</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2">
         <v>190</v>
       </c>
       <c r="F170" s="2">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="G170" s="2">
-        <v>557.0</v>
+        <v>556.0</v>
       </c>
       <c r="H170" s="2">
-        <v>4271.0</v>
+        <v>4257.0</v>
       </c>
       <c r="I170" s="2">
         <v>0.0</v>
       </c>
       <c r="J170" s="2">
         <v>573.0</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="2">
         <v>170</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>179</v>
       </c>
       <c r="C171" s="2">
         <v>1</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2">
         <v>232</v>
       </c>
       <c r="F171" s="2">
         <v>503</v>
       </c>
       <c r="G171" s="2">
-        <v>449.0</v>
+        <v>448.0</v>
       </c>
       <c r="H171" s="2">
-        <v>1919.0</v>
+        <v>1915.0</v>
       </c>
       <c r="I171" s="2">
         <v>0.0</v>
       </c>
       <c r="J171" s="2">
-        <v>8003.0</v>
+        <v>7807.0</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="2">
         <v>171</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C172" s="2">
         <v>23</v>
       </c>
       <c r="D172" s="2">
         <v>26</v>
       </c>
       <c r="E172" s="2">
         <v>1118</v>
       </c>
       <c r="F172" s="2">
         <v>501</v>
       </c>
       <c r="G172" s="2">
-        <v>597.0</v>
+        <v>596.0</v>
       </c>
       <c r="H172" s="2">
-        <v>4109.0</v>
+        <v>4108.0</v>
       </c>
       <c r="I172" s="2">
-        <v>1654.0</v>
+        <v>1562.0</v>
       </c>
       <c r="J172" s="2">
         <v>57.0</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="2">
         <v>172</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>181</v>
       </c>
       <c r="C173" s="2">
         <v>7</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2">
         <v>535</v>
       </c>
       <c r="F173" s="2">
         <v>500</v>
       </c>
       <c r="G173" s="2">
         <v>536.0</v>
       </c>
       <c r="H173" s="2">
-        <v>3140.0</v>
+        <v>3136.0</v>
       </c>
       <c r="I173" s="2">
         <v>0.0</v>
       </c>
       <c r="J173" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="2">
         <v>173</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C174" s="2">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2">
-        <v>1403</v>
+        <v>845</v>
       </c>
       <c r="F174" s="2">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="G174" s="2">
-        <v>614.0</v>
+        <v>443.0</v>
       </c>
       <c r="H174" s="2">
-        <v>5519.0</v>
+        <v>6765.0</v>
       </c>
       <c r="I174" s="2">
         <v>0.0</v>
       </c>
       <c r="J174" s="2">
-        <v>28.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="2">
         <v>174</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C175" s="2">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2">
-        <v>845</v>
+        <v>1403</v>
       </c>
       <c r="F175" s="2">
         <v>498</v>
       </c>
       <c r="G175" s="2">
-        <v>444.0</v>
+        <v>612.0</v>
       </c>
       <c r="H175" s="2">
-        <v>6751.0</v>
+        <v>5516.0</v>
       </c>
       <c r="I175" s="2">
         <v>0.0</v>
       </c>
       <c r="J175" s="2">
-        <v>70.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="2">
         <v>175</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>184</v>
       </c>
       <c r="C176" s="2">
         <v>17</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2">
         <v>1359</v>
       </c>
       <c r="F176" s="2">
         <v>497</v>
       </c>
       <c r="G176" s="2">
-        <v>526.0</v>
+        <v>529.0</v>
       </c>
       <c r="H176" s="2">
         <v>2381.0</v>
       </c>
       <c r="I176" s="2">
         <v>0.0</v>
       </c>
       <c r="J176" s="2">
-        <v>70.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="2">
         <v>176</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>185</v>
       </c>
       <c r="C177" s="2">
         <v>9</v>
       </c>
       <c r="D177" s="2">
         <v>9</v>
       </c>
       <c r="E177" s="2">
         <v>557</v>
       </c>
       <c r="F177" s="2">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="G177" s="2">
-        <v>538.0</v>
+        <v>534.0</v>
       </c>
       <c r="H177" s="2">
-        <v>3605.0</v>
+        <v>3600.0</v>
       </c>
       <c r="I177" s="2">
         <v>0.0</v>
       </c>
       <c r="J177" s="2">
         <v>400.0</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="2">
         <v>177</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C178" s="2">
         <v>13</v>
       </c>
       <c r="D178" s="2">
         <v>18</v>
       </c>
       <c r="E178" s="2">
         <v>327</v>
       </c>
       <c r="F178" s="2">
         <v>494</v>
       </c>
       <c r="G178" s="2">
-        <v>650.0</v>
+        <v>649.0</v>
       </c>
       <c r="H178" s="2">
-        <v>4503.0</v>
+        <v>4497.0</v>
       </c>
       <c r="I178" s="2">
         <v>6.0</v>
       </c>
       <c r="J178" s="2">
         <v>38.0</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="2">
         <v>178</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>187</v>
       </c>
       <c r="C179" s="2">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2">
-        <v>1000</v>
+        <v>105</v>
       </c>
       <c r="F179" s="2">
         <v>492</v>
       </c>
       <c r="G179" s="2">
-        <v>381.0</v>
+        <v>723.0</v>
       </c>
       <c r="H179" s="2">
-        <v>2104.0</v>
+        <v>14324.0</v>
       </c>
       <c r="I179" s="2">
         <v>0.0</v>
       </c>
       <c r="J179" s="2">
-        <v>126.0</v>
+        <v>377.0</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="2">
         <v>179</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C180" s="2">
         <v>8</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2">
         <v>111</v>
       </c>
       <c r="F180" s="2">
         <v>492</v>
       </c>
       <c r="G180" s="2">
         <v>505.0</v>
       </c>
       <c r="H180" s="2">
-        <v>3092.0</v>
+        <v>3079.0</v>
       </c>
       <c r="I180" s="2">
         <v>0.0</v>
       </c>
       <c r="J180" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="2">
         <v>180</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>189</v>
       </c>
       <c r="C181" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2">
-        <v>105</v>
+        <v>544</v>
       </c>
       <c r="F181" s="2">
         <v>491</v>
       </c>
       <c r="G181" s="2">
-        <v>724.0</v>
+        <v>691.0</v>
       </c>
       <c r="H181" s="2">
-        <v>14359.0</v>
+        <v>8834.0</v>
       </c>
       <c r="I181" s="2">
         <v>0.0</v>
       </c>
       <c r="J181" s="2">
-        <v>377.0</v>
+        <v>279.0</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="2">
         <v>181</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>190</v>
       </c>
       <c r="C182" s="2">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2">
-        <v>544</v>
+        <v>1000</v>
       </c>
       <c r="F182" s="2">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="G182" s="2">
-        <v>692.0</v>
+        <v>380.0</v>
       </c>
       <c r="H182" s="2">
-        <v>8839.0</v>
+        <v>2101.0</v>
       </c>
       <c r="I182" s="2">
         <v>0.0</v>
       </c>
       <c r="J182" s="2">
-        <v>279.0</v>
+        <v>126.0</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="2">
         <v>182</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>191</v>
       </c>
       <c r="C183" s="2">
         <v>12</v>
       </c>
       <c r="D183" s="2">
         <v>393</v>
       </c>
       <c r="E183" s="2">
         <v>1756</v>
       </c>
       <c r="F183" s="2">
         <v>490</v>
       </c>
       <c r="G183" s="2">
-        <v>583.0</v>
+        <v>584.0</v>
       </c>
       <c r="H183" s="2">
-        <v>1980.0</v>
+        <v>1975.0</v>
       </c>
       <c r="I183" s="2">
-        <v>1944.0</v>
+        <v>1959.0</v>
       </c>
       <c r="J183" s="2">
         <v>269.0</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="2">
         <v>183</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C184" s="2">
         <v>8</v>
       </c>
       <c r="D184" s="2">
         <v>23</v>
       </c>
       <c r="E184" s="2">
         <v>329</v>
       </c>
       <c r="F184" s="2">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="G184" s="2">
-        <v>522.0</v>
+        <v>520.0</v>
       </c>
       <c r="H184" s="2">
-        <v>2135.0</v>
+        <v>2128.0</v>
       </c>
       <c r="I184" s="2">
         <v>651.0</v>
       </c>
       <c r="J184" s="2">
         <v>102.0</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="2">
         <v>184</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>193</v>
       </c>
       <c r="C185" s="2">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2">
-        <v>1102</v>
+        <v>237</v>
       </c>
       <c r="F185" s="2">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="G185" s="2">
-        <v>508.0</v>
+        <v>399.0</v>
       </c>
       <c r="H185" s="2">
-        <v>1788.0</v>
+        <v>2439.0</v>
       </c>
       <c r="I185" s="2">
         <v>0.0</v>
       </c>
       <c r="J185" s="2">
-        <v>882.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="2">
         <v>185</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>194</v>
       </c>
       <c r="C186" s="2">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
-        <v>237</v>
+        <v>1102</v>
       </c>
       <c r="F186" s="2">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="G186" s="2">
-        <v>398.0</v>
+        <v>511.0</v>
       </c>
       <c r="H186" s="2">
-        <v>2444.0</v>
+        <v>1782.0</v>
       </c>
       <c r="I186" s="2">
         <v>0.0</v>
       </c>
       <c r="J186" s="2">
-        <v>84.0</v>
+        <v>882.0</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="2">
         <v>186</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>195</v>
       </c>
       <c r="C187" s="2">
         <v>11</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2">
         <v>171</v>
       </c>
       <c r="F187" s="2">
         <v>473</v>
       </c>
       <c r="G187" s="2">
         <v>598.0</v>
       </c>
       <c r="H187" s="2">
-        <v>5806.0</v>
+        <v>5788.0</v>
       </c>
       <c r="I187" s="2">
         <v>0.0</v>
       </c>
       <c r="J187" s="2">
         <v>345.0</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="2">
         <v>187</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C188" s="2">
         <v>4</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2">
         <v>261</v>
       </c>
       <c r="F188" s="2">
         <v>473</v>
       </c>
       <c r="G188" s="2">
-        <v>453.0</v>
+        <v>452.0</v>
       </c>
       <c r="H188" s="2">
-        <v>2290.0</v>
+        <v>2271.0</v>
       </c>
       <c r="I188" s="2">
         <v>0.0</v>
       </c>
       <c r="J188" s="2">
         <v>312.0</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="2">
         <v>188</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>197</v>
       </c>
       <c r="C189" s="2">
         <v>13</v>
       </c>
       <c r="D189" s="2">
         <v>2</v>
       </c>
       <c r="E189" s="2">
         <v>453</v>
       </c>
       <c r="F189" s="2">
         <v>471</v>
       </c>
       <c r="G189" s="2">
-        <v>476.0</v>
+        <v>478.0</v>
       </c>
       <c r="H189" s="2">
-        <v>2896.0</v>
+        <v>2890.0</v>
       </c>
       <c r="I189" s="2">
         <v>2.0</v>
       </c>
       <c r="J189" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="2">
         <v>189</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C190" s="2">
         <v>3</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2">
         <v>142</v>
       </c>
       <c r="F190" s="2">
         <v>466</v>
       </c>
       <c r="G190" s="2">
-        <v>483.0</v>
+        <v>482.0</v>
       </c>
       <c r="H190" s="2">
-        <v>3541.0</v>
+        <v>3533.0</v>
       </c>
       <c r="I190" s="2">
         <v>0.0</v>
       </c>
       <c r="J190" s="2">
         <v>24.0</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="2">
         <v>190</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C191" s="2">
         <v>10</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2">
         <v>631</v>
       </c>
       <c r="F191" s="2">
         <v>463</v>
       </c>
       <c r="G191" s="2">
         <v>627.0</v>
       </c>
       <c r="H191" s="2">
-        <v>8252.0</v>
+        <v>8251.0</v>
       </c>
       <c r="I191" s="2">
         <v>0.0</v>
       </c>
       <c r="J191" s="2">
         <v>1044.0</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="2">
         <v>191</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>200</v>
       </c>
       <c r="C192" s="2">
         <v>11</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
         <v>83</v>
       </c>
       <c r="F192" s="2">
         <v>461</v>
       </c>
       <c r="G192" s="2">
-        <v>475.0</v>
+        <v>476.0</v>
       </c>
       <c r="H192" s="2">
-        <v>2158.0</v>
+        <v>2156.0</v>
       </c>
       <c r="I192" s="2">
         <v>0.0</v>
       </c>
       <c r="J192" s="2">
         <v>980.0</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="2">
         <v>192</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>201</v>
       </c>
       <c r="C193" s="2">
         <v>12</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
         <v>264</v>
       </c>
       <c r="F193" s="2">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="G193" s="2">
-        <v>509.0</v>
+        <v>505.0</v>
       </c>
       <c r="H193" s="2">
-        <v>2180.0</v>
+        <v>2178.0</v>
       </c>
       <c r="I193" s="2">
         <v>0.0</v>
       </c>
       <c r="J193" s="2">
         <v>66.0</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="2">
         <v>193</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C194" s="2">
         <v>8</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2">
         <v>93</v>
       </c>
       <c r="F194" s="2">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="G194" s="2">
         <v>412.0</v>
       </c>
       <c r="H194" s="2">
-        <v>2959.0</v>
+        <v>2946.0</v>
       </c>
       <c r="I194" s="2">
         <v>0.0</v>
       </c>
       <c r="J194" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" s="2">
         <v>194</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>203</v>
       </c>
       <c r="C195" s="2">
         <v>5</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2">
         <v>827</v>
       </c>
       <c r="F195" s="2">
         <v>454</v>
       </c>
       <c r="G195" s="2">
-        <v>464.0</v>
+        <v>465.0</v>
       </c>
       <c r="H195" s="2">
-        <v>2442.0</v>
+        <v>2440.0</v>
       </c>
       <c r="I195" s="2">
         <v>0.0</v>
       </c>
       <c r="J195" s="2">
-        <v>1619.0</v>
+        <v>1075.0</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="2">
         <v>195</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C196" s="2">
         <v>15</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2">
         <v>400</v>
       </c>
       <c r="F196" s="2">
         <v>454</v>
       </c>
       <c r="G196" s="2">
-        <v>417.0</v>
+        <v>418.0</v>
       </c>
       <c r="H196" s="2">
-        <v>2263.0</v>
+        <v>2255.0</v>
       </c>
       <c r="I196" s="2">
         <v>0.0</v>
       </c>
       <c r="J196" s="2">
         <v>683.0</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="2">
         <v>196</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C197" s="2">
         <v>6</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2">
         <v>370</v>
       </c>
       <c r="F197" s="2">
         <v>453</v>
       </c>
       <c r="G197" s="2">
         <v>405.0</v>
       </c>
       <c r="H197" s="2">
-        <v>2116.0</v>
+        <v>2115.0</v>
       </c>
       <c r="I197" s="2">
         <v>0.0</v>
       </c>
       <c r="J197" s="2">
         <v>6.0</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="2">
         <v>197</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>206</v>
       </c>
       <c r="C198" s="2">
         <v>22</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2">
         <v>814</v>
       </c>
       <c r="F198" s="2">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="G198" s="2">
-        <v>351.0</v>
+        <v>350.0</v>
       </c>
       <c r="H198" s="2">
-        <v>1952.0</v>
+        <v>1948.0</v>
       </c>
       <c r="I198" s="2">
         <v>0.0</v>
       </c>
       <c r="J198" s="2">
         <v>171.0</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="2">
         <v>198</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>207</v>
       </c>
       <c r="C199" s="2">
         <v>12</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2">
         <v>643</v>
       </c>
       <c r="F199" s="2">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="G199" s="2">
         <v>444.0</v>
       </c>
       <c r="H199" s="2">
-        <v>2325.0</v>
+        <v>2312.0</v>
       </c>
       <c r="I199" s="2">
         <v>0.0</v>
       </c>
       <c r="J199" s="2">
         <v>25.0</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="2">
         <v>199</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>208</v>
       </c>
       <c r="C200" s="2">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D200" s="2"/>
+        <v>4</v>
+      </c>
+      <c r="D200" s="2">
+        <v>8</v>
+      </c>
       <c r="E200" s="2">
-        <v>647</v>
+        <v>158</v>
       </c>
       <c r="F200" s="2">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="G200" s="2">
-        <v>355.0</v>
+        <v>361.0</v>
       </c>
       <c r="H200" s="2">
-        <v>3309.0</v>
+        <v>2385.0</v>
       </c>
       <c r="I200" s="2">
-        <v>0.0</v>
+        <v>315.0</v>
       </c>
       <c r="J200" s="2">
-        <v>65.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="2">
         <v>200</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>209</v>
       </c>
       <c r="C201" s="2">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="D201" s="2">
         <v>8</v>
       </c>
+      <c r="D201" s="2"/>
       <c r="E201" s="2">
-        <v>158</v>
+        <v>965</v>
       </c>
       <c r="F201" s="2">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="G201" s="2">
-        <v>362.0</v>
+        <v>364.0</v>
       </c>
       <c r="H201" s="2">
-        <v>2387.0</v>
+        <v>1998.0</v>
       </c>
       <c r="I201" s="2">
-        <v>315.0</v>
+        <v>0.0</v>
       </c>
       <c r="J201" s="2">
-        <v>67.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="2">
         <v>201</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>210</v>
       </c>
       <c r="C202" s="2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2">
-        <v>965</v>
+        <v>1628</v>
       </c>
       <c r="F202" s="2">
         <v>441</v>
       </c>
       <c r="G202" s="2">
-        <v>364.0</v>
+        <v>517.0</v>
       </c>
       <c r="H202" s="2">
-        <v>2001.0</v>
+        <v>8381.0</v>
       </c>
       <c r="I202" s="2">
         <v>0.0</v>
       </c>
       <c r="J202" s="2">
-        <v>0.0</v>
+        <v>1405.0</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="2">
         <v>202</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>211</v>
       </c>
       <c r="C203" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2">
-        <v>1628</v>
+        <v>74</v>
       </c>
       <c r="F203" s="2">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="G203" s="2">
-        <v>516.0</v>
+        <v>392.0</v>
       </c>
       <c r="H203" s="2">
-        <v>8381.0</v>
+        <v>1182.0</v>
       </c>
       <c r="I203" s="2">
         <v>0.0</v>
       </c>
       <c r="J203" s="2">
-        <v>1405.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="2">
         <v>203</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C204" s="2">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2">
-        <v>74</v>
+        <v>647</v>
       </c>
       <c r="F204" s="2">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="G204" s="2">
-        <v>392.0</v>
+        <v>354.0</v>
       </c>
       <c r="H204" s="2">
-        <v>1182.0</v>
+        <v>3307.0</v>
       </c>
       <c r="I204" s="2">
         <v>0.0</v>
       </c>
       <c r="J204" s="2">
-        <v>7.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="2">
         <v>204</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C205" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2">
-        <v>680</v>
+        <v>54</v>
       </c>
       <c r="F205" s="2">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="G205" s="2">
-        <v>439.0</v>
+        <v>411.0</v>
       </c>
       <c r="H205" s="2">
-        <v>5115.0</v>
+        <v>941.0</v>
       </c>
       <c r="I205" s="2">
         <v>0.0</v>
       </c>
       <c r="J205" s="2">
-        <v>1.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="2">
         <v>205</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>214</v>
       </c>
       <c r="C206" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2">
-        <v>54</v>
+        <v>680</v>
       </c>
       <c r="F206" s="2">
         <v>438</v>
       </c>
       <c r="G206" s="2">
-        <v>409.0</v>
+        <v>439.0</v>
       </c>
       <c r="H206" s="2">
-        <v>944.0</v>
+        <v>5114.0</v>
       </c>
       <c r="I206" s="2">
         <v>0.0</v>
       </c>
       <c r="J206" s="2">
-        <v>18.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="2">
         <v>206</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>215</v>
       </c>
       <c r="C207" s="2">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2">
-        <v>76</v>
+        <v>751</v>
       </c>
       <c r="F207" s="2">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="G207" s="2">
-        <v>224.0</v>
+        <v>356.0</v>
       </c>
       <c r="H207" s="2">
-        <v>2257.0</v>
+        <v>2245.0</v>
       </c>
       <c r="I207" s="2">
         <v>0.0</v>
       </c>
       <c r="J207" s="2">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="2">
         <v>207</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>216</v>
       </c>
       <c r="C208" s="2">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2">
-        <v>751</v>
+        <v>76</v>
       </c>
       <c r="F208" s="2">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="G208" s="2">
-        <v>356.0</v>
+        <v>225.0</v>
       </c>
       <c r="H208" s="2">
-        <v>2248.0</v>
+        <v>2253.0</v>
       </c>
       <c r="I208" s="2">
         <v>0.0</v>
       </c>
       <c r="J208" s="2">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="2">
         <v>208</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>217</v>
       </c>
       <c r="C209" s="2">
         <v>5</v>
       </c>
       <c r="D209" s="2">
         <v>4</v>
       </c>
       <c r="E209" s="2">
         <v>105</v>
       </c>
       <c r="F209" s="2">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="G209" s="2">
-        <v>475.0</v>
+        <v>474.0</v>
       </c>
       <c r="H209" s="2">
-        <v>3031.0</v>
+        <v>3034.0</v>
       </c>
       <c r="I209" s="2">
         <v>0.0</v>
       </c>
       <c r="J209" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="2">
         <v>209</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>218</v>
       </c>
       <c r="C210" s="2">
         <v>8</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2">
         <v>510</v>
       </c>
       <c r="F210" s="2">
         <v>433</v>
       </c>
       <c r="G210" s="2">
         <v>472.0</v>
       </c>
       <c r="H210" s="2">
-        <v>4649.0</v>
+        <v>4639.0</v>
       </c>
       <c r="I210" s="2">
         <v>0.0</v>
       </c>
       <c r="J210" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="2">
         <v>210</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>219</v>
       </c>
       <c r="C211" s="2">
         <v>10</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2">
         <v>506</v>
       </c>
       <c r="F211" s="2">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G211" s="2">
         <v>483.0</v>
       </c>
       <c r="H211" s="2">
-        <v>2914.0</v>
+        <v>2901.0</v>
       </c>
       <c r="I211" s="2">
         <v>0.0</v>
       </c>
       <c r="J211" s="2">
         <v>147.0</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="2">
         <v>211</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>220</v>
       </c>
       <c r="C212" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2">
-        <v>411</v>
+        <v>773</v>
       </c>
       <c r="F212" s="2">
         <v>429</v>
       </c>
       <c r="G212" s="2">
-        <v>310.0</v>
+        <v>378.0</v>
       </c>
       <c r="H212" s="2">
-        <v>1694.0</v>
+        <v>1232.0</v>
       </c>
       <c r="I212" s="2">
         <v>0.0</v>
       </c>
       <c r="J212" s="2">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="2">
         <v>212</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C213" s="2">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2">
-        <v>609</v>
+        <v>411</v>
       </c>
       <c r="F213" s="2">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="G213" s="2">
-        <v>339.0</v>
+        <v>310.0</v>
       </c>
       <c r="H213" s="2">
-        <v>2747.0</v>
+        <v>1693.0</v>
       </c>
       <c r="I213" s="2">
         <v>0.0</v>
       </c>
       <c r="J213" s="2">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="2">
         <v>213</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>222</v>
       </c>
       <c r="C214" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2">
-        <v>773</v>
+        <v>538</v>
       </c>
       <c r="F214" s="2">
         <v>428</v>
       </c>
       <c r="G214" s="2">
-        <v>377.0</v>
+        <v>384.0</v>
       </c>
       <c r="H214" s="2">
-        <v>1233.0</v>
+        <v>1311.0</v>
       </c>
       <c r="I214" s="2">
         <v>0.0</v>
       </c>
       <c r="J214" s="2">
-        <v>0.0</v>
+        <v>561.0</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="2">
         <v>214</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>223</v>
       </c>
       <c r="C215" s="2">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2">
-        <v>538</v>
+        <v>526</v>
       </c>
       <c r="F215" s="2">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="G215" s="2">
-        <v>383.0</v>
+        <v>353.0</v>
       </c>
       <c r="H215" s="2">
-        <v>1308.0</v>
+        <v>2167.0</v>
       </c>
       <c r="I215" s="2">
         <v>0.0</v>
       </c>
       <c r="J215" s="2">
-        <v>561.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" s="2">
         <v>215</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>224</v>
       </c>
       <c r="C216" s="2">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="F216" s="2">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="G216" s="2">
-        <v>354.0</v>
+        <v>498.0</v>
       </c>
       <c r="H216" s="2">
-        <v>2168.0</v>
+        <v>9347.0</v>
       </c>
       <c r="I216" s="2">
         <v>0.0</v>
       </c>
       <c r="J216" s="2">
-        <v>5.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" s="2">
         <v>216</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C217" s="2">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2">
-        <v>530</v>
+        <v>609</v>
       </c>
       <c r="F217" s="2">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="G217" s="2">
-        <v>498.0</v>
+        <v>338.0</v>
       </c>
       <c r="H217" s="2">
-        <v>9350.0</v>
+        <v>2739.0</v>
       </c>
       <c r="I217" s="2">
         <v>0.0</v>
       </c>
       <c r="J217" s="2">
-        <v>67.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="2">
         <v>217</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>226</v>
       </c>
       <c r="C218" s="2">
         <v>8</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2">
         <v>144</v>
       </c>
       <c r="F218" s="2">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="G218" s="2">
-        <v>309.0</v>
+        <v>308.0</v>
       </c>
       <c r="H218" s="2">
-        <v>1696.0</v>
+        <v>1695.0</v>
       </c>
       <c r="I218" s="2">
         <v>0.0</v>
       </c>
       <c r="J218" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="2">
         <v>218</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C219" s="2">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2">
-        <v>303</v>
+        <v>176</v>
       </c>
       <c r="F219" s="2">
         <v>420</v>
       </c>
       <c r="G219" s="2">
-        <v>372.0</v>
+        <v>350.0</v>
       </c>
       <c r="H219" s="2">
-        <v>1928.0</v>
+        <v>3367.0</v>
       </c>
       <c r="I219" s="2">
         <v>0.0</v>
       </c>
       <c r="J219" s="2">
-        <v>80.0</v>
+        <v>559.0</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="2">
         <v>219</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>228</v>
       </c>
       <c r="C220" s="2">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="D220" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D220" s="2">
+        <v>62</v>
+      </c>
       <c r="E220" s="2">
-        <v>176</v>
+        <v>107</v>
       </c>
       <c r="F220" s="2">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="G220" s="2">
-        <v>350.0</v>
+        <v>335.0</v>
       </c>
       <c r="H220" s="2">
-        <v>3371.0</v>
+        <v>1609.0</v>
       </c>
       <c r="I220" s="2">
-        <v>0.0</v>
+        <v>2722.0</v>
       </c>
       <c r="J220" s="2">
-        <v>524.0</v>
+        <v>2325.0</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="2">
         <v>220</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>229</v>
       </c>
       <c r="C221" s="2">
         <v>8</v>
       </c>
-      <c r="D221" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D221" s="2"/>
       <c r="E221" s="2">
-        <v>107</v>
+        <v>608</v>
       </c>
       <c r="F221" s="2">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="G221" s="2">
-        <v>333.0</v>
+        <v>371.0</v>
       </c>
       <c r="H221" s="2">
-        <v>1611.0</v>
+        <v>1774.0</v>
       </c>
       <c r="I221" s="2">
-        <v>2712.0</v>
+        <v>0.0</v>
       </c>
       <c r="J221" s="2">
-        <v>2325.0</v>
+        <v>967.0</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="2">
         <v>221</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C222" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2">
-        <v>608</v>
+        <v>303</v>
       </c>
       <c r="F222" s="2">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="G222" s="2">
         <v>371.0</v>
       </c>
       <c r="H222" s="2">
-        <v>1779.0</v>
+        <v>1928.0</v>
       </c>
       <c r="I222" s="2">
         <v>0.0</v>
       </c>
       <c r="J222" s="2">
-        <v>956.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="2">
         <v>222</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C223" s="2">
         <v>18</v>
       </c>
       <c r="D223" s="2">
         <v>22</v>
       </c>
       <c r="E223" s="2">
         <v>537</v>
       </c>
       <c r="F223" s="2">
         <v>414</v>
       </c>
       <c r="G223" s="2">
         <v>308.0</v>
       </c>
       <c r="H223" s="2">
@@ -9177,1656 +9177,1656 @@
       </c>
       <c r="J223" s="2">
         <v>18.0</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" s="2">
         <v>223</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C224" s="2">
         <v>7</v>
       </c>
       <c r="D224" s="2">
         <v>10</v>
       </c>
       <c r="E224" s="2">
         <v>953</v>
       </c>
       <c r="F224" s="2">
         <v>414</v>
       </c>
       <c r="G224" s="2">
-        <v>309.0</v>
+        <v>308.0</v>
       </c>
       <c r="H224" s="2">
-        <v>1131.0</v>
+        <v>1134.0</v>
       </c>
       <c r="I224" s="2">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="J224" s="2">
         <v>87.0</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" s="2">
         <v>224</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>233</v>
       </c>
       <c r="C225" s="2">
         <v>15</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2">
         <v>139</v>
       </c>
       <c r="F225" s="2">
         <v>413</v>
       </c>
       <c r="G225" s="2">
         <v>377.0</v>
       </c>
       <c r="H225" s="2">
-        <v>2446.0</v>
+        <v>2441.0</v>
       </c>
       <c r="I225" s="2">
         <v>0.0</v>
       </c>
       <c r="J225" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="2">
         <v>225</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>234</v>
       </c>
       <c r="C226" s="2">
         <v>16</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2">
         <v>1326</v>
       </c>
       <c r="F226" s="2">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="G226" s="2">
-        <v>276.0</v>
+        <v>277.0</v>
       </c>
       <c r="H226" s="2">
-        <v>1129.0</v>
+        <v>1128.0</v>
       </c>
       <c r="I226" s="2">
         <v>0.0</v>
       </c>
       <c r="J226" s="2">
         <v>54.0</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="2">
         <v>226</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C227" s="2">
         <v>7</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2">
         <v>427</v>
       </c>
       <c r="F227" s="2">
         <v>411</v>
       </c>
       <c r="G227" s="2">
-        <v>349.0</v>
+        <v>350.0</v>
       </c>
       <c r="H227" s="2">
-        <v>1765.0</v>
+        <v>1757.0</v>
       </c>
       <c r="I227" s="2">
         <v>0.0</v>
       </c>
       <c r="J227" s="2">
         <v>233.0</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="2">
         <v>227</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>236</v>
       </c>
       <c r="C228" s="2">
         <v>10</v>
       </c>
       <c r="D228" s="2">
         <v>25</v>
       </c>
       <c r="E228" s="2">
         <v>2559</v>
       </c>
       <c r="F228" s="2">
         <v>410</v>
       </c>
       <c r="G228" s="2">
         <v>361.0</v>
       </c>
       <c r="H228" s="2">
         <v>2169.0</v>
       </c>
       <c r="I228" s="2">
         <v>349.0</v>
       </c>
       <c r="J228" s="2">
-        <v>557.0</v>
+        <v>562.0</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="2">
         <v>228</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C229" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D229" s="2"/>
-      <c r="E229" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E229" s="2"/>
       <c r="F229" s="2">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="G229" s="2">
-        <v>206.0</v>
+        <v>313.0</v>
       </c>
       <c r="H229" s="2">
-        <v>2111.0</v>
+        <v>2984.0</v>
       </c>
       <c r="I229" s="2">
         <v>0.0</v>
       </c>
       <c r="J229" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="2">
         <v>229</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>238</v>
       </c>
       <c r="C230" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D230" s="2"/>
-      <c r="E230" s="2"/>
+      <c r="E230" s="2">
+        <v>76</v>
+      </c>
       <c r="F230" s="2">
         <v>407</v>
       </c>
       <c r="G230" s="2">
-        <v>313.0</v>
+        <v>207.0</v>
       </c>
       <c r="H230" s="2">
-        <v>2982.0</v>
+        <v>2108.0</v>
       </c>
       <c r="I230" s="2">
         <v>0.0</v>
       </c>
       <c r="J230" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="2">
         <v>230</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>239</v>
       </c>
       <c r="C231" s="2">
         <v>17</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2">
         <v>995</v>
       </c>
       <c r="F231" s="2">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="G231" s="2">
         <v>314.0</v>
       </c>
       <c r="H231" s="2">
-        <v>1009.0</v>
+        <v>1008.0</v>
       </c>
       <c r="I231" s="2">
         <v>0.0</v>
       </c>
       <c r="J231" s="2">
         <v>92.0</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="2">
         <v>231</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>240</v>
       </c>
       <c r="C232" s="2">
         <v>4</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2">
         <v>538</v>
       </c>
       <c r="F232" s="2">
         <v>402</v>
       </c>
       <c r="G232" s="2">
-        <v>253.0</v>
+        <v>254.0</v>
       </c>
       <c r="H232" s="2">
         <v>1326.0</v>
       </c>
       <c r="I232" s="2">
         <v>0.0</v>
       </c>
       <c r="J232" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="2">
         <v>232</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>241</v>
       </c>
       <c r="C233" s="2">
         <v>7</v>
       </c>
       <c r="D233" s="2">
         <v>5</v>
       </c>
       <c r="E233" s="2">
         <v>652</v>
       </c>
       <c r="F233" s="2">
         <v>401</v>
       </c>
       <c r="G233" s="2">
         <v>377.0</v>
       </c>
       <c r="H233" s="2">
-        <v>3566.0</v>
+        <v>3557.0</v>
       </c>
       <c r="I233" s="2">
         <v>0.0</v>
       </c>
       <c r="J233" s="2">
-        <v>34.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" s="2">
         <v>233</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>242</v>
       </c>
       <c r="C234" s="2">
         <v>7</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2">
         <v>513</v>
       </c>
       <c r="F234" s="2">
         <v>397</v>
       </c>
       <c r="G234" s="2">
         <v>399.0</v>
       </c>
       <c r="H234" s="2">
-        <v>2161.0</v>
+        <v>2164.0</v>
       </c>
       <c r="I234" s="2">
         <v>0.0</v>
       </c>
       <c r="J234" s="2">
         <v>172.0</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" s="2">
         <v>234</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C235" s="2">
         <v>31</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2">
         <v>103</v>
       </c>
       <c r="F235" s="2">
         <v>397</v>
       </c>
       <c r="G235" s="2">
         <v>326.0</v>
       </c>
       <c r="H235" s="2">
-        <v>2082.0</v>
+        <v>2081.0</v>
       </c>
       <c r="I235" s="2">
         <v>0.0</v>
       </c>
       <c r="J235" s="2">
         <v>33.0</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="2">
         <v>235</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>244</v>
       </c>
       <c r="C236" s="2">
         <v>7</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2">
         <v>657</v>
       </c>
       <c r="F236" s="2">
         <v>396</v>
       </c>
       <c r="G236" s="2">
         <v>275.0</v>
       </c>
       <c r="H236" s="2">
-        <v>1465.0</v>
+        <v>1462.0</v>
       </c>
       <c r="I236" s="2">
         <v>0.0</v>
       </c>
       <c r="J236" s="2">
         <v>174.0</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" s="2">
         <v>236</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>245</v>
       </c>
       <c r="C237" s="2">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D237" s="2"/>
-      <c r="E237" s="2"/>
+      <c r="E237" s="2">
+        <v>34</v>
+      </c>
       <c r="F237" s="2">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="G237" s="2">
-        <v>305.0</v>
+        <v>404.0</v>
       </c>
       <c r="H237" s="2">
-        <v>1005.0</v>
+        <v>2797.0</v>
       </c>
       <c r="I237" s="2">
         <v>0.0</v>
       </c>
       <c r="J237" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" s="2">
         <v>237</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C238" s="2">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D238" s="2"/>
-      <c r="E238" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E238" s="2"/>
       <c r="F238" s="2">
         <v>393</v>
       </c>
       <c r="G238" s="2">
-        <v>403.0</v>
+        <v>305.0</v>
       </c>
       <c r="H238" s="2">
-        <v>2795.0</v>
+        <v>1008.0</v>
       </c>
       <c r="I238" s="2">
         <v>0.0</v>
       </c>
       <c r="J238" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="2">
         <v>238</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C239" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D239" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D239" s="2">
+        <v>373</v>
+      </c>
       <c r="E239" s="2">
-        <v>106</v>
+        <v>1177</v>
       </c>
       <c r="F239" s="2">
         <v>393</v>
       </c>
       <c r="G239" s="2">
-        <v>251.0</v>
+        <v>320.0</v>
       </c>
       <c r="H239" s="2">
-        <v>1339.0</v>
+        <v>1503.0</v>
       </c>
       <c r="I239" s="2">
-        <v>0.0</v>
+        <v>57.0</v>
       </c>
       <c r="J239" s="2">
-        <v>25.0</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" s="2">
         <v>239</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>248</v>
       </c>
       <c r="C240" s="2">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="D240" s="2"/>
       <c r="E240" s="2">
-        <v>1177</v>
+        <v>207</v>
       </c>
       <c r="F240" s="2">
         <v>393</v>
       </c>
       <c r="G240" s="2">
-        <v>321.0</v>
+        <v>364.0</v>
       </c>
       <c r="H240" s="2">
-        <v>1504.0</v>
+        <v>1507.0</v>
       </c>
       <c r="I240" s="2">
-        <v>57.0</v>
+        <v>0.0</v>
       </c>
       <c r="J240" s="2">
-        <v>163.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" s="2">
         <v>240</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C241" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2">
-        <v>384</v>
+        <v>106</v>
       </c>
       <c r="F241" s="2">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="G241" s="2">
-        <v>298.0</v>
+        <v>253.0</v>
       </c>
       <c r="H241" s="2">
-        <v>1647.0</v>
+        <v>1336.0</v>
       </c>
       <c r="I241" s="2">
         <v>0.0</v>
       </c>
       <c r="J241" s="2">
-        <v>2389.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" s="2">
         <v>241</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>250</v>
       </c>
       <c r="C242" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2">
-        <v>207</v>
+        <v>384</v>
       </c>
       <c r="F242" s="2">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="G242" s="2">
-        <v>365.0</v>
+        <v>296.0</v>
       </c>
       <c r="H242" s="2">
-        <v>1508.0</v>
+        <v>1646.0</v>
       </c>
       <c r="I242" s="2">
         <v>0.0</v>
       </c>
       <c r="J242" s="2">
-        <v>0.0</v>
+        <v>2389.0</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" s="2">
         <v>242</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>251</v>
       </c>
       <c r="C243" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2">
-        <v>418</v>
+        <v>350</v>
       </c>
       <c r="F243" s="2">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="G243" s="2">
-        <v>348.0</v>
+        <v>403.0</v>
       </c>
       <c r="H243" s="2">
-        <v>3459.0</v>
+        <v>2304.0</v>
       </c>
       <c r="I243" s="2">
         <v>0.0</v>
       </c>
       <c r="J243" s="2">
-        <v>325.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" s="2">
         <v>243</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>252</v>
       </c>
       <c r="C244" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2">
-        <v>350</v>
+        <v>418</v>
       </c>
       <c r="F244" s="2">
         <v>389</v>
       </c>
       <c r="G244" s="2">
-        <v>403.0</v>
+        <v>346.0</v>
       </c>
       <c r="H244" s="2">
-        <v>2311.0</v>
+        <v>3452.0</v>
       </c>
       <c r="I244" s="2">
         <v>0.0</v>
       </c>
       <c r="J244" s="2">
-        <v>0.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" s="2">
         <v>244</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C245" s="2">
         <v>9</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2">
         <v>2415</v>
       </c>
       <c r="F245" s="2">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="G245" s="2">
-        <v>242.0</v>
+        <v>243.0</v>
       </c>
       <c r="H245" s="2">
         <v>1630.0</v>
       </c>
       <c r="I245" s="2">
         <v>0.0</v>
       </c>
       <c r="J245" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" s="2">
         <v>245</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>254</v>
       </c>
       <c r="C246" s="2">
         <v>3</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2"/>
       <c r="F246" s="2">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="G246" s="2">
         <v>228.0</v>
       </c>
       <c r="H246" s="2">
-        <v>3446.0</v>
+        <v>3441.0</v>
       </c>
       <c r="I246" s="2">
         <v>0.0</v>
       </c>
       <c r="J246" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" s="2">
         <v>246</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>255</v>
       </c>
       <c r="C247" s="2">
         <v>7</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2">
         <v>259</v>
       </c>
       <c r="F247" s="2">
         <v>384</v>
       </c>
       <c r="G247" s="2">
         <v>325.0</v>
       </c>
       <c r="H247" s="2">
-        <v>1068.0</v>
+        <v>1065.0</v>
       </c>
       <c r="I247" s="2">
         <v>0.0</v>
       </c>
       <c r="J247" s="2">
         <v>30.0</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" s="2">
         <v>247</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>256</v>
       </c>
       <c r="C248" s="2">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D248" s="2"/>
+        <v>4</v>
+      </c>
+      <c r="D248" s="2">
+        <v>459</v>
+      </c>
       <c r="E248" s="2">
-        <v>63</v>
+        <v>332</v>
       </c>
       <c r="F248" s="2">
         <v>379</v>
       </c>
       <c r="G248" s="2">
-        <v>374.0</v>
+        <v>351.0</v>
       </c>
       <c r="H248" s="2">
-        <v>1451.0</v>
+        <v>1877.0</v>
       </c>
       <c r="I248" s="2">
-        <v>0.0</v>
+        <v>2224.0</v>
       </c>
       <c r="J248" s="2">
-        <v>129.0</v>
+        <v>3088.0</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" s="2">
         <v>248</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>257</v>
       </c>
       <c r="C249" s="2">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D249" s="2"/>
       <c r="E249" s="2">
-        <v>332</v>
+        <v>502</v>
       </c>
       <c r="F249" s="2">
         <v>379</v>
       </c>
       <c r="G249" s="2">
-        <v>351.0</v>
+        <v>332.0</v>
       </c>
       <c r="H249" s="2">
-        <v>1889.0</v>
+        <v>2315.0</v>
       </c>
       <c r="I249" s="2">
-        <v>2224.0</v>
+        <v>0.0</v>
       </c>
       <c r="J249" s="2">
-        <v>3088.0</v>
+        <v>336.0</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" s="2">
         <v>249</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>258</v>
       </c>
       <c r="C250" s="2">
         <v>9</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2">
         <v>375</v>
       </c>
       <c r="F250" s="2">
         <v>379</v>
       </c>
       <c r="G250" s="2">
         <v>310.0</v>
       </c>
       <c r="H250" s="2">
-        <v>3092.0</v>
+        <v>3079.0</v>
       </c>
       <c r="I250" s="2">
         <v>0.0</v>
       </c>
       <c r="J250" s="2">
         <v>59.0</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" s="2">
         <v>250</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>259</v>
       </c>
       <c r="C251" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2">
-        <v>502</v>
+        <v>603</v>
       </c>
       <c r="F251" s="2">
         <v>378</v>
       </c>
       <c r="G251" s="2">
-        <v>332.0</v>
+        <v>313.0</v>
       </c>
       <c r="H251" s="2">
-        <v>2320.0</v>
+        <v>2266.0</v>
       </c>
       <c r="I251" s="2">
         <v>0.0</v>
       </c>
       <c r="J251" s="2">
-        <v>336.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" s="2">
         <v>251</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C252" s="2">
         <v>9</v>
       </c>
-      <c r="D252" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D252" s="2"/>
       <c r="E252" s="2">
-        <v>868</v>
+        <v>63</v>
       </c>
       <c r="F252" s="2">
         <v>378</v>
       </c>
       <c r="G252" s="2">
-        <v>303.0</v>
+        <v>372.0</v>
       </c>
       <c r="H252" s="2">
-        <v>924.0</v>
+        <v>1446.0</v>
       </c>
       <c r="I252" s="2">
         <v>0.0</v>
       </c>
       <c r="J252" s="2">
-        <v>6.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" s="2">
         <v>252</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>261</v>
       </c>
       <c r="C253" s="2">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D253" s="2"/>
+        <v>9</v>
+      </c>
+      <c r="D253" s="2">
+        <v>12</v>
+      </c>
       <c r="E253" s="2">
-        <v>603</v>
+        <v>868</v>
       </c>
       <c r="F253" s="2">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="G253" s="2">
-        <v>313.0</v>
+        <v>302.0</v>
       </c>
       <c r="H253" s="2">
-        <v>2272.0</v>
+        <v>920.0</v>
       </c>
       <c r="I253" s="2">
         <v>0.0</v>
       </c>
       <c r="J253" s="2">
-        <v>85.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" s="2">
         <v>253</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>262</v>
       </c>
       <c r="C254" s="2">
         <v>6</v>
       </c>
       <c r="D254" s="2">
         <v>58</v>
       </c>
       <c r="E254" s="2">
         <v>605</v>
       </c>
       <c r="F254" s="2">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="G254" s="2">
-        <v>359.0</v>
+        <v>358.0</v>
       </c>
       <c r="H254" s="2">
-        <v>3113.0</v>
+        <v>3109.0</v>
       </c>
       <c r="I254" s="2">
-        <v>1.0</v>
+        <v>23.0</v>
       </c>
       <c r="J254" s="2">
         <v>1893.0</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" s="2">
         <v>254</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>263</v>
       </c>
       <c r="C255" s="2">
         <v>7</v>
       </c>
       <c r="D255" s="2">
         <v>136</v>
       </c>
       <c r="E255" s="2">
         <v>116</v>
       </c>
       <c r="F255" s="2">
         <v>374</v>
       </c>
       <c r="G255" s="2">
         <v>284.0</v>
       </c>
       <c r="H255" s="2">
-        <v>1405.0</v>
+        <v>1404.0</v>
       </c>
       <c r="I255" s="2">
-        <v>1583.0</v>
+        <v>1587.0</v>
       </c>
       <c r="J255" s="2">
         <v>65.0</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" s="2">
         <v>255</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>264</v>
       </c>
       <c r="C256" s="2">
         <v>12</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2">
         <v>59</v>
       </c>
       <c r="F256" s="2">
         <v>373</v>
       </c>
       <c r="G256" s="2">
         <v>243.0</v>
       </c>
       <c r="H256" s="2">
-        <v>3024.0</v>
+        <v>3017.0</v>
       </c>
       <c r="I256" s="2">
         <v>0.0</v>
       </c>
       <c r="J256" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" s="2">
         <v>256</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>265</v>
       </c>
       <c r="C257" s="2">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D257" s="2"/>
+        <v>15</v>
+      </c>
+      <c r="D257" s="2">
+        <v>20</v>
+      </c>
       <c r="E257" s="2">
-        <v>1479</v>
+        <v>51</v>
       </c>
       <c r="F257" s="2">
         <v>372</v>
       </c>
       <c r="G257" s="2">
-        <v>251.0</v>
+        <v>309.0</v>
       </c>
       <c r="H257" s="2">
-        <v>2026.0</v>
+        <v>1064.0</v>
       </c>
       <c r="I257" s="2">
-        <v>0.0</v>
+        <v>17.0</v>
       </c>
       <c r="J257" s="2">
-        <v>59.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" s="2">
         <v>257</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C258" s="2">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="D258" s="2"/>
       <c r="E258" s="2">
-        <v>51</v>
+        <v>1479</v>
       </c>
       <c r="F258" s="2">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="G258" s="2">
-        <v>306.0</v>
+        <v>250.0</v>
       </c>
       <c r="H258" s="2">
-        <v>1066.0</v>
+        <v>2025.0</v>
       </c>
       <c r="I258" s="2">
-        <v>17.0</v>
+        <v>0.0</v>
       </c>
       <c r="J258" s="2">
-        <v>0.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" s="2">
         <v>258</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>267</v>
       </c>
       <c r="C259" s="2">
         <v>4</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2">
         <v>62</v>
       </c>
       <c r="F259" s="2">
         <v>371</v>
       </c>
       <c r="G259" s="2">
-        <v>297.0</v>
+        <v>296.0</v>
       </c>
       <c r="H259" s="2">
-        <v>3623.0</v>
+        <v>3612.0</v>
       </c>
       <c r="I259" s="2">
         <v>0.0</v>
       </c>
       <c r="J259" s="2">
         <v>260.0</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" s="2">
         <v>259</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>268</v>
       </c>
       <c r="C260" s="2">
         <v>7</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2">
         <v>5</v>
       </c>
       <c r="F260" s="2">
         <v>371</v>
       </c>
       <c r="G260" s="2">
         <v>355.0</v>
       </c>
       <c r="H260" s="2">
-        <v>5798.0</v>
+        <v>5806.0</v>
       </c>
       <c r="I260" s="2">
         <v>0.0</v>
       </c>
       <c r="J260" s="2">
         <v>145.0</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" s="2">
         <v>260</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>269</v>
       </c>
       <c r="C261" s="2">
         <v>7</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2">
         <v>112</v>
       </c>
       <c r="F261" s="2">
         <v>366</v>
       </c>
       <c r="G261" s="2">
-        <v>283.0</v>
+        <v>282.0</v>
       </c>
       <c r="H261" s="2">
-        <v>1969.0</v>
+        <v>1966.0</v>
       </c>
       <c r="I261" s="2">
         <v>0.0</v>
       </c>
       <c r="J261" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" s="2">
         <v>261</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>270</v>
       </c>
       <c r="C262" s="2">
         <v>5</v>
       </c>
       <c r="D262" s="2">
         <v>16</v>
       </c>
       <c r="E262" s="2">
         <v>390</v>
       </c>
       <c r="F262" s="2">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="G262" s="2">
-        <v>363.0</v>
+        <v>362.0</v>
       </c>
       <c r="H262" s="2">
-        <v>2005.0</v>
+        <v>1968.0</v>
       </c>
       <c r="I262" s="2">
-        <v>895.0</v>
+        <v>887.0</v>
       </c>
       <c r="J262" s="2">
         <v>1157.0</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="2">
         <v>262</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>271</v>
       </c>
       <c r="C263" s="2">
         <v>5</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2">
         <v>252</v>
       </c>
       <c r="F263" s="2">
         <v>364</v>
       </c>
       <c r="G263" s="2">
         <v>302.0</v>
       </c>
       <c r="H263" s="2">
-        <v>3427.0</v>
+        <v>3432.0</v>
       </c>
       <c r="I263" s="2">
         <v>0.0</v>
       </c>
       <c r="J263" s="2">
         <v>22.0</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="2">
         <v>263</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>272</v>
       </c>
       <c r="C264" s="2">
         <v>12</v>
       </c>
       <c r="D264" s="2">
         <v>34</v>
       </c>
       <c r="E264" s="2">
         <v>879</v>
       </c>
       <c r="F264" s="2">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="G264" s="2">
-        <v>343.0</v>
+        <v>341.0</v>
       </c>
       <c r="H264" s="2">
-        <v>696.0</v>
+        <v>695.0</v>
       </c>
       <c r="I264" s="2">
         <v>42.0</v>
       </c>
       <c r="J264" s="2">
         <v>99.0</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="2">
         <v>264</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C265" s="2">
         <v>11</v>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2">
         <v>203</v>
       </c>
       <c r="F265" s="2">
         <v>361</v>
       </c>
       <c r="G265" s="2">
-        <v>318.0</v>
+        <v>319.0</v>
       </c>
       <c r="H265" s="2">
-        <v>982.0</v>
+        <v>983.0</v>
       </c>
       <c r="I265" s="2">
         <v>0.0</v>
       </c>
       <c r="J265" s="2">
         <v>23.0</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="2">
         <v>265</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>274</v>
       </c>
       <c r="C266" s="2">
         <v>4</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2">
         <v>22</v>
       </c>
       <c r="F266" s="2">
         <v>361</v>
       </c>
       <c r="G266" s="2">
-        <v>269.0</v>
+        <v>268.0</v>
       </c>
       <c r="H266" s="2">
-        <v>1386.0</v>
+        <v>1388.0</v>
       </c>
       <c r="I266" s="2">
         <v>0.0</v>
       </c>
       <c r="J266" s="2">
         <v>25.0</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="2">
         <v>266</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>275</v>
       </c>
       <c r="C267" s="2">
         <v>5</v>
       </c>
-      <c r="D267" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D267" s="2"/>
+      <c r="E267" s="2"/>
       <c r="F267" s="2">
         <v>360</v>
       </c>
       <c r="G267" s="2">
-        <v>256.0</v>
+        <v>311.0</v>
       </c>
       <c r="H267" s="2">
-        <v>3561.0</v>
+        <v>1274.0</v>
       </c>
       <c r="I267" s="2">
-        <v>50.0</v>
+        <v>0.0</v>
       </c>
       <c r="J267" s="2">
-        <v>61.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="2">
         <v>267</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>276</v>
       </c>
       <c r="C268" s="2">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D268" s="2"/>
+        <v>5</v>
+      </c>
+      <c r="D268" s="2">
+        <v>42</v>
+      </c>
       <c r="E268" s="2">
-        <v>356</v>
+        <v>36</v>
       </c>
       <c r="F268" s="2">
         <v>360</v>
       </c>
       <c r="G268" s="2">
-        <v>372.0</v>
+        <v>257.0</v>
       </c>
       <c r="H268" s="2">
-        <v>2146.0</v>
+        <v>3557.0</v>
       </c>
       <c r="I268" s="2">
-        <v>0.0</v>
+        <v>50.0</v>
       </c>
       <c r="J268" s="2">
-        <v>86.0</v>
+        <v>61.0</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="2">
         <v>268</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>277</v>
       </c>
       <c r="C269" s="2">
         <v>6</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2">
         <v>143</v>
       </c>
       <c r="F269" s="2">
         <v>359</v>
       </c>
       <c r="G269" s="2">
-        <v>328.0</v>
+        <v>329.0</v>
       </c>
       <c r="H269" s="2">
-        <v>1765.0</v>
+        <v>1760.0</v>
       </c>
       <c r="I269" s="2">
         <v>0.0</v>
       </c>
       <c r="J269" s="2">
-        <v>16.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="2">
         <v>269</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C270" s="2">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D270" s="2"/>
-      <c r="E270" s="2"/>
+      <c r="E270" s="2">
+        <v>356</v>
+      </c>
       <c r="F270" s="2">
         <v>359</v>
       </c>
       <c r="G270" s="2">
-        <v>280.0</v>
+        <v>372.0</v>
       </c>
       <c r="H270" s="2">
-        <v>882.0</v>
+        <v>2142.0</v>
       </c>
       <c r="I270" s="2">
         <v>0.0</v>
       </c>
       <c r="J270" s="2">
-        <v>0.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="2">
         <v>270</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>279</v>
       </c>
       <c r="C271" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2"/>
       <c r="F271" s="2">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="G271" s="2">
-        <v>311.0</v>
+        <v>280.0</v>
       </c>
       <c r="H271" s="2">
-        <v>1274.0</v>
+        <v>879.0</v>
       </c>
       <c r="I271" s="2">
         <v>0.0</v>
       </c>
       <c r="J271" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="2">
         <v>271</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>280</v>
       </c>
       <c r="C272" s="2">
         <v>9</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2">
         <v>415</v>
       </c>
       <c r="F272" s="2">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="G272" s="2">
-        <v>333.0</v>
+        <v>332.0</v>
       </c>
       <c r="H272" s="2">
-        <v>1393.0</v>
+        <v>1394.0</v>
       </c>
       <c r="I272" s="2">
         <v>0.0</v>
       </c>
       <c r="J272" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" s="2">
         <v>272</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>281</v>
       </c>
       <c r="C273" s="2">
         <v>2</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2">
         <v>62</v>
       </c>
       <c r="F273" s="2">
         <v>353</v>
       </c>
       <c r="G273" s="2">
         <v>247.0</v>
       </c>
       <c r="H273" s="2">
-        <v>1222.0</v>
+        <v>1219.0</v>
       </c>
       <c r="I273" s="2">
         <v>0.0</v>
       </c>
       <c r="J273" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" s="2">
         <v>273</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>282</v>
       </c>
       <c r="C274" s="2">
         <v>4</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2">
         <v>1061</v>
       </c>
       <c r="F274" s="2">
         <v>353</v>
       </c>
       <c r="G274" s="2">
         <v>289.0</v>
       </c>
       <c r="H274" s="2">
-        <v>1665.0</v>
+        <v>1653.0</v>
       </c>
       <c r="I274" s="2">
         <v>0.0</v>
       </c>
       <c r="J274" s="2">
         <v>51.0</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" s="2">
         <v>274</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>283</v>
       </c>
       <c r="C275" s="2">
         <v>7</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2">
         <v>422</v>
       </c>
       <c r="F275" s="2">
         <v>351</v>
       </c>
       <c r="G275" s="2">
-        <v>287.0</v>
+        <v>286.0</v>
       </c>
       <c r="H275" s="2">
-        <v>1270.0</v>
+        <v>1267.0</v>
       </c>
       <c r="I275" s="2">
         <v>0.0</v>
       </c>
       <c r="J275" s="2">
         <v>12.0</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" s="2">
         <v>275</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>284</v>
       </c>
       <c r="C276" s="2">
         <v>3</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2">
         <v>429</v>
       </c>
       <c r="F276" s="2">
         <v>349</v>
       </c>
       <c r="G276" s="2">
-        <v>374.0</v>
+        <v>376.0</v>
       </c>
       <c r="H276" s="2">
         <v>4751.0</v>
       </c>
       <c r="I276" s="2">
         <v>0.0</v>
       </c>
       <c r="J276" s="2">
         <v>1217.0</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" s="2">
         <v>276</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>285</v>
       </c>
       <c r="C277" s="2">
         <v>7</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2">
         <v>54</v>
       </c>
       <c r="F277" s="2">
         <v>348</v>
       </c>
       <c r="G277" s="2">
         <v>218.0</v>
       </c>
       <c r="H277" s="2">
-        <v>866.0</v>
+        <v>865.0</v>
       </c>
       <c r="I277" s="2">
         <v>0.0</v>
       </c>
       <c r="J277" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" s="2">
         <v>277</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>286</v>
       </c>
       <c r="C278" s="2">
         <v>7</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2">
         <v>547</v>
       </c>
       <c r="F278" s="2">
         <v>344</v>
       </c>
@@ -10839,2442 +10839,2442 @@
       <c r="I278" s="2">
         <v>0.0</v>
       </c>
       <c r="J278" s="2">
         <v>733.0</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" s="2">
         <v>278</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>287</v>
       </c>
       <c r="C279" s="2">
         <v>3</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2">
         <v>1218</v>
       </c>
       <c r="F279" s="2">
         <v>344</v>
       </c>
       <c r="G279" s="2">
-        <v>273.0</v>
+        <v>272.0</v>
       </c>
       <c r="H279" s="2">
-        <v>3774.0</v>
+        <v>3756.0</v>
       </c>
       <c r="I279" s="2">
         <v>0.0</v>
       </c>
       <c r="J279" s="2">
         <v>919.0</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" s="2">
         <v>279</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>288</v>
       </c>
       <c r="C280" s="2">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D280" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D280" s="2">
+        <v>92</v>
+      </c>
       <c r="E280" s="2">
-        <v>207</v>
+        <v>1352</v>
       </c>
       <c r="F280" s="2">
         <v>341</v>
       </c>
       <c r="G280" s="2">
-        <v>166.0</v>
+        <v>262.0</v>
       </c>
       <c r="H280" s="2">
-        <v>1630.0</v>
+        <v>1063.0</v>
       </c>
       <c r="I280" s="2">
-        <v>0.0</v>
+        <v>517.0</v>
       </c>
       <c r="J280" s="2">
-        <v>0.0</v>
+        <v>629.0</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" s="2">
         <v>280</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>289</v>
       </c>
       <c r="C281" s="2">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D281" s="2"/>
       <c r="E281" s="2">
-        <v>1352</v>
+        <v>207</v>
       </c>
       <c r="F281" s="2">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="G281" s="2">
-        <v>262.0</v>
+        <v>166.0</v>
       </c>
       <c r="H281" s="2">
-        <v>1097.0</v>
+        <v>1622.0</v>
       </c>
       <c r="I281" s="2">
-        <v>517.0</v>
+        <v>0.0</v>
       </c>
       <c r="J281" s="2">
-        <v>629.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" s="2">
         <v>281</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>290</v>
       </c>
       <c r="C282" s="2">
         <v>10</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2">
         <v>144</v>
       </c>
       <c r="F282" s="2">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="G282" s="2">
         <v>312.0</v>
       </c>
       <c r="H282" s="2">
-        <v>2105.0</v>
+        <v>2106.0</v>
       </c>
       <c r="I282" s="2">
         <v>0.0</v>
       </c>
       <c r="J282" s="2">
         <v>4.0</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" s="2">
         <v>282</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>291</v>
       </c>
       <c r="C283" s="2">
         <v>5</v>
       </c>
       <c r="D283" s="2">
         <v>25</v>
       </c>
       <c r="E283" s="2">
         <v>363</v>
       </c>
       <c r="F283" s="2">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="G283" s="2">
-        <v>236.0</v>
+        <v>237.0</v>
       </c>
       <c r="H283" s="2">
         <v>1232.0</v>
       </c>
       <c r="I283" s="2">
         <v>0.0</v>
       </c>
       <c r="J283" s="2">
         <v>766.0</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" s="2">
         <v>283</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>292</v>
       </c>
       <c r="C284" s="2">
+        <v>8</v>
+      </c>
+      <c r="D284" s="2">
         <v>10</v>
       </c>
-      <c r="D284" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="E284" s="2">
-        <v>1216</v>
+        <v>608</v>
       </c>
       <c r="F284" s="2">
         <v>336</v>
       </c>
       <c r="G284" s="2">
-        <v>235.0</v>
+        <v>316.0</v>
       </c>
       <c r="H284" s="2">
-        <v>1712.0</v>
+        <v>754.0</v>
       </c>
       <c r="I284" s="2">
-        <v>12.0</v>
+        <v>0.0</v>
       </c>
       <c r="J284" s="2">
-        <v>0.0</v>
+        <v>2622.0</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" s="2">
         <v>284</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>293</v>
       </c>
       <c r="C285" s="2">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D285" s="2"/>
       <c r="E285" s="2">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="F285" s="2">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="G285" s="2">
-        <v>316.0</v>
+        <v>247.0</v>
       </c>
       <c r="H285" s="2">
-        <v>756.0</v>
+        <v>3402.0</v>
       </c>
       <c r="I285" s="2">
         <v>0.0</v>
       </c>
       <c r="J285" s="2">
-        <v>2622.0</v>
+        <v>744.0</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" s="2">
         <v>285</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>294</v>
       </c>
       <c r="C286" s="2">
         <v>1</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2">
         <v>1436</v>
       </c>
       <c r="F286" s="2">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="G286" s="2">
-        <v>202.0</v>
+        <v>201.0</v>
       </c>
       <c r="H286" s="2">
         <v>889.0</v>
       </c>
       <c r="I286" s="2">
         <v>0.0</v>
       </c>
       <c r="J286" s="2">
         <v>308.0</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" s="2">
         <v>286</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>295</v>
       </c>
       <c r="C287" s="2">
+        <v>10</v>
+      </c>
+      <c r="D287" s="2">
         <v>6</v>
       </c>
-      <c r="D287" s="2"/>
       <c r="E287" s="2">
-        <v>516</v>
+        <v>1216</v>
       </c>
       <c r="F287" s="2">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="G287" s="2">
-        <v>247.0</v>
+        <v>234.0</v>
       </c>
       <c r="H287" s="2">
-        <v>3411.0</v>
+        <v>1711.0</v>
       </c>
       <c r="I287" s="2">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
       <c r="J287" s="2">
-        <v>744.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="2">
         <v>287</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>296</v>
       </c>
       <c r="C288" s="2">
         <v>3</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2">
-        <v>262</v>
+        <v>454</v>
       </c>
       <c r="F288" s="2">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="G288" s="2">
-        <v>209.0</v>
+        <v>253.0</v>
       </c>
       <c r="H288" s="2">
-        <v>1658.0</v>
+        <v>854.0</v>
       </c>
       <c r="I288" s="2">
         <v>0.0</v>
       </c>
       <c r="J288" s="2">
-        <v>0.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" s="2">
         <v>288</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>297</v>
       </c>
       <c r="C289" s="2">
         <v>3</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2">
-        <v>454</v>
+        <v>262</v>
       </c>
       <c r="F289" s="2">
         <v>334</v>
       </c>
       <c r="G289" s="2">
-        <v>253.0</v>
+        <v>208.0</v>
       </c>
       <c r="H289" s="2">
-        <v>853.0</v>
+        <v>1650.0</v>
       </c>
       <c r="I289" s="2">
         <v>0.0</v>
       </c>
       <c r="J289" s="2">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" s="2">
         <v>289</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>298</v>
       </c>
       <c r="C290" s="2">
         <v>9</v>
       </c>
       <c r="D290" s="2">
         <v>2</v>
       </c>
       <c r="E290" s="2">
         <v>514</v>
       </c>
       <c r="F290" s="2">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G290" s="2">
         <v>180.0</v>
       </c>
       <c r="H290" s="2">
         <v>1514.0</v>
       </c>
       <c r="I290" s="2">
         <v>2.0</v>
       </c>
       <c r="J290" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" s="2">
         <v>290</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>299</v>
       </c>
       <c r="C291" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D291" s="2"/>
+        <v>6</v>
+      </c>
+      <c r="D291" s="2">
+        <v>2</v>
+      </c>
       <c r="E291" s="2">
-        <v>52</v>
+        <v>114</v>
       </c>
       <c r="F291" s="2">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="G291" s="2">
-        <v>208.0</v>
+        <v>267.0</v>
       </c>
       <c r="H291" s="2">
-        <v>1724.0</v>
+        <v>836.0</v>
       </c>
       <c r="I291" s="2">
         <v>0.0</v>
       </c>
       <c r="J291" s="2">
-        <v>24.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" s="2">
         <v>291</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>300</v>
       </c>
       <c r="C292" s="2">
         <v>3</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2"/>
       <c r="F292" s="2">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="G292" s="2">
-        <v>198.0</v>
+        <v>199.0</v>
       </c>
       <c r="H292" s="2">
-        <v>968.0</v>
+        <v>969.0</v>
       </c>
       <c r="I292" s="2">
         <v>0.0</v>
       </c>
       <c r="J292" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" s="2">
         <v>292</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>301</v>
       </c>
       <c r="C293" s="2">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D293" s="2"/>
       <c r="E293" s="2">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="F293" s="2">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G293" s="2">
-        <v>266.0</v>
+        <v>208.0</v>
       </c>
       <c r="H293" s="2">
-        <v>839.0</v>
+        <v>1718.0</v>
       </c>
       <c r="I293" s="2">
         <v>0.0</v>
       </c>
       <c r="J293" s="2">
-        <v>13.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" s="2">
         <v>293</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C294" s="2">
         <v>11</v>
       </c>
       <c r="D294" s="2">
         <v>12</v>
       </c>
       <c r="E294" s="2">
         <v>938</v>
       </c>
       <c r="F294" s="2">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G294" s="2">
         <v>258.0</v>
       </c>
       <c r="H294" s="2">
-        <v>599.0</v>
+        <v>600.0</v>
       </c>
       <c r="I294" s="2">
         <v>1.0</v>
       </c>
       <c r="J294" s="2">
-        <v>427.0</v>
+        <v>476.0</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" s="2">
         <v>294</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>303</v>
       </c>
       <c r="C295" s="2">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D295" s="2"/>
-      <c r="E295" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E295" s="2"/>
       <c r="F295" s="2">
         <v>328</v>
       </c>
       <c r="G295" s="2">
-        <v>278.0</v>
+        <v>178.0</v>
       </c>
       <c r="H295" s="2">
-        <v>697.0</v>
+        <v>1534.0</v>
       </c>
       <c r="I295" s="2">
         <v>0.0</v>
       </c>
       <c r="J295" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" s="2">
         <v>295</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>304</v>
       </c>
       <c r="C296" s="2">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D296" s="2"/>
-      <c r="E296" s="2"/>
+      <c r="E296" s="2">
+        <v>131</v>
+      </c>
       <c r="F296" s="2">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="G296" s="2">
-        <v>178.0</v>
+        <v>277.0</v>
       </c>
       <c r="H296" s="2">
-        <v>1537.0</v>
+        <v>697.0</v>
       </c>
       <c r="I296" s="2">
         <v>0.0</v>
       </c>
       <c r="J296" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" s="2">
         <v>296</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>305</v>
       </c>
       <c r="C297" s="2">
         <v>6</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2"/>
       <c r="F297" s="2">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="G297" s="2">
-        <v>237.0</v>
+        <v>235.0</v>
       </c>
       <c r="H297" s="2">
-        <v>1036.0</v>
+        <v>1039.0</v>
       </c>
       <c r="I297" s="2">
         <v>0.0</v>
       </c>
       <c r="J297" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" s="2">
         <v>297</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>306</v>
       </c>
       <c r="C298" s="2">
         <v>1</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2">
         <v>314</v>
       </c>
       <c r="F298" s="2">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="G298" s="2">
         <v>156.0</v>
       </c>
       <c r="H298" s="2">
-        <v>2375.0</v>
+        <v>2364.0</v>
       </c>
       <c r="I298" s="2">
         <v>0.0</v>
       </c>
       <c r="J298" s="2">
-        <v>711.0</v>
+        <v>713.0</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" s="2">
         <v>298</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>307</v>
       </c>
       <c r="C299" s="2">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="D299" s="2"/>
+        <v>7</v>
+      </c>
+      <c r="D299" s="2">
+        <v>99</v>
+      </c>
       <c r="E299" s="2">
-        <v>68</v>
+        <v>461</v>
       </c>
       <c r="F299" s="2">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="G299" s="2">
-        <v>270.0</v>
+        <v>268.0</v>
       </c>
       <c r="H299" s="2">
-        <v>1061.0</v>
+        <v>1369.0</v>
       </c>
       <c r="I299" s="2">
-        <v>0.0</v>
+        <v>85.0</v>
       </c>
       <c r="J299" s="2">
-        <v>6.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" s="2">
         <v>299</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>308</v>
       </c>
       <c r="C300" s="2">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="D300" s="2"/>
       <c r="E300" s="2">
-        <v>461</v>
+        <v>68</v>
       </c>
       <c r="F300" s="2">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="G300" s="2">
         <v>270.0</v>
       </c>
       <c r="H300" s="2">
-        <v>1361.0</v>
+        <v>1058.0</v>
       </c>
       <c r="I300" s="2">
-        <v>85.0</v>
+        <v>0.0</v>
       </c>
       <c r="J300" s="2">
-        <v>100.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" s="2">
         <v>300</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>309</v>
       </c>
       <c r="C301" s="2">
         <v>7</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2">
         <v>527</v>
       </c>
       <c r="F301" s="2">
         <v>322</v>
       </c>
       <c r="G301" s="2">
         <v>319.0</v>
       </c>
       <c r="H301" s="2">
-        <v>1734.0</v>
+        <v>1735.0</v>
       </c>
       <c r="I301" s="2">
         <v>0.0</v>
       </c>
       <c r="J301" s="2">
         <v>45.0</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" s="2">
         <v>301</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>310</v>
       </c>
       <c r="C302" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D302" s="2"/>
+        <v>9</v>
+      </c>
+      <c r="D302" s="2">
+        <v>12</v>
+      </c>
       <c r="E302" s="2">
-        <v>176</v>
+        <v>644</v>
       </c>
       <c r="F302" s="2">
         <v>322</v>
       </c>
       <c r="G302" s="2">
-        <v>269.0</v>
+        <v>284.0</v>
       </c>
       <c r="H302" s="2">
-        <v>1124.0</v>
+        <v>658.0</v>
       </c>
       <c r="I302" s="2">
-        <v>0.0</v>
+        <v>2091.0</v>
       </c>
       <c r="J302" s="2">
-        <v>1363.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" s="2">
         <v>302</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>311</v>
       </c>
       <c r="C303" s="2">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D303" s="2"/>
       <c r="E303" s="2">
-        <v>644</v>
+        <v>176</v>
       </c>
       <c r="F303" s="2">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="G303" s="2">
-        <v>283.0</v>
+        <v>270.0</v>
       </c>
       <c r="H303" s="2">
-        <v>659.0</v>
+        <v>1124.0</v>
       </c>
       <c r="I303" s="2">
-        <v>2091.0</v>
+        <v>0.0</v>
       </c>
       <c r="J303" s="2">
-        <v>14.0</v>
+        <v>1363.0</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" s="2">
         <v>303</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>312</v>
       </c>
       <c r="C304" s="2">
         <v>15</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2">
         <v>1688</v>
       </c>
       <c r="F304" s="2">
         <v>320</v>
       </c>
       <c r="G304" s="2">
         <v>278.0</v>
       </c>
       <c r="H304" s="2">
-        <v>536.0</v>
+        <v>535.0</v>
       </c>
       <c r="I304" s="2">
         <v>0.0</v>
       </c>
       <c r="J304" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" s="2">
         <v>304</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C305" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2">
-        <v>64</v>
+        <v>158</v>
       </c>
       <c r="F305" s="2">
         <v>318</v>
       </c>
       <c r="G305" s="2">
-        <v>250.0</v>
+        <v>289.0</v>
       </c>
       <c r="H305" s="2">
-        <v>1473.0</v>
+        <v>1950.0</v>
       </c>
       <c r="I305" s="2">
         <v>0.0</v>
       </c>
       <c r="J305" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" s="2">
         <v>305</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>314</v>
       </c>
       <c r="C306" s="2">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2">
-        <v>158</v>
+        <v>850</v>
       </c>
       <c r="F306" s="2">
         <v>318</v>
       </c>
       <c r="G306" s="2">
-        <v>289.0</v>
+        <v>210.0</v>
       </c>
       <c r="H306" s="2">
-        <v>1952.0</v>
+        <v>1546.0</v>
       </c>
       <c r="I306" s="2">
         <v>0.0</v>
       </c>
       <c r="J306" s="2">
-        <v>0.0</v>
+        <v>247.0</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" s="2">
         <v>306</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>315</v>
       </c>
       <c r="C307" s="2">
         <v>7</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2">
-        <v>850</v>
+        <v>64</v>
       </c>
       <c r="F307" s="2">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="G307" s="2">
-        <v>210.0</v>
+        <v>250.0</v>
       </c>
       <c r="H307" s="2">
-        <v>1540.0</v>
+        <v>1469.0</v>
       </c>
       <c r="I307" s="2">
         <v>0.0</v>
       </c>
       <c r="J307" s="2">
-        <v>247.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" s="2">
         <v>307</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>316</v>
       </c>
       <c r="C308" s="2">
         <v>7</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2">
         <v>1874</v>
       </c>
       <c r="F308" s="2">
         <v>317</v>
       </c>
       <c r="G308" s="2">
-        <v>247.0</v>
+        <v>248.0</v>
       </c>
       <c r="H308" s="2">
-        <v>1271.0</v>
+        <v>1277.0</v>
       </c>
       <c r="I308" s="2">
         <v>0.0</v>
       </c>
       <c r="J308" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" s="2">
         <v>308</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>317</v>
       </c>
       <c r="C309" s="2">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2">
-        <v>175</v>
+        <v>47</v>
       </c>
       <c r="F309" s="2">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="G309" s="2">
-        <v>271.0</v>
+        <v>238.0</v>
       </c>
       <c r="H309" s="2">
-        <v>1737.0</v>
+        <v>910.0</v>
       </c>
       <c r="I309" s="2">
         <v>0.0</v>
       </c>
       <c r="J309" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" s="2">
         <v>309</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>318</v>
       </c>
       <c r="C310" s="2">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2">
-        <v>47</v>
+        <v>175</v>
       </c>
       <c r="F310" s="2">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="G310" s="2">
-        <v>238.0</v>
+        <v>271.0</v>
       </c>
       <c r="H310" s="2">
-        <v>911.0</v>
+        <v>1733.0</v>
       </c>
       <c r="I310" s="2">
         <v>0.0</v>
       </c>
       <c r="J310" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" s="2">
         <v>310</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>319</v>
       </c>
       <c r="C311" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2">
-        <v>377</v>
+        <v>168</v>
       </c>
       <c r="F311" s="2">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="G311" s="2">
-        <v>251.0</v>
+        <v>204.0</v>
       </c>
       <c r="H311" s="2">
-        <v>897.0</v>
+        <v>553.0</v>
       </c>
       <c r="I311" s="2">
         <v>0.0</v>
       </c>
       <c r="J311" s="2">
-        <v>183.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" s="2">
         <v>311</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>320</v>
       </c>
       <c r="C312" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2">
-        <v>168</v>
+        <v>377</v>
       </c>
       <c r="F312" s="2">
         <v>312</v>
       </c>
       <c r="G312" s="2">
-        <v>204.0</v>
+        <v>251.0</v>
       </c>
       <c r="H312" s="2">
-        <v>551.0</v>
+        <v>896.0</v>
       </c>
       <c r="I312" s="2">
         <v>0.0</v>
       </c>
       <c r="J312" s="2">
-        <v>0.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" s="2">
         <v>312</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>321</v>
       </c>
       <c r="C313" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2">
-        <v>446</v>
+        <v>463</v>
       </c>
       <c r="F313" s="2">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="G313" s="2">
-        <v>193.0</v>
+        <v>213.0</v>
       </c>
       <c r="H313" s="2">
-        <v>936.0</v>
+        <v>698.0</v>
       </c>
       <c r="I313" s="2">
         <v>0.0</v>
       </c>
       <c r="J313" s="2">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" s="2">
         <v>313</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>322</v>
       </c>
       <c r="C314" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2">
-        <v>463</v>
+        <v>446</v>
       </c>
       <c r="F314" s="2">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="G314" s="2">
-        <v>213.0</v>
+        <v>194.0</v>
       </c>
       <c r="H314" s="2">
-        <v>699.0</v>
+        <v>932.0</v>
       </c>
       <c r="I314" s="2">
         <v>0.0</v>
       </c>
       <c r="J314" s="2">
-        <v>67.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" s="2">
         <v>314</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>323</v>
       </c>
       <c r="C315" s="2">
         <v>6</v>
       </c>
       <c r="D315" s="2">
         <v>14</v>
       </c>
       <c r="E315" s="2">
         <v>177</v>
       </c>
       <c r="F315" s="2">
         <v>308</v>
       </c>
       <c r="G315" s="2">
         <v>322.0</v>
       </c>
       <c r="H315" s="2">
-        <v>1160.0</v>
+        <v>1157.0</v>
       </c>
       <c r="I315" s="2">
         <v>56.0</v>
       </c>
       <c r="J315" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" s="2">
         <v>315</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>324</v>
       </c>
       <c r="C316" s="2">
         <v>1</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2">
         <v>280</v>
       </c>
       <c r="F316" s="2">
         <v>306</v>
       </c>
       <c r="G316" s="2">
         <v>232.0</v>
       </c>
       <c r="H316" s="2">
-        <v>1480.0</v>
+        <v>1469.0</v>
       </c>
       <c r="I316" s="2">
         <v>0.0</v>
       </c>
       <c r="J316" s="2">
         <v>3088.0</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" s="2">
         <v>316</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>325</v>
       </c>
       <c r="C317" s="2">
         <v>7</v>
       </c>
       <c r="D317" s="2">
         <v>76</v>
       </c>
       <c r="E317" s="2">
         <v>507</v>
       </c>
       <c r="F317" s="2">
         <v>304</v>
       </c>
       <c r="G317" s="2">
         <v>298.0</v>
       </c>
       <c r="H317" s="2">
-        <v>1070.0</v>
+        <v>1066.0</v>
       </c>
       <c r="I317" s="2">
         <v>100.0</v>
       </c>
       <c r="J317" s="2">
         <v>23.0</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" s="2">
         <v>317</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>326</v>
       </c>
       <c r="C318" s="2">
         <v>2</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2">
         <v>694</v>
       </c>
       <c r="F318" s="2">
         <v>303</v>
       </c>
       <c r="G318" s="2">
-        <v>247.0</v>
+        <v>246.0</v>
       </c>
       <c r="H318" s="2">
         <v>689.0</v>
       </c>
       <c r="I318" s="2">
         <v>0.0</v>
       </c>
       <c r="J318" s="2">
         <v>580.0</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" s="2">
         <v>318</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>327</v>
       </c>
       <c r="C319" s="2">
         <v>4</v>
       </c>
       <c r="D319" s="2">
         <v>2</v>
       </c>
       <c r="E319" s="2">
         <v>288</v>
       </c>
       <c r="F319" s="2">
         <v>303</v>
       </c>
       <c r="G319" s="2">
         <v>296.0</v>
       </c>
       <c r="H319" s="2">
         <v>1252.0</v>
       </c>
       <c r="I319" s="2">
         <v>1.0</v>
       </c>
       <c r="J319" s="2">
-        <v>3974.0</v>
+        <v>3301.0</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" s="2">
         <v>319</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>328</v>
       </c>
       <c r="C320" s="2">
         <v>1</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2">
         <v>38</v>
       </c>
       <c r="F320" s="2">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="G320" s="2">
-        <v>169.0</v>
+        <v>168.0</v>
       </c>
       <c r="H320" s="2">
-        <v>1606.0</v>
+        <v>1599.0</v>
       </c>
       <c r="I320" s="2">
         <v>0.0</v>
       </c>
       <c r="J320" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" s="2">
         <v>320</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>329</v>
       </c>
       <c r="C321" s="2">
         <v>1</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2">
         <v>121</v>
       </c>
       <c r="F321" s="2">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="G321" s="2">
         <v>304.0</v>
       </c>
       <c r="H321" s="2">
-        <v>1612.0</v>
+        <v>1606.0</v>
       </c>
       <c r="I321" s="2">
         <v>0.0</v>
       </c>
       <c r="J321" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" s="2">
         <v>321</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>330</v>
       </c>
       <c r="C322" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2">
-        <v>314</v>
+        <v>199</v>
       </c>
       <c r="F322" s="2">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G322" s="2">
-        <v>215.0</v>
+        <v>277.0</v>
       </c>
       <c r="H322" s="2">
-        <v>619.0</v>
+        <v>1044.0</v>
       </c>
       <c r="I322" s="2">
         <v>0.0</v>
       </c>
       <c r="J322" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" s="2">
         <v>322</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>331</v>
       </c>
       <c r="C323" s="2">
         <v>5</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2">
-        <v>497</v>
+        <v>314</v>
       </c>
       <c r="F323" s="2">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="G323" s="2">
-        <v>240.0</v>
+        <v>215.0</v>
       </c>
       <c r="H323" s="2">
-        <v>1347.0</v>
+        <v>617.0</v>
       </c>
       <c r="I323" s="2">
         <v>0.0</v>
       </c>
       <c r="J323" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" s="2">
         <v>323</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>332</v>
       </c>
       <c r="C324" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2">
-        <v>199</v>
+        <v>497</v>
       </c>
       <c r="F324" s="2">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="G324" s="2">
-        <v>278.0</v>
+        <v>240.0</v>
       </c>
       <c r="H324" s="2">
-        <v>1048.0</v>
+        <v>1343.0</v>
       </c>
       <c r="I324" s="2">
         <v>0.0</v>
       </c>
       <c r="J324" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" s="2">
         <v>324</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>333</v>
       </c>
       <c r="C325" s="2">
         <v>11</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2">
         <v>479</v>
       </c>
       <c r="F325" s="2">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="G325" s="2">
-        <v>230.0</v>
+        <v>229.0</v>
       </c>
       <c r="H325" s="2">
         <v>621.0</v>
       </c>
       <c r="I325" s="2">
         <v>0.0</v>
       </c>
       <c r="J325" s="2">
-        <v>34.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" s="2">
         <v>325</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>334</v>
       </c>
       <c r="C326" s="2">
         <v>3</v>
       </c>
       <c r="D326" s="2">
         <v>12</v>
       </c>
       <c r="E326" s="2">
         <v>9</v>
       </c>
       <c r="F326" s="2">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="G326" s="2">
         <v>244.0</v>
       </c>
       <c r="H326" s="2">
-        <v>4429.0</v>
+        <v>4409.0</v>
       </c>
       <c r="I326" s="2">
         <v>39.0</v>
       </c>
       <c r="J326" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" s="2">
         <v>326</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>335</v>
       </c>
       <c r="C327" s="2">
         <v>10</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2">
         <v>694</v>
       </c>
       <c r="F327" s="2">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="G327" s="2">
-        <v>210.0</v>
+        <v>211.0</v>
       </c>
       <c r="H327" s="2">
-        <v>663.0</v>
+        <v>662.0</v>
       </c>
       <c r="I327" s="2">
         <v>0.0</v>
       </c>
       <c r="J327" s="2">
-        <v>359.0</v>
+        <v>368.0</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" s="2">
         <v>327</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>336</v>
       </c>
       <c r="C328" s="2">
         <v>1</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2">
         <v>34</v>
       </c>
       <c r="F328" s="2">
         <v>292</v>
       </c>
       <c r="G328" s="2">
         <v>174.0</v>
       </c>
       <c r="H328" s="2">
-        <v>654.0</v>
+        <v>655.0</v>
       </c>
       <c r="I328" s="2">
         <v>0.0</v>
       </c>
       <c r="J328" s="2">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" s="2">
         <v>328</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>337</v>
       </c>
       <c r="C329" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2">
-        <v>114</v>
+        <v>172</v>
       </c>
       <c r="F329" s="2">
         <v>288</v>
       </c>
       <c r="G329" s="2">
-        <v>230.0</v>
+        <v>226.0</v>
       </c>
       <c r="H329" s="2">
-        <v>1121.0</v>
+        <v>3104.0</v>
       </c>
       <c r="I329" s="2">
         <v>0.0</v>
       </c>
       <c r="J329" s="2">
-        <v>21.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" s="2">
         <v>329</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>338</v>
       </c>
       <c r="C330" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2">
-        <v>172</v>
+        <v>114</v>
       </c>
       <c r="F330" s="2">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="G330" s="2">
-        <v>226.0</v>
+        <v>230.0</v>
       </c>
       <c r="H330" s="2">
-        <v>3107.0</v>
+        <v>1114.0</v>
       </c>
       <c r="I330" s="2">
         <v>0.0</v>
       </c>
       <c r="J330" s="2">
-        <v>0.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" s="2">
         <v>330</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>339</v>
       </c>
       <c r="C331" s="2">
         <v>1</v>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2"/>
       <c r="F331" s="2">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="G331" s="2">
-        <v>254.0</v>
+        <v>253.0</v>
       </c>
       <c r="H331" s="2">
-        <v>1150.0</v>
+        <v>1148.0</v>
       </c>
       <c r="I331" s="2">
         <v>0.0</v>
       </c>
       <c r="J331" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" s="2">
         <v>331</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>340</v>
       </c>
       <c r="C332" s="2">
         <v>1</v>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2"/>
       <c r="F332" s="2">
         <v>284</v>
       </c>
       <c r="G332" s="2">
-        <v>204.0</v>
+        <v>203.0</v>
       </c>
       <c r="H332" s="2">
-        <v>1417.0</v>
+        <v>1416.0</v>
       </c>
       <c r="I332" s="2">
         <v>0.0</v>
       </c>
       <c r="J332" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" s="2">
         <v>332</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>341</v>
       </c>
       <c r="C333" s="2">
         <v>8</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2">
         <v>822</v>
       </c>
       <c r="F333" s="2">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="G333" s="2">
-        <v>141.0</v>
+        <v>140.0</v>
       </c>
       <c r="H333" s="2">
         <v>1358.0</v>
       </c>
       <c r="I333" s="2">
         <v>0.0</v>
       </c>
       <c r="J333" s="2">
         <v>340.0</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" s="2">
         <v>333</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>342</v>
       </c>
       <c r="C334" s="2">
         <v>1</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2">
         <v>412</v>
       </c>
       <c r="F334" s="2">
         <v>282</v>
       </c>
       <c r="G334" s="2">
         <v>167.0</v>
       </c>
       <c r="H334" s="2">
         <v>1118.0</v>
       </c>
       <c r="I334" s="2">
         <v>0.0</v>
       </c>
       <c r="J334" s="2">
-        <v>3591.0</v>
+        <v>3539.0</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" s="2">
         <v>334</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>343</v>
       </c>
       <c r="C335" s="2">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="D335" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D335" s="2">
+        <v>375</v>
+      </c>
       <c r="E335" s="2">
-        <v>740</v>
+        <v>337</v>
       </c>
       <c r="F335" s="2">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G335" s="2">
-        <v>131.0</v>
+        <v>165.0</v>
       </c>
       <c r="H335" s="2">
-        <v>1378.0</v>
+        <v>766.0</v>
       </c>
       <c r="I335" s="2">
-        <v>0.0</v>
+        <v>138.0</v>
       </c>
       <c r="J335" s="2">
-        <v>470.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" s="2">
         <v>335</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>344</v>
       </c>
       <c r="C336" s="2">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="D336" s="2"/>
       <c r="E336" s="2">
-        <v>337</v>
+        <v>740</v>
       </c>
       <c r="F336" s="2">
         <v>281</v>
       </c>
       <c r="G336" s="2">
-        <v>164.0</v>
+        <v>131.0</v>
       </c>
       <c r="H336" s="2">
-        <v>767.0</v>
+        <v>1378.0</v>
       </c>
       <c r="I336" s="2">
-        <v>125.0</v>
+        <v>0.0</v>
       </c>
       <c r="J336" s="2">
-        <v>2.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" s="2">
         <v>336</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>345</v>
       </c>
       <c r="C337" s="2">
         <v>4</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2">
         <v>153</v>
       </c>
       <c r="F337" s="2">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="G337" s="2">
-        <v>367.0</v>
+        <v>366.0</v>
       </c>
       <c r="H337" s="2">
-        <v>1827.0</v>
+        <v>1823.0</v>
       </c>
       <c r="I337" s="2">
         <v>0.0</v>
       </c>
       <c r="J337" s="2">
         <v>39.0</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" s="2">
         <v>337</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C338" s="2">
         <v>2</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2">
         <v>913</v>
       </c>
       <c r="F338" s="2">
         <v>278</v>
       </c>
       <c r="G338" s="2">
         <v>119.0</v>
       </c>
       <c r="H338" s="2">
         <v>744.0</v>
       </c>
       <c r="I338" s="2">
         <v>0.0</v>
       </c>
       <c r="J338" s="2">
         <v>42.0</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" s="2">
         <v>338</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>347</v>
       </c>
       <c r="C339" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2">
-        <v>153</v>
+        <v>330</v>
       </c>
       <c r="F339" s="2">
         <v>277</v>
       </c>
       <c r="G339" s="2">
-        <v>111.0</v>
+        <v>172.0</v>
       </c>
       <c r="H339" s="2">
-        <v>1344.0</v>
+        <v>1275.0</v>
       </c>
       <c r="I339" s="2">
         <v>0.0</v>
       </c>
       <c r="J339" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" s="2">
         <v>339</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C340" s="2">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2">
-        <v>330</v>
+        <v>153</v>
       </c>
       <c r="F340" s="2">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G340" s="2">
-        <v>172.0</v>
+        <v>111.0</v>
       </c>
       <c r="H340" s="2">
-        <v>1275.0</v>
+        <v>1343.0</v>
       </c>
       <c r="I340" s="2">
         <v>0.0</v>
       </c>
       <c r="J340" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" s="2">
         <v>340</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>349</v>
       </c>
       <c r="C341" s="2">
         <v>2</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2">
         <v>172</v>
       </c>
       <c r="F341" s="2">
         <v>274</v>
       </c>
       <c r="G341" s="2">
         <v>159.0</v>
       </c>
       <c r="H341" s="2">
-        <v>995.0</v>
+        <v>988.0</v>
       </c>
       <c r="I341" s="2">
         <v>0.0</v>
       </c>
       <c r="J341" s="2">
-        <v>92.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" s="2">
         <v>341</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>350</v>
       </c>
       <c r="C342" s="2">
         <v>7</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2">
         <v>257</v>
       </c>
       <c r="F342" s="2">
         <v>272</v>
       </c>
       <c r="G342" s="2">
         <v>172.0</v>
       </c>
       <c r="H342" s="2">
-        <v>896.0</v>
+        <v>898.0</v>
       </c>
       <c r="I342" s="2">
         <v>0.0</v>
       </c>
       <c r="J342" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" s="2">
         <v>342</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>351</v>
       </c>
       <c r="C343" s="2">
         <v>6</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2">
         <v>1424</v>
       </c>
       <c r="F343" s="2">
         <v>269</v>
       </c>
       <c r="G343" s="2">
         <v>220.0</v>
       </c>
       <c r="H343" s="2">
         <v>589.0</v>
       </c>
       <c r="I343" s="2">
         <v>0.0</v>
       </c>
       <c r="J343" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" s="2">
         <v>343</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>352</v>
       </c>
       <c r="C344" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2">
-        <v>334</v>
+        <v>28</v>
       </c>
       <c r="F344" s="2">
         <v>269</v>
       </c>
       <c r="G344" s="2">
-        <v>147.0</v>
+        <v>256.0</v>
       </c>
       <c r="H344" s="2">
-        <v>1629.0</v>
+        <v>788.0</v>
       </c>
       <c r="I344" s="2">
         <v>0.0</v>
       </c>
       <c r="J344" s="2">
-        <v>325.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" s="2">
         <v>344</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>353</v>
       </c>
       <c r="C345" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2">
-        <v>28</v>
+        <v>334</v>
       </c>
       <c r="F345" s="2">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G345" s="2">
-        <v>256.0</v>
+        <v>146.0</v>
       </c>
       <c r="H345" s="2">
-        <v>788.0</v>
+        <v>1624.0</v>
       </c>
       <c r="I345" s="2">
         <v>0.0</v>
       </c>
       <c r="J345" s="2">
-        <v>4.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" s="2">
         <v>345</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C346" s="2">
         <v>1</v>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2"/>
       <c r="F346" s="2">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G346" s="2">
         <v>248.0</v>
       </c>
       <c r="H346" s="2">
-        <v>2152.0</v>
+        <v>2142.0</v>
       </c>
       <c r="I346" s="2">
         <v>0.0</v>
       </c>
       <c r="J346" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" s="2">
         <v>346</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>355</v>
       </c>
       <c r="C347" s="2">
         <v>6</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2">
         <v>41</v>
       </c>
       <c r="F347" s="2">
         <v>266</v>
       </c>
       <c r="G347" s="2">
         <v>144.0</v>
       </c>
       <c r="H347" s="2">
         <v>909.0</v>
       </c>
       <c r="I347" s="2">
         <v>0.0</v>
       </c>
       <c r="J347" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" s="2">
         <v>347</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>356</v>
       </c>
       <c r="C348" s="2">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="D348" s="2"/>
+        <v>6</v>
+      </c>
+      <c r="D348" s="2">
+        <v>6</v>
+      </c>
       <c r="E348" s="2">
-        <v>272</v>
+        <v>288</v>
       </c>
       <c r="F348" s="2">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="G348" s="2">
-        <v>135.0</v>
+        <v>239.0</v>
       </c>
       <c r="H348" s="2">
-        <v>660.0</v>
+        <v>1045.0</v>
       </c>
       <c r="I348" s="2">
-        <v>0.0</v>
+        <v>130.0</v>
       </c>
       <c r="J348" s="2">
-        <v>12.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" s="2">
         <v>348</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>357</v>
       </c>
       <c r="C349" s="2">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="D349" s="2"/>
       <c r="E349" s="2">
         <v>288</v>
       </c>
       <c r="F349" s="2">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="G349" s="2">
-        <v>239.0</v>
+        <v>142.0</v>
       </c>
       <c r="H349" s="2">
-        <v>1047.0</v>
+        <v>727.0</v>
       </c>
       <c r="I349" s="2">
-        <v>130.0</v>
+        <v>0.0</v>
       </c>
       <c r="J349" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" s="2">
         <v>349</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>358</v>
       </c>
       <c r="C350" s="2">
         <v>4</v>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2">
         <v>40</v>
       </c>
       <c r="F350" s="2">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="G350" s="2">
-        <v>155.0</v>
+        <v>154.0</v>
       </c>
       <c r="H350" s="2">
-        <v>849.0</v>
+        <v>848.0</v>
       </c>
       <c r="I350" s="2">
         <v>0.0</v>
       </c>
       <c r="J350" s="2">
         <v>55.0</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" s="2">
         <v>350</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>359</v>
       </c>
       <c r="C351" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="F351" s="2">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="G351" s="2">
-        <v>140.0</v>
+        <v>135.0</v>
       </c>
       <c r="H351" s="2">
-        <v>728.0</v>
+        <v>655.0</v>
       </c>
       <c r="I351" s="2">
         <v>0.0</v>
       </c>
       <c r="J351" s="2">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" s="2">
         <v>351</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C352" s="2">
         <v>3</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2">
         <v>36</v>
       </c>
       <c r="F352" s="2">
         <v>259</v>
       </c>
       <c r="G352" s="2">
         <v>99.0</v>
       </c>
       <c r="H352" s="2">
-        <v>2555.0</v>
+        <v>2553.0</v>
       </c>
       <c r="I352" s="2">
         <v>0.0</v>
       </c>
       <c r="J352" s="2">
         <v>61.0</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" s="2">
         <v>352</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>361</v>
       </c>
       <c r="C353" s="2">
         <v>3</v>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2">
         <v>36</v>
       </c>
       <c r="F353" s="2">
         <v>259</v>
       </c>
       <c r="G353" s="2">
         <v>99.0</v>
       </c>
       <c r="H353" s="2">
-        <v>2555.0</v>
+        <v>2553.0</v>
       </c>
       <c r="I353" s="2">
         <v>0.0</v>
       </c>
       <c r="J353" s="2">
         <v>61.0</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" s="2">
         <v>353</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>362</v>
       </c>
       <c r="C354" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2">
-        <v>18</v>
+        <v>274</v>
       </c>
       <c r="F354" s="2">
         <v>258</v>
       </c>
       <c r="G354" s="2">
-        <v>112.0</v>
+        <v>125.0</v>
       </c>
       <c r="H354" s="2">
-        <v>570.0</v>
+        <v>480.0</v>
       </c>
       <c r="I354" s="2">
         <v>0.0</v>
       </c>
       <c r="J354" s="2">
-        <v>7.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" s="2">
         <v>354</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>363</v>
       </c>
       <c r="C355" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2">
-        <v>274</v>
+        <v>18</v>
       </c>
       <c r="F355" s="2">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="G355" s="2">
-        <v>125.0</v>
+        <v>112.0</v>
       </c>
       <c r="H355" s="2">
-        <v>480.0</v>
+        <v>568.0</v>
       </c>
       <c r="I355" s="2">
         <v>0.0</v>
       </c>
       <c r="J355" s="2">
-        <v>0.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" s="2">
         <v>355</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>364</v>
       </c>
       <c r="C356" s="2">
         <v>3</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2"/>
       <c r="F356" s="2">
         <v>256</v>
       </c>
       <c r="G356" s="2">
         <v>179.0</v>
       </c>
       <c r="H356" s="2">
-        <v>2682.0</v>
+        <v>2681.0</v>
       </c>
       <c r="I356" s="2">
         <v>0.0</v>
       </c>
       <c r="J356" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" s="2">
         <v>356</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>365</v>
       </c>
       <c r="C357" s="2">
         <v>3</v>
       </c>
       <c r="D357" s="2">
         <v>1</v>
       </c>
       <c r="E357" s="2">
         <v>56</v>
       </c>
       <c r="F357" s="2">
         <v>256</v>
       </c>
       <c r="G357" s="2">
-        <v>170.0</v>
+        <v>169.0</v>
       </c>
       <c r="H357" s="2">
-        <v>943.0</v>
+        <v>940.0</v>
       </c>
       <c r="I357" s="2">
         <v>3.0</v>
       </c>
       <c r="J357" s="2">
         <v>2.0</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" s="2">
         <v>357</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>366</v>
       </c>
       <c r="C358" s="2">
         <v>5</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2">
         <v>48</v>
       </c>
       <c r="F358" s="2">
         <v>254</v>
       </c>
       <c r="G358" s="2">
         <v>147.0</v>
       </c>
       <c r="H358" s="2">
-        <v>449.0</v>
+        <v>450.0</v>
       </c>
       <c r="I358" s="2">
         <v>0.0</v>
       </c>
       <c r="J358" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" s="2">
         <v>358</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>367</v>
       </c>
       <c r="C359" s="2">
         <v>1</v>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2"/>
       <c r="F359" s="2">
         <v>253</v>
       </c>
       <c r="G359" s="2">
         <v>181.0</v>
@@ -13316,1397 +13316,1397 @@
       <c r="J360" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" s="2">
         <v>360</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>369</v>
       </c>
       <c r="C361" s="2">
         <v>6</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2">
         <v>430</v>
       </c>
       <c r="F361" s="2">
         <v>250</v>
       </c>
       <c r="G361" s="2">
         <v>159.0</v>
       </c>
       <c r="H361" s="2">
-        <v>625.0</v>
+        <v>624.0</v>
       </c>
       <c r="I361" s="2">
         <v>0.0</v>
       </c>
       <c r="J361" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" s="2">
         <v>361</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>370</v>
       </c>
       <c r="C362" s="2">
         <v>5</v>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2">
         <v>1036</v>
       </c>
       <c r="F362" s="2">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="G362" s="2">
-        <v>107.0</v>
+        <v>108.0</v>
       </c>
       <c r="H362" s="2">
-        <v>823.0</v>
+        <v>833.0</v>
       </c>
       <c r="I362" s="2">
         <v>0.0</v>
       </c>
       <c r="J362" s="2">
         <v>1462.0</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" s="2">
         <v>362</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>371</v>
       </c>
       <c r="C363" s="2">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2">
-        <v>540</v>
+        <v>120</v>
       </c>
       <c r="F363" s="2">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="G363" s="2">
-        <v>120.0</v>
+        <v>207.0</v>
       </c>
       <c r="H363" s="2">
-        <v>848.0</v>
+        <v>1201.0</v>
       </c>
       <c r="I363" s="2">
         <v>0.0</v>
       </c>
       <c r="J363" s="2">
-        <v>0.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" s="2">
         <v>363</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>372</v>
       </c>
       <c r="C364" s="2">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="D364" s="2"/>
+        <v>7</v>
+      </c>
+      <c r="D364" s="2">
+        <v>80</v>
+      </c>
       <c r="E364" s="2">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="F364" s="2">
         <v>248</v>
       </c>
       <c r="G364" s="2">
-        <v>206.0</v>
+        <v>160.0</v>
       </c>
       <c r="H364" s="2">
-        <v>1204.0</v>
+        <v>359.0</v>
       </c>
       <c r="I364" s="2">
-        <v>0.0</v>
+        <v>552.0</v>
       </c>
       <c r="J364" s="2">
-        <v>106.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" s="2">
         <v>364</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>373</v>
       </c>
       <c r="C365" s="2">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D365" s="2"/>
       <c r="E365" s="2">
-        <v>50</v>
+        <v>540</v>
       </c>
       <c r="F365" s="2">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="G365" s="2">
-        <v>160.0</v>
+        <v>119.0</v>
       </c>
       <c r="H365" s="2">
-        <v>360.0</v>
+        <v>845.0</v>
       </c>
       <c r="I365" s="2">
-        <v>552.0</v>
+        <v>0.0</v>
       </c>
       <c r="J365" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" s="2">
         <v>365</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>374</v>
       </c>
       <c r="C366" s="2">
         <v>2</v>
       </c>
       <c r="D366" s="2">
         <v>11</v>
       </c>
       <c r="E366" s="2">
         <v>86</v>
       </c>
       <c r="F366" s="2">
         <v>246</v>
       </c>
       <c r="G366" s="2">
-        <v>159.0</v>
+        <v>158.0</v>
       </c>
       <c r="H366" s="2">
-        <v>1347.0</v>
+        <v>1368.0</v>
       </c>
       <c r="I366" s="2">
         <v>0.0</v>
       </c>
       <c r="J366" s="2">
         <v>194.0</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" s="2">
         <v>366</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>375</v>
       </c>
       <c r="C367" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2"/>
       <c r="F367" s="2">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="G367" s="2">
-        <v>144.0</v>
+        <v>172.0</v>
       </c>
       <c r="H367" s="2">
-        <v>546.0</v>
+        <v>1024.0</v>
       </c>
       <c r="I367" s="2">
         <v>0.0</v>
       </c>
       <c r="J367" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" s="2">
         <v>367</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>376</v>
       </c>
       <c r="C368" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2"/>
       <c r="F368" s="2">
         <v>245</v>
       </c>
       <c r="G368" s="2">
-        <v>171.0</v>
+        <v>143.0</v>
       </c>
       <c r="H368" s="2">
-        <v>1025.0</v>
+        <v>546.0</v>
       </c>
       <c r="I368" s="2">
         <v>0.0</v>
       </c>
       <c r="J368" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" s="2">
         <v>368</v>
       </c>
       <c r="B369" s="2" t="s">
         <v>377</v>
       </c>
       <c r="C369" s="2">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D369" s="2"/>
+        <v>1</v>
+      </c>
+      <c r="D369" s="2">
+        <v>132</v>
+      </c>
       <c r="E369" s="2">
-        <v>284</v>
+        <v>26</v>
       </c>
       <c r="F369" s="2">
         <v>244</v>
       </c>
       <c r="G369" s="2">
-        <v>176.0</v>
+        <v>137.0</v>
       </c>
       <c r="H369" s="2">
-        <v>1292.0</v>
+        <v>462.0</v>
       </c>
       <c r="I369" s="2">
         <v>0.0</v>
       </c>
       <c r="J369" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" s="2">
         <v>369</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>378</v>
       </c>
       <c r="C370" s="2">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D370" s="2"/>
       <c r="E370" s="2">
-        <v>26</v>
+        <v>284</v>
       </c>
       <c r="F370" s="2">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="G370" s="2">
-        <v>137.0</v>
+        <v>176.0</v>
       </c>
       <c r="H370" s="2">
-        <v>463.0</v>
+        <v>1291.0</v>
       </c>
       <c r="I370" s="2">
         <v>0.0</v>
       </c>
       <c r="J370" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" s="2">
         <v>370</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>379</v>
       </c>
       <c r="C371" s="2">
         <v>7</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2">
         <v>79</v>
       </c>
       <c r="F371" s="2">
         <v>241</v>
       </c>
       <c r="G371" s="2">
-        <v>178.0</v>
+        <v>177.0</v>
       </c>
       <c r="H371" s="2">
-        <v>613.0</v>
+        <v>612.0</v>
       </c>
       <c r="I371" s="2">
         <v>0.0</v>
       </c>
       <c r="J371" s="2">
-        <v>15.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" s="2">
         <v>371</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>380</v>
       </c>
       <c r="C372" s="2">
         <v>3</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2">
         <v>45</v>
       </c>
       <c r="F372" s="2">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="G372" s="2">
-        <v>176.0</v>
+        <v>175.0</v>
       </c>
       <c r="H372" s="2">
-        <v>562.0</v>
+        <v>558.0</v>
       </c>
       <c r="I372" s="2">
         <v>0.0</v>
       </c>
       <c r="J372" s="2">
         <v>42.0</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" s="2">
         <v>372</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C373" s="2">
         <v>10</v>
       </c>
       <c r="D373" s="2">
         <v>4</v>
       </c>
       <c r="E373" s="2">
         <v>935</v>
       </c>
       <c r="F373" s="2">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="G373" s="2">
         <v>90.0</v>
       </c>
       <c r="H373" s="2">
         <v>542.0</v>
       </c>
       <c r="I373" s="2">
         <v>4.0</v>
       </c>
       <c r="J373" s="2">
         <v>6.0</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" s="2">
         <v>373</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>382</v>
       </c>
       <c r="C374" s="2">
         <v>4</v>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2">
         <v>364</v>
       </c>
       <c r="F374" s="2">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="G374" s="2">
         <v>145.0</v>
       </c>
       <c r="H374" s="2">
-        <v>383.0</v>
+        <v>379.0</v>
       </c>
       <c r="I374" s="2">
         <v>0.0</v>
       </c>
       <c r="J374" s="2">
-        <v>34.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" s="2">
         <v>374</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>383</v>
       </c>
       <c r="C375" s="2">
         <v>2</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2">
-        <v>189</v>
+        <v>424</v>
       </c>
       <c r="F375" s="2">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="G375" s="2">
-        <v>110.0</v>
+        <v>194.0</v>
       </c>
       <c r="H375" s="2">
-        <v>820.0</v>
+        <v>349.0</v>
       </c>
       <c r="I375" s="2">
         <v>0.0</v>
       </c>
       <c r="J375" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" s="2">
         <v>375</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>384</v>
       </c>
       <c r="C376" s="2">
         <v>2</v>
       </c>
       <c r="D376" s="2"/>
       <c r="E376" s="2">
-        <v>424</v>
+        <v>189</v>
       </c>
       <c r="F376" s="2">
         <v>237</v>
       </c>
       <c r="G376" s="2">
-        <v>194.0</v>
+        <v>108.0</v>
       </c>
       <c r="H376" s="2">
-        <v>349.0</v>
+        <v>820.0</v>
       </c>
       <c r="I376" s="2">
         <v>0.0</v>
       </c>
       <c r="J376" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" s="2">
         <v>376</v>
       </c>
       <c r="B377" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C377" s="2">
         <v>6</v>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2">
         <v>191</v>
       </c>
       <c r="F377" s="2">
         <v>236</v>
       </c>
       <c r="G377" s="2">
         <v>143.0</v>
       </c>
       <c r="H377" s="2">
-        <v>648.0</v>
+        <v>649.0</v>
       </c>
       <c r="I377" s="2">
         <v>0.0</v>
       </c>
       <c r="J377" s="2">
         <v>4.0</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" s="2">
         <v>377</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>386</v>
       </c>
       <c r="C378" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D378" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="E378" s="2"/>
+        <v>14</v>
+      </c>
+      <c r="E378" s="2">
+        <v>47</v>
+      </c>
       <c r="F378" s="2">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="G378" s="2">
-        <v>160.0</v>
+        <v>125.0</v>
       </c>
       <c r="H378" s="2">
-        <v>587.0</v>
+        <v>338.0</v>
       </c>
       <c r="I378" s="2">
         <v>0.0</v>
       </c>
       <c r="J378" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" s="2">
         <v>378</v>
       </c>
       <c r="B379" s="2" t="s">
         <v>387</v>
       </c>
       <c r="C379" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D379" s="2">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="E379" s="2"/>
       <c r="F379" s="2">
         <v>234</v>
       </c>
       <c r="G379" s="2">
-        <v>126.0</v>
+        <v>159.0</v>
       </c>
       <c r="H379" s="2">
-        <v>337.0</v>
+        <v>588.0</v>
       </c>
       <c r="I379" s="2">
         <v>0.0</v>
       </c>
       <c r="J379" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" s="2">
         <v>379</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>388</v>
       </c>
       <c r="C380" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D380" s="2"/>
       <c r="E380" s="2">
-        <v>12</v>
+        <v>374</v>
       </c>
       <c r="F380" s="2">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="G380" s="2">
-        <v>145.0</v>
+        <v>122.0</v>
       </c>
       <c r="H380" s="2">
-        <v>732.0</v>
+        <v>593.0</v>
       </c>
       <c r="I380" s="2">
         <v>0.0</v>
       </c>
       <c r="J380" s="2">
-        <v>33.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" s="2">
         <v>380</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C381" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D381" s="2"/>
       <c r="E381" s="2">
-        <v>374</v>
+        <v>12</v>
       </c>
       <c r="F381" s="2">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G381" s="2">
-        <v>121.0</v>
+        <v>145.0</v>
       </c>
       <c r="H381" s="2">
-        <v>589.0</v>
+        <v>731.0</v>
       </c>
       <c r="I381" s="2">
         <v>0.0</v>
       </c>
       <c r="J381" s="2">
-        <v>15.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" s="2">
         <v>381</v>
       </c>
       <c r="B382" s="2" t="s">
         <v>390</v>
       </c>
       <c r="C382" s="2">
-        <v>3</v>
-[...4 lines deleted...]
-      <c r="E382" s="2"/>
+        <v>2</v>
+      </c>
+      <c r="D382" s="2"/>
+      <c r="E382" s="2">
+        <v>133</v>
+      </c>
       <c r="F382" s="2">
         <v>228</v>
       </c>
       <c r="G382" s="2">
-        <v>112.0</v>
+        <v>85.0</v>
       </c>
       <c r="H382" s="2">
-        <v>1167.0</v>
+        <v>694.0</v>
       </c>
       <c r="I382" s="2">
         <v>0.0</v>
       </c>
       <c r="J382" s="2">
-        <v>0.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" s="2">
         <v>382</v>
       </c>
       <c r="B383" s="2" t="s">
         <v>391</v>
       </c>
       <c r="C383" s="2">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="D383" s="2"/>
+        <v>3</v>
+      </c>
+      <c r="D383" s="2">
+        <v>6</v>
+      </c>
       <c r="E383" s="2"/>
       <c r="F383" s="2">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="G383" s="2">
-        <v>183.0</v>
+        <v>112.0</v>
       </c>
       <c r="H383" s="2">
-        <v>696.0</v>
+        <v>1168.0</v>
       </c>
       <c r="I383" s="2">
         <v>0.0</v>
       </c>
       <c r="J383" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" s="2">
         <v>383</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>392</v>
       </c>
       <c r="C384" s="2">
         <v>2</v>
       </c>
       <c r="D384" s="2"/>
-      <c r="E384" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E384" s="2"/>
       <c r="F384" s="2">
         <v>227</v>
       </c>
       <c r="G384" s="2">
-        <v>85.0</v>
+        <v>182.0</v>
       </c>
       <c r="H384" s="2">
-        <v>690.0</v>
+        <v>697.0</v>
       </c>
       <c r="I384" s="2">
         <v>0.0</v>
       </c>
       <c r="J384" s="2">
-        <v>21.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" s="2">
         <v>384</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>393</v>
       </c>
       <c r="C385" s="2">
-        <v>7</v>
-[...6 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="D385" s="2"/>
+      <c r="E385" s="2"/>
       <c r="F385" s="2">
         <v>226</v>
       </c>
       <c r="G385" s="2">
-        <v>88.0</v>
+        <v>125.0</v>
       </c>
       <c r="H385" s="2">
-        <v>419.0</v>
+        <v>1780.0</v>
       </c>
       <c r="I385" s="2">
         <v>0.0</v>
       </c>
       <c r="J385" s="2">
-        <v>9.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" s="2">
         <v>385</v>
       </c>
       <c r="B386" s="2" t="s">
         <v>394</v>
       </c>
       <c r="C386" s="2">
-        <v>2</v>
-[...2 lines deleted...]
-      <c r="E386" s="2"/>
+        <v>7</v>
+      </c>
+      <c r="D386" s="2">
+        <v>4</v>
+      </c>
+      <c r="E386" s="2">
+        <v>121</v>
+      </c>
       <c r="F386" s="2">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="G386" s="2">
-        <v>125.0</v>
+        <v>88.0</v>
       </c>
       <c r="H386" s="2">
-        <v>1791.0</v>
+        <v>417.0</v>
       </c>
       <c r="I386" s="2">
         <v>0.0</v>
       </c>
       <c r="J386" s="2">
-        <v>0.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" s="2">
         <v>386</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>395</v>
       </c>
       <c r="C387" s="2">
         <v>4</v>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2">
         <v>154</v>
       </c>
       <c r="F387" s="2">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="G387" s="2">
-        <v>103.0</v>
+        <v>104.0</v>
       </c>
       <c r="H387" s="2">
         <v>770.0</v>
       </c>
       <c r="I387" s="2">
         <v>0.0</v>
       </c>
       <c r="J387" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" s="2">
         <v>387</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>396</v>
       </c>
       <c r="C388" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2">
-        <v>156</v>
+        <v>67</v>
       </c>
       <c r="F388" s="2">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G388" s="2">
-        <v>132.0</v>
+        <v>85.0</v>
       </c>
       <c r="H388" s="2">
-        <v>779.0</v>
+        <v>802.0</v>
       </c>
       <c r="I388" s="2">
         <v>0.0</v>
       </c>
       <c r="J388" s="2">
-        <v>0.0</v>
+        <v>182.0</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" s="2">
         <v>388</v>
       </c>
       <c r="B389" s="2" t="s">
         <v>397</v>
       </c>
       <c r="C389" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D389" s="2"/>
       <c r="E389" s="2">
-        <v>752</v>
+        <v>156</v>
       </c>
       <c r="F389" s="2">
         <v>223</v>
       </c>
       <c r="G389" s="2">
-        <v>112.0</v>
+        <v>132.0</v>
       </c>
       <c r="H389" s="2">
-        <v>661.0</v>
+        <v>779.0</v>
       </c>
       <c r="I389" s="2">
         <v>0.0</v>
       </c>
       <c r="J389" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" s="2">
         <v>389</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>398</v>
       </c>
       <c r="C390" s="2">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D390" s="2"/>
       <c r="E390" s="2">
-        <v>67</v>
+        <v>752</v>
       </c>
       <c r="F390" s="2">
         <v>223</v>
       </c>
       <c r="G390" s="2">
-        <v>85.0</v>
+        <v>111.0</v>
       </c>
       <c r="H390" s="2">
-        <v>802.0</v>
+        <v>659.0</v>
       </c>
       <c r="I390" s="2">
         <v>0.0</v>
       </c>
       <c r="J390" s="2">
-        <v>182.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" s="2">
         <v>390</v>
       </c>
       <c r="B391" s="2" t="s">
         <v>399</v>
       </c>
       <c r="C391" s="2">
         <v>1</v>
       </c>
       <c r="D391" s="2"/>
       <c r="E391" s="2"/>
       <c r="F391" s="2">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="G391" s="2">
-        <v>115.0</v>
+        <v>116.0</v>
       </c>
       <c r="H391" s="2">
-        <v>351.0</v>
+        <v>349.0</v>
       </c>
       <c r="I391" s="2">
         <v>0.0</v>
       </c>
       <c r="J391" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" s="2">
         <v>391</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>400</v>
       </c>
       <c r="C392" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2">
-        <v>70</v>
+        <v>231</v>
       </c>
       <c r="F392" s="2">
         <v>215</v>
       </c>
       <c r="G392" s="2">
-        <v>110.0</v>
+        <v>145.0</v>
       </c>
       <c r="H392" s="2">
-        <v>434.0</v>
+        <v>381.0</v>
       </c>
       <c r="I392" s="2">
         <v>0.0</v>
       </c>
       <c r="J392" s="2">
-        <v>0.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" s="2">
         <v>392</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>401</v>
       </c>
       <c r="C393" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2">
-        <v>231</v>
+        <v>70</v>
       </c>
       <c r="F393" s="2">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="G393" s="2">
-        <v>145.0</v>
+        <v>108.0</v>
       </c>
       <c r="H393" s="2">
-        <v>378.0</v>
+        <v>435.0</v>
       </c>
       <c r="I393" s="2">
         <v>0.0</v>
       </c>
       <c r="J393" s="2">
-        <v>183.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" s="2">
         <v>393</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>402</v>
       </c>
       <c r="C394" s="2">
         <v>7</v>
       </c>
       <c r="D394" s="2"/>
       <c r="E394" s="2">
         <v>448</v>
       </c>
       <c r="F394" s="2">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="G394" s="2">
         <v>101.0</v>
       </c>
       <c r="H394" s="2">
-        <v>696.0</v>
+        <v>694.0</v>
       </c>
       <c r="I394" s="2">
         <v>0.0</v>
       </c>
       <c r="J394" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" s="2">
         <v>394</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>403</v>
       </c>
       <c r="C395" s="2">
         <v>2</v>
       </c>
       <c r="D395" s="2"/>
       <c r="E395" s="2">
         <v>12</v>
       </c>
       <c r="F395" s="2">
         <v>214</v>
       </c>
       <c r="G395" s="2">
         <v>142.0</v>
       </c>
       <c r="H395" s="2">
         <v>520.0</v>
       </c>
       <c r="I395" s="2">
         <v>0.0</v>
       </c>
       <c r="J395" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" s="2">
         <v>395</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>404</v>
       </c>
       <c r="C396" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D396" s="2"/>
       <c r="E396" s="2">
-        <v>445</v>
+        <v>85</v>
       </c>
       <c r="F396" s="2">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="G396" s="2">
-        <v>97.0</v>
+        <v>107.0</v>
       </c>
       <c r="H396" s="2">
-        <v>255.0</v>
+        <v>2203.0</v>
       </c>
       <c r="I396" s="2">
         <v>0.0</v>
       </c>
       <c r="J396" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" s="2">
         <v>396</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>405</v>
       </c>
       <c r="C397" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D397" s="2"/>
       <c r="E397" s="2">
-        <v>85</v>
+        <v>71</v>
       </c>
       <c r="F397" s="2">
         <v>212</v>
       </c>
       <c r="G397" s="2">
-        <v>108.0</v>
+        <v>194.0</v>
       </c>
       <c r="H397" s="2">
-        <v>2208.0</v>
+        <v>645.0</v>
       </c>
       <c r="I397" s="2">
         <v>0.0</v>
       </c>
       <c r="J397" s="2">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" s="2">
         <v>397</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>406</v>
       </c>
       <c r="C398" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D398" s="2"/>
-      <c r="E398" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E398" s="2"/>
       <c r="F398" s="2">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="G398" s="2">
-        <v>194.0</v>
+        <v>91.0</v>
       </c>
       <c r="H398" s="2">
-        <v>646.0</v>
+        <v>1435.0</v>
       </c>
       <c r="I398" s="2">
         <v>0.0</v>
       </c>
       <c r="J398" s="2">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" s="2">
         <v>398</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>407</v>
       </c>
       <c r="C399" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D399" s="2"/>
-      <c r="E399" s="2"/>
+      <c r="E399" s="2">
+        <v>496</v>
+      </c>
       <c r="F399" s="2">
         <v>211</v>
       </c>
       <c r="G399" s="2">
-        <v>91.0</v>
+        <v>84.0</v>
       </c>
       <c r="H399" s="2">
-        <v>1435.0</v>
+        <v>399.0</v>
       </c>
       <c r="I399" s="2">
         <v>0.0</v>
       </c>
       <c r="J399" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" s="2">
         <v>399</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>408</v>
       </c>
       <c r="C400" s="2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D400" s="2"/>
-      <c r="E400" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E400" s="2"/>
       <c r="F400" s="2">
         <v>211</v>
       </c>
       <c r="G400" s="2">
-        <v>84.0</v>
+        <v>120.0</v>
       </c>
       <c r="H400" s="2">
-        <v>399.0</v>
+        <v>283.0</v>
       </c>
       <c r="I400" s="2">
         <v>0.0</v>
       </c>
       <c r="J400" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" s="2">
         <v>400</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>409</v>
       </c>
       <c r="C401" s="2">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D401" s="2"/>
-      <c r="E401" s="2"/>
+      <c r="E401" s="2">
+        <v>445</v>
+      </c>
       <c r="F401" s="2">
         <v>211</v>
       </c>
       <c r="G401" s="2">
-        <v>120.0</v>
+        <v>97.0</v>
       </c>
       <c r="H401" s="2">
-        <v>284.0</v>
+        <v>253.0</v>
       </c>
       <c r="I401" s="2">
         <v>0.0</v>
       </c>
       <c r="J401" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402" s="2">
         <v>401</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>410</v>
       </c>
       <c r="C402" s="2">
         <v>2</v>
       </c>
       <c r="D402" s="2"/>
       <c r="E402" s="2">
         <v>154</v>
       </c>
       <c r="F402" s="2">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="G402" s="2">
-        <v>89.0</v>
+        <v>90.0</v>
       </c>
       <c r="H402" s="2">
         <v>738.0</v>
       </c>
       <c r="I402" s="2">
         <v>0.0</v>
       </c>
       <c r="J402" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403" s="2">
         <v>402</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>411</v>
       </c>
       <c r="C403" s="2">
         <v>1</v>
       </c>
       <c r="D403" s="2">
         <v>13</v>
       </c>
       <c r="E403" s="2"/>
       <c r="F403" s="2">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="G403" s="2">
         <v>118.0</v>
       </c>
       <c r="H403" s="2">
-        <v>630.0</v>
+        <v>608.0</v>
       </c>
       <c r="I403" s="2">
         <v>3.0</v>
       </c>
       <c r="J403" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404" s="2">
         <v>403</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>412</v>
       </c>
       <c r="C404" s="2">
         <v>16</v>
       </c>
       <c r="D404" s="2"/>
       <c r="E404" s="2"/>
       <c r="F404" s="2">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="G404" s="2">
-        <v>96.0</v>
+        <v>95.0</v>
       </c>
       <c r="H404" s="2">
-        <v>1019.0</v>
+        <v>1010.0</v>
       </c>
       <c r="I404" s="2">
         <v>0.0</v>
       </c>
       <c r="J404" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" s="2">
         <v>404</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>413</v>
       </c>
       <c r="C405" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D405" s="2"/>
       <c r="E405" s="2">
-        <v>3</v>
+        <v>804</v>
       </c>
       <c r="F405" s="2">
         <v>204</v>
       </c>
       <c r="G405" s="2">
-        <v>122.0</v>
+        <v>96.0</v>
       </c>
       <c r="H405" s="2">
-        <v>409.0</v>
+        <v>310.0</v>
       </c>
       <c r="I405" s="2">
         <v>0.0</v>
       </c>
       <c r="J405" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" s="2">
         <v>405</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>414</v>
       </c>
       <c r="C406" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2">
-        <v>804</v>
+        <v>3</v>
       </c>
       <c r="F406" s="2">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G406" s="2">
-        <v>95.0</v>
+        <v>122.0</v>
       </c>
       <c r="H406" s="2">
-        <v>309.0</v>
+        <v>410.0</v>
       </c>
       <c r="I406" s="2">
         <v>0.0</v>
       </c>
       <c r="J406" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" s="2">
         <v>406</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>415</v>
       </c>
       <c r="C407" s="2">
         <v>6</v>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2">
         <v>360</v>
       </c>
       <c r="F407" s="2">
         <v>203</v>
       </c>
@@ -14722,171 +14722,171 @@
       <c r="J407" s="2">
         <v>32.0</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" s="2">
         <v>407</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>416</v>
       </c>
       <c r="C408" s="2">
         <v>3</v>
       </c>
       <c r="D408" s="2"/>
       <c r="E408" s="2">
         <v>1474</v>
       </c>
       <c r="F408" s="2">
         <v>203</v>
       </c>
       <c r="G408" s="2">
         <v>92.0</v>
       </c>
       <c r="H408" s="2">
-        <v>821.0</v>
+        <v>820.0</v>
       </c>
       <c r="I408" s="2">
         <v>0.0</v>
       </c>
       <c r="J408" s="2">
         <v>59.0</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" s="2">
         <v>408</v>
       </c>
       <c r="B409" s="2" t="s">
         <v>417</v>
       </c>
       <c r="C409" s="2">
         <v>2</v>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2">
         <v>327</v>
       </c>
       <c r="F409" s="2">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="G409" s="2">
-        <v>182.0</v>
+        <v>183.0</v>
       </c>
       <c r="H409" s="2">
         <v>1169.0</v>
       </c>
       <c r="I409" s="2">
         <v>0.0</v>
       </c>
       <c r="J409" s="2">
         <v>555.0</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" s="2">
         <v>409</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>418</v>
       </c>
       <c r="C410" s="2">
         <v>1</v>
       </c>
       <c r="D410" s="2"/>
       <c r="E410" s="2">
         <v>40</v>
       </c>
       <c r="F410" s="2">
         <v>196</v>
       </c>
       <c r="G410" s="2">
         <v>106.0</v>
       </c>
       <c r="H410" s="2">
-        <v>939.0</v>
+        <v>931.0</v>
       </c>
       <c r="I410" s="2">
         <v>0.0</v>
       </c>
       <c r="J410" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" s="2">
         <v>410</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>419</v>
       </c>
       <c r="C411" s="2">
         <v>3</v>
       </c>
       <c r="D411" s="2"/>
       <c r="E411" s="2">
         <v>376</v>
       </c>
       <c r="F411" s="2">
         <v>196</v>
       </c>
       <c r="G411" s="2">
         <v>132.0</v>
       </c>
       <c r="H411" s="2">
-        <v>501.0</v>
+        <v>502.0</v>
       </c>
       <c r="I411" s="2">
         <v>0.0</v>
       </c>
       <c r="J411" s="2">
         <v>45.0</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" s="2">
         <v>411</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>420</v>
       </c>
       <c r="C412" s="2">
         <v>5</v>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2">
         <v>8</v>
       </c>
       <c r="F412" s="2">
         <v>195</v>
       </c>
       <c r="G412" s="2">
         <v>132.0</v>
       </c>
       <c r="H412" s="2">
-        <v>375.0</v>
+        <v>376.0</v>
       </c>
       <c r="I412" s="2">
         <v>0.0</v>
       </c>
       <c r="J412" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" s="2">
         <v>412</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>421</v>
       </c>
       <c r="C413" s="2">
         <v>1</v>
       </c>
       <c r="D413" s="2"/>
       <c r="E413" s="2">
         <v>240</v>
       </c>
       <c r="F413" s="2">
         <v>193</v>
       </c>
@@ -14952,149 +14952,149 @@
         <v>110.0</v>
       </c>
       <c r="H415" s="2">
         <v>312.0</v>
       </c>
       <c r="I415" s="2">
         <v>0.0</v>
       </c>
       <c r="J415" s="2">
         <v>167.0</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" s="2">
         <v>415</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>424</v>
       </c>
       <c r="C416" s="2">
         <v>5</v>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2"/>
       <c r="F416" s="2">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G416" s="2">
-        <v>66.0</v>
+        <v>67.0</v>
       </c>
       <c r="H416" s="2">
-        <v>503.0</v>
+        <v>501.0</v>
       </c>
       <c r="I416" s="2">
         <v>0.0</v>
       </c>
       <c r="J416" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" s="2">
         <v>416</v>
       </c>
       <c r="B417" s="2" t="s">
         <v>425</v>
       </c>
       <c r="C417" s="2">
         <v>4</v>
       </c>
       <c r="D417" s="2">
         <v>4</v>
       </c>
       <c r="E417" s="2">
         <v>253</v>
       </c>
       <c r="F417" s="2">
         <v>189</v>
       </c>
       <c r="G417" s="2">
-        <v>83.0</v>
+        <v>82.0</v>
       </c>
       <c r="H417" s="2">
-        <v>343.0</v>
+        <v>342.0</v>
       </c>
       <c r="I417" s="2">
         <v>4.0</v>
       </c>
       <c r="J417" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418" s="2">
         <v>417</v>
       </c>
       <c r="B418" s="2" t="s">
         <v>426</v>
       </c>
       <c r="C418" s="2">
         <v>1</v>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2">
         <v>62</v>
       </c>
       <c r="F418" s="2">
         <v>188</v>
       </c>
       <c r="G418" s="2">
         <v>82.0</v>
       </c>
       <c r="H418" s="2">
-        <v>445.0</v>
+        <v>443.0</v>
       </c>
       <c r="I418" s="2">
         <v>0.0</v>
       </c>
       <c r="J418" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419" s="2">
         <v>418</v>
       </c>
       <c r="B419" s="2" t="s">
         <v>427</v>
       </c>
       <c r="C419" s="2">
         <v>1</v>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2">
         <v>62</v>
       </c>
       <c r="F419" s="2">
         <v>188</v>
       </c>
       <c r="G419" s="2">
         <v>82.0</v>
       </c>
       <c r="H419" s="2">
-        <v>445.0</v>
+        <v>443.0</v>
       </c>
       <c r="I419" s="2">
         <v>0.0</v>
       </c>
       <c r="J419" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420" s="2">
         <v>419</v>
       </c>
       <c r="B420" s="2" t="s">
         <v>428</v>
       </c>
       <c r="C420" s="2">
         <v>6</v>
       </c>
       <c r="D420" s="2"/>
       <c r="E420" s="2">
         <v>694</v>
       </c>
       <c r="F420" s="2">
         <v>186</v>
       </c>
@@ -15110,343 +15110,343 @@
       <c r="J420" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421" s="2">
         <v>420</v>
       </c>
       <c r="B421" s="2" t="s">
         <v>429</v>
       </c>
       <c r="C421" s="2">
         <v>2</v>
       </c>
       <c r="D421" s="2"/>
       <c r="E421" s="2">
         <v>549</v>
       </c>
       <c r="F421" s="2">
         <v>185</v>
       </c>
       <c r="G421" s="2">
         <v>40.0</v>
       </c>
       <c r="H421" s="2">
-        <v>535.0</v>
+        <v>536.0</v>
       </c>
       <c r="I421" s="2">
         <v>0.0</v>
       </c>
       <c r="J421" s="2">
         <v>163.0</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422" s="2">
         <v>421</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C422" s="2">
         <v>2</v>
       </c>
       <c r="D422" s="2"/>
       <c r="E422" s="2">
         <v>330</v>
       </c>
       <c r="F422" s="2">
         <v>184</v>
       </c>
       <c r="G422" s="2">
-        <v>103.0</v>
+        <v>104.0</v>
       </c>
       <c r="H422" s="2">
         <v>481.0</v>
       </c>
       <c r="I422" s="2">
         <v>0.0</v>
       </c>
       <c r="J422" s="2">
         <v>157.0</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423" s="2">
         <v>422</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>431</v>
       </c>
       <c r="C423" s="2">
         <v>9</v>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2">
         <v>40</v>
       </c>
       <c r="F423" s="2">
         <v>182</v>
       </c>
       <c r="G423" s="2">
         <v>52.0</v>
       </c>
       <c r="H423" s="2">
-        <v>324.0</v>
+        <v>325.0</v>
       </c>
       <c r="I423" s="2">
         <v>0.0</v>
       </c>
       <c r="J423" s="2">
-        <v>30.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424" s="2">
         <v>423</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>432</v>
       </c>
       <c r="C424" s="2">
         <v>5</v>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2">
         <v>861</v>
       </c>
       <c r="F424" s="2">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="G424" s="2">
         <v>97.0</v>
       </c>
       <c r="H424" s="2">
-        <v>343.0</v>
+        <v>342.0</v>
       </c>
       <c r="I424" s="2">
         <v>0.0</v>
       </c>
       <c r="J424" s="2">
         <v>60.0</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425" s="2">
         <v>424</v>
       </c>
       <c r="B425" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C425" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2"/>
       <c r="F425" s="2">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G425" s="2">
-        <v>87.0</v>
+        <v>82.0</v>
       </c>
       <c r="H425" s="2">
-        <v>314.0</v>
+        <v>431.0</v>
       </c>
       <c r="I425" s="2">
         <v>0.0</v>
       </c>
       <c r="J425" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426" s="2">
         <v>425</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>434</v>
       </c>
       <c r="C426" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D426" s="2"/>
       <c r="E426" s="2"/>
       <c r="F426" s="2">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G426" s="2">
-        <v>89.0</v>
+        <v>87.0</v>
       </c>
       <c r="H426" s="2">
-        <v>288.0</v>
+        <v>315.0</v>
       </c>
       <c r="I426" s="2">
         <v>0.0</v>
       </c>
       <c r="J426" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="A427" s="2">
         <v>426</v>
       </c>
       <c r="B427" s="2" t="s">
         <v>435</v>
       </c>
       <c r="C427" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2"/>
       <c r="F427" s="2">
         <v>178</v>
       </c>
       <c r="G427" s="2">
-        <v>81.0</v>
+        <v>89.0</v>
       </c>
       <c r="H427" s="2">
-        <v>431.0</v>
+        <v>287.0</v>
       </c>
       <c r="I427" s="2">
         <v>0.0</v>
       </c>
       <c r="J427" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="428" spans="1:10">
       <c r="A428" s="2">
         <v>427</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>436</v>
       </c>
       <c r="C428" s="2">
         <v>3</v>
       </c>
       <c r="D428" s="2"/>
       <c r="E428" s="2">
-        <v>236</v>
+        <v>42</v>
       </c>
       <c r="F428" s="2">
         <v>178</v>
       </c>
       <c r="G428" s="2">
-        <v>111.0</v>
+        <v>73.0</v>
       </c>
       <c r="H428" s="2">
-        <v>548.0</v>
+        <v>212.0</v>
       </c>
       <c r="I428" s="2">
         <v>0.0</v>
       </c>
       <c r="J428" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429" s="2">
         <v>428</v>
       </c>
       <c r="B429" s="2" t="s">
         <v>437</v>
       </c>
       <c r="C429" s="2">
         <v>3</v>
       </c>
       <c r="D429" s="2"/>
       <c r="E429" s="2">
-        <v>42</v>
+        <v>236</v>
       </c>
       <c r="F429" s="2">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G429" s="2">
-        <v>73.0</v>
+        <v>111.0</v>
       </c>
       <c r="H429" s="2">
-        <v>213.0</v>
+        <v>548.0</v>
       </c>
       <c r="I429" s="2">
         <v>0.0</v>
       </c>
       <c r="J429" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="A430" s="2">
         <v>429</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>438</v>
       </c>
       <c r="C430" s="2">
         <v>5</v>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2"/>
       <c r="F430" s="2">
         <v>174</v>
       </c>
       <c r="G430" s="2">
-        <v>63.0</v>
+        <v>62.0</v>
       </c>
       <c r="H430" s="2">
-        <v>409.0</v>
+        <v>407.0</v>
       </c>
       <c r="I430" s="2">
         <v>0.0</v>
       </c>
       <c r="J430" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="A431" s="2">
         <v>430</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>439</v>
       </c>
       <c r="C431" s="2">
         <v>2</v>
       </c>
       <c r="D431" s="2"/>
       <c r="E431" s="2">
         <v>20</v>
       </c>
       <c r="F431" s="2">
         <v>173</v>
       </c>
       <c r="G431" s="2">
         <v>106.0</v>
       </c>
       <c r="H431" s="2">
-        <v>688.0</v>
+        <v>687.0</v>
       </c>
       <c r="I431" s="2">
         <v>0.0</v>
       </c>
       <c r="J431" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="432" spans="1:10">
       <c r="A432" s="2">
         <v>431</v>
       </c>
       <c r="B432" s="2" t="s">
         <v>440</v>
       </c>
       <c r="C432" s="2">
         <v>2</v>
       </c>
       <c r="D432" s="2"/>
       <c r="E432" s="2"/>
       <c r="F432" s="2">
         <v>172</v>
       </c>
       <c r="G432" s="2">
         <v>58.0</v>
@@ -15458,409 +15458,409 @@
         <v>0.0</v>
       </c>
       <c r="J432" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="433" spans="1:10">
       <c r="A433" s="2">
         <v>432</v>
       </c>
       <c r="B433" s="2" t="s">
         <v>441</v>
       </c>
       <c r="C433" s="2">
         <v>1</v>
       </c>
       <c r="D433" s="2"/>
       <c r="E433" s="2"/>
       <c r="F433" s="2">
         <v>170</v>
       </c>
       <c r="G433" s="2">
         <v>95.0</v>
       </c>
       <c r="H433" s="2">
-        <v>931.0</v>
+        <v>928.0</v>
       </c>
       <c r="I433" s="2">
         <v>0.0</v>
       </c>
       <c r="J433" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="434" spans="1:10">
       <c r="A434" s="2">
         <v>433</v>
       </c>
       <c r="B434" s="2" t="s">
         <v>442</v>
       </c>
       <c r="C434" s="2">
         <v>2</v>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2">
         <v>61</v>
       </c>
       <c r="F434" s="2">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="G434" s="2">
         <v>154.0</v>
       </c>
       <c r="H434" s="2">
-        <v>558.0</v>
+        <v>555.0</v>
       </c>
       <c r="I434" s="2">
         <v>0.0</v>
       </c>
       <c r="J434" s="2">
         <v>11.0</v>
       </c>
     </row>
     <row r="435" spans="1:10">
       <c r="A435" s="2">
         <v>434</v>
       </c>
       <c r="B435" s="2" t="s">
         <v>443</v>
       </c>
       <c r="C435" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D435" s="2"/>
-      <c r="E435" s="2"/>
+      <c r="E435" s="2">
+        <v>659</v>
+      </c>
       <c r="F435" s="2">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G435" s="2">
-        <v>109.0</v>
+        <v>82.0</v>
       </c>
       <c r="H435" s="2">
-        <v>214.0</v>
+        <v>323.0</v>
       </c>
       <c r="I435" s="2">
         <v>0.0</v>
       </c>
       <c r="J435" s="2">
-        <v>0.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="436" spans="1:10">
       <c r="A436" s="2">
         <v>435</v>
       </c>
       <c r="B436" s="2" t="s">
         <v>444</v>
       </c>
       <c r="C436" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D436" s="2"/>
-      <c r="E436" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E436" s="2"/>
       <c r="F436" s="2">
         <v>167</v>
       </c>
       <c r="G436" s="2">
-        <v>82.0</v>
+        <v>109.0</v>
       </c>
       <c r="H436" s="2">
-        <v>322.0</v>
+        <v>214.0</v>
       </c>
       <c r="I436" s="2">
         <v>0.0</v>
       </c>
       <c r="J436" s="2">
-        <v>58.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="437" spans="1:10">
       <c r="A437" s="2">
         <v>436</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>445</v>
       </c>
       <c r="C437" s="2">
         <v>2</v>
       </c>
       <c r="D437" s="2"/>
       <c r="E437" s="2">
         <v>151</v>
       </c>
       <c r="F437" s="2">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="G437" s="2">
         <v>92.0</v>
       </c>
       <c r="H437" s="2">
-        <v>661.0</v>
+        <v>660.0</v>
       </c>
       <c r="I437" s="2">
         <v>0.0</v>
       </c>
       <c r="J437" s="2">
         <v>65.0</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="A438" s="2">
         <v>437</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>446</v>
       </c>
       <c r="C438" s="2">
         <v>3</v>
       </c>
       <c r="D438" s="2"/>
       <c r="E438" s="2">
         <v>12</v>
       </c>
       <c r="F438" s="2">
         <v>165</v>
       </c>
       <c r="G438" s="2">
         <v>76.0</v>
       </c>
       <c r="H438" s="2">
-        <v>250.0</v>
+        <v>251.0</v>
       </c>
       <c r="I438" s="2">
         <v>0.0</v>
       </c>
       <c r="J438" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="A439" s="2">
         <v>438</v>
       </c>
       <c r="B439" s="2" t="s">
         <v>447</v>
       </c>
       <c r="C439" s="2">
         <v>1</v>
       </c>
       <c r="D439" s="2"/>
       <c r="E439" s="2">
         <v>72</v>
       </c>
       <c r="F439" s="2">
         <v>164</v>
       </c>
       <c r="G439" s="2">
         <v>127.0</v>
       </c>
       <c r="H439" s="2">
-        <v>95.0</v>
+        <v>92.0</v>
       </c>
       <c r="I439" s="2">
         <v>0.0</v>
       </c>
       <c r="J439" s="2">
         <v>282.0</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="A440" s="2">
         <v>439</v>
       </c>
       <c r="B440" s="2" t="s">
         <v>448</v>
       </c>
       <c r="C440" s="2">
         <v>1</v>
       </c>
       <c r="D440" s="2">
         <v>2</v>
       </c>
       <c r="E440" s="2">
         <v>40</v>
       </c>
       <c r="F440" s="2">
         <v>164</v>
       </c>
       <c r="G440" s="2">
         <v>102.0</v>
       </c>
       <c r="H440" s="2">
-        <v>437.0</v>
+        <v>435.0</v>
       </c>
       <c r="I440" s="2">
         <v>2.0</v>
       </c>
       <c r="J440" s="2">
         <v>54.0</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="A441" s="2">
         <v>440</v>
       </c>
       <c r="B441" s="2" t="s">
         <v>449</v>
       </c>
       <c r="C441" s="2">
         <v>7</v>
       </c>
       <c r="D441" s="2"/>
       <c r="E441" s="2">
         <v>24</v>
       </c>
       <c r="F441" s="2">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="G441" s="2">
         <v>35.0</v>
       </c>
       <c r="H441" s="2">
-        <v>616.0</v>
+        <v>614.0</v>
       </c>
       <c r="I441" s="2">
         <v>0.0</v>
       </c>
       <c r="J441" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="A442" s="2">
         <v>441</v>
       </c>
       <c r="B442" s="2" t="s">
         <v>450</v>
       </c>
       <c r="C442" s="2">
         <v>1</v>
       </c>
       <c r="D442" s="2"/>
       <c r="E442" s="2">
         <v>56</v>
       </c>
       <c r="F442" s="2">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="G442" s="2">
         <v>72.0</v>
       </c>
       <c r="H442" s="2">
-        <v>411.0</v>
+        <v>407.0</v>
       </c>
       <c r="I442" s="2">
         <v>0.0</v>
       </c>
       <c r="J442" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="A443" s="2">
         <v>442</v>
       </c>
       <c r="B443" s="2" t="s">
         <v>451</v>
       </c>
       <c r="C443" s="2">
         <v>1</v>
       </c>
       <c r="D443" s="2"/>
       <c r="E443" s="2"/>
       <c r="F443" s="2">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="G443" s="2">
         <v>65.0</v>
       </c>
       <c r="H443" s="2">
-        <v>283.0</v>
+        <v>282.0</v>
       </c>
       <c r="I443" s="2">
         <v>0.0</v>
       </c>
       <c r="J443" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444" s="2">
         <v>443</v>
       </c>
       <c r="B444" s="2" t="s">
         <v>452</v>
       </c>
       <c r="C444" s="2">
         <v>7</v>
       </c>
       <c r="D444" s="2"/>
       <c r="E444" s="2">
         <v>247</v>
       </c>
       <c r="F444" s="2">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="G444" s="2">
         <v>80.0</v>
       </c>
       <c r="H444" s="2">
-        <v>176.0</v>
+        <v>175.0</v>
       </c>
       <c r="I444" s="2">
         <v>0.0</v>
       </c>
       <c r="J444" s="2">
         <v>9.0</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445" s="2">
         <v>444</v>
       </c>
       <c r="B445" s="2" t="s">
         <v>453</v>
       </c>
       <c r="C445" s="2">
         <v>3</v>
       </c>
       <c r="D445" s="2"/>
       <c r="E445" s="2">
         <v>20</v>
       </c>
       <c r="F445" s="2">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="G445" s="2">
-        <v>81.0</v>
+        <v>80.0</v>
       </c>
       <c r="H445" s="2">
-        <v>316.0</v>
+        <v>326.0</v>
       </c>
       <c r="I445" s="2">
         <v>0.0</v>
       </c>
       <c r="J445" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="A446" s="2">
         <v>445</v>
       </c>
       <c r="B446" s="2" t="s">
         <v>454</v>
       </c>
       <c r="C446" s="2">
         <v>1</v>
       </c>
       <c r="D446" s="2"/>
       <c r="E446" s="2">
         <v>262</v>
       </c>
       <c r="F446" s="2">
         <v>160</v>
       </c>
@@ -15876,225 +15876,225 @@
       <c r="J446" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="A447" s="2">
         <v>446</v>
       </c>
       <c r="B447" s="2" t="s">
         <v>455</v>
       </c>
       <c r="C447" s="2">
         <v>2</v>
       </c>
       <c r="D447" s="2"/>
       <c r="E447" s="2">
         <v>682</v>
       </c>
       <c r="F447" s="2">
         <v>160</v>
       </c>
       <c r="G447" s="2">
         <v>49.0</v>
       </c>
       <c r="H447" s="2">
-        <v>259.0</v>
+        <v>260.0</v>
       </c>
       <c r="I447" s="2">
         <v>0.0</v>
       </c>
       <c r="J447" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="A448" s="2">
         <v>447</v>
       </c>
       <c r="B448" s="2" t="s">
         <v>456</v>
       </c>
       <c r="C448" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D448" s="2"/>
-      <c r="E448" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E448" s="2"/>
       <c r="F448" s="2">
         <v>160</v>
       </c>
       <c r="G448" s="2">
-        <v>92.0</v>
+        <v>60.0</v>
       </c>
       <c r="H448" s="2">
-        <v>354.0</v>
+        <v>480.0</v>
       </c>
       <c r="I448" s="2">
         <v>0.0</v>
       </c>
       <c r="J448" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="A449" s="2">
         <v>448</v>
       </c>
       <c r="B449" s="2" t="s">
         <v>457</v>
       </c>
       <c r="C449" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D449" s="2"/>
       <c r="E449" s="2">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="F449" s="2">
         <v>160</v>
       </c>
       <c r="G449" s="2">
-        <v>85.0</v>
+        <v>92.0</v>
       </c>
       <c r="H449" s="2">
-        <v>168.0</v>
+        <v>354.0</v>
       </c>
       <c r="I449" s="2">
         <v>0.0</v>
       </c>
       <c r="J449" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="A450" s="2">
         <v>449</v>
       </c>
       <c r="B450" s="2" t="s">
         <v>458</v>
       </c>
       <c r="C450" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D450" s="2"/>
-      <c r="E450" s="2"/>
+      <c r="E450" s="2">
+        <v>126</v>
+      </c>
       <c r="F450" s="2">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G450" s="2">
-        <v>62.0</v>
+        <v>85.0</v>
       </c>
       <c r="H450" s="2">
-        <v>476.0</v>
+        <v>170.0</v>
       </c>
       <c r="I450" s="2">
         <v>0.0</v>
       </c>
       <c r="J450" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="A451" s="2">
         <v>450</v>
       </c>
       <c r="B451" s="2" t="s">
         <v>459</v>
       </c>
       <c r="C451" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D451" s="2"/>
       <c r="E451" s="2"/>
       <c r="F451" s="2">
         <v>159</v>
       </c>
       <c r="G451" s="2">
-        <v>60.0</v>
+        <v>62.0</v>
       </c>
       <c r="H451" s="2">
-        <v>479.0</v>
+        <v>475.0</v>
       </c>
       <c r="I451" s="2">
         <v>0.0</v>
       </c>
       <c r="J451" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="A452" s="2">
         <v>451</v>
       </c>
       <c r="B452" s="2" t="s">
         <v>460</v>
       </c>
       <c r="C452" s="2">
         <v>2</v>
       </c>
       <c r="D452" s="2"/>
       <c r="E452" s="2">
         <v>91</v>
       </c>
       <c r="F452" s="2">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G452" s="2">
         <v>55.0</v>
       </c>
       <c r="H452" s="2">
-        <v>355.0</v>
+        <v>354.0</v>
       </c>
       <c r="I452" s="2">
         <v>0.0</v>
       </c>
       <c r="J452" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="A453" s="2">
         <v>452</v>
       </c>
       <c r="B453" s="2" t="s">
         <v>461</v>
       </c>
       <c r="C453" s="2">
         <v>3</v>
       </c>
       <c r="D453" s="2"/>
       <c r="E453" s="2"/>
       <c r="F453" s="2">
         <v>153</v>
       </c>
       <c r="G453" s="2">
         <v>66.0</v>
       </c>
       <c r="H453" s="2">
-        <v>531.0</v>
+        <v>530.0</v>
       </c>
       <c r="I453" s="2">
         <v>0.0</v>
       </c>
       <c r="J453" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="A454" s="2">
         <v>453</v>
       </c>
       <c r="B454" s="2" t="s">
         <v>462</v>
       </c>
       <c r="C454" s="2">
         <v>1</v>
       </c>
       <c r="D454" s="2"/>
       <c r="E454" s="2"/>
       <c r="F454" s="2">
         <v>152</v>
       </c>
       <c r="G454" s="2">
         <v>55.0</v>
@@ -16110,1224 +16110,1224 @@
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="A455" s="2">
         <v>454</v>
       </c>
       <c r="B455" s="2" t="s">
         <v>463</v>
       </c>
       <c r="C455" s="2">
         <v>5</v>
       </c>
       <c r="D455" s="2">
         <v>11</v>
       </c>
       <c r="E455" s="2">
         <v>31</v>
       </c>
       <c r="F455" s="2">
         <v>152</v>
       </c>
       <c r="G455" s="2">
         <v>108.0</v>
       </c>
       <c r="H455" s="2">
-        <v>349.0</v>
+        <v>347.0</v>
       </c>
       <c r="I455" s="2">
         <v>0.0</v>
       </c>
       <c r="J455" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="A456" s="2">
         <v>455</v>
       </c>
       <c r="B456" s="2" t="s">
         <v>464</v>
       </c>
       <c r="C456" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D456" s="2"/>
-      <c r="E456" s="2"/>
+      <c r="E456" s="2">
+        <v>59</v>
+      </c>
       <c r="F456" s="2">
         <v>150</v>
       </c>
       <c r="G456" s="2">
-        <v>104.0</v>
+        <v>42.0</v>
       </c>
       <c r="H456" s="2">
-        <v>95.0</v>
+        <v>256.0</v>
       </c>
       <c r="I456" s="2">
         <v>0.0</v>
       </c>
       <c r="J456" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457" s="2">
         <v>456</v>
       </c>
       <c r="B457" s="2" t="s">
         <v>465</v>
       </c>
       <c r="C457" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D457" s="2"/>
-      <c r="E457" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E457" s="2"/>
       <c r="F457" s="2">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="G457" s="2">
-        <v>42.0</v>
+        <v>104.0</v>
       </c>
       <c r="H457" s="2">
-        <v>257.0</v>
+        <v>94.0</v>
       </c>
       <c r="I457" s="2">
         <v>0.0</v>
       </c>
       <c r="J457" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="A458" s="2">
         <v>457</v>
       </c>
       <c r="B458" s="2" t="s">
         <v>466</v>
       </c>
       <c r="C458" s="2">
         <v>4</v>
       </c>
       <c r="D458" s="2"/>
       <c r="E458" s="2"/>
       <c r="F458" s="2">
         <v>149</v>
       </c>
       <c r="G458" s="2">
         <v>42.0</v>
       </c>
       <c r="H458" s="2">
-        <v>257.0</v>
+        <v>256.0</v>
       </c>
       <c r="I458" s="2">
         <v>0.0</v>
       </c>
       <c r="J458" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="A459" s="2">
         <v>458</v>
       </c>
       <c r="B459" s="2" t="s">
         <v>467</v>
       </c>
       <c r="C459" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D459" s="2"/>
-      <c r="E459" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E459" s="2"/>
       <c r="F459" s="2">
         <v>149</v>
       </c>
       <c r="G459" s="2">
-        <v>81.0</v>
+        <v>60.0</v>
       </c>
       <c r="H459" s="2">
-        <v>617.0</v>
+        <v>211.0</v>
       </c>
       <c r="I459" s="2">
         <v>0.0</v>
       </c>
       <c r="J459" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="A460" s="2">
         <v>459</v>
       </c>
       <c r="B460" s="2" t="s">
         <v>468</v>
       </c>
       <c r="C460" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D460" s="2"/>
-      <c r="E460" s="2"/>
+      <c r="E460" s="2">
+        <v>13</v>
+      </c>
       <c r="F460" s="2">
         <v>149</v>
       </c>
       <c r="G460" s="2">
-        <v>60.0</v>
+        <v>68.0</v>
       </c>
       <c r="H460" s="2">
-        <v>211.0</v>
+        <v>397.0</v>
       </c>
       <c r="I460" s="2">
         <v>0.0</v>
       </c>
       <c r="J460" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="A461" s="2">
         <v>460</v>
       </c>
       <c r="B461" s="2" t="s">
         <v>469</v>
       </c>
       <c r="C461" s="2">
         <v>2</v>
       </c>
       <c r="D461" s="2">
         <v>6</v>
       </c>
       <c r="E461" s="2">
         <v>17</v>
       </c>
       <c r="F461" s="2">
         <v>148</v>
       </c>
       <c r="G461" s="2">
         <v>59.0</v>
       </c>
       <c r="H461" s="2">
-        <v>428.0</v>
+        <v>429.0</v>
       </c>
       <c r="I461" s="2">
         <v>12.0</v>
       </c>
       <c r="J461" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="A462" s="2">
         <v>461</v>
       </c>
       <c r="B462" s="2" t="s">
         <v>470</v>
       </c>
       <c r="C462" s="2">
         <v>1</v>
       </c>
       <c r="D462" s="2"/>
       <c r="E462" s="2">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="F462" s="2">
         <v>148</v>
       </c>
       <c r="G462" s="2">
-        <v>68.0</v>
+        <v>81.0</v>
       </c>
       <c r="H462" s="2">
-        <v>396.0</v>
+        <v>614.0</v>
       </c>
       <c r="I462" s="2">
         <v>0.0</v>
       </c>
       <c r="J462" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="A463" s="2">
         <v>462</v>
       </c>
       <c r="B463" s="2" t="s">
         <v>471</v>
       </c>
       <c r="C463" s="2">
         <v>4</v>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2"/>
       <c r="F463" s="2">
         <v>147</v>
       </c>
       <c r="G463" s="2">
-        <v>87.0</v>
+        <v>86.0</v>
       </c>
       <c r="H463" s="2">
-        <v>288.0</v>
+        <v>286.0</v>
       </c>
       <c r="I463" s="2">
         <v>0.0</v>
       </c>
       <c r="J463" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="A464" s="2">
         <v>463</v>
       </c>
       <c r="B464" s="2" t="s">
         <v>472</v>
       </c>
       <c r="C464" s="2">
         <v>1</v>
       </c>
       <c r="D464" s="2"/>
       <c r="E464" s="2">
         <v>28</v>
       </c>
       <c r="F464" s="2">
         <v>147</v>
       </c>
       <c r="G464" s="2">
         <v>65.0</v>
       </c>
       <c r="H464" s="2">
-        <v>343.0</v>
+        <v>345.0</v>
       </c>
       <c r="I464" s="2">
         <v>0.0</v>
       </c>
       <c r="J464" s="2">
         <v>186.0</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="A465" s="2">
         <v>464</v>
       </c>
       <c r="B465" s="2" t="s">
         <v>473</v>
       </c>
       <c r="C465" s="2">
         <v>3</v>
       </c>
       <c r="D465" s="2"/>
       <c r="E465" s="2">
         <v>378</v>
       </c>
       <c r="F465" s="2">
         <v>146</v>
       </c>
       <c r="G465" s="2">
         <v>36.0</v>
       </c>
       <c r="H465" s="2">
-        <v>365.0</v>
+        <v>364.0</v>
       </c>
       <c r="I465" s="2">
         <v>0.0</v>
       </c>
       <c r="J465" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="A466" s="2">
         <v>465</v>
       </c>
       <c r="B466" s="2" t="s">
         <v>474</v>
       </c>
       <c r="C466" s="2">
         <v>8</v>
       </c>
       <c r="D466" s="2"/>
       <c r="E466" s="2"/>
       <c r="F466" s="2">
         <v>144</v>
       </c>
       <c r="G466" s="2">
         <v>59.0</v>
       </c>
       <c r="H466" s="2">
-        <v>184.0</v>
+        <v>183.0</v>
       </c>
       <c r="I466" s="2">
         <v>0.0</v>
       </c>
       <c r="J466" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="A467" s="2">
         <v>466</v>
       </c>
       <c r="B467" s="2" t="s">
         <v>475</v>
       </c>
       <c r="C467" s="2">
         <v>1</v>
       </c>
       <c r="D467" s="2"/>
       <c r="E467" s="2">
         <v>90</v>
       </c>
       <c r="F467" s="2">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G467" s="2">
         <v>70.0</v>
       </c>
       <c r="H467" s="2">
         <v>282.0</v>
       </c>
       <c r="I467" s="2">
         <v>0.0</v>
       </c>
       <c r="J467" s="2">
         <v>247.0</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="A468" s="2">
         <v>467</v>
       </c>
       <c r="B468" s="2" t="s">
         <v>476</v>
       </c>
       <c r="C468" s="2">
         <v>3</v>
       </c>
       <c r="D468" s="2"/>
       <c r="E468" s="2"/>
       <c r="F468" s="2">
         <v>142</v>
       </c>
       <c r="G468" s="2">
-        <v>77.0</v>
+        <v>78.0</v>
       </c>
       <c r="H468" s="2">
-        <v>166.0</v>
+        <v>165.0</v>
       </c>
       <c r="I468" s="2">
         <v>0.0</v>
       </c>
       <c r="J468" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="A469" s="2">
         <v>468</v>
       </c>
       <c r="B469" s="2" t="s">
         <v>477</v>
       </c>
       <c r="C469" s="2">
         <v>2</v>
       </c>
       <c r="D469" s="2"/>
       <c r="E469" s="2"/>
       <c r="F469" s="2">
         <v>140</v>
       </c>
       <c r="G469" s="2">
         <v>64.0</v>
       </c>
       <c r="H469" s="2">
-        <v>288.0</v>
+        <v>284.0</v>
       </c>
       <c r="I469" s="2">
         <v>0.0</v>
       </c>
       <c r="J469" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="A470" s="2">
         <v>469</v>
       </c>
       <c r="B470" s="2" t="s">
         <v>478</v>
       </c>
       <c r="C470" s="2">
         <v>1</v>
       </c>
       <c r="D470" s="2">
         <v>56</v>
       </c>
       <c r="E470" s="2">
         <v>58</v>
       </c>
       <c r="F470" s="2">
         <v>140</v>
       </c>
       <c r="G470" s="2">
         <v>44.0</v>
       </c>
       <c r="H470" s="2">
-        <v>217.0</v>
+        <v>216.0</v>
       </c>
       <c r="I470" s="2">
         <v>9.0</v>
       </c>
       <c r="J470" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="A471" s="2">
         <v>470</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>479</v>
       </c>
       <c r="C471" s="2">
         <v>1</v>
       </c>
       <c r="D471" s="2"/>
       <c r="E471" s="2"/>
       <c r="F471" s="2">
         <v>140</v>
       </c>
       <c r="G471" s="2">
         <v>37.0</v>
       </c>
       <c r="H471" s="2">
-        <v>405.0</v>
+        <v>406.0</v>
       </c>
       <c r="I471" s="2">
         <v>0.0</v>
       </c>
       <c r="J471" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="A472" s="2">
         <v>471</v>
       </c>
       <c r="B472" s="2" t="s">
         <v>480</v>
       </c>
       <c r="C472" s="2">
         <v>1</v>
       </c>
       <c r="D472" s="2"/>
       <c r="E472" s="2">
         <v>48</v>
       </c>
       <c r="F472" s="2">
         <v>138</v>
       </c>
       <c r="G472" s="2">
         <v>43.0</v>
       </c>
       <c r="H472" s="2">
-        <v>250.0</v>
+        <v>249.0</v>
       </c>
       <c r="I472" s="2">
         <v>0.0</v>
       </c>
       <c r="J472" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="A473" s="2">
         <v>472</v>
       </c>
       <c r="B473" s="2" t="s">
         <v>481</v>
       </c>
       <c r="C473" s="2">
         <v>1</v>
       </c>
       <c r="D473" s="2"/>
       <c r="E473" s="2">
         <v>504</v>
       </c>
       <c r="F473" s="2">
         <v>137</v>
       </c>
       <c r="G473" s="2">
         <v>99.0</v>
       </c>
       <c r="H473" s="2">
         <v>196.0</v>
       </c>
       <c r="I473" s="2">
         <v>0.0</v>
       </c>
       <c r="J473" s="2">
         <v>20.0</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="A474" s="2">
         <v>473</v>
       </c>
       <c r="B474" s="2" t="s">
         <v>482</v>
       </c>
       <c r="C474" s="2">
         <v>2</v>
       </c>
       <c r="D474" s="2"/>
-      <c r="E474" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E474" s="2"/>
       <c r="F474" s="2">
         <v>136</v>
       </c>
       <c r="G474" s="2">
-        <v>36.0</v>
+        <v>44.0</v>
       </c>
       <c r="H474" s="2">
-        <v>412.0</v>
+        <v>157.0</v>
       </c>
       <c r="I474" s="2">
         <v>0.0</v>
       </c>
       <c r="J474" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="A475" s="2">
         <v>474</v>
       </c>
       <c r="B475" s="2" t="s">
         <v>483</v>
       </c>
       <c r="C475" s="2">
         <v>2</v>
       </c>
       <c r="D475" s="2"/>
-      <c r="E475" s="2"/>
+      <c r="E475" s="2">
+        <v>330</v>
+      </c>
       <c r="F475" s="2">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G475" s="2">
-        <v>44.0</v>
+        <v>36.0</v>
       </c>
       <c r="H475" s="2">
-        <v>155.0</v>
+        <v>410.0</v>
       </c>
       <c r="I475" s="2">
         <v>0.0</v>
       </c>
       <c r="J475" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="A476" s="2">
         <v>475</v>
       </c>
       <c r="B476" s="2" t="s">
         <v>484</v>
       </c>
       <c r="C476" s="2">
         <v>4</v>
       </c>
       <c r="D476" s="2"/>
       <c r="E476" s="2">
         <v>770</v>
       </c>
       <c r="F476" s="2">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="G476" s="2">
         <v>42.0</v>
       </c>
       <c r="H476" s="2">
-        <v>202.0</v>
+        <v>200.0</v>
       </c>
       <c r="I476" s="2">
         <v>0.0</v>
       </c>
       <c r="J476" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="A477" s="2">
         <v>476</v>
       </c>
       <c r="B477" s="2" t="s">
         <v>485</v>
       </c>
       <c r="C477" s="2">
         <v>1</v>
       </c>
       <c r="D477" s="2"/>
       <c r="E477" s="2"/>
       <c r="F477" s="2">
         <v>132</v>
       </c>
       <c r="G477" s="2">
         <v>54.0</v>
       </c>
       <c r="H477" s="2">
-        <v>291.0</v>
+        <v>290.0</v>
       </c>
       <c r="I477" s="2">
         <v>0.0</v>
       </c>
       <c r="J477" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="A478" s="2">
         <v>477</v>
       </c>
       <c r="B478" s="2" t="s">
         <v>486</v>
       </c>
       <c r="C478" s="2">
         <v>5</v>
       </c>
       <c r="D478" s="2"/>
       <c r="E478" s="2">
         <v>352</v>
       </c>
       <c r="F478" s="2">
         <v>132</v>
       </c>
       <c r="G478" s="2">
-        <v>44.0</v>
+        <v>45.0</v>
       </c>
       <c r="H478" s="2">
         <v>178.0</v>
       </c>
       <c r="I478" s="2">
         <v>0.0</v>
       </c>
       <c r="J478" s="2">
         <v>3.0</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="A479" s="2">
         <v>478</v>
       </c>
       <c r="B479" s="2" t="s">
         <v>487</v>
       </c>
       <c r="C479" s="2">
         <v>1</v>
       </c>
       <c r="D479" s="2"/>
       <c r="E479" s="2"/>
       <c r="F479" s="2">
         <v>132</v>
       </c>
       <c r="G479" s="2">
         <v>40.0</v>
       </c>
       <c r="H479" s="2">
-        <v>192.0</v>
+        <v>193.0</v>
       </c>
       <c r="I479" s="2">
         <v>0.0</v>
       </c>
       <c r="J479" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="A480" s="2">
         <v>479</v>
       </c>
       <c r="B480" s="2" t="s">
         <v>488</v>
       </c>
       <c r="C480" s="2">
         <v>1</v>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2">
         <v>245</v>
       </c>
       <c r="F480" s="2">
         <v>129</v>
       </c>
       <c r="G480" s="2">
         <v>64.0</v>
       </c>
       <c r="H480" s="2">
-        <v>292.0</v>
+        <v>295.0</v>
       </c>
       <c r="I480" s="2">
         <v>0.0</v>
       </c>
       <c r="J480" s="2">
         <v>15.0</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="A481" s="2">
         <v>480</v>
       </c>
       <c r="B481" s="2" t="s">
         <v>489</v>
       </c>
       <c r="C481" s="2">
         <v>1</v>
       </c>
       <c r="D481" s="2"/>
       <c r="E481" s="2">
         <v>245</v>
       </c>
       <c r="F481" s="2">
         <v>129</v>
       </c>
       <c r="G481" s="2">
         <v>64.0</v>
       </c>
       <c r="H481" s="2">
-        <v>292.0</v>
+        <v>295.0</v>
       </c>
       <c r="I481" s="2">
         <v>0.0</v>
       </c>
       <c r="J481" s="2">
         <v>15.0</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="A482" s="2">
         <v>481</v>
       </c>
       <c r="B482" s="2" t="s">
         <v>490</v>
       </c>
       <c r="C482" s="2">
         <v>1</v>
       </c>
       <c r="D482" s="2"/>
       <c r="E482" s="2">
-        <v>245</v>
+        <v>113</v>
       </c>
       <c r="F482" s="2">
         <v>129</v>
       </c>
       <c r="G482" s="2">
-        <v>64.0</v>
+        <v>112.0</v>
       </c>
       <c r="H482" s="2">
-        <v>292.0</v>
+        <v>159.0</v>
       </c>
       <c r="I482" s="2">
         <v>0.0</v>
       </c>
       <c r="J482" s="2">
-        <v>15.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="A483" s="2">
         <v>482</v>
       </c>
       <c r="B483" s="2" t="s">
         <v>491</v>
       </c>
       <c r="C483" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D483" s="2"/>
       <c r="E483" s="2">
-        <v>101</v>
+        <v>245</v>
       </c>
       <c r="F483" s="2">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G483" s="2">
-        <v>65.0</v>
+        <v>64.0</v>
       </c>
       <c r="H483" s="2">
-        <v>118.0</v>
+        <v>295.0</v>
       </c>
       <c r="I483" s="2">
         <v>0.0</v>
       </c>
       <c r="J483" s="2">
-        <v>0.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="A484" s="2">
         <v>483</v>
       </c>
       <c r="B484" s="2" t="s">
         <v>492</v>
       </c>
       <c r="C484" s="2">
         <v>1</v>
       </c>
       <c r="D484" s="2"/>
       <c r="E484" s="2">
-        <v>113</v>
+        <v>24</v>
       </c>
       <c r="F484" s="2">
         <v>128</v>
       </c>
       <c r="G484" s="2">
-        <v>111.0</v>
+        <v>53.0</v>
       </c>
       <c r="H484" s="2">
-        <v>159.0</v>
+        <v>227.0</v>
       </c>
       <c r="I484" s="2">
         <v>0.0</v>
       </c>
       <c r="J484" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="A485" s="2">
         <v>484</v>
       </c>
       <c r="B485" s="2" t="s">
         <v>493</v>
       </c>
       <c r="C485" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D485" s="2"/>
       <c r="E485" s="2">
-        <v>24</v>
+        <v>101</v>
       </c>
       <c r="F485" s="2">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="G485" s="2">
-        <v>53.0</v>
+        <v>65.0</v>
       </c>
       <c r="H485" s="2">
-        <v>228.0</v>
+        <v>116.0</v>
       </c>
       <c r="I485" s="2">
         <v>0.0</v>
       </c>
       <c r="J485" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="A486" s="2">
         <v>485</v>
       </c>
       <c r="B486" s="2" t="s">
         <v>494</v>
       </c>
       <c r="C486" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D486" s="2"/>
-      <c r="E486" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E486" s="2"/>
       <c r="F486" s="2">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="G486" s="2">
-        <v>40.0</v>
+        <v>45.0</v>
       </c>
       <c r="H486" s="2">
-        <v>349.0</v>
+        <v>325.0</v>
       </c>
       <c r="I486" s="2">
         <v>0.0</v>
       </c>
       <c r="J486" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="A487" s="2">
         <v>486</v>
       </c>
       <c r="B487" s="2" t="s">
         <v>495</v>
       </c>
       <c r="C487" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D487" s="2"/>
-      <c r="E487" s="2"/>
+      <c r="E487" s="2">
+        <v>54</v>
+      </c>
       <c r="F487" s="2">
         <v>127</v>
       </c>
       <c r="G487" s="2">
-        <v>45.0</v>
+        <v>25.0</v>
       </c>
       <c r="H487" s="2">
-        <v>323.0</v>
+        <v>378.0</v>
       </c>
       <c r="I487" s="2">
         <v>0.0</v>
       </c>
       <c r="J487" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="A488" s="2">
         <v>487</v>
       </c>
       <c r="B488" s="2" t="s">
         <v>496</v>
       </c>
       <c r="C488" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D488" s="2"/>
       <c r="E488" s="2">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="F488" s="2">
         <v>127</v>
       </c>
       <c r="G488" s="2">
-        <v>25.0</v>
+        <v>40.0</v>
       </c>
       <c r="H488" s="2">
-        <v>378.0</v>
+        <v>349.0</v>
       </c>
       <c r="I488" s="2">
         <v>0.0</v>
       </c>
       <c r="J488" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="A489" s="2">
         <v>488</v>
       </c>
       <c r="B489" s="2" t="s">
         <v>497</v>
       </c>
       <c r="C489" s="2">
         <v>2</v>
       </c>
       <c r="D489" s="2"/>
       <c r="E489" s="2">
         <v>42</v>
       </c>
       <c r="F489" s="2">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G489" s="2">
-        <v>40.0</v>
+        <v>39.0</v>
       </c>
       <c r="H489" s="2">
-        <v>246.0</v>
+        <v>245.0</v>
       </c>
       <c r="I489" s="2">
         <v>0.0</v>
       </c>
       <c r="J489" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="A490" s="2">
         <v>489</v>
       </c>
       <c r="B490" s="2" t="s">
         <v>498</v>
       </c>
       <c r="C490" s="2">
         <v>4</v>
       </c>
       <c r="D490" s="2">
         <v>29</v>
       </c>
       <c r="E490" s="2">
         <v>142</v>
       </c>
       <c r="F490" s="2">
         <v>123</v>
       </c>
       <c r="G490" s="2">
         <v>76.0</v>
       </c>
       <c r="H490" s="2">
-        <v>177.0</v>
+        <v>176.0</v>
       </c>
       <c r="I490" s="2">
         <v>7.0</v>
       </c>
       <c r="J490" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="A491" s="2">
         <v>490</v>
       </c>
       <c r="B491" s="2" t="s">
         <v>499</v>
       </c>
       <c r="C491" s="2">
         <v>1</v>
       </c>
       <c r="D491" s="2"/>
       <c r="E491" s="2">
         <v>34</v>
       </c>
       <c r="F491" s="2">
         <v>123</v>
       </c>
       <c r="G491" s="2">
         <v>65.0</v>
       </c>
       <c r="H491" s="2">
-        <v>155.0</v>
+        <v>154.0</v>
       </c>
       <c r="I491" s="2">
         <v>0.0</v>
       </c>
       <c r="J491" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="A492" s="2">
         <v>491</v>
       </c>
       <c r="B492" s="2" t="s">
         <v>500</v>
       </c>
       <c r="C492" s="2">
         <v>1</v>
       </c>
       <c r="D492" s="2"/>
       <c r="E492" s="2"/>
       <c r="F492" s="2">
         <v>122</v>
       </c>
       <c r="G492" s="2">
         <v>68.0</v>
       </c>
       <c r="H492" s="2">
-        <v>475.0</v>
+        <v>476.0</v>
       </c>
       <c r="I492" s="2">
         <v>0.0</v>
       </c>
       <c r="J492" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="A493" s="2">
         <v>492</v>
       </c>
       <c r="B493" s="2" t="s">
         <v>501</v>
       </c>
       <c r="C493" s="2">
         <v>1</v>
       </c>
       <c r="D493" s="2"/>
       <c r="E493" s="2"/>
       <c r="F493" s="2">
         <v>121</v>
       </c>
       <c r="G493" s="2">
         <v>84.0</v>
       </c>
       <c r="H493" s="2">
         <v>74.0</v>
       </c>
       <c r="I493" s="2">
         <v>0.0</v>
       </c>
       <c r="J493" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="A494" s="2">
         <v>493</v>
       </c>
       <c r="B494" s="2" t="s">
         <v>502</v>
       </c>
       <c r="C494" s="2">
         <v>1</v>
       </c>
       <c r="D494" s="2"/>
       <c r="E494" s="2"/>
       <c r="F494" s="2">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G494" s="2">
-        <v>38.0</v>
+        <v>37.0</v>
       </c>
       <c r="H494" s="2">
-        <v>372.0</v>
+        <v>374.0</v>
       </c>
       <c r="I494" s="2">
         <v>0.0</v>
       </c>
       <c r="J494" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="A495" s="2">
         <v>494</v>
       </c>
       <c r="B495" s="2" t="s">
         <v>503</v>
       </c>
       <c r="C495" s="2">
         <v>2</v>
       </c>
       <c r="D495" s="2"/>
       <c r="E495" s="2">
         <v>148</v>
       </c>
       <c r="F495" s="2">
         <v>119</v>
       </c>
       <c r="G495" s="2">
-        <v>67.0</v>
+        <v>66.0</v>
       </c>
       <c r="H495" s="2">
         <v>116.0</v>
       </c>
       <c r="I495" s="2">
         <v>0.0</v>
       </c>
       <c r="J495" s="2">
         <v>5.0</v>
       </c>
     </row>
     <row r="496" spans="1:10">
       <c r="A496" s="2">
         <v>495</v>
       </c>
       <c r="B496" s="2" t="s">
         <v>504</v>
       </c>
       <c r="C496" s="2">
         <v>1</v>
       </c>
       <c r="D496" s="2"/>
       <c r="E496" s="2">
         <v>280</v>
       </c>
@@ -17346,51 +17346,51 @@
       <c r="J496" s="2">
         <v>147.0</v>
       </c>
     </row>
     <row r="497" spans="1:10">
       <c r="A497" s="2">
         <v>496</v>
       </c>
       <c r="B497" s="2" t="s">
         <v>505</v>
       </c>
       <c r="C497" s="2">
         <v>5</v>
       </c>
       <c r="D497" s="2"/>
       <c r="E497" s="2">
         <v>40</v>
       </c>
       <c r="F497" s="2">
         <v>116</v>
       </c>
       <c r="G497" s="2">
         <v>49.0</v>
       </c>
       <c r="H497" s="2">
-        <v>130.0</v>
+        <v>129.0</v>
       </c>
       <c r="I497" s="2">
         <v>0.0</v>
       </c>
       <c r="J497" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="498" spans="1:10">
       <c r="A498" s="2">
         <v>497</v>
       </c>
       <c r="B498" s="2" t="s">
         <v>506</v>
       </c>
       <c r="C498" s="2">
         <v>6</v>
       </c>
       <c r="D498" s="2"/>
       <c r="E498" s="2">
         <v>560</v>
       </c>
       <c r="F498" s="2">
         <v>112</v>
       </c>
@@ -17400,238 +17400,238 @@
       <c r="H498" s="2">
         <v>154.0</v>
       </c>
       <c r="I498" s="2">
         <v>0.0</v>
       </c>
       <c r="J498" s="2">
         <v>20.0</v>
       </c>
     </row>
     <row r="499" spans="1:10">
       <c r="A499" s="2">
         <v>498</v>
       </c>
       <c r="B499" s="2" t="s">
         <v>507</v>
       </c>
       <c r="C499" s="2">
         <v>6</v>
       </c>
       <c r="D499" s="2"/>
       <c r="E499" s="2">
         <v>226</v>
       </c>
       <c r="F499" s="2">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G499" s="2">
-        <v>44.0</v>
+        <v>45.0</v>
       </c>
       <c r="H499" s="2">
-        <v>167.0</v>
+        <v>166.0</v>
       </c>
       <c r="I499" s="2">
         <v>0.0</v>
       </c>
       <c r="J499" s="2">
         <v>202.0</v>
       </c>
     </row>
     <row r="500" spans="1:10">
       <c r="A500" s="2">
         <v>499</v>
       </c>
       <c r="B500" s="2" t="s">
         <v>508</v>
       </c>
       <c r="C500" s="2">
         <v>1</v>
       </c>
       <c r="D500" s="2"/>
       <c r="E500" s="2">
         <v>33</v>
       </c>
       <c r="F500" s="2">
         <v>108</v>
       </c>
       <c r="G500" s="2">
         <v>41.0</v>
       </c>
       <c r="H500" s="2">
-        <v>274.0</v>
+        <v>273.0</v>
       </c>
       <c r="I500" s="2">
         <v>0.0</v>
       </c>
       <c r="J500" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="501" spans="1:10">
       <c r="A501" s="2">
         <v>500</v>
       </c>
       <c r="B501" s="2" t="s">
         <v>509</v>
       </c>
       <c r="C501" s="2">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="D501" s="2"/>
+        <v>3</v>
+      </c>
+      <c r="D501" s="2">
+        <v>14</v>
+      </c>
       <c r="E501" s="2">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="F501" s="2">
         <v>107</v>
       </c>
       <c r="G501" s="2">
-        <v>40.0</v>
+        <v>38.0</v>
       </c>
       <c r="H501" s="2">
-        <v>156.0</v>
+        <v>127.0</v>
       </c>
       <c r="I501" s="2">
         <v>0.0</v>
       </c>
       <c r="J501" s="2">
-        <v>13.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="502" spans="1:10">
       <c r="A502" s="2">
         <v>501</v>
       </c>
       <c r="B502" s="2" t="s">
         <v>510</v>
       </c>
       <c r="C502" s="2">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D502" s="2"/>
       <c r="E502" s="2">
-        <v>33</v>
+        <v>123</v>
       </c>
       <c r="F502" s="2">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="G502" s="2">
-        <v>38.0</v>
+        <v>79.0</v>
       </c>
       <c r="H502" s="2">
-        <v>127.0</v>
+        <v>80.0</v>
       </c>
       <c r="I502" s="2">
         <v>0.0</v>
       </c>
       <c r="J502" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="503" spans="1:10">
       <c r="A503" s="2">
         <v>502</v>
       </c>
       <c r="B503" s="2" t="s">
         <v>511</v>
       </c>
       <c r="C503" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D503" s="2"/>
       <c r="E503" s="2">
-        <v>123</v>
+        <v>10</v>
       </c>
       <c r="F503" s="2">
         <v>105</v>
       </c>
       <c r="G503" s="2">
-        <v>79.0</v>
+        <v>40.0</v>
       </c>
       <c r="H503" s="2">
-        <v>79.0</v>
+        <v>156.0</v>
       </c>
       <c r="I503" s="2">
         <v>0.0</v>
       </c>
       <c r="J503" s="2">
-        <v>0.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="A504" s="2">
         <v>503</v>
       </c>
       <c r="B504" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C504" s="2">
         <v>2</v>
       </c>
       <c r="D504" s="2"/>
       <c r="E504" s="2">
         <v>102</v>
       </c>
       <c r="F504" s="2">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G504" s="2">
         <v>28.0</v>
       </c>
       <c r="H504" s="2">
-        <v>193.0</v>
+        <v>191.0</v>
       </c>
       <c r="I504" s="2">
         <v>0.0</v>
       </c>
       <c r="J504" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="A505" s="2">
         <v>504</v>
       </c>
       <c r="B505" s="2" t="s">
         <v>513</v>
       </c>
       <c r="C505" s="2">
         <v>1</v>
       </c>
       <c r="D505" s="2">
         <v>14</v>
       </c>
       <c r="E505" s="2">
         <v>20</v>
       </c>
       <c r="F505" s="2">
         <v>101</v>
       </c>
       <c r="G505" s="2">
-        <v>53.0</v>
+        <v>54.0</v>
       </c>
       <c r="H505" s="2">
         <v>119.0</v>
       </c>
       <c r="I505" s="2">
         <v>86.0</v>
       </c>
       <c r="J505" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="A506" s="2">
         <v>505</v>
       </c>
       <c r="B506" s="2" t="s">
         <v>514</v>
       </c>
       <c r="C506" s="2">
         <v>3</v>
       </c>
       <c r="D506" s="2">
         <v>8</v>
       </c>
       <c r="E506" s="2">
@@ -17650,81 +17650,81 @@
         <v>0.0</v>
       </c>
       <c r="J506" s="2">
         <v>492.0</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="A507" s="2">
         <v>506</v>
       </c>
       <c r="B507" s="2" t="s">
         <v>515</v>
       </c>
       <c r="C507" s="2">
         <v>2</v>
       </c>
       <c r="D507" s="2"/>
       <c r="E507" s="2"/>
       <c r="F507" s="2">
         <v>99</v>
       </c>
       <c r="G507" s="2">
         <v>34.0</v>
       </c>
       <c r="H507" s="2">
-        <v>100.0</v>
+        <v>99.0</v>
       </c>
       <c r="I507" s="2">
         <v>0.0</v>
       </c>
       <c r="J507" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="A508" s="2">
         <v>507</v>
       </c>
       <c r="B508" s="2" t="s">
         <v>516</v>
       </c>
       <c r="C508" s="2">
         <v>3</v>
       </c>
       <c r="D508" s="2"/>
       <c r="E508" s="2">
         <v>136</v>
       </c>
       <c r="F508" s="2">
         <v>99</v>
       </c>
       <c r="G508" s="2">
-        <v>44.0</v>
+        <v>45.0</v>
       </c>
       <c r="H508" s="2">
-        <v>139.0</v>
+        <v>140.0</v>
       </c>
       <c r="I508" s="2">
         <v>0.0</v>
       </c>
       <c r="J508" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="509" spans="1:10">
       <c r="A509" s="2">
         <v>508</v>
       </c>
       <c r="B509" s="2" t="s">
         <v>517</v>
       </c>
       <c r="C509" s="2">
         <v>1</v>
       </c>
       <c r="D509" s="2"/>
       <c r="E509" s="2"/>
       <c r="F509" s="2">
         <v>99</v>
       </c>
       <c r="G509" s="2">
         <v>46.0</v>
@@ -17844,89 +17844,89 @@
       </c>
       <c r="G513" s="2">
         <v>23.0</v>
       </c>
       <c r="H513" s="2">
         <v>188.0</v>
       </c>
       <c r="I513" s="2">
         <v>0.0</v>
       </c>
       <c r="J513" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="514" spans="1:10">
       <c r="A514" s="2">
         <v>513</v>
       </c>
       <c r="B514" s="2" t="s">
         <v>522</v>
       </c>
       <c r="C514" s="2">
         <v>1</v>
       </c>
       <c r="D514" s="2"/>
-      <c r="E514" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E514" s="2"/>
       <c r="F514" s="2">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="G514" s="2">
-        <v>21.0</v>
+        <v>56.0</v>
       </c>
       <c r="H514" s="2">
-        <v>196.0</v>
+        <v>57.0</v>
       </c>
       <c r="I514" s="2">
         <v>0.0</v>
       </c>
       <c r="J514" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="515" spans="1:10">
       <c r="A515" s="2">
         <v>514</v>
       </c>
       <c r="B515" s="2" t="s">
         <v>523</v>
       </c>
       <c r="C515" s="2">
         <v>1</v>
       </c>
       <c r="D515" s="2"/>
-      <c r="E515" s="2"/>
+      <c r="E515" s="2">
+        <v>45</v>
+      </c>
       <c r="F515" s="2">
         <v>93</v>
       </c>
       <c r="G515" s="2">
-        <v>56.0</v>
+        <v>21.0</v>
       </c>
       <c r="H515" s="2">
-        <v>57.0</v>
+        <v>196.0</v>
       </c>
       <c r="I515" s="2">
         <v>0.0</v>
       </c>
       <c r="J515" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="516" spans="1:10">
       <c r="A516" s="2">
         <v>515</v>
       </c>
       <c r="B516" s="2" t="s">
         <v>524</v>
       </c>
       <c r="C516" s="2">
         <v>2</v>
       </c>
       <c r="D516" s="2"/>
       <c r="E516" s="2"/>
       <c r="F516" s="2">
         <v>93</v>
       </c>
       <c r="G516" s="2">
         <v>75.0</v>
@@ -17934,327 +17934,327 @@
       <c r="H516" s="2">
         <v>268.0</v>
       </c>
       <c r="I516" s="2">
         <v>0.0</v>
       </c>
       <c r="J516" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="517" spans="1:10">
       <c r="A517" s="2">
         <v>516</v>
       </c>
       <c r="B517" s="2" t="s">
         <v>525</v>
       </c>
       <c r="C517" s="2">
         <v>1</v>
       </c>
       <c r="D517" s="2"/>
       <c r="E517" s="2">
         <v>731</v>
       </c>
       <c r="F517" s="2">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G517" s="2">
         <v>32.0</v>
       </c>
       <c r="H517" s="2">
-        <v>137.0</v>
+        <v>136.0</v>
       </c>
       <c r="I517" s="2">
         <v>0.0</v>
       </c>
       <c r="J517" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="518" spans="1:10">
       <c r="A518" s="2">
         <v>517</v>
       </c>
       <c r="B518" s="2" t="s">
         <v>526</v>
       </c>
       <c r="C518" s="2">
         <v>1</v>
       </c>
       <c r="D518" s="2"/>
       <c r="E518" s="2">
         <v>6</v>
       </c>
       <c r="F518" s="2">
         <v>91</v>
       </c>
       <c r="G518" s="2">
         <v>50.0</v>
       </c>
       <c r="H518" s="2">
-        <v>231.0</v>
+        <v>232.0</v>
       </c>
       <c r="I518" s="2">
         <v>0.0</v>
       </c>
       <c r="J518" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="519" spans="1:10">
       <c r="A519" s="2">
         <v>518</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>527</v>
       </c>
       <c r="C519" s="2">
         <v>2</v>
       </c>
       <c r="D519" s="2"/>
       <c r="E519" s="2">
         <v>398</v>
       </c>
       <c r="F519" s="2">
         <v>91</v>
       </c>
       <c r="G519" s="2">
         <v>49.0</v>
       </c>
       <c r="H519" s="2">
         <v>239.0</v>
       </c>
       <c r="I519" s="2">
         <v>0.0</v>
       </c>
       <c r="J519" s="2">
-        <v>39.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="520" spans="1:10">
       <c r="A520" s="2">
         <v>519</v>
       </c>
       <c r="B520" s="2" t="s">
         <v>528</v>
       </c>
       <c r="C520" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D520" s="2"/>
       <c r="E520" s="2">
-        <v>478</v>
+        <v>58</v>
       </c>
       <c r="F520" s="2">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G520" s="2">
-        <v>26.0</v>
+        <v>24.0</v>
       </c>
       <c r="H520" s="2">
-        <v>79.0</v>
+        <v>123.0</v>
       </c>
       <c r="I520" s="2">
         <v>0.0</v>
       </c>
       <c r="J520" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="521" spans="1:10">
       <c r="A521" s="2">
         <v>520</v>
       </c>
       <c r="B521" s="2" t="s">
         <v>529</v>
       </c>
       <c r="C521" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D521" s="2"/>
       <c r="E521" s="2">
-        <v>58</v>
+        <v>478</v>
       </c>
       <c r="F521" s="2">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G521" s="2">
-        <v>24.0</v>
+        <v>26.0</v>
       </c>
       <c r="H521" s="2">
-        <v>122.0</v>
+        <v>75.0</v>
       </c>
       <c r="I521" s="2">
         <v>0.0</v>
       </c>
       <c r="J521" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="522" spans="1:10">
       <c r="A522" s="2">
         <v>521</v>
       </c>
       <c r="B522" s="2" t="s">
         <v>530</v>
       </c>
       <c r="C522" s="2">
         <v>1</v>
       </c>
-      <c r="D522" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D522" s="2"/>
       <c r="E522" s="2">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F522" s="2">
         <v>88</v>
       </c>
       <c r="G522" s="2">
-        <v>45.0</v>
+        <v>49.0</v>
       </c>
       <c r="H522" s="2">
-        <v>69.0</v>
+        <v>265.0</v>
       </c>
       <c r="I522" s="2">
-        <v>38.0</v>
+        <v>0.0</v>
       </c>
       <c r="J522" s="2">
-        <v>41.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="523" spans="1:10">
       <c r="A523" s="2">
         <v>522</v>
       </c>
       <c r="B523" s="2" t="s">
         <v>531</v>
       </c>
       <c r="C523" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D523" s="2"/>
       <c r="E523" s="2">
-        <v>32</v>
+        <v>264</v>
       </c>
       <c r="F523" s="2">
         <v>88</v>
       </c>
       <c r="G523" s="2">
-        <v>49.0</v>
+        <v>56.0</v>
       </c>
       <c r="H523" s="2">
-        <v>265.0</v>
+        <v>161.0</v>
       </c>
       <c r="I523" s="2">
         <v>0.0</v>
       </c>
       <c r="J523" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="524" spans="1:10">
       <c r="A524" s="2">
         <v>523</v>
       </c>
       <c r="B524" s="2" t="s">
         <v>532</v>
       </c>
       <c r="C524" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D524" s="2"/>
-      <c r="E524" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E524" s="2"/>
       <c r="F524" s="2">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G524" s="2">
-        <v>56.0</v>
+        <v>17.0</v>
       </c>
       <c r="H524" s="2">
-        <v>161.0</v>
+        <v>180.0</v>
       </c>
       <c r="I524" s="2">
         <v>0.0</v>
       </c>
       <c r="J524" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="525" spans="1:10">
       <c r="A525" s="2">
         <v>524</v>
       </c>
       <c r="B525" s="2" t="s">
         <v>533</v>
       </c>
       <c r="C525" s="2">
         <v>1</v>
       </c>
-      <c r="D525" s="2"/>
-      <c r="E525" s="2"/>
+      <c r="D525" s="2">
+        <v>2</v>
+      </c>
+      <c r="E525" s="2">
+        <v>35</v>
+      </c>
       <c r="F525" s="2">
         <v>87</v>
       </c>
       <c r="G525" s="2">
-        <v>17.0</v>
+        <v>44.0</v>
       </c>
       <c r="H525" s="2">
-        <v>180.0</v>
+        <v>68.0</v>
       </c>
       <c r="I525" s="2">
-        <v>0.0</v>
+        <v>42.0</v>
       </c>
       <c r="J525" s="2">
-        <v>0.0</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="526" spans="1:10">
       <c r="A526" s="2">
         <v>525</v>
       </c>
       <c r="B526" s="2" t="s">
         <v>534</v>
       </c>
       <c r="C526" s="2">
         <v>1</v>
       </c>
       <c r="D526" s="2"/>
       <c r="E526" s="2">
         <v>218</v>
       </c>
       <c r="F526" s="2">
         <v>87</v>
       </c>
       <c r="G526" s="2">
         <v>14.0</v>
       </c>
       <c r="H526" s="2">
-        <v>154.0</v>
+        <v>155.0</v>
       </c>
       <c r="I526" s="2">
         <v>0.0</v>
       </c>
       <c r="J526" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="527" spans="1:10">
       <c r="A527" s="2">
         <v>526</v>
       </c>
       <c r="B527" s="2" t="s">
         <v>535</v>
       </c>
       <c r="C527" s="2">
         <v>2</v>
       </c>
       <c r="D527" s="2"/>
       <c r="E527" s="2">
         <v>431</v>
       </c>
       <c r="F527" s="2">
         <v>86</v>
       </c>
@@ -18268,173 +18268,173 @@
         <v>0.0</v>
       </c>
       <c r="J527" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="528" spans="1:10">
       <c r="A528" s="2">
         <v>527</v>
       </c>
       <c r="B528" s="2" t="s">
         <v>536</v>
       </c>
       <c r="C528" s="2">
         <v>1</v>
       </c>
       <c r="D528" s="2"/>
       <c r="E528" s="2"/>
       <c r="F528" s="2">
         <v>84</v>
       </c>
       <c r="G528" s="2">
         <v>28.0</v>
       </c>
       <c r="H528" s="2">
-        <v>76.0</v>
+        <v>77.0</v>
       </c>
       <c r="I528" s="2">
         <v>0.0</v>
       </c>
       <c r="J528" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="529" spans="1:10">
       <c r="A529" s="2">
         <v>528</v>
       </c>
       <c r="B529" s="2" t="s">
         <v>537</v>
       </c>
       <c r="C529" s="2">
         <v>1</v>
       </c>
       <c r="D529" s="2"/>
       <c r="E529" s="2"/>
       <c r="F529" s="2">
         <v>84</v>
       </c>
       <c r="G529" s="2">
         <v>28.0</v>
       </c>
       <c r="H529" s="2">
-        <v>76.0</v>
+        <v>77.0</v>
       </c>
       <c r="I529" s="2">
         <v>0.0</v>
       </c>
       <c r="J529" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="530" spans="1:10">
       <c r="A530" s="2">
         <v>529</v>
       </c>
       <c r="B530" s="2" t="s">
         <v>538</v>
       </c>
       <c r="C530" s="2">
         <v>1</v>
       </c>
       <c r="D530" s="2"/>
       <c r="E530" s="2"/>
       <c r="F530" s="2">
         <v>83</v>
       </c>
       <c r="G530" s="2">
         <v>22.0</v>
       </c>
       <c r="H530" s="2">
         <v>124.0</v>
       </c>
       <c r="I530" s="2">
         <v>0.0</v>
       </c>
       <c r="J530" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="531" spans="1:10">
       <c r="A531" s="2">
         <v>530</v>
       </c>
       <c r="B531" s="2" t="s">
         <v>539</v>
       </c>
       <c r="C531" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D531" s="2"/>
       <c r="E531" s="2">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="F531" s="2">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G531" s="2">
-        <v>47.0</v>
+        <v>18.0</v>
       </c>
       <c r="H531" s="2">
-        <v>274.0</v>
+        <v>119.0</v>
       </c>
       <c r="I531" s="2">
         <v>0.0</v>
       </c>
       <c r="J531" s="2">
-        <v>329.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="532" spans="1:10">
       <c r="A532" s="2">
         <v>531</v>
       </c>
       <c r="B532" s="2" t="s">
         <v>540</v>
       </c>
       <c r="C532" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D532" s="2"/>
       <c r="E532" s="2">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F532" s="2">
         <v>82</v>
       </c>
       <c r="G532" s="2">
-        <v>18.0</v>
+        <v>46.0</v>
       </c>
       <c r="H532" s="2">
-        <v>119.0</v>
+        <v>276.0</v>
       </c>
       <c r="I532" s="2">
         <v>0.0</v>
       </c>
       <c r="J532" s="2">
-        <v>0.0</v>
+        <v>329.0</v>
       </c>
     </row>
     <row r="533" spans="1:10">
       <c r="A533" s="2">
         <v>532</v>
       </c>
       <c r="B533" s="2" t="s">
         <v>541</v>
       </c>
       <c r="C533" s="2">
         <v>2</v>
       </c>
       <c r="D533" s="2"/>
       <c r="E533" s="2">
         <v>118</v>
       </c>
       <c r="F533" s="2">
         <v>79</v>
       </c>
       <c r="G533" s="2">
         <v>36.0</v>
       </c>
       <c r="H533" s="2">
         <v>125.0</v>
       </c>
@@ -18444,51 +18444,51 @@
       <c r="J533" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="534" spans="1:10">
       <c r="A534" s="2">
         <v>533</v>
       </c>
       <c r="B534" s="2" t="s">
         <v>542</v>
       </c>
       <c r="C534" s="2">
         <v>3</v>
       </c>
       <c r="D534" s="2"/>
       <c r="E534" s="2">
         <v>4</v>
       </c>
       <c r="F534" s="2">
         <v>78</v>
       </c>
       <c r="G534" s="2">
         <v>33.0</v>
       </c>
       <c r="H534" s="2">
-        <v>147.0</v>
+        <v>149.0</v>
       </c>
       <c r="I534" s="2">
         <v>0.0</v>
       </c>
       <c r="J534" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="A535" s="2">
         <v>534</v>
       </c>
       <c r="B535" s="2" t="s">
         <v>543</v>
       </c>
       <c r="C535" s="2">
         <v>1</v>
       </c>
       <c r="D535" s="2"/>
       <c r="E535" s="2"/>
       <c r="F535" s="2">
         <v>78</v>
       </c>
       <c r="G535" s="2">
         <v>40.0</v>
@@ -18502,51 +18502,51 @@
       <c r="J535" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="A536" s="2">
         <v>535</v>
       </c>
       <c r="B536" s="2" t="s">
         <v>544</v>
       </c>
       <c r="C536" s="2">
         <v>1</v>
       </c>
       <c r="D536" s="2">
         <v>3</v>
       </c>
       <c r="E536" s="2"/>
       <c r="F536" s="2">
         <v>78</v>
       </c>
       <c r="G536" s="2">
         <v>15.0</v>
       </c>
       <c r="H536" s="2">
-        <v>82.0</v>
+        <v>83.0</v>
       </c>
       <c r="I536" s="2">
         <v>0.0</v>
       </c>
       <c r="J536" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="A537" s="2">
         <v>536</v>
       </c>
       <c r="B537" s="2" t="s">
         <v>545</v>
       </c>
       <c r="C537" s="2">
         <v>1</v>
       </c>
       <c r="D537" s="2"/>
       <c r="E537" s="2">
         <v>7</v>
       </c>
       <c r="F537" s="2">
         <v>77</v>
       </c>
@@ -18557,339 +18557,339 @@
         <v>95.0</v>
       </c>
       <c r="I537" s="2">
         <v>0.0</v>
       </c>
       <c r="J537" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="A538" s="2">
         <v>537</v>
       </c>
       <c r="B538" s="2" t="s">
         <v>546</v>
       </c>
       <c r="C538" s="2">
         <v>1</v>
       </c>
       <c r="D538" s="2"/>
       <c r="E538" s="2"/>
       <c r="F538" s="2">
         <v>74</v>
       </c>
       <c r="G538" s="2">
-        <v>19.0</v>
+        <v>15.0</v>
       </c>
       <c r="H538" s="2">
-        <v>120.0</v>
+        <v>92.0</v>
       </c>
       <c r="I538" s="2">
         <v>0.0</v>
       </c>
       <c r="J538" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="A539" s="2">
         <v>538</v>
       </c>
       <c r="B539" s="2" t="s">
         <v>547</v>
       </c>
       <c r="C539" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D539" s="2"/>
-      <c r="E539" s="2"/>
+      <c r="E539" s="2">
+        <v>224</v>
+      </c>
       <c r="F539" s="2">
         <v>74</v>
       </c>
       <c r="G539" s="2">
-        <v>15.0</v>
+        <v>40.0</v>
       </c>
       <c r="H539" s="2">
-        <v>92.0</v>
+        <v>52.0</v>
       </c>
       <c r="I539" s="2">
         <v>0.0</v>
       </c>
       <c r="J539" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="A540" s="2">
         <v>539</v>
       </c>
       <c r="B540" s="2" t="s">
         <v>548</v>
       </c>
       <c r="C540" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D540" s="2"/>
-      <c r="E540" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E540" s="2"/>
       <c r="F540" s="2">
         <v>74</v>
       </c>
       <c r="G540" s="2">
-        <v>40.0</v>
+        <v>22.0</v>
       </c>
       <c r="H540" s="2">
-        <v>53.0</v>
+        <v>89.0</v>
       </c>
       <c r="I540" s="2">
         <v>0.0</v>
       </c>
       <c r="J540" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="541" spans="1:10">
       <c r="A541" s="2">
         <v>540</v>
       </c>
       <c r="B541" s="2" t="s">
         <v>549</v>
       </c>
       <c r="C541" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D541" s="2"/>
-      <c r="E541" s="2"/>
+      <c r="E541" s="2">
+        <v>406</v>
+      </c>
       <c r="F541" s="2">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G541" s="2">
-        <v>22.0</v>
+        <v>24.0</v>
       </c>
       <c r="H541" s="2">
-        <v>89.0</v>
+        <v>67.0</v>
       </c>
       <c r="I541" s="2">
         <v>0.0</v>
       </c>
       <c r="J541" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="542" spans="1:10">
       <c r="A542" s="2">
         <v>541</v>
       </c>
       <c r="B542" s="2" t="s">
         <v>550</v>
       </c>
       <c r="C542" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D542" s="2"/>
-      <c r="E542" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E542" s="2"/>
       <c r="F542" s="2">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="G542" s="2">
-        <v>24.0</v>
+        <v>49.0</v>
       </c>
       <c r="H542" s="2">
-        <v>67.0</v>
+        <v>86.0</v>
       </c>
       <c r="I542" s="2">
         <v>0.0</v>
       </c>
       <c r="J542" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="543" spans="1:10">
       <c r="A543" s="2">
         <v>542</v>
       </c>
       <c r="B543" s="2" t="s">
         <v>551</v>
       </c>
       <c r="C543" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D543" s="2"/>
       <c r="E543" s="2"/>
       <c r="F543" s="2">
         <v>72</v>
       </c>
       <c r="G543" s="2">
-        <v>49.0</v>
+        <v>18.0</v>
       </c>
       <c r="H543" s="2">
-        <v>86.0</v>
+        <v>113.0</v>
       </c>
       <c r="I543" s="2">
         <v>0.0</v>
       </c>
       <c r="J543" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="544" spans="1:10">
       <c r="A544" s="2">
         <v>543</v>
       </c>
       <c r="B544" s="2" t="s">
         <v>552</v>
       </c>
       <c r="C544" s="2">
         <v>1</v>
       </c>
       <c r="D544" s="2"/>
       <c r="E544" s="2"/>
       <c r="F544" s="2">
         <v>72</v>
       </c>
       <c r="G544" s="2">
         <v>20.0</v>
       </c>
       <c r="H544" s="2">
         <v>124.0</v>
       </c>
       <c r="I544" s="2">
         <v>0.0</v>
       </c>
       <c r="J544" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="545" spans="1:10">
       <c r="A545" s="2">
         <v>544</v>
       </c>
       <c r="B545" s="2" t="s">
         <v>553</v>
       </c>
       <c r="C545" s="2">
         <v>1</v>
       </c>
       <c r="D545" s="2"/>
       <c r="E545" s="2"/>
       <c r="F545" s="2">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G545" s="2">
         <v>42.0</v>
       </c>
       <c r="H545" s="2">
-        <v>30.0</v>
+        <v>31.0</v>
       </c>
       <c r="I545" s="2">
         <v>0.0</v>
       </c>
       <c r="J545" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="546" spans="1:10">
       <c r="A546" s="2">
         <v>545</v>
       </c>
       <c r="B546" s="2" t="s">
         <v>554</v>
       </c>
       <c r="C546" s="2">
         <v>1</v>
       </c>
       <c r="D546" s="2"/>
       <c r="E546" s="2"/>
       <c r="F546" s="2">
         <v>67</v>
       </c>
       <c r="G546" s="2">
         <v>16.0</v>
       </c>
       <c r="H546" s="2">
-        <v>63.0</v>
+        <v>64.0</v>
       </c>
       <c r="I546" s="2">
         <v>0.0</v>
       </c>
       <c r="J546" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="547" spans="1:10">
       <c r="A547" s="2">
         <v>546</v>
       </c>
       <c r="B547" s="2" t="s">
         <v>555</v>
       </c>
       <c r="C547" s="2">
         <v>2</v>
       </c>
       <c r="D547" s="2"/>
       <c r="E547" s="2">
         <v>79</v>
       </c>
       <c r="F547" s="2">
         <v>66</v>
       </c>
       <c r="G547" s="2">
         <v>30.0</v>
       </c>
       <c r="H547" s="2">
-        <v>109.0</v>
+        <v>107.0</v>
       </c>
       <c r="I547" s="2">
         <v>0.0</v>
       </c>
       <c r="J547" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="548" spans="1:10">
       <c r="A548" s="2">
         <v>547</v>
       </c>
       <c r="B548" s="2" t="s">
         <v>556</v>
       </c>
       <c r="C548" s="2">
         <v>3</v>
       </c>
       <c r="D548" s="2"/>
       <c r="E548" s="2">
         <v>106</v>
       </c>
       <c r="F548" s="2">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G548" s="2">
-        <v>27.0</v>
+        <v>26.0</v>
       </c>
       <c r="H548" s="2">
         <v>104.0</v>
       </c>
       <c r="I548" s="2">
         <v>0.0</v>
       </c>
       <c r="J548" s="2">
         <v>27.0</v>
       </c>
     </row>
     <row r="549" spans="1:10">
       <c r="A549" s="2">
         <v>548</v>
       </c>
       <c r="B549" s="2" t="s">
         <v>557</v>
       </c>
       <c r="C549" s="2">
         <v>1</v>
       </c>
       <c r="D549" s="2"/>
       <c r="E549" s="2"/>
       <c r="F549" s="2">
         <v>64</v>
@@ -18934,315 +18934,315 @@
         <v>0.0</v>
       </c>
       <c r="J550" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="551" spans="1:10">
       <c r="A551" s="2">
         <v>550</v>
       </c>
       <c r="B551" s="2" t="s">
         <v>559</v>
       </c>
       <c r="C551" s="2">
         <v>2</v>
       </c>
       <c r="D551" s="2"/>
       <c r="E551" s="2"/>
       <c r="F551" s="2">
         <v>61</v>
       </c>
       <c r="G551" s="2">
         <v>17.0</v>
       </c>
       <c r="H551" s="2">
-        <v>89.0</v>
+        <v>90.0</v>
       </c>
       <c r="I551" s="2">
         <v>0.0</v>
       </c>
       <c r="J551" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="552" spans="1:10">
       <c r="A552" s="2">
         <v>551</v>
       </c>
       <c r="B552" s="2" t="s">
         <v>560</v>
       </c>
       <c r="C552" s="2">
         <v>1</v>
       </c>
       <c r="D552" s="2"/>
-      <c r="E552" s="2"/>
+      <c r="E552" s="2">
+        <v>5</v>
+      </c>
       <c r="F552" s="2">
         <v>60</v>
       </c>
       <c r="G552" s="2">
-        <v>27.0</v>
+        <v>25.0</v>
       </c>
       <c r="H552" s="2">
-        <v>45.0</v>
+        <v>46.0</v>
       </c>
       <c r="I552" s="2">
         <v>0.0</v>
       </c>
       <c r="J552" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="553" spans="1:10">
       <c r="A553" s="2">
         <v>552</v>
       </c>
       <c r="B553" s="2" t="s">
         <v>561</v>
       </c>
       <c r="C553" s="2">
         <v>1</v>
       </c>
       <c r="D553" s="2"/>
-      <c r="E553" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E553" s="2"/>
       <c r="F553" s="2">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G553" s="2">
-        <v>25.0</v>
+        <v>26.0</v>
       </c>
       <c r="H553" s="2">
-        <v>46.0</v>
+        <v>44.0</v>
       </c>
       <c r="I553" s="2">
         <v>0.0</v>
       </c>
       <c r="J553" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="554" spans="1:10">
       <c r="A554" s="2">
         <v>553</v>
       </c>
       <c r="B554" s="2" t="s">
         <v>562</v>
       </c>
       <c r="C554" s="2">
         <v>1</v>
       </c>
       <c r="D554" s="2"/>
-      <c r="E554" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E554" s="2"/>
       <c r="F554" s="2">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G554" s="2">
-        <v>15.0</v>
+        <v>8.0</v>
       </c>
       <c r="H554" s="2">
-        <v>85.0</v>
+        <v>84.0</v>
       </c>
       <c r="I554" s="2">
         <v>0.0</v>
       </c>
       <c r="J554" s="2">
-        <v>300.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="555" spans="1:10">
       <c r="A555" s="2">
         <v>554</v>
       </c>
       <c r="B555" s="2" t="s">
         <v>563</v>
       </c>
       <c r="C555" s="2">
         <v>1</v>
       </c>
       <c r="D555" s="2"/>
       <c r="E555" s="2"/>
       <c r="F555" s="2">
         <v>59</v>
       </c>
       <c r="G555" s="2">
-        <v>8.0</v>
+        <v>14.0</v>
       </c>
       <c r="H555" s="2">
-        <v>84.0</v>
+        <v>60.0</v>
       </c>
       <c r="I555" s="2">
         <v>0.0</v>
       </c>
       <c r="J555" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="556" spans="1:10">
       <c r="A556" s="2">
         <v>555</v>
       </c>
       <c r="B556" s="2" t="s">
         <v>564</v>
       </c>
       <c r="C556" s="2">
         <v>1</v>
       </c>
       <c r="D556" s="2"/>
-      <c r="E556" s="2"/>
+      <c r="E556" s="2">
+        <v>136</v>
+      </c>
       <c r="F556" s="2">
         <v>59</v>
       </c>
       <c r="G556" s="2">
-        <v>14.0</v>
+        <v>22.0</v>
       </c>
       <c r="H556" s="2">
-        <v>61.0</v>
+        <v>81.0</v>
       </c>
       <c r="I556" s="2">
         <v>0.0</v>
       </c>
       <c r="J556" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="557" spans="1:10">
       <c r="A557" s="2">
         <v>556</v>
       </c>
       <c r="B557" s="2" t="s">
         <v>565</v>
       </c>
       <c r="C557" s="2">
         <v>1</v>
       </c>
       <c r="D557" s="2"/>
       <c r="E557" s="2">
-        <v>136</v>
+        <v>588</v>
       </c>
       <c r="F557" s="2">
         <v>59</v>
       </c>
       <c r="G557" s="2">
-        <v>22.0</v>
+        <v>15.0</v>
       </c>
       <c r="H557" s="2">
-        <v>82.0</v>
+        <v>84.0</v>
       </c>
       <c r="I557" s="2">
         <v>0.0</v>
       </c>
       <c r="J557" s="2">
-        <v>0.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="558" spans="1:10">
       <c r="A558" s="2">
         <v>557</v>
       </c>
       <c r="B558" s="2" t="s">
         <v>566</v>
       </c>
       <c r="C558" s="2">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="D558" s="2"/>
+        <v>1</v>
+      </c>
+      <c r="D558" s="2">
+        <v>14</v>
+      </c>
       <c r="E558" s="2">
-        <v>182</v>
+        <v>16</v>
       </c>
       <c r="F558" s="2">
         <v>58</v>
       </c>
       <c r="G558" s="2">
-        <v>22.0</v>
+        <v>26.0</v>
       </c>
       <c r="H558" s="2">
-        <v>63.0</v>
+        <v>47.0</v>
       </c>
       <c r="I558" s="2">
         <v>0.0</v>
       </c>
       <c r="J558" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="559" spans="1:10">
       <c r="A559" s="2">
         <v>558</v>
       </c>
       <c r="B559" s="2" t="s">
         <v>567</v>
       </c>
       <c r="C559" s="2">
-        <v>1</v>
-[...6 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="D559" s="2"/>
+      <c r="E559" s="2"/>
       <c r="F559" s="2">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G559" s="2">
-        <v>26.0</v>
+        <v>16.0</v>
       </c>
       <c r="H559" s="2">
-        <v>47.0</v>
+        <v>75.0</v>
       </c>
       <c r="I559" s="2">
         <v>0.0</v>
       </c>
       <c r="J559" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="560" spans="1:10">
       <c r="A560" s="2">
         <v>559</v>
       </c>
       <c r="B560" s="2" t="s">
         <v>568</v>
       </c>
       <c r="C560" s="2">
         <v>2</v>
       </c>
       <c r="D560" s="2"/>
-      <c r="E560" s="2"/>
+      <c r="E560" s="2">
+        <v>182</v>
+      </c>
       <c r="F560" s="2">
         <v>57</v>
       </c>
       <c r="G560" s="2">
-        <v>16.0</v>
+        <v>22.0</v>
       </c>
       <c r="H560" s="2">
-        <v>75.0</v>
+        <v>62.0</v>
       </c>
       <c r="I560" s="2">
         <v>0.0</v>
       </c>
       <c r="J560" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="561" spans="1:10">
       <c r="A561" s="2">
         <v>560</v>
       </c>
       <c r="B561" s="2" t="s">
         <v>569</v>
       </c>
       <c r="C561" s="2">
         <v>1</v>
       </c>
       <c r="D561" s="2"/>
       <c r="E561" s="2"/>
       <c r="F561" s="2">
         <v>55</v>
       </c>
       <c r="G561" s="2">
         <v>10.0</v>
@@ -19286,51 +19286,51 @@
       <c r="J562" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="563" spans="1:10">
       <c r="A563" s="2">
         <v>562</v>
       </c>
       <c r="B563" s="2" t="s">
         <v>571</v>
       </c>
       <c r="C563" s="2">
         <v>1</v>
       </c>
       <c r="D563" s="2"/>
       <c r="E563" s="2">
         <v>110</v>
       </c>
       <c r="F563" s="2">
         <v>50</v>
       </c>
       <c r="G563" s="2">
         <v>12.0</v>
       </c>
       <c r="H563" s="2">
-        <v>84.0</v>
+        <v>85.0</v>
       </c>
       <c r="I563" s="2">
         <v>0.0</v>
       </c>
       <c r="J563" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="564" spans="1:10">
       <c r="A564" s="2">
         <v>563</v>
       </c>
       <c r="B564" s="2" t="s">
         <v>572</v>
       </c>
       <c r="C564" s="2">
         <v>1</v>
       </c>
       <c r="D564" s="2"/>
       <c r="E564" s="2"/>
       <c r="F564" s="2">
         <v>49</v>
       </c>
       <c r="G564" s="2">
         <v>4.0</v>
@@ -19344,51 +19344,51 @@
       <c r="J564" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="565" spans="1:10">
       <c r="A565" s="2">
         <v>564</v>
       </c>
       <c r="B565" s="2" t="s">
         <v>573</v>
       </c>
       <c r="C565" s="2">
         <v>1</v>
       </c>
       <c r="D565" s="2"/>
       <c r="E565" s="2">
         <v>226</v>
       </c>
       <c r="F565" s="2">
         <v>49</v>
       </c>
       <c r="G565" s="2">
         <v>23.0</v>
       </c>
       <c r="H565" s="2">
-        <v>69.0</v>
+        <v>68.0</v>
       </c>
       <c r="I565" s="2">
         <v>0.0</v>
       </c>
       <c r="J565" s="2">
         <v>1178.0</v>
       </c>
     </row>
     <row r="566" spans="1:10">
       <c r="A566" s="2">
         <v>565</v>
       </c>
       <c r="B566" s="2" t="s">
         <v>574</v>
       </c>
       <c r="C566" s="2">
         <v>1</v>
       </c>
       <c r="D566" s="2"/>
       <c r="E566" s="2">
         <v>34</v>
       </c>
       <c r="F566" s="2">
         <v>48</v>
       </c>
@@ -19456,115 +19456,115 @@
         <v>13.0</v>
       </c>
       <c r="H568" s="2">
         <v>79.0</v>
       </c>
       <c r="I568" s="2">
         <v>0.0</v>
       </c>
       <c r="J568" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="569" spans="1:10">
       <c r="A569" s="2">
         <v>568</v>
       </c>
       <c r="B569" s="2" t="s">
         <v>577</v>
       </c>
       <c r="C569" s="2">
         <v>1</v>
       </c>
       <c r="D569" s="2"/>
       <c r="E569" s="2"/>
       <c r="F569" s="2">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G569" s="2">
-        <v>16.0</v>
+        <v>25.0</v>
       </c>
       <c r="H569" s="2">
-        <v>82.0</v>
+        <v>52.0</v>
       </c>
       <c r="I569" s="2">
         <v>0.0</v>
       </c>
       <c r="J569" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="570" spans="1:10">
       <c r="A570" s="2">
         <v>569</v>
       </c>
       <c r="B570" s="2" t="s">
         <v>578</v>
       </c>
       <c r="C570" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D570" s="2"/>
-      <c r="E570" s="2"/>
+      <c r="E570" s="2">
+        <v>52</v>
+      </c>
       <c r="F570" s="2">
         <v>46</v>
       </c>
       <c r="G570" s="2">
-        <v>25.0</v>
+        <v>27.0</v>
       </c>
       <c r="H570" s="2">
-        <v>53.0</v>
+        <v>84.0</v>
       </c>
       <c r="I570" s="2">
         <v>0.0</v>
       </c>
       <c r="J570" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="571" spans="1:10">
       <c r="A571" s="2">
         <v>570</v>
       </c>
       <c r="B571" s="2" t="s">
         <v>579</v>
       </c>
       <c r="C571" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D571" s="2"/>
-      <c r="E571" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E571" s="2"/>
       <c r="F571" s="2">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G571" s="2">
-        <v>27.0</v>
+        <v>15.0</v>
       </c>
       <c r="H571" s="2">
-        <v>84.0</v>
+        <v>81.0</v>
       </c>
       <c r="I571" s="2">
         <v>0.0</v>
       </c>
       <c r="J571" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="572" spans="1:10">
       <c r="A572" s="2">
         <v>571</v>
       </c>
       <c r="B572" s="2" t="s">
         <v>580</v>
       </c>
       <c r="C572" s="2">
         <v>1</v>
       </c>
       <c r="D572" s="2"/>
       <c r="E572" s="2"/>
       <c r="F572" s="2">
         <v>43</v>
       </c>
       <c r="G572" s="2">
         <v>7.0</v>
@@ -19682,203 +19682,203 @@
       </c>
       <c r="G576" s="2">
         <v>22.0</v>
       </c>
       <c r="H576" s="2">
         <v>52.0</v>
       </c>
       <c r="I576" s="2">
         <v>0.0</v>
       </c>
       <c r="J576" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="577" spans="1:10">
       <c r="A577" s="2">
         <v>576</v>
       </c>
       <c r="B577" s="2" t="s">
         <v>585</v>
       </c>
       <c r="C577" s="2">
         <v>1</v>
       </c>
       <c r="D577" s="2"/>
-      <c r="E577" s="2"/>
+      <c r="E577" s="2">
+        <v>226</v>
+      </c>
       <c r="F577" s="2">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G577" s="2">
-        <v>14.0</v>
+        <v>19.0</v>
       </c>
       <c r="H577" s="2">
-        <v>42.0</v>
+        <v>60.0</v>
       </c>
       <c r="I577" s="2">
         <v>0.0</v>
       </c>
       <c r="J577" s="2">
-        <v>0.0</v>
+        <v>202.0</v>
       </c>
     </row>
     <row r="578" spans="1:10">
       <c r="A578" s="2">
         <v>577</v>
       </c>
       <c r="B578" s="2" t="s">
         <v>586</v>
       </c>
       <c r="C578" s="2">
         <v>1</v>
       </c>
       <c r="D578" s="2"/>
-      <c r="E578" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E578" s="2"/>
       <c r="F578" s="2">
         <v>39</v>
       </c>
       <c r="G578" s="2">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
       <c r="H578" s="2">
-        <v>61.0</v>
+        <v>42.0</v>
       </c>
       <c r="I578" s="2">
         <v>0.0</v>
       </c>
       <c r="J578" s="2">
-        <v>202.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="579" spans="1:10">
       <c r="A579" s="2">
         <v>578</v>
       </c>
       <c r="B579" s="2" t="s">
         <v>587</v>
       </c>
       <c r="C579" s="2">
         <v>1</v>
       </c>
       <c r="D579" s="2"/>
       <c r="E579" s="2">
         <v>126</v>
       </c>
       <c r="F579" s="2">
         <v>36</v>
       </c>
       <c r="G579" s="2">
         <v>22.0</v>
       </c>
       <c r="H579" s="2">
-        <v>36.0</v>
+        <v>37.0</v>
       </c>
       <c r="I579" s="2">
         <v>0.0</v>
       </c>
       <c r="J579" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="580" spans="1:10">
       <c r="A580" s="2">
         <v>579</v>
       </c>
       <c r="B580" s="2" t="s">
         <v>588</v>
       </c>
       <c r="C580" s="2">
         <v>1</v>
       </c>
       <c r="D580" s="2"/>
       <c r="E580" s="2"/>
       <c r="F580" s="2">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G580" s="2">
-        <v>3.0</v>
+        <v>15.0</v>
       </c>
       <c r="H580" s="2">
-        <v>29.0</v>
+        <v>19.0</v>
       </c>
       <c r="I580" s="2">
         <v>0.0</v>
       </c>
       <c r="J580" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="581" spans="1:10">
       <c r="A581" s="2">
         <v>580</v>
       </c>
       <c r="B581" s="2" t="s">
         <v>589</v>
       </c>
       <c r="C581" s="2">
         <v>1</v>
       </c>
       <c r="D581" s="2"/>
       <c r="E581" s="2"/>
       <c r="F581" s="2">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G581" s="2">
-        <v>9.0</v>
+        <v>3.0</v>
       </c>
       <c r="H581" s="2">
-        <v>24.0</v>
+        <v>29.0</v>
       </c>
       <c r="I581" s="2">
         <v>0.0</v>
       </c>
       <c r="J581" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="582" spans="1:10">
       <c r="A582" s="2">
         <v>581</v>
       </c>
       <c r="B582" s="2" t="s">
         <v>590</v>
       </c>
       <c r="C582" s="2">
         <v>1</v>
       </c>
       <c r="D582" s="2"/>
       <c r="E582" s="2"/>
       <c r="F582" s="2">
         <v>32</v>
       </c>
       <c r="G582" s="2">
-        <v>14.0</v>
+        <v>9.0</v>
       </c>
       <c r="H582" s="2">
-        <v>19.0</v>
+        <v>24.0</v>
       </c>
       <c r="I582" s="2">
         <v>0.0</v>
       </c>
       <c r="J582" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="583" spans="1:10">
       <c r="A583" s="2">
         <v>582</v>
       </c>
       <c r="B583" s="2" t="s">
         <v>591</v>
       </c>
       <c r="C583" s="2">
         <v>1</v>
       </c>
       <c r="D583" s="2"/>
       <c r="E583" s="2">
         <v>3</v>
       </c>
       <c r="F583" s="2">
         <v>31</v>
       </c>