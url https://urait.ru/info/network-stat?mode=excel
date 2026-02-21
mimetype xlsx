--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -49,1811 +49,1814 @@
   <si>
     <t>Публикация вопросов</t>
   </si>
   <si>
     <t>Публикация заданий</t>
   </si>
   <si>
     <t>Использование учебными заведениями</t>
   </si>
   <si>
     <t>Использование преподавателями</t>
   </si>
   <si>
     <t>Использование студентами</t>
   </si>
   <si>
     <t>Использование вопросов</t>
   </si>
   <si>
     <t>Использование заданий</t>
   </si>
   <si>
     <t>Национальный исследовательский университет «Высшая школа экономики» (г. Москва)</t>
   </si>
   <si>
+    <t>Московский государственный университет имени М.В. Ломоносова (г. Москва)</t>
+  </si>
+  <si>
     <t>Финансовый университет при Правительстве РФ (г. Москва)</t>
   </si>
   <si>
-    <t>Московский государственный университет имени М.В. Ломоносова (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Санкт-Петербургский государственный университет (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Российская академия народного хозяйства и государственной службы при Президенте РФ (г. Москва)</t>
   </si>
   <si>
     <t>Российский экономический университет имени Г.В. Плеханова (г. Москва)</t>
   </si>
   <si>
+    <t>Московский городской педагогический университет (г. Москва)</t>
+  </si>
+  <si>
     <t>Российский государственный педагогический университет имени А.И. Герцена (Герценовский университет) (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Московский городской педагогический университет (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Санкт-Петербургский государственный экономический университет (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Московский педагогический государственный университет (г. Москва)</t>
   </si>
   <si>
     <t>Российский государственный гуманитарный университет (г. Москва)</t>
   </si>
   <si>
     <t>Государственный университет управления (г. Москва)</t>
   </si>
   <si>
     <t>Российский университет дружбы народов имени Патриса Лумумбы (г. Москва)</t>
   </si>
   <si>
     <t>Уральский федеральный университет имени первого Президента России Б.Н. Ельцина (г. Екатеринбург)</t>
   </si>
   <si>
     <t>Саратовская государственная юридическая академия (г. Саратов)</t>
   </si>
   <si>
     <t>Московский государственный технический университет имени Н.Э. Баумана (г. Москва)</t>
   </si>
   <si>
     <t>Санкт-Петербургский политехнический университет Петра Великого (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Государственный университет просвещения (г. Москва)</t>
+  </si>
+  <si>
     <t>Тюменский государственный университет (г. Тюмень)</t>
   </si>
   <si>
-    <t>Государственный университет просвещения (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Московский государственный юридический университет имени О.Е. Кутафина (МГЮА) (г. Москва)</t>
   </si>
   <si>
     <t>Российский государственный социальный университет (г. Москва)</t>
   </si>
   <si>
+    <t>Российский государственный университет правосудия имени В.М. Лебедева (г. Москва)</t>
+  </si>
+  <si>
     <t>Московский государственный институт международных отношений (университет) МИД России (г. Москва)</t>
   </si>
   <si>
-    <t>Российский государственный университет правосудия имени В.М. Лебедева (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Московский государственный психолого-педагогический университет (г. Москва)</t>
   </si>
   <si>
     <t>Московский политехнический университет (г. Москва)</t>
   </si>
   <si>
+    <t>Национальный исследовательский Саратовский государственный университет имени Н.Г. Чернышевского (г. Саратов)</t>
+  </si>
+  <si>
+    <t>Всероссийский государственный университет юстиции (РПА Минюста России) (г. Москва)</t>
+  </si>
+  <si>
     <t>МИРЭА — Российский технологический университет (г. Москва)</t>
   </si>
   <si>
-    <t>Всероссийский государственный университет юстиции (РПА Минюста России) (г. Москва)</t>
-[...4 lines deleted...]
-  <si>
     <t>Уральский государственный юридический университет имени В.Ф. Яковлева (г. Екатеринбург)</t>
   </si>
   <si>
+    <t>Российский химико-технологический университет имени Д.И. Менделеева (г. Москва)</t>
+  </si>
+  <si>
     <t>Российский университет транспорта (МИИТ) (г. Москва)</t>
   </si>
   <si>
-    <t>Российский химико-технологический университет имени Д.И. Менделеева (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Национальный исследовательский Томский политехнический университет (г. Томск)</t>
   </si>
   <si>
+    <t>Московский государственный лингвистический университет (г. Москва)</t>
+  </si>
+  <si>
+    <t>Ярославский государственный педагогический университет им. К.Д. Ушинского (г. Ярославль)</t>
+  </si>
+  <si>
+    <t>Московский финансово-юридический университет (г. Москва)</t>
+  </si>
+  <si>
     <t>Национальный исследовательский университет «МИЭТ» (г. Москва-Зеленоград)</t>
   </si>
   <si>
-    <t>Московский государственный лингвистический университет (г. Москва)</t>
-[...7 lines deleted...]
-  <si>
     <t>Национальный исследовательский университет «Московский энергетический институт» (г. Москва)</t>
   </si>
   <si>
     <t>Московский авиационный институт (национальный исследовательский университет) (г. Москва)</t>
   </si>
   <si>
+    <t>Российский государственный аграрный университет — МСХА имени К.А. Тимирязева (г. Москва)</t>
+  </si>
+  <si>
     <t>Всероссийская академия внешней торговли Минэкономразвития РФ (г. Москва)</t>
   </si>
   <si>
-    <t>Российский государственный аграрный университет — МСХА имени К.А. Тимирязева (г. Москва)</t>
-[...1 lines deleted...]
-  <si>
     <t>Кубанский государственный университет (г. Краснодар)</t>
   </si>
   <si>
     <t>Южный федеральный университет (г. Ростов-на-Дону)</t>
   </si>
   <si>
+    <t>Российская таможенная академия (г. Люберцы)</t>
+  </si>
+  <si>
     <t>Московский университет МВД России имени В.Я. Кикотя (г. Москва)</t>
   </si>
   <si>
-    <t>Российская таможенная академия (г. Люберцы)</t>
+    <t>Сибирский федеральный университет (г. Красноярск)</t>
+  </si>
+  <si>
+    <t>Академия труда и социальных отношений (г. Москва)</t>
+  </si>
+  <si>
+    <t>Балтийский федеральный университет имени Иммануила Канта (г. Калининград)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный электротехнический университет ЛЭТИ имени В.И. Ульянова (Ленина) (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Санкт-Петербургский государственный педиатрический медицинский университет (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Сибирский федеральный университет (г. Красноярск)</t>
-[...4 lines deleted...]
-  <si>
     <t>Южно-Уральский государственный национальный исследовательский университет (г. Челябинск)</t>
   </si>
   <si>
-    <t>Академия труда и социальных отношений (г. Москва)</t>
-[...4 lines deleted...]
-  <si>
     <t>Национальный исследовательский Томский государственный университет (г. Томск)</t>
   </si>
   <si>
+    <t>Московский финансово-промышленный университет Синергия (г. Москва)</t>
+  </si>
+  <si>
+    <t>Государственный академический университет гуманитарных наук (г. Москва)</t>
+  </si>
+  <si>
     <t>Ассоциация "Образовательный консорциум "Среднерусский университет" (ОКСУ) (г. Калуга)</t>
   </si>
   <si>
     <t>Донской государственный технический университет (г. Ростов-на-Дону)</t>
   </si>
   <si>
+    <t>Белгородский университет кооперации, экономики и права (г. Белгород)</t>
+  </si>
+  <si>
     <t>Крымский федеральный университет имени В.И. Вернадского (г. Симферополь)</t>
   </si>
   <si>
+    <t>Санкт-Петербургский университет МВД России (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Российский новый университет (г. Москва)</t>
+  </si>
+  <si>
     <t>Калмыцкий государственный университет имени Б.Б. Городовикова (г. Элиста)</t>
   </si>
   <si>
-    <t>Московский финансово-промышленный университет Синергия (г. Москва)</t>
-[...8 lines deleted...]
-    <t>Белгородский университет кооперации, экономики и права (г. Белгород)</t>
+    <t>Московский университет имени С.Ю. Витте (МУИВ) (г. Москва)</t>
   </si>
   <si>
     <t>Санкт-Петербургский государственный университет аэрокосмического приборостроения (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Московский университет имени С.Ю. Витте (МУИВ) (г. Москва)</t>
-[...2 lines deleted...]
-    <t>Российский новый университет (г. Москва)</t>
+    <t>Ярославский государственный университет имени П.Г. Демидова (г. Ярославль)</t>
   </si>
   <si>
     <t>Московский автомобильно-дорожный государственный технический университет (г. Москва)</t>
   </si>
   <si>
+    <t>Воронежский государственный университет (г. Воронеж)</t>
+  </si>
+  <si>
+    <t>Петербургский государственный университет путей сообщения императора Александра I (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Кубанский государственный аграрный университет имени академика И.Т. Трубилина (г. Краснодар)</t>
+  </si>
+  <si>
+    <t>Уральский государственный педагогический университет (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Новосибирский национальный исследовательский государственный университет (г. Новосибирск)</t>
+  </si>
+  <si>
     <t>Сахалинский государственный университет (г. Южно-Сахалинск)</t>
   </si>
   <si>
-    <t>Петербургский государственный университет путей сообщения императора Александра I (г. Санкт-Петербург)</t>
-[...5 lines deleted...]
-    <t>Ярославский государственный университет имени П.Г. Демидова (г. Ярославль)</t>
+    <t>Московский международный университет (г. Москва)</t>
+  </si>
+  <si>
+    <t>Университет прокуратуры РФ (г. Москва)</t>
   </si>
   <si>
     <t>Новосибирский государственный технический университет (г. Новосибирск)</t>
   </si>
   <si>
-    <t>Уральский государственный педагогический университет (г. Екатеринбург)</t>
-[...7 lines deleted...]
-  <si>
     <t>Международный банковский институт имени А. Собчака (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Московский международный университет (г. Москва)</t>
-[...2 lines deleted...]
-    <t>Университет прокуратуры РФ (г. Москва)</t>
+    <t>Национальный исследовательский ядерный университет «МИФИ» (г. Москва)</t>
+  </si>
+  <si>
+    <t>Московская академия Следственного комитета РФ (г. Москва)</t>
+  </si>
+  <si>
+    <t>Уфимский университет науки и технологий (г. Уфа)</t>
+  </si>
+  <si>
+    <t>Балтийский государственный технический университет ВОЕНМЕХ имени Д.Ф. Устинова (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Северо-Кавказский федеральный университет (г. Ставрополь)</t>
+  </si>
+  <si>
+    <t>Омский государственный технический университет (г. Омск)</t>
+  </si>
+  <si>
+    <t>Сочинский государственный университет (г. Сочи)</t>
+  </si>
+  <si>
+    <t>Национальный исследовательский Нижегородский государственный университет имени Н.И. Лобачевского (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Калининградский государственный технический университет (г. Калининград)</t>
+  </si>
+  <si>
+    <t>Пермский государственный национальный исследовательский университет (г. Пермь)</t>
+  </si>
+  <si>
+    <t>Омский государственный педагогический университет (г. Омск)</t>
   </si>
   <si>
     <t>Дипломатическая академия МИД РФ (г. Москва)</t>
   </si>
   <si>
-    <t>Балтийский государственный технический университет ВОЕНМЕХ имени Д.Ф. Устинова (г. Санкт-Петербург)</t>
-[...11 lines deleted...]
-    <t>Северо-Кавказский федеральный университет (г. Ставрополь)</t>
+    <t>Санкт-Петербургский государственный университет промышленных технологий и дизайна (ПРОМТЕХДИЗАЙН) (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Российский национальный исследовательский медицинский университет имени Н.И. Пирогова Минздрава России (Пироговский Университет) (г. Москва)</t>
   </si>
   <si>
-    <t>Пермский государственный национальный исследовательский университет (г. Пермь)</t>
-[...2 lines deleted...]
-    <t>Московская академия Следственного комитета РФ (г. Москва)</t>
+    <t>Военный университет имени князя Александра Невского МО РФ (г. Москва)</t>
+  </si>
+  <si>
+    <t>Курский государственный университет (г. Курск)</t>
   </si>
   <si>
     <t>Владимирский государственный университет имени А.Г. и Н.Г. Столетовых (г. Владимир)</t>
   </si>
   <si>
-    <t>Омский государственный технический университет (г. Омск)</t>
-[...2 lines deleted...]
-    <t>Калининградский государственный технический университет (г. Калининград)</t>
+    <t>Алтайский государственный университет (г. Барнаул)</t>
+  </si>
+  <si>
+    <t>Национальный исследовательский технологический университет «МИСиС» (г. Москва)</t>
+  </si>
+  <si>
+    <t>Чувашский государственный университет имени И.Н. Ульянова (г. Чебоксары)</t>
+  </si>
+  <si>
+    <t>Курганский государственный университет (г. Курган)</t>
+  </si>
+  <si>
+    <t>Брянский государственный технический университет (г. Брянск)</t>
+  </si>
+  <si>
+    <t>Волгоградский государственный университет (г. Волгоград)</t>
   </si>
   <si>
     <t>Орловский государственный университет имени И.С. Тургенева (г. Орел)</t>
   </si>
   <si>
-    <t>Военный университет имени князя Александра Невского МО РФ (г. Москва)</t>
-[...28 lines deleted...]
-  <si>
     <t>Саратовский военный ордена Жукова Краснознаменный институт войск национальной гвардии РФ (г. Саратов)</t>
   </si>
   <si>
+    <t>Ульяновский государственный университет (г. Ульяновск)</t>
+  </si>
+  <si>
+    <t>Белгородский государственный национальный исследовательский университет (г. Белгород)</t>
+  </si>
+  <si>
+    <t>Национальный исследовательский университет ИТМО (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Дальневосточный федеральный университет (г. Владивосток)</t>
+  </si>
+  <si>
+    <t>Ленинградский государственный университет имени А.С. Пушкина (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Краснодарский университет МВД РФ (г. Краснодар)</t>
+  </si>
+  <si>
     <t>Казанский (Приволжский) федеральный университет (г. Казань)</t>
   </si>
   <si>
-    <t>Белгородский государственный национальный исследовательский университет (г. Белгород)</t>
-[...7 lines deleted...]
-  <si>
     <t>Государственный университет морского и речного флота имени адмирала С.О. Макарова (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Академия управления МВД РФ (г. Москва)</t>
+  </si>
+  <si>
+    <t>Мордовский государственный университет имени Н.П. Огарева (г. Саранск)</t>
+  </si>
+  <si>
+    <t>Московский институт психоанализа (г. Москва)</t>
+  </si>
+  <si>
+    <t>Российский государственный университет имени А.Н. Косыгина (г. Москва)</t>
+  </si>
+  <si>
     <t>Санкт-Петербургский гуманитарный университет профсоюзов (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Московский институт психоанализа (г. Москва)</t>
-[...11 lines deleted...]
-    <t>Мордовский государственный университет имени Н.П. Огарева (г. Саранск)</t>
+    <t>Московский государственный строительный университет — национальный исследовательский университет (г. Москва)</t>
+  </si>
+  <si>
+    <t>Российский университет адвокатуры и нотариата имени Г.Б. Мирзоева (г. Москва)</t>
+  </si>
+  <si>
+    <t>Псковский государственный университет (г. Псков)</t>
   </si>
   <si>
     <t>Санкт-Петербургский государственный архитектурно-строительный университет (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Башкирский государственный педагогический университет имени М. Акмуллы (г. Уфа)</t>
+  </si>
+  <si>
+    <t>Московский гуманитарный университет (г. Москва)</t>
+  </si>
+  <si>
     <t>Первый московский государственный медицинский университет имени И.М. Сеченова (г. Москва)</t>
   </si>
   <si>
-    <t>Российский государственный университет имени А.Н. Косыгина (г. Москва)</t>
-[...8 lines deleted...]
-    <t>Псковский государственный университет (г. Псков)</t>
+    <t>Тверской государственный университет (г. Тверь)</t>
+  </si>
+  <si>
+    <t>Самарский национальный исследовательский университет имени академика С.П. Королева (г. Самара)</t>
   </si>
   <si>
     <t>Российский университет спорта «ГЦОЛИФК» (г. Москва)</t>
   </si>
   <si>
-    <t>Тверской государственный университет (г. Тверь)</t>
-[...5 lines deleted...]
-    <t>Московский гуманитарный университет (г. Москва)</t>
+    <t>Поволжский государственный технологический университет (г. Йошкар-Ола)</t>
+  </si>
+  <si>
+    <t>Кемеровский государственный институт культуры (г. Кемерово)</t>
+  </si>
+  <si>
+    <t>Юго-Западный государственный университет (г. Курск)</t>
+  </si>
+  <si>
+    <t>Институт гуманитарного образования и информационных технологий (ИГУМО) (г. Москва)</t>
+  </si>
+  <si>
+    <t>Нижегородская академия МВД России (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Байкальский государственный университет (г. Иркутск)</t>
+  </si>
+  <si>
+    <t>Чеченский государственный университет имени А.А. Кадырова (г. Грозный)</t>
+  </si>
+  <si>
+    <t>Новгородский государственный университет имени Ярослава Мудрого (г. Великий Новгород)</t>
+  </si>
+  <si>
+    <t>Ульяновский государственный педагогический университет имени И.Н. Ульянова (г. Ульяновск)</t>
+  </si>
+  <si>
+    <t>Российский государственный гидрометеорологический университет (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Южно-Уральский государственный гуманитарно-педагогический университет (г. Челябинск)</t>
+  </si>
+  <si>
+    <t>Иркутский национальный исследовательский технический университет (г. Иркутск)</t>
+  </si>
+  <si>
+    <t>Новосибирский государственный педагогический университет (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Международная академия информационных технологий ИТ ХАБ (г. Москва)</t>
+  </si>
+  <si>
+    <t>Сургутский государственный университет (г. Сургут)</t>
+  </si>
+  <si>
+    <t>БИП - университет права и социально-информационных технологий (г. Минск)</t>
+  </si>
+  <si>
+    <t>Иркутский государственный университет (г. Иркутск)</t>
+  </si>
+  <si>
+    <t>Красноярский государственный педагогический университет имени В.П. Астафьева (г. Красноярск)</t>
+  </si>
+  <si>
+    <t>Саратовский государственный технический университет имени Ю.А. Гагарина (г. Саратов)</t>
+  </si>
+  <si>
+    <t>Уральский государственный экономический университет (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Академия права и управления Федеральной службы исполнения наказаний (г. Рязань)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный университет гражданской авиации имени Главного маршала авиации А.А. Новикова (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Белорусский государственный экономический университет (г. Минск)</t>
+  </si>
+  <si>
+    <t>Московский социально-экономический институт (г. Москва)</t>
+  </si>
+  <si>
+    <t>Дагестанский государственный университет (г. Махачкала)</t>
+  </si>
+  <si>
+    <t>Вятский государственный университет (г. Киров)</t>
+  </si>
+  <si>
+    <t>Сибирский юридический университет (г. Омск)</t>
+  </si>
+  <si>
+    <t>Воронежская государственная академия спорта (г. Воронеж)</t>
+  </si>
+  <si>
+    <t>Московский государственный технический университет гражданской авиации (г. Москва)</t>
+  </si>
+  <si>
+    <t>Университет управления ТИСБИ (г. Казань)</t>
+  </si>
+  <si>
+    <t>Тамбовский государственный университет имени Г.Р. Державина (г. Тамбов)</t>
+  </si>
+  <si>
+    <t>Ростовский юридический институт МВД РФ (г. Ростов-на-Дону)</t>
+  </si>
+  <si>
+    <t>Омский государственный университет путей сообщения (г. Омск)</t>
+  </si>
+  <si>
+    <t>Московский физико-технический институт (национальный исследовательский университет) (г. Долгопрудный)</t>
   </si>
   <si>
     <t>Российский государственный университет нефти и газа имени И.М. Губкина (г. Москва)</t>
   </si>
   <si>
-    <t>Юго-Западный государственный университет (г. Курск)</t>
-[...92 lines deleted...]
-    <t>Сургутский государственный университет (г. Сургут)</t>
+    <t>Московский государственный университет геодезии и картографии (г. Москва)</t>
   </si>
   <si>
     <t>Российский университет кооперации (г. Мытищи)</t>
   </si>
   <si>
-    <t>Московский государственный технический университет гражданской авиации (г. Москва)</t>
+    <t>Северо-Кавказский социальный институт (г. Ставрополь)</t>
+  </si>
+  <si>
+    <t>Тульский государственный университет (г. Тула)</t>
+  </si>
+  <si>
+    <t>Вологодский институт права и экономики Федеральной службы исполнения наказаний (г. Вологда)</t>
+  </si>
+  <si>
+    <t>Челябинский государственный университет (г. Челябинск)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный институт культуры (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Пятигорский государственный университет (г. Пятигорск)</t>
+  </si>
+  <si>
+    <t>Национальный государственный университет физической культуры, спорта и здоровья имени П.Ф. Лесгафта (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Уральский юридический институт МВД России (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Приднестровский государственный университет имени Т.Г. Шевченко (г. Тирасполь)</t>
   </si>
   <si>
     <t>Московский государственный институт культуры (г. Химки)</t>
   </si>
   <si>
-    <t>Академия права и управления Федеральной службы исполнения наказаний (г. Рязань)</t>
-[...11 lines deleted...]
-    <t>Московский физико-технический институт (национальный исследовательский университет) (г. Долгопрудный)</t>
+    <t>Санкт-Петербургская академия Следственного комитета РФ (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Мурманский арктический университет (г. Мурманск)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный институт психологии и социальной работы (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Военная академия Ракетных войск стратегического назначения имени Петра Великого (г. Балашиха)</t>
+  </si>
+  <si>
+    <t>Уральский государственный колледж имени И.И. Ползунова (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Томский государственный университет систем управления и радиоэлектроники (г. Томск)</t>
+  </si>
+  <si>
+    <t>Нижегородский государственный инженерно-экономический университет (г. Княгинино)</t>
+  </si>
+  <si>
+    <t>Петрозаводский государственный университет (г. Петрозаводск)</t>
+  </si>
+  <si>
+    <t>Московская высшая школа социальных и экономических наук (г. Москва)</t>
+  </si>
+  <si>
+    <t>Казанский инновационный университет имени В.Г. Тимирясова (г. Казань)</t>
+  </si>
+  <si>
+    <t>Рязанский государственный университет имени С.А. Есенина (г. Рязань)</t>
+  </si>
+  <si>
+    <t>Корпоративный университет развития образования (г. Мытищи)</t>
   </si>
   <si>
     <t>Санкт-Петербургский горный университет (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Вологодский институт права и экономики Федеральной службы исполнения наказаний (г. Вологда)</t>
-[...32 lines deleted...]
-    <t>Петрозаводский государственный университет (г. Петрозаводск)</t>
+    <t>Академия управления городской средой, градостроительства и печати (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Смоленский государственный университет (г. Смоленск)</t>
   </si>
   <si>
-    <t>Рязанский государственный университет имени С.А. Есенина (г. Рязань)</t>
-[...23 lines deleted...]
-    <t>Казанский инновационный университет имени В.Г. Тимирясова (г. Казань)</t>
+    <t>Государственный университет по землеустройству (г. Москва)</t>
+  </si>
+  <si>
+    <t>Волгоградский государственный социально-педагогический университет (г. Волгоград)</t>
+  </si>
+  <si>
+    <t>Российская международная академия туризма (г. Химки)</t>
   </si>
   <si>
     <t>Пензенский государственный университет (г. Пенза)</t>
   </si>
   <si>
-    <t>Российская международная академия туризма (г. Химки)</t>
+    <t>Ивановский государственный университет (г. Иваново)</t>
   </si>
   <si>
     <t>Российская государственная академия интеллектуальной собственности (г. Москва)</t>
   </si>
   <si>
-    <t>Академия управления городской средой, градостроительства и печати (г. Санкт-Петербург)</t>
-[...2 lines deleted...]
-    <t>Волгоградский государственный социально-педагогический университет (г. Волгоград)</t>
+    <t>Костромской государственный университет (г. Кострома)</t>
+  </si>
+  <si>
+    <t>Волгоградская академия МВД России (г. Волгоград)</t>
+  </si>
+  <si>
+    <t>Омская академия МВД РФ (г. Омск)</t>
+  </si>
+  <si>
+    <t>Омский государственный аграрный университет имени П.А. Столыпина (г. Омск)</t>
   </si>
   <si>
     <t>Иркутский государственный университет путей сообщения (г. Иркутск)</t>
   </si>
   <si>
-    <t>Волгоградская академия МВД России (г. Волгоград)</t>
-[...2 lines deleted...]
-    <t>Государственный университет по землеустройству (г. Москва)</t>
+    <t>Санкт-Петербургский государственный морской технический университет (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Рязанский государственный радиотехнический университет имени В.Ф. Уткина (г. Рязань)</t>
+  </si>
+  <si>
+    <t>Таганрогский институт управления и экономики (г. Таганрог)</t>
+  </si>
+  <si>
+    <t>Российский государственный университет туризма и сервиса (пгт. Черкизово)</t>
+  </si>
+  <si>
+    <t>Пермский государственный гуманитарно-педагогический университет (г. Пермь)</t>
   </si>
   <si>
     <t>Военная академия материально-технического обеспечения имени генерала армии А.В. Хрулева (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Оренбургский государственный университет (г. Оренбург)</t>
+  </si>
+  <si>
     <t>Тульский государственный педагогический университет имени Л.Н. Толстого (г. Тула)</t>
   </si>
   <si>
-    <t>Таганрогский институт управления и экономики (г. Таганрог)</t>
-[...5 lines deleted...]
-    <t>Костромской государственный университет (г. Кострома)</t>
+    <t>Российский государственный художественно-промышленный университет имени С.Г. Строганова (г. Москва)</t>
+  </si>
+  <si>
+    <t>Православный Свято-Тихоновский гуманитарный университет (г. Москва)</t>
   </si>
   <si>
     <t>Российский университет медицины Минздрава России (г. Москва)</t>
   </si>
   <si>
-    <t>Пермский государственный гуманитарно-педагогический университет (г. Пермь)</t>
-[...11 lines deleted...]
-    <t>Российский государственный художественно промышленный университет имени С.Г. Строганова (г. Москва)</t>
+    <t>Университет Правительства Москвы (г. Москва)</t>
+  </si>
+  <si>
+    <t>Челябинский государственный институт культуры (г. Челябинск)</t>
   </si>
   <si>
     <t>Национальный медицинский исследовательский центр имени В.А. Алмазова (г. Санкт-Петербург)</t>
   </si>
   <si>
+    <t>Волжский институт экономики, педагогики и права (г. Волжский)</t>
+  </si>
+  <si>
+    <t>Первый Санкт-Петербургский государственный медицинский университет имени академика И.П. Павлова (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Институт коррекционной педагогики Дефектология Проф (г. Москва)</t>
+  </si>
+  <si>
     <t>Брянский государственный университет имени академика И.Г. Петровского (г. Брянск)</t>
   </si>
   <si>
-    <t>Волжский институт экономики, педагогики и права (г. Волжский)</t>
-[...2 lines deleted...]
-    <t>Ивановский государственный университет (г. Иваново)</t>
+    <t>Санкт-Петербургский университет ГПС МЧС России имени Героя РФ генерала армии Е.Н. Зиничева (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский университет технологий управления и экономики (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Морской государственный университет имени адмирала Г.И. Невельского (г. Владивосток)</t>
+  </si>
+  <si>
+    <t>Южный университет (Институт Управления, Бизнеса и Права) (г. Ростов-на-Дону)</t>
+  </si>
+  <si>
+    <t>Северный (Арктический) федеральный университет имени М.В. Ломоносова (г. Архангельск)</t>
+  </si>
+  <si>
+    <t>Московский университет имени А.С. Грибоедова (г. Москва)</t>
+  </si>
+  <si>
+    <t>Российский биотехнологический университет (РОСБИОТЕХ) (г. Москва)</t>
+  </si>
+  <si>
+    <t>Ростовский государственный экономический университет РИНХ (г. Ростов-на-Дону)</t>
+  </si>
+  <si>
+    <t>Кубанский государственный технологический университет (г. Краснодар)</t>
   </si>
   <si>
     <t>Воронежский государственный медицинский университет имени Н.Н. Бурденко (г. Воронеж)</t>
   </si>
   <si>
-    <t>Университет Правительства Москвы (г. Москва)</t>
-[...17 lines deleted...]
-    <t>Институт коррекционной педагогики Дефектология Проф (г. Москва)</t>
+    <t>Пензенский государственный аграрный университет (г. Пенза)</t>
+  </si>
+  <si>
+    <t>Белгородский юридический институт МВД России имени И.Д. Путилина (г. Белгород)</t>
+  </si>
+  <si>
+    <t>Череповецкий государственный университет (г. Череповец)</t>
+  </si>
+  <si>
+    <t>Омский государственный университет имени Ф.М. Достоевского (г. Омск)</t>
+  </si>
+  <si>
+    <t>Российский государственный университет народного хозяйства имени В.И. Вернадского (г. Балашиха)</t>
+  </si>
+  <si>
+    <t>Мордовский государственный педагогический университет имени М.Е. Евсевьева (г. Саранск)</t>
+  </si>
+  <si>
+    <t>Югорский государственный университет (г. Ханты-Мансийск)</t>
+  </si>
+  <si>
+    <t>Воронежский государственный педагогический университет (г. Воронеж)</t>
+  </si>
+  <si>
+    <t>Северо-Восточный государственный университет (г. Магадан)</t>
+  </si>
+  <si>
+    <t>Восточно-Европейский институт психоанализа (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Автомобильно-технический колледж (г. Уссурийск)</t>
+  </si>
+  <si>
+    <t>Московский технологический институт (г. Москва)</t>
+  </si>
+  <si>
+    <t>Сыктывкарский государственный университет имени Питирима Сорокина (г. Сыктывкар)</t>
+  </si>
+  <si>
+    <t>Донской государственный аграрный университет (пос. Персиановский)</t>
+  </si>
+  <si>
+    <t>Академия управления и производства (г. Москва)</t>
+  </si>
+  <si>
+    <t>Приволжский государственный университет путей сообщения (г. Самара)</t>
+  </si>
+  <si>
+    <t>Магнитогорский государственный технический университет имени Г.И. Носова (г. Магнитогорск)</t>
+  </si>
+  <si>
+    <t>Набережночелнинский государственный педагогический университет (г. Набережные Челны)</t>
+  </si>
+  <si>
+    <t>Тамбовский государственный технический университет (г. Тамбов)</t>
+  </si>
+  <si>
+    <t>Северо-Восточный федеральный университет имени М.К. Аммосова (г. Якутск)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский акушерский колледж (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Русская христианская гуманитарная академия имени Ф.М. Достоевского (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Ярославский государственный медицинский университет (г. Ярославль)</t>
+  </si>
+  <si>
+    <t>Юридический институт (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Омская гуманитарная академия (г. Омск)</t>
+  </si>
+  <si>
+    <t>Московский государственный университет спорта и туризма (г. Москва)</t>
+  </si>
+  <si>
+    <t>Российский университет традиционных художественных промыслов (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Воронежский государственный технический университет (г. Воронеж)</t>
+  </si>
+  <si>
+    <t>Кемеровский государственный университет (г. Кемерово)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный лесотехнический университет имени С.М. Кирова (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Московская академия предпринимательства (г. Москва)</t>
+  </si>
+  <si>
+    <t>Сибирский государственный университет науки и технологий имени академика М.Ф. Решетнева (г. Красноярск)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный химико-фармацевтический университет (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Международный юридический институт (г. Москва)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский университет ФСИН России (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Калужский государственный университет имени К.Э. Циолковского (г. Калуга)</t>
+  </si>
+  <si>
+    <t>Восточно-Сибирский институт МВД России (г. Иркутск)</t>
+  </si>
+  <si>
+    <t>Тольяттинский государственный университет (г. Тольятти)</t>
+  </si>
+  <si>
+    <t>Северо-Западный государственный медицинский университет имени И.И. Мечникова (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Российская академия музыки имени Гнесиных (г. Москва)</t>
+  </si>
+  <si>
+    <t>Московский технический университет связи и информатики (г. Москва)</t>
+  </si>
+  <si>
+    <t>Волгоградский государственный аграрный университет (г. Волгоград)</t>
+  </si>
+  <si>
+    <t>Шадринский государственный педагогический университет (г. Шадринск)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный институт кино и телевидения (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Государственный университет Дубна (г. Дубна)</t>
+  </si>
+  <si>
+    <t>Гуманитарный университет (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Самарский государственный экономический университет (г. Самара)</t>
+  </si>
+  <si>
+    <t>Уральский государственный архитектурно-художественный университет имени Н.С. Алферова (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Московский государственный университет технологий и управления имени К.Г. Разумовского (г. Москва)</t>
+  </si>
+  <si>
+    <t>Нижегородский государственный технический университет имени Р.Е. Алексеева (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Тувинский государственный университет (г. Кызыл)</t>
+  </si>
+  <si>
+    <t>Исследовательский центр частного права имени С.С. Алексеева при Президенте РФ (г. Москва)</t>
+  </si>
+  <si>
+    <t>Тихоокеанский государственный медицинский университет (г. Владивосток)</t>
+  </si>
+  <si>
+    <t>Вологодская государственная молочнохозяйственная академия имени Н.В. Верещагина (г. Вологда)</t>
+  </si>
+  <si>
+    <t>Казанский государственный медицинский университет (г. Казань)</t>
+  </si>
+  <si>
+    <t>Новосибирский государственный университет экономики и управления (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Нижневартовский государственный университет (г. Нижневартовск)</t>
+  </si>
+  <si>
+    <t>Томский государственный архитектурно-строительный университет (г. Томск)</t>
+  </si>
+  <si>
+    <t>Дагестанский государственный университет народного хозяйства (г. Махачкала)</t>
+  </si>
+  <si>
+    <t>Сургутский государственный педагогический университет (г. Сургут)</t>
+  </si>
+  <si>
+    <t>Алтайский государственный институт культуры (г. Барнаул)</t>
+  </si>
+  <si>
+    <t>Воронежский государственный университет инженерных технологий (г. Воронеж)</t>
+  </si>
+  <si>
+    <t>Университет при МПА ЕврАзЭС (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Абхазский государственный университет (г. Сухум)</t>
+  </si>
+  <si>
+    <t>Всероссийский государственный университет кинематографии имени С.А. Герасимова (г. Москва)</t>
+  </si>
+  <si>
+    <t>Сибирский государственный университет телекоммуникаций и информатики (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Институт современного образования и информационных технологий (г. Москва)</t>
+  </si>
+  <si>
+    <t>Белорусский государственный педагогический университет имени Максима Танка (г. Минск)</t>
+  </si>
+  <si>
+    <t>Российский государственный университет социальных технологий (г. Москва)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский военный ордена Жукова институт войск национальной гвардии РФ (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Международная академия бизнеса и управления (г. Москва)</t>
+  </si>
+  <si>
+    <t>Удмуртский государственный университет (г. Ижевск)</t>
+  </si>
+  <si>
+    <t>Великолукская государственная академия физической культуры и спорта (г. Великие Луки)</t>
+  </si>
+  <si>
+    <t>Оренбургский государственный педагогический университет (г. Оренбург)</t>
+  </si>
+  <si>
+    <t>Институт управления и права (г. Москва)</t>
+  </si>
+  <si>
+    <t>Академия гражданской защиты МЧС РФ (г. Химки)</t>
+  </si>
+  <si>
+    <t>Пермский национальный исследовательский политехнический университет (г. Пермь)</t>
   </si>
   <si>
     <t>Орловский юридический институт имени В.В. Лукьянова МВД РФ (г. Орел)</t>
   </si>
   <si>
-    <t>Омский государственный университет имени Ф.М. Достоевского (г. Омск)</t>
-[...125 lines deleted...]
-    <t>Санкт-Петербургский государственный институт кино и телевидения (г. Санкт-Петербург)</t>
+    <t>Оренбургский государственный медицинский университет (г. Оренбург)</t>
+  </si>
+  <si>
+    <t>Рязанский государственный медицинский университет имени академика И.П. Павлова (г. Рязань)</t>
+  </si>
+  <si>
+    <t>Московский государственный технологический университет «Станкин» (г. Москва)</t>
+  </si>
+  <si>
+    <t>Казанский национальный исследовательский технологический университет (г. Казань)</t>
+  </si>
+  <si>
+    <t>Поволжский государственный университет телекоммуникаций и информатики (г. Самара)</t>
+  </si>
+  <si>
+    <t>Государственный морской университет имени адмирала Ф.Ф. Ушакова (г. Новороссийск)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургская юридическая академия (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Чувашский государственный педагогический университет имени И.Я. Яковлева (г. Чебоксары)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный университет телекоммуникаций имени профессора М.А. Бонч-Бруевича (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Самарский государственный технический университет (г. Самара)</t>
+  </si>
+  <si>
+    <t>Северо-Кавказская государственная академия (г. Черкесск)</t>
+  </si>
+  <si>
+    <t>Севастопольский торгово-экономический техникум (г. Севастополь)</t>
+  </si>
+  <si>
+    <t>Кабардино-Балкарский государственный университет имени Х.М. Бербекова (г. Нальчик)</t>
+  </si>
+  <si>
+    <t>Волгоградский государственный медицинский университет (г. Волгоград)</t>
+  </si>
+  <si>
+    <t>Брянский государственный инженерно-технологический университет (г. Брянск)</t>
+  </si>
+  <si>
+    <t>Европейский университет в Санкт-Петербурге (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Минский инновационный университет (г. Минск)</t>
+  </si>
+  <si>
+    <t>Ярославский педагогический колледж (г. Ярославль)</t>
+  </si>
+  <si>
+    <t>Пензенский государственный университет архитектуры и строительства (г. Пенза)</t>
+  </si>
+  <si>
+    <t>Военный учебно-научный центр ВВС «Военно-воздушная академия имени профессора Н.Е. Жуковского и Ю.А. Гагарина» (г. Воронеж)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургская православная духовная академия (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Сибирский государственный университет путей сообщения (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Государственный гуманитарно-технологический университет (г. Орехово-Зуево)</t>
+  </si>
+  <si>
+    <t>Астраханский государственный университет имени В.Н. Татищева (г. Астрахань)</t>
+  </si>
+  <si>
+    <t>Международная академия информационных технологий ИТ ХАБ (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Институт экономики и управления (г. Тула)</t>
+  </si>
+  <si>
+    <t>Белгородский государственный аграрный университет имени В.Я. Горина (п. Майский)</t>
+  </si>
+  <si>
+    <t>Саратовский колледж водного транспорта, строительства и сервиса(г. Саратов)</t>
+  </si>
+  <si>
+    <t>Пензенский государственный технологический университет (г. Пенза)</t>
+  </si>
+  <si>
+    <t>Ижевский государственный медицинский университет (г. Ижевск)</t>
+  </si>
+  <si>
+    <t>Воронежский институт МВД России (г. Воронеж)</t>
+  </si>
+  <si>
+    <t>Военно-медицинская академия имени С.М. Кирова (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский институт экономики и управления (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Барнаульский юридический институт МВД России (г. Барнаул)</t>
+  </si>
+  <si>
+    <t>Уральский государственный лесотехнический университет (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Ивановский государственный химико-технологический университет (г. Иваново)</t>
+  </si>
+  <si>
+    <t>Дальневосточная государственная академия физической культуры (г. Хабаровск)</t>
+  </si>
+  <si>
+    <t>Сибирский государственный автомобильно-дорожный университет (г. Омск)</t>
+  </si>
+  <si>
+    <t>Нижегородский государственный агротехнологический университет (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Херсонский государственный педагогический университет (г. Херсон)</t>
+  </si>
+  <si>
+    <t>Самарский юридический институт Федеральной службы исполнения наказаний (г. Самара)</t>
+  </si>
+  <si>
+    <t>Голицынский пограничный институт ФСБ (г. Голицыно)</t>
+  </si>
+  <si>
+    <t>Академия Федеральной службы охраны Российской Федерации (г. Орёл)</t>
+  </si>
+  <si>
+    <t>Северо-Западный университет (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Институт экономики и управления в промышленности (г. Москва)</t>
+  </si>
+  <si>
+    <t>Воронежский государственный аграрный университет имени императора Петра I (г. Воронеж)</t>
+  </si>
+  <si>
+    <t>Бурятский государственный университет имени Доржи Банзарова (г. Улан-Удэ)</t>
+  </si>
+  <si>
+    <t>Комсомольский-на-Амуре государственный университет (г. Комсомольск-на-Амуре)</t>
+  </si>
+  <si>
+    <t>Сибирский университет потребительской кооперации (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный технологический институт (технический университет) (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Тихоокеанский государственный университет (г. Хабаровск)</t>
+  </si>
+  <si>
+    <t>Российский православный университет святого Иоанна Богослова (г. Москва)</t>
+  </si>
+  <si>
+    <t>Колледж администрирования и современных технологий (г. Москва)</t>
+  </si>
+  <si>
+    <t>Институт государственного администрирования (г. Москва)</t>
+  </si>
+  <si>
+    <t>Ивановский государственный энергетический университет имени В.И. Ленина (г. Иваново)</t>
+  </si>
+  <si>
+    <t>Сибирский государственный университет инженерии и биотехнологий (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Ярославский государственный технический университет (г. Ярославль)</t>
+  </si>
+  <si>
+    <t>Белорусско-Российский университет (г. Могилев)</t>
+  </si>
+  <si>
+    <t>Тверской государственный медицинский университет (г. Тверь)</t>
+  </si>
+  <si>
+    <t>Омский государственный медицинский университет (г. Омск)</t>
+  </si>
+  <si>
+    <t>Московский социально-педагогический институт (г. Москва)</t>
+  </si>
+  <si>
+    <t>Академия русского балета имени А.Я. Вагановой (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский институт внешнеэкономических связей, экономики и права (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Государственный институт русского языка имени А.С. Пушкина (г. Москва)</t>
+  </si>
+  <si>
+    <t>Ижевский государственный технический университет имени М.Т. Калашникова (г. Ижевск)</t>
+  </si>
+  <si>
+    <t>Владивостокский государственный университет (г. Владивосток)</t>
+  </si>
+  <si>
+    <t>Тверской государственный технический университет (г. Тверь)</t>
+  </si>
+  <si>
+    <t>Саратовский государственный медицинский университет имени В.И. Разумовского (г. Саратов)</t>
+  </si>
+  <si>
+    <t>Институт современного искусства (г. Москва)</t>
+  </si>
+  <si>
+    <t>Уральский государственный университет путей сообщения (г. Екатеринбург)</t>
   </si>
   <si>
     <t>Кузбасский институт Федеральной службы исполнения наказаний (г. Новокузнецк)</t>
   </si>
   <si>
-    <t>Гуманитарный университет (г. Екатеринбург)</t>
-[...320 lines deleted...]
-    <t>Ижевский государственный технический университет имени М.Т. Калашникова (г. Ижевск)</t>
+    <t>Казанский государственный архитектурно-строительный университет (г. Казань)</t>
+  </si>
+  <si>
+    <t>Мичуринский государственный аграрный университет (г. Мичуринск)</t>
+  </si>
+  <si>
+    <t>Чеченский государственный педагогический университет (г. Грозный)</t>
+  </si>
+  <si>
+    <t>Киевский национальный университет имени Тараса Шевченко (г. Киев)</t>
+  </si>
+  <si>
+    <t>Государственный социально-гуманитарный университет (г. Коломна)</t>
+  </si>
+  <si>
+    <t>Воронежский экономико-правовой институт (г. Воронеж)</t>
+  </si>
+  <si>
+    <t>Гжельский государственный университет (п. Электроизолятор)</t>
+  </si>
+  <si>
+    <t>Уральский государственный горный университет (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Марийский государственный университет (г. Йошкар-Ола)</t>
+  </si>
+  <si>
+    <t>Ханты-Мансийская государственная медицинская академия (г. Ханты-Мансийск)</t>
+  </si>
+  <si>
+    <t>Екатеринбургский экономико-технологический колледж (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Восточно-Казахстанский государственный университет имени С. Аманжолова (г. Усть-Каменогорск)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургская государственная консерватория (академия) имени Н.А. Римского-Корсакова (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Институт менеджмента, экономики и инноваций (г. Москва)</t>
   </si>
   <si>
-    <t>Санкт-Петербургский институт внешнеэкономических связей, экономики и права (г. Санкт-Петербург)</t>
-[...32 lines deleted...]
-    <t>Киевский национальный университет имени Тараса Шевченко (г. Киев)</t>
+    <t>Белгородский государственный технологический университет имени В.Г. Шухова (г. Белгород)</t>
   </si>
   <si>
     <t>Сибирский государственный университет геосистем и технологий (г. Новосибирск)</t>
   </si>
   <si>
     <t>Ростовский государственный университет путей сообщения (г. Ростов-на-Дону)</t>
   </si>
   <si>
-    <t>Чеченский государственный педагогический университет (г. Грозный)</t>
-[...2 lines deleted...]
-    <t>Воронежский экономико-правовой институт (г. Воронеж)</t>
+    <t>Московский гуманитарно-экономический университет (г. Москва)</t>
+  </si>
+  <si>
+    <t>Уральский университет - Уральский институт экономики, управления и права (г. Екатеринбург)</t>
   </si>
   <si>
     <t>Приморский государственный аграрно-технологический университет (г. Уссурийск)</t>
   </si>
   <si>
-    <t>Санкт-Петербургская государственная консерватория (академия) имени Н.А. Римского-Корсакова (г. Санкт-Петербург)</t>
-[...10 lines deleted...]
-  <si>
     <t>Великолукская государственная сельскохозяйственная академия (г. Великие Луки)</t>
   </si>
   <si>
+    <t>Адыгейский государственный университет (г. Майкоп)</t>
+  </si>
+  <si>
+    <t>Новосибирский государственный медицинский университет (г. Новосибирск)</t>
+  </si>
+  <si>
     <t>Забайкальский государственный университет (г. Чита)</t>
   </si>
   <si>
     <t>Тверская государственная сельскохозяйственная академия (г. Тверь)</t>
   </si>
   <si>
+    <t>Санкт-Петербургский медико-социальный институт (г. Санкт-Петербург)</t>
+  </si>
+  <si>
     <t>Белорусский государственный университет (г. Минск)</t>
   </si>
   <si>
-    <t>Адыгейский государственный университет (г. Майкоп)</t>
-[...11 lines deleted...]
-    <t>Новосибирский государственный медицинский университет (г. Новосибирск)</t>
+    <t>Санкт-Петербургская академия художеств имени Ильи Репина (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Гатчинский государственный университет (г. Гатчина)</t>
+  </si>
+  <si>
+    <t>Тюменский индустриальный университет (г. Тюмень)</t>
+  </si>
+  <si>
+    <t>Благовещенский государственный педагогический университет (г. Благовещенск)</t>
+  </si>
+  <si>
+    <t>Ульяновский государственный аграрный университет имени П.А. Столыпина (пгт. Октябрьский)</t>
+  </si>
+  <si>
+    <t>Сибирский государственный индустриальный университет (г. Новокузнецк)</t>
+  </si>
+  <si>
+    <t>Астраханский государственный технический университет (г. Астрахань)</t>
+  </si>
+  <si>
+    <t>Московский институт иностранных языков (г. Москва)</t>
+  </si>
+  <si>
+    <t>Охтинский колледж (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Московский государственный институт музыки имени А.Г. Шнитке (г. Москва)</t>
   </si>
   <si>
-    <t>Астраханский государственный технический университет (г. Астрахань)</t>
-[...2 lines deleted...]
-    <t>Санкт-Петербургская академия художеств имени Ильи Репина (г. Санкт-Петербург)</t>
+    <t>Военная академия связи имени Маршала Советского Союза С.М. Буденного (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Южно-Российский государственный политехнический университет (Новочеркасский политехнический институт) имени М.И. Платова (г. Новочеркасск)</t>
+  </si>
+  <si>
+    <t>Белорусский государственный университет физической культуры (г. Минск)</t>
+  </si>
+  <si>
+    <t>Алтайский государственный медицинский университет (г. Барнаул)</t>
+  </si>
+  <si>
+    <t>Краснодарское высшее военное авиационное училище летчиков имени Героя Советского Союза А.К. Серова (г. Краснодар)</t>
+  </si>
+  <si>
+    <t>Ульяновский государственный технический университет (г. Ульяновск)</t>
+  </si>
+  <si>
+    <t>Саратовский государственный университет генетики, биотехнологии и инженерии имени Н.И. Вавилова (г. Саратов)</t>
+  </si>
+  <si>
+    <t>Самарский университет государственного управления «Международный институт рынка» (г. Самара)</t>
+  </si>
+  <si>
+    <t>Волжский университет имени В.Н. Татищева (г. Тольятти)</t>
   </si>
   <si>
     <t>Вятский государственный агротехнологический университет (г. Киров)</t>
   </si>
   <si>
-    <t>Московский институт иностранных языков (г. Москва)</t>
-[...32 lines deleted...]
-    <t>Саратовский государственный университет генетики, биотехнологии и инженерии имени Н.И. Вавилова (г. Саратов)</t>
+    <t>Камчатский государственный университет имени Витуса Беринга (г. Петропавловск-Камчатский)</t>
   </si>
   <si>
     <t>Прибалтийский институт прикладной логотерапии (Balti Rakerdus Logoteraapia Instituut) (г. Силламяэ)</t>
   </si>
   <si>
-    <t>Алтайский государственный медицинский университет (г. Барнаул)</t>
-[...5 lines deleted...]
-    <t>Волжский университет имени В.Н. Татищева (г. Тольятти)</t>
+    <t>Дальневосточный юридический институт МВД России имени И.Ф. Шилова (г. Хабаровск)</t>
+  </si>
+  <si>
+    <t>Ейский полипрофильный колледж (г. Ейск)</t>
+  </si>
+  <si>
+    <t>Севастопольский государственный университет (г. Севастополь)</t>
   </si>
   <si>
     <t>Казанский национальный исследовательский технический университет имени А.Н. Туполева — КАИ (г. Казань)</t>
   </si>
   <si>
+    <t>Амурский гуманитарно-педагогический государственный университет (г. Комсомольск-на-Амуре)</t>
+  </si>
+  <si>
+    <t>Смоленский государственный университет спорта (г. Смоленск)</t>
+  </si>
+  <si>
     <t>Южно-Российский гуманитарный институт (г. Ростов-на-Дону)</t>
   </si>
   <si>
-    <t>Камчатский государственный университет имени Витуса Беринга (г. Петропавловск-Камчатский)</t>
+    <t>Южно-Уральский технологический университет (г. Челябинск)</t>
+  </si>
+  <si>
+    <t>Московская государственная академия ветеринарной медицины и биотехнологии имени К.И. Скрябина (г. Москва)</t>
+  </si>
+  <si>
+    <t>Красноярский государственный аграрный университет (г. Красноярск)</t>
+  </si>
+  <si>
+    <t>Елецкий государственный университет имени И.А. Бунина (г. Елец)</t>
+  </si>
+  <si>
+    <t>Приволжский исследовательский медицинский университет (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Екатеринбургская академия современного искусства (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Томский лесотехнический техникум (г. Томск)</t>
+  </si>
+  <si>
+    <t>Томский государственный педагогический университет (г. Томск)</t>
+  </si>
+  <si>
+    <t>Уральский государственный аграрный университет (г. Екатеринбург)</t>
   </si>
   <si>
     <t>Санкт-Петербургский государственный университет ветеринарной медицины (г. Санкт-Петербург)</t>
   </si>
   <si>
-    <t>Красноярский государственный аграрный университет (г. Красноярск)</t>
-[...8 lines deleted...]
-    <t>Смоленский государственный университет спорта (г. Смоленск)</t>
+    <t>Хакасский государственный университет имени Н.Ф. Катанова (г. Абакан)</t>
+  </si>
+  <si>
+    <t>Смоленский государственный медицинский университет (г. Смоленск)</t>
+  </si>
+  <si>
+    <t>Дальневосточный государственный технический рыбохозяйственный университет (г. Владивосток)</t>
+  </si>
+  <si>
+    <t>Армавирский государственный педагогический университет (г. Армавир)</t>
+  </si>
+  <si>
+    <t>Литературный институт имени А.М. Горького (г. Москва)</t>
+  </si>
+  <si>
+    <t>Донецкий национальный университет (г. Донецк)</t>
+  </si>
+  <si>
+    <t>Алтайский государственный технический университет имени И.И. Ползунова (г. Барнаул)</t>
+  </si>
+  <si>
+    <t>Нижегородский государственный архитектурно-строительный университет (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Национальный институт бизнеса (г. Москва)</t>
+  </si>
+  <si>
+    <t>Институт международных экономических связей (г. Москва)</t>
+  </si>
+  <si>
+    <t>Дагестанский государственный аграрный университет имени М.М. Джамбулатова (г. Махачкала)</t>
+  </si>
+  <si>
+    <t>Санкт-Петербургский государственный аграрный университет (г. Пушкин)</t>
+  </si>
+  <si>
+    <t>Ставропольский государственный педагогический институт (г. Ставрополь)</t>
   </si>
   <si>
     <t>Орловский государственный аграрный университет имени Н.В. Парахина (г. Орел)</t>
   </si>
   <si>
-    <t>Амурский гуманитарно-педагогический государственный университет (г. Комсомольск-на-Амуре)</t>
-[...28 lines deleted...]
-  <si>
     <t>Уральский государственный университет физической культуры (г. Челябинск)</t>
   </si>
   <si>
-    <t>Томский лесотехнический техникум (г. Томск)</t>
-[...19 lines deleted...]
-  <si>
     <t>Московская государственная академия хореографии (г. Москва)</t>
   </si>
   <si>
-    <t>Литературный институт имени А.М. Горького (г. Москва)</t>
-[...8 lines deleted...]
-    <t>Хакасский государственный университет имени Н.Ф. Катанова (г. Абакан)</t>
+    <t>Северо-Казахстанский государственный университет имени М. Козыбаева (г. Петропавловск)</t>
+  </si>
+  <si>
+    <t>Спасский индустриально-экономический колледж (г. Спасск-Дальний)</t>
   </si>
   <si>
     <t>Оренбургский государственный аграрный университет (г. Оренбург)</t>
   </si>
   <si>
+    <t>Московская государственная консерватория имени П.И. Чайковского (г. Москва)</t>
+  </si>
+  <si>
+    <t>Витебский государственный университет имени П.М. Машерова (г. Витебск)</t>
+  </si>
+  <si>
+    <t>Московское академическое художественное училище (г. Москва)</t>
+  </si>
+  <si>
     <t>Российский университет театрального искусства - ГИТИС (г. Москва)</t>
   </si>
   <si>
+    <t>Российская государственная специализированная академия искусств (г. Москва)</t>
+  </si>
+  <si>
+    <t>Казанский юридический институт МВД РФ (г. Казань)</t>
+  </si>
+  <si>
+    <t>Казанский государственный энергетический университет (г. Казань)</t>
+  </si>
+  <si>
     <t>Московский институт экономики, политики и права (г. Москва)</t>
   </si>
   <si>
-    <t>Витебский государственный университет имени П.М. Машерова (г. Витебск)</t>
+    <t>Курская академия государственной и муниципальной службы (г. Курск)</t>
   </si>
   <si>
     <t>Вологодский государственный университет (г. Вологда)</t>
   </si>
   <si>
-    <t>Северо-Казахстанский государственный университет имени М. Козыбаева (г. Петропавловск)</t>
-[...2 lines deleted...]
-    <t>Российская государственная специализированная академия искусств (г. Москва)</t>
+    <t>Волгоградский гуманитарный институт (г. Волгоград)</t>
   </si>
   <si>
     <t>Государственный институт искусствознания (г. Москва)</t>
   </si>
   <si>
     <t>Башкирская академия государственной службы и управления при Главе Республики Башкортостан (г. Уфа)</t>
   </si>
   <si>
-    <t>Московское академическое художественное училище (г. Москва)</t>
-[...17 lines deleted...]
-    <t>Казанский государственный энергетический университет (г. Казань)</t>
+    <t>Самарский государственный медицинский университет (г. Самара)</t>
+  </si>
+  <si>
+    <t>Черноморское высшее военно-морское ордена Красной Звезды училище имени П.С. Нахимова (г. Севастополь)</t>
   </si>
   <si>
     <t>Уральский институт Государственной противопожарной службы МЧС России (г. Екатеринбург)</t>
   </si>
   <si>
+    <t>Санкт-Петербургский технический колледж управления и коммерции (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Волгоградский профессиональный техникум кадровых ресурсов (г. Волгоград)</t>
+  </si>
+  <si>
+    <t>Институт журналистики и литературного творчества (г. Москва)</t>
+  </si>
+  <si>
     <t>Восточно-Сибирский государственный университет технологий и управления (г. Улан-Удэ)</t>
   </si>
   <si>
-    <t>Волгоградский профессиональный техникум кадровых ресурсов (г. Волгоград)</t>
-[...4 lines deleted...]
-  <si>
     <t>Академия маркетинга и социально-информационных технологий (г. Краснодар)</t>
   </si>
   <si>
-    <t>Черноморское высшее военно-морское ордена Красной Звезды училище имени П.С. Нахимова (г. Севастополь)</t>
-[...5 lines deleted...]
-    <t>Институт журналистики и литературного творчества (г. Москва)</t>
+    <t>Нижегородский государственный педагогический университет имени Козьмы Минина (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Университет национального и мирового хозяйства (г. София)</t>
+  </si>
+  <si>
+    <t>Университет Матея Бела (г. Банска-Бистрица)</t>
+  </si>
+  <si>
+    <t>Лодзинский университет (г. Лодзь)</t>
+  </si>
+  <si>
+    <t>Кемеровский государственный медицинский университет (г. Кемерово)</t>
+  </si>
+  <si>
+    <t>Университет Нархоз (г. Алматы)</t>
+  </si>
+  <si>
+    <t>Владимирский юридический институт Федеральной службы исполнения наказаний (г. Владимир)</t>
   </si>
   <si>
     <t>Кубанский государственный университет физической культуры, спорта и туризма (г. Краснодар)</t>
   </si>
   <si>
-    <t>Университет Нархоз (г. Алматы)</t>
-[...23 lines deleted...]
-    <t>Тюменское высшее военно-инженерное командное училище (военный институт) (г. Тюмень)</t>
+    <t>Кубанский государственный медицинский университет (г. Краснодар)</t>
+  </si>
+  <si>
+    <t>Тюменское высшее военно-инженерное командное ордена Кутузова училище имени маршала инженерных войск А. И. Прошлякова (г. Тюмень)</t>
+  </si>
+  <si>
+    <t>Медицинский колледж № 2 (г. Москва)</t>
+  </si>
+  <si>
+    <t>Сибирский государственный университет водного транспорта (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Сибирский институт бизнеса, управления и психологии (г. Красноярск)</t>
+  </si>
+  <si>
+    <t>Новосибирский профессионально-педагогический колледж (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Амурский государственный университет (г. Благовещенск)</t>
+  </si>
+  <si>
+    <t>Южно-Уральский государственный аграрный университет (г. Троицк)</t>
+  </si>
+  <si>
+    <t>Ивановский государственный политехнический университет (г. Иваново)</t>
   </si>
   <si>
     <t>Полоцкий государственный университет имени Евфросинии Полоцкой (г. Новополоцк)</t>
   </si>
   <si>
-    <t>Кубанский государственный медицинский университет (г. Краснодар)</t>
-[...8 lines deleted...]
-    <t>Сибирский государственный университет водного транспорта (г. Новосибирск)</t>
+    <t>George Mason University</t>
+  </si>
+  <si>
+    <t>Волгоградский государственный технический университет (г. Волгоград)</t>
   </si>
   <si>
     <t>Ростовский-на-Дону колледж радиоэлектроники, информационных и промышленных технологий (г. Ростов-на-Дону)</t>
   </si>
   <si>
-    <t>Владимирский юридический институт Федеральной службы исполнения наказаний (г. Владимир)</t>
-[...11 lines deleted...]
-    <t>George Mason University</t>
+    <t>Новосибирский государственный архитектурно-строительный университет (Сибстрин) (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Международный институт экономики и права (г. Москва)</t>
   </si>
   <si>
     <t>Саратовская государственная консерватория имени Л.В. Собинова (г. Саратов)</t>
   </si>
   <si>
-    <t>Южно-Уральский государственный аграрный университет (г. Троицк)</t>
-[...7 lines deleted...]
-  <si>
     <t>Краснодарский государственный институт культуры (г. Краснодар)</t>
   </si>
   <si>
+    <t>Высшая школа сценических искусств (г. Москва)</t>
+  </si>
+  <si>
+    <t>Ивановский государственный медицинский университет (г. Иваново)</t>
+  </si>
+  <si>
+    <t>Академия Государственной противопожарной службы МЧС России (г. Москва)</t>
+  </si>
+  <si>
+    <t>Смоленская государственная сельскохозяйственная академия (г. Смоленск)</t>
+  </si>
+  <si>
+    <t>Балашовский политехнический лицей (г. Балашов)</t>
+  </si>
+  <si>
     <t>Ульяновский институт гражданской авиации имени главного маршала авиации Б.П. Бугаева (г. Ульяновск)</t>
   </si>
   <si>
-    <t>Челябинский государственный институт культуры (г. Челябинск)</t>
-[...2 lines deleted...]
-    <t>Ивановский государственный медицинский университет (г. Иваново)</t>
+    <t>Российская экономическая школа (г. Москва)</t>
+  </si>
+  <si>
+    <t>Пермский государственный институт культуры (г. Пермь)</t>
+  </si>
+  <si>
+    <t>Пермский военный институт войск национальной гвардии РФ (г. Пермь)</t>
   </si>
   <si>
     <t>Жирновский педагогический колледж (г. Жирновск)</t>
   </si>
   <si>
-    <t>Академия Государственной противопожарной службы МЧС России (г. Москва)</t>
-[...2 lines deleted...]
-    <t>Российская экономическая школа (г. Москва)</t>
+    <t>Волгоградский институт бизнеса (г. Волгоград)</t>
+  </si>
+  <si>
+    <t>Дагестанский государственный технический университет (г. Махачкала)</t>
+  </si>
+  <si>
+    <t>Белгородская духовная семинария (с миссионерской направленностью) (г. Белгород)</t>
+  </si>
+  <si>
+    <t>Северо-Осетинский государственный университет имени К.Л. Хетагурова (г. Владикавказ)</t>
+  </si>
+  <si>
+    <t>Ростовский государственный медицинский университет (г. Ростов-на Дону)</t>
+  </si>
+  <si>
+    <t>Уфимский государственный нефтяной технический университет (г. Уфа)</t>
+  </si>
+  <si>
+    <t>Технологический университет Таджикистана (г. Душанбе)</t>
+  </si>
+  <si>
+    <t>Северо-Западный открытый технический университет (г. Санкт-Петербург)</t>
+  </si>
+  <si>
+    <t>Республиканский медицинский колледж имени Героя Советского Союза Ф.А. Пушиной (г. Ижевск)</t>
+  </si>
+  <si>
+    <t>Новосибирский химико-технологический колледж имени Д.И. Менделеева (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Московский государственный академический художественный институт имени В.И. Сурикова (г. Москва)</t>
+  </si>
+  <si>
+    <t>Армянский государственный экономический университет (г. Ереван)</t>
   </si>
   <si>
     <t>Нижегородская государственная консерватория имени М.И. Глинки (г. Нижний Новгород)</t>
   </si>
   <si>
-    <t>Высшая школа сценических искусств (г. Москва)</t>
-[...29 lines deleted...]
-    <t>Дагестанский государственный технический университет (г. Махачкала)</t>
+    <t>Ярославский государственный театральный институт им. Фирса Шишигина (г. Ярославль)</t>
+  </si>
+  <si>
+    <t>Белорусский государственный университет информатики и радиоэлектроники (г. Минск)</t>
+  </si>
+  <si>
+    <t>Чурапчинский государственный институт физической культуры и спорта (с. Чурапча)</t>
+  </si>
+  <si>
+    <t>Воронежский институт ФСИН (г. Воронеж)</t>
+  </si>
+  <si>
+    <t>Театральный художественно-технический колледж (г. Москва)</t>
   </si>
   <si>
     <t>Горно-Алтайский государственный университет (г. Горно-Алтайск)</t>
   </si>
   <si>
-    <t>Уфимский государственный нефтяной технический университет (г. Уфа)</t>
-[...8 lines deleted...]
-    <t>Ярославский государственный театральный институт им. Фирса Шишигина (г. Ярославль)</t>
+    <t>Финансово-экономический колледж (г. Симферополь)</t>
+  </si>
+  <si>
+    <t>Университет экономики и управления (г. Симферополь)</t>
+  </si>
+  <si>
+    <t>Российский государственный геологоразведочный университет имени Серго Орджоникидзе (г. Москва)</t>
+  </si>
+  <si>
+    <t>Миасский машиностроительный колледж (г. Миасс-4)</t>
+  </si>
+  <si>
+    <t>Башкирский государственный медицинский университет (г. Уфа)</t>
+  </si>
+  <si>
+    <t>Алтайский государственный педагогический университет (г. Барнаул)</t>
+  </si>
+  <si>
+    <t>Рязанский государственный агротехнологический университет имени П.А. Костычева (г. Рязань)</t>
+  </si>
+  <si>
+    <t>Академия Министерства внутренних дел Республики Беларусь (г. Минск)</t>
   </si>
   <si>
     <t>Томский аграрный колледж (г. Томск)</t>
   </si>
   <si>
-    <t>Московский государственный академический художественный институт имени В.И. Сурикова (г. Москва)</t>
+    <t>Институт международных связей (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Красноярский государственный медицинский университет имени профессора В.Ф. Войно-Ясенецкого (г. Красноярск)</t>
+  </si>
+  <si>
+    <t>Казахстанско-Немецкий университет (г. Алматы)</t>
+  </si>
+  <si>
+    <t>Сибирский государственный медицинский университет (г. Томск)</t>
+  </si>
+  <si>
+    <t>Рязанское высшее воздушно-десантное ордена Суворова дважды Краснознаменное командное училище имени генерала армии В.Ф. Маргелова (г. Рязань)</t>
   </si>
   <si>
     <t>Казахский государственный агротехнический университет имени С. Сейфуллина (г. Астана)</t>
   </si>
   <si>
-    <t>Финансово-экономический колледж (г. Симферополь)</t>
-[...41 lines deleted...]
-    <t>Миасский машиностроительный колледж (г. Миасс-4)</t>
+    <t>Брянский техникум индустрии сервиса (г. Брянск)</t>
   </si>
   <si>
     <t>Мелитопольский государственный педагогический университет имени Б. Хмельницкого (г. Мелитополь)</t>
   </si>
   <si>
-    <t>Академия Министерства внутренних дел Республики Беларусь (г. Минск)</t>
-[...11 lines deleted...]
-    <t>Казахстанско-Немецкий университет (г. Алматы)</t>
+    <t>Нижегородский государственный лингвистический университет имени Н.А. Добролюбова (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Ивановская пожарно-спасательная академия ГПС МЧС России (г. Иваново)</t>
+  </si>
+  <si>
+    <t>Волжский государственный университет водного транспорта (г. Нижний Новгород)</t>
+  </si>
+  <si>
+    <t>Армавирский социально-психологический институт (г. Армавир)</t>
+  </si>
+  <si>
+    <t>Новосибирский медицинский колледж (г. Новосибирск)</t>
+  </si>
+  <si>
+    <t>Самарский государственный социально-педагогический университет (г. Самара)</t>
+  </si>
+  <si>
+    <t>Рыбинский профессионально-педагогический колледж (г. Рыбинск)</t>
+  </si>
+  <si>
+    <t>Оренбургский государственный институт искусств имени Л. и М. Ростроповичей (г. Оренбург)</t>
+  </si>
+  <si>
+    <t>Азовское профессиональное училище № 45 (г. Азов)</t>
   </si>
   <si>
     <t>Гуманитарно-социальный институт (г. Люберцы)</t>
   </si>
   <si>
-    <t>Российский государственный геологоразведочный университет имени Серго Орджоникидзе (г. Москва)</t>
-[...10 lines deleted...]
-  <si>
     <t>Поволжский государственный университет сервиса (г. Тольятти)</t>
   </si>
   <si>
-    <t>Оренбургский государственный институт искусств имени Л. и М. Ростроповичей (г. Оренбург)</t>
-[...8 lines deleted...]
-    <t>Армавирский социально-психологический институт (г. Армавир)</t>
+    <t>Братский государственный университет (г. Братск)</t>
+  </si>
+  <si>
+    <t>Миссионерский институт (г. Екатеринбург)</t>
+  </si>
+  <si>
+    <t>Костромской автотранспортный колледж (г. Кострома)</t>
   </si>
   <si>
     <t>Ухтинский государственный технический университет (г. Ухта)</t>
   </si>
   <si>
-    <t>Самарский государственный социально-педагогический университет (г. Самара)</t>
-[...5 lines deleted...]
-    <t>Братский государственный университет (г. Братск)</t>
+    <t>Самарский медицинский университет Реавиз (г. Самара)</t>
+  </si>
+  <si>
+    <t>Башкирский государственный аграрный университет (г. Уфа)</t>
+  </si>
+  <si>
+    <t>Ставропольский государственный медицинский университет (г. Ставрополь)</t>
+  </si>
+  <si>
+    <t>Дальневосточный государственный университет путей сообщения (г. Хабаровск)</t>
   </si>
   <si>
     <t>Тульская духовная семинария Тульской Епархии Русской Православной Церкви (г. Тула)</t>
   </si>
   <si>
-    <t>Самарский медицинский университет Реавиз (г. Самара)</t>
-[...17 lines deleted...]
-    <t>Дальневосточный государственный университет путей сообщения (г. Хабаровск)</t>
+    <t>Газпром колледж Волгоград имени И.А. Матлашова (г. Волгоград)</t>
+  </si>
+  <si>
+    <t>Казахский национальный исследовательский технический университет имени К.И. Сатпаева (г. Алматы)</t>
   </si>
   <si>
     <t>Казанский государственный аграрный университет (г. Казань)</t>
   </si>
   <si>
+    <t>Московский архитектурный институт (государственная академия) (г. Москва)</t>
+  </si>
+  <si>
+    <t>Технологический колледж № 34 (г. Москва)</t>
+  </si>
+  <si>
     <t>Региональный открытый социальный институт (г. Курск)</t>
   </si>
   <si>
     <t>Новосибирский государственный театральный институт (г. Новосибирск)</t>
   </si>
   <si>
     <t>Новосибирская государственная консерватория имени М.И. Глинки (г. Новосибирск)</t>
   </si>
   <si>
-    <t>Московский архитектурный институт (государственная академия) (г. Москва)</t>
-[...8 lines deleted...]
-    <t>Технологический колледж № 34 Москвы (г. Москва)</t>
+    <t>Тюменский государственный институт культуры (г. Тюмень)</t>
+  </si>
+  <si>
+    <t>Курский государственный медицинский университет (г. Курск)</t>
+  </si>
+  <si>
+    <t>Калининградский областной музыкальный колледж имени С.В. Рахманинова (г. Калининград)</t>
   </si>
   <si>
     <t>Алтайский государственный аграрный университет (г. Барнаул)</t>
   </si>
   <si>
-    <t>Калининградский областной музыкальный колледж имени С.В. Рахманинова (г. Калининград)</t>
-[...7 lines deleted...]
-  <si>
     <t>Северный государственный медицинский университет (г. Архангельск)</t>
   </si>
   <si>
     <t>Ташкентский государственный педагогический университет имени Низами (г. Ташкент)</t>
   </si>
   <si>
     <t>Свердловский областной медицинский колледж (г. Екатеринбург)</t>
   </si>
   <si>
+    <t>Бийский государственный колледж (г. Бийск)</t>
+  </si>
+  <si>
     <t>Астраханский государственный медицинский университет (г. Астрахань)</t>
   </si>
   <si>
+    <t>Брянский государственный аграрный университет (с. Кокино)</t>
+  </si>
+  <si>
+    <t>Донбасский государственный университет юстиции (г. Донецк)</t>
+  </si>
+  <si>
     <t>Технический университет УГМК (г. Верхняя Пышма)</t>
   </si>
   <si>
-    <t>Бийский государственный колледж (г. Бийск)</t>
-[...4 lines deleted...]
-  <si>
     <t>Московское высшее общевойсковое командное орденов Жукова, Ленина и Октябрьской революции Краснознаменное училище (г. Москва)</t>
   </si>
   <si>
     <t>Военный учебно-научный центр Сухопутных войск «Общевойсковая академия Вооруженных Сил Российской Федерации» (г. Москва)</t>
   </si>
   <si>
     <t>Международный институт экономики и менеджмента (г. Москва)</t>
   </si>
   <si>
     <t>Университет мировых цивилизаций имени В.В. Жириновского (г. Москва)</t>
   </si>
   <si>
     <t>Якутский технологический техникум сервиса имени Ю.А. Готовцева (г. Якутск)</t>
   </si>
   <si>
     <t>Черепановский педагогический колледж (г. Черепаново)</t>
   </si>
   <si>
     <t>Фельдшерский колледж (г. Санкт-Петербург)</t>
   </si>
   <si>
     <t>Усть-Лабинский социально-педагогический колледж (г. Усть-Лабинск)</t>
   </si>
   <si>
     <t>Уральский государственный медицинский университет (г. Екатеринбург)</t>
@@ -1886,53 +1889,50 @@
     <t>Профессиональный колледж "Московия" (г. Домодедово)</t>
   </si>
   <si>
     <t>Новочеркасский геологоразведочный колледж (г. Новочеркасск)</t>
   </si>
   <si>
     <t>Нижегородский губернский колледж (г. Нижний Новгород)</t>
   </si>
   <si>
     <t>Московский образовательный комплекс ЗАПАД (г. Москва)</t>
   </si>
   <si>
     <t>Московский кооперативный техникум имени Г.Н. Альтшуля (г. Мытищи)</t>
   </si>
   <si>
     <t>Московская государственная академия физической культуры (пгт. Малаховка)</t>
   </si>
   <si>
     <t>Липецкий государственный технический университет (г. Липецк)</t>
   </si>
   <si>
     <t>Колледж Московского транспорта (г. Москва)</t>
   </si>
   <si>
     <t>Кировский сельскохозяйственный техникум (г. Котельнич)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Казанская государственная академия ветеринарной медицины имени Н.Э. Баумана (г. Казань)</t>
   </si>
   <si>
     <t>Дагестанский государственный педагогический университет имени Р. Гамзатова (г. Махачкала)</t>
   </si>
   <si>
     <t>Вологодский колледж связи и информационных технологий (г. Вологда)</t>
   </si>
   <si>
     <t>Волгоградский строительный техникум (г. Волгоград)</t>
   </si>
   <si>
     <t>Альметьевский политехнический техникум (г. Альметьевск)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2317,18077 +2317,18093 @@
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="2">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="2">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="D2" s="2">
-        <v>2594</v>
+        <v>2549</v>
       </c>
       <c r="E2" s="2">
-        <v>44544</v>
+        <v>54525</v>
       </c>
       <c r="F2" s="2">
-        <v>1925</v>
+        <v>1908</v>
       </c>
       <c r="G2" s="2">
-        <v>16887.0</v>
+        <v>16701.0</v>
       </c>
       <c r="H2" s="2">
-        <v>154009.0</v>
+        <v>154463.0</v>
       </c>
       <c r="I2" s="2">
-        <v>17581.0</v>
+        <v>23050.0</v>
       </c>
       <c r="J2" s="2">
-        <v>17385.0</v>
+        <v>19626.0</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="2">
-        <v>364</v>
+        <v>663</v>
       </c>
       <c r="D3" s="2">
-        <v>920</v>
+        <v>617</v>
       </c>
       <c r="E3" s="2">
-        <v>38624</v>
+        <v>39328</v>
       </c>
       <c r="F3" s="2">
-        <v>1790</v>
+        <v>1772</v>
       </c>
       <c r="G3" s="2">
-        <v>13508.0</v>
+        <v>13887.0</v>
       </c>
       <c r="H3" s="2">
-        <v>120300.0</v>
+        <v>124519.0</v>
       </c>
       <c r="I3" s="2">
-        <v>10669.0</v>
+        <v>7301.0</v>
       </c>
       <c r="J3" s="2">
-        <v>34517.0</v>
+        <v>11102.0</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="2">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="2">
-        <v>662</v>
+        <v>377</v>
       </c>
       <c r="D4" s="2">
-        <v>617</v>
+        <v>1090</v>
       </c>
       <c r="E4" s="2">
-        <v>32981</v>
+        <v>51572</v>
       </c>
       <c r="F4" s="2">
-        <v>1782</v>
+        <v>1760</v>
       </c>
       <c r="G4" s="2">
-        <v>14185.0</v>
+        <v>13306.0</v>
       </c>
       <c r="H4" s="2">
-        <v>124472.0</v>
+        <v>119530.0</v>
       </c>
       <c r="I4" s="2">
-        <v>5410.0</v>
+        <v>10593.0</v>
       </c>
       <c r="J4" s="2">
-        <v>10595.0</v>
+        <v>33230.0</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="D5" s="2">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E5" s="2">
-        <v>20104</v>
+        <v>26757</v>
       </c>
       <c r="F5" s="2">
-        <v>1714</v>
+        <v>1702</v>
       </c>
       <c r="G5" s="2">
-        <v>10992.0</v>
+        <v>10836.0</v>
       </c>
       <c r="H5" s="2">
-        <v>94582.0</v>
+        <v>93704.0</v>
       </c>
       <c r="I5" s="2">
-        <v>214.0</v>
+        <v>619.0</v>
       </c>
       <c r="J5" s="2">
-        <v>15932.0</v>
+        <v>15608.0</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="2">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="2">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="D6" s="2">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="E6" s="2">
-        <v>24134</v>
+        <v>33746</v>
       </c>
       <c r="F6" s="2">
-        <v>1703</v>
+        <v>1691</v>
       </c>
       <c r="G6" s="2">
-        <v>12006.0</v>
+        <v>11920.0</v>
       </c>
       <c r="H6" s="2">
-        <v>122183.0</v>
+        <v>119924.0</v>
       </c>
       <c r="I6" s="2">
-        <v>4964.0</v>
+        <v>4971.0</v>
       </c>
       <c r="J6" s="2">
-        <v>28187.0</v>
+        <v>23926.0</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="2">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="2">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="D7" s="2">
         <v>290</v>
       </c>
       <c r="E7" s="2">
-        <v>13313</v>
+        <v>17736</v>
       </c>
       <c r="F7" s="2">
-        <v>1563</v>
+        <v>1548</v>
       </c>
       <c r="G7" s="2">
-        <v>8877.0</v>
+        <v>8782.0</v>
       </c>
       <c r="H7" s="2">
-        <v>71741.0</v>
+        <v>71584.0</v>
       </c>
       <c r="I7" s="2">
-        <v>1405.0</v>
+        <v>1392.0</v>
       </c>
       <c r="J7" s="2">
-        <v>12973.0</v>
+        <v>13272.0</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="2">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="2">
-        <v>161</v>
+        <v>174</v>
       </c>
       <c r="D8" s="2">
-        <v>110</v>
+        <v>32</v>
       </c>
       <c r="E8" s="2">
-        <v>11022</v>
+        <v>11286</v>
       </c>
       <c r="F8" s="2">
-        <v>1526</v>
+        <v>1509</v>
       </c>
       <c r="G8" s="2">
-        <v>6793.0</v>
+        <v>6951.0</v>
       </c>
       <c r="H8" s="2">
-        <v>51841.0</v>
+        <v>50084.0</v>
       </c>
       <c r="I8" s="2">
-        <v>400.0</v>
+        <v>214.0</v>
       </c>
       <c r="J8" s="2">
-        <v>11571.0</v>
+        <v>3158.0</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="2">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="2">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="D9" s="2">
-        <v>32</v>
+        <v>110</v>
       </c>
       <c r="E9" s="2">
-        <v>9699</v>
+        <v>13757</v>
       </c>
       <c r="F9" s="2">
-        <v>1518</v>
+        <v>1502</v>
       </c>
       <c r="G9" s="2">
-        <v>7128.0</v>
+        <v>6601.0</v>
       </c>
       <c r="H9" s="2">
-        <v>50599.0</v>
+        <v>51230.0</v>
       </c>
       <c r="I9" s="2">
-        <v>151.0</v>
+        <v>385.0</v>
       </c>
       <c r="J9" s="2">
-        <v>3651.0</v>
+        <v>11502.0</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="2">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="2">
         <v>177</v>
       </c>
       <c r="D10" s="2">
         <v>388</v>
       </c>
       <c r="E10" s="2">
-        <v>15327</v>
+        <v>21071</v>
       </c>
       <c r="F10" s="2">
-        <v>1517</v>
+        <v>1492</v>
       </c>
       <c r="G10" s="2">
-        <v>8180.0</v>
+        <v>7998.0</v>
       </c>
       <c r="H10" s="2">
-        <v>55524.0</v>
+        <v>55446.0</v>
       </c>
       <c r="I10" s="2">
-        <v>178.0</v>
+        <v>297.0</v>
       </c>
       <c r="J10" s="2">
-        <v>14241.0</v>
+        <v>14560.0</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="2">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="2">
         <v>171</v>
       </c>
       <c r="D11" s="2">
-        <v>2429</v>
+        <v>2298</v>
       </c>
       <c r="E11" s="2">
-        <v>18650</v>
+        <v>21870</v>
       </c>
       <c r="F11" s="2">
-        <v>1412</v>
+        <v>1410</v>
       </c>
       <c r="G11" s="2">
-        <v>5901.0</v>
+        <v>5731.0</v>
       </c>
       <c r="H11" s="2">
-        <v>42216.0</v>
+        <v>42074.0</v>
       </c>
       <c r="I11" s="2">
-        <v>27099.0</v>
+        <v>32610.0</v>
       </c>
       <c r="J11" s="2">
-        <v>5428.0</v>
+        <v>6786.0</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="2">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="2">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D12" s="2">
         <v>312</v>
       </c>
       <c r="E12" s="2">
-        <v>10442</v>
+        <v>16663</v>
       </c>
       <c r="F12" s="2">
-        <v>1401</v>
+        <v>1394</v>
       </c>
       <c r="G12" s="2">
-        <v>6016.0</v>
+        <v>5902.0</v>
       </c>
       <c r="H12" s="2">
-        <v>47087.0</v>
+        <v>47175.0</v>
       </c>
       <c r="I12" s="2">
-        <v>20100.0</v>
+        <v>20825.0</v>
       </c>
       <c r="J12" s="2">
-        <v>25875.0</v>
+        <v>26668.0</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="2">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="2">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D13" s="2">
         <v>55</v>
       </c>
       <c r="E13" s="2">
-        <v>8183</v>
+        <v>10659</v>
       </c>
       <c r="F13" s="2">
-        <v>1366</v>
+        <v>1375</v>
       </c>
       <c r="G13" s="2">
-        <v>6065.0</v>
+        <v>5966.0</v>
       </c>
       <c r="H13" s="2">
-        <v>42002.0</v>
+        <v>41804.0</v>
       </c>
       <c r="I13" s="2">
-        <v>531.0</v>
+        <v>484.0</v>
       </c>
       <c r="J13" s="2">
-        <v>4270.0</v>
+        <v>6457.0</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="2">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="2">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D14" s="2">
         <v>74</v>
       </c>
       <c r="E14" s="2">
-        <v>14182</v>
+        <v>18891</v>
       </c>
       <c r="F14" s="2">
-        <v>1362</v>
+        <v>1343</v>
       </c>
       <c r="G14" s="2">
-        <v>5500.0</v>
+        <v>5366.0</v>
       </c>
       <c r="H14" s="2">
-        <v>45275.0</v>
+        <v>42689.0</v>
       </c>
       <c r="I14" s="2">
-        <v>56.0</v>
+        <v>39.0</v>
       </c>
       <c r="J14" s="2">
-        <v>5966.0</v>
+        <v>5737.0</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="2">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="2">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="D15" s="2">
         <v>2</v>
       </c>
       <c r="E15" s="2">
-        <v>2772</v>
+        <v>2868</v>
       </c>
       <c r="F15" s="2">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="G15" s="2">
-        <v>4959.0</v>
+        <v>4798.0</v>
       </c>
       <c r="H15" s="2">
-        <v>32279.0</v>
+        <v>31791.0</v>
       </c>
       <c r="I15" s="2">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="J15" s="2">
-        <v>1472.0</v>
+        <v>1856.0</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="2">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="2">
         <v>63</v>
       </c>
       <c r="D16" s="2">
         <v>309</v>
       </c>
       <c r="E16" s="2">
-        <v>6187</v>
+        <v>10356</v>
       </c>
       <c r="F16" s="2">
-        <v>1270</v>
+        <v>1264</v>
       </c>
       <c r="G16" s="2">
-        <v>4558.0</v>
+        <v>4440.0</v>
       </c>
       <c r="H16" s="2">
-        <v>57045.0</v>
+        <v>56965.0</v>
       </c>
       <c r="I16" s="2">
-        <v>133.0</v>
+        <v>3204.0</v>
       </c>
       <c r="J16" s="2">
-        <v>32094.0</v>
+        <v>29183.0</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="2">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="2">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D17" s="2">
         <v>10</v>
       </c>
       <c r="E17" s="2">
-        <v>7446</v>
+        <v>8872</v>
       </c>
       <c r="F17" s="2">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="G17" s="2">
-        <v>4037.0</v>
+        <v>3935.0</v>
       </c>
       <c r="H17" s="2">
-        <v>24008.0</v>
+        <v>23234.0</v>
       </c>
       <c r="I17" s="2">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="J17" s="2">
-        <v>1940.0</v>
+        <v>1931.0</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="2">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="2">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D18" s="2">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E18" s="2">
-        <v>3977</v>
+        <v>5136</v>
       </c>
       <c r="F18" s="2">
-        <v>1255</v>
+        <v>1247</v>
       </c>
       <c r="G18" s="2">
-        <v>4612.0</v>
+        <v>4519.0</v>
       </c>
       <c r="H18" s="2">
-        <v>27203.0</v>
+        <v>27093.0</v>
       </c>
       <c r="I18" s="2">
-        <v>17.0</v>
+        <v>85.0</v>
       </c>
       <c r="J18" s="2">
-        <v>8430.0</v>
+        <v>10731.0</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="2">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C19" s="2">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D19" s="2">
-        <v>171</v>
+        <v>17</v>
       </c>
       <c r="E19" s="2">
-        <v>1622</v>
+        <v>6464</v>
       </c>
       <c r="F19" s="2">
-        <v>1247</v>
+        <v>1241</v>
       </c>
       <c r="G19" s="2">
-        <v>3819.0</v>
+        <v>4007.0</v>
       </c>
       <c r="H19" s="2">
-        <v>23148.0</v>
+        <v>28966.0</v>
       </c>
       <c r="I19" s="2">
-        <v>689.0</v>
+        <v>268.0</v>
       </c>
       <c r="J19" s="2">
-        <v>1842.0</v>
+        <v>2267.0</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="2">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C20" s="2">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D20" s="2">
-        <v>17</v>
+        <v>171</v>
       </c>
       <c r="E20" s="2">
-        <v>6171</v>
+        <v>1762</v>
       </c>
       <c r="F20" s="2">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="G20" s="2">
-        <v>4038.0</v>
+        <v>3686.0</v>
       </c>
       <c r="H20" s="2">
-        <v>28876.0</v>
+        <v>23256.0</v>
       </c>
       <c r="I20" s="2">
-        <v>126.0</v>
+        <v>531.0</v>
       </c>
       <c r="J20" s="2">
-        <v>2296.0</v>
+        <v>1780.0</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="2">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="2">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D21" s="2">
-        <v>1784</v>
+        <v>1791</v>
       </c>
       <c r="E21" s="2">
-        <v>13635</v>
+        <v>18520</v>
       </c>
       <c r="F21" s="2">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="G21" s="2">
-        <v>5015.0</v>
+        <v>4934.0</v>
       </c>
       <c r="H21" s="2">
-        <v>62631.0</v>
+        <v>62985.0</v>
       </c>
       <c r="I21" s="2">
-        <v>6709.0</v>
+        <v>16891.0</v>
       </c>
       <c r="J21" s="2">
-        <v>13872.0</v>
+        <v>16198.0</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="2">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C22" s="2">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D22" s="2">
         <v>8</v>
       </c>
       <c r="E22" s="2">
-        <v>7094</v>
+        <v>10371</v>
       </c>
       <c r="F22" s="2">
-        <v>1188</v>
+        <v>1193</v>
       </c>
       <c r="G22" s="2">
-        <v>3546.0</v>
+        <v>3489.0</v>
       </c>
       <c r="H22" s="2">
-        <v>26326.0</v>
+        <v>26674.0</v>
       </c>
       <c r="I22" s="2">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="J22" s="2">
-        <v>1662.0</v>
+        <v>2529.0</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="2">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="2">
-        <v>157</v>
+        <v>120</v>
       </c>
       <c r="D23" s="2">
-        <v>223</v>
+        <v>28</v>
       </c>
       <c r="E23" s="2">
-        <v>7322</v>
+        <v>14752</v>
       </c>
       <c r="F23" s="2">
         <v>1174</v>
       </c>
       <c r="G23" s="2">
-        <v>5241.0</v>
+        <v>4865.0</v>
       </c>
       <c r="H23" s="2">
-        <v>48156.0</v>
+        <v>66453.0</v>
       </c>
       <c r="I23" s="2">
-        <v>1398.0</v>
+        <v>51.0</v>
       </c>
       <c r="J23" s="2">
-        <v>3552.0</v>
+        <v>13179.0</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="2">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="2">
-        <v>118</v>
+        <v>156</v>
       </c>
       <c r="D24" s="2">
-        <v>27</v>
+        <v>223</v>
       </c>
       <c r="E24" s="2">
-        <v>8876</v>
+        <v>9797</v>
       </c>
       <c r="F24" s="2">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="G24" s="2">
-        <v>4885.0</v>
+        <v>5048.0</v>
       </c>
       <c r="H24" s="2">
-        <v>67098.0</v>
+        <v>45148.0</v>
       </c>
       <c r="I24" s="2">
-        <v>3.0</v>
+        <v>168.0</v>
       </c>
       <c r="J24" s="2">
-        <v>13274.0</v>
+        <v>6290.0</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="2">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="2">
         <v>91</v>
       </c>
       <c r="D25" s="2">
         <v>51</v>
       </c>
       <c r="E25" s="2">
-        <v>5907</v>
+        <v>6596</v>
       </c>
       <c r="F25" s="2">
-        <v>1166</v>
+        <v>1162</v>
       </c>
       <c r="G25" s="2">
-        <v>3591.0</v>
+        <v>3540.0</v>
       </c>
       <c r="H25" s="2">
-        <v>27563.0</v>
+        <v>28615.0</v>
       </c>
       <c r="I25" s="2">
-        <v>72.0</v>
+        <v>62.0</v>
       </c>
       <c r="J25" s="2">
-        <v>1571.0</v>
+        <v>1450.0</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="2">
         <v>25</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="2">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D26" s="2">
         <v>205</v>
       </c>
       <c r="E26" s="2">
-        <v>7146</v>
+        <v>8104</v>
       </c>
       <c r="F26" s="2">
-        <v>1125</v>
+        <v>1108</v>
       </c>
       <c r="G26" s="2">
-        <v>2922.0</v>
+        <v>2842.0</v>
       </c>
       <c r="H26" s="2">
-        <v>16077.0</v>
+        <v>15798.0</v>
       </c>
       <c r="I26" s="2">
-        <v>1121.0</v>
+        <v>1675.0</v>
       </c>
       <c r="J26" s="2">
-        <v>1213.0</v>
+        <v>3202.0</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="2">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C27" s="2">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="D27" s="2">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="E27" s="2">
-        <v>4050</v>
+        <v>4048</v>
       </c>
       <c r="F27" s="2">
-        <v>1091</v>
+        <v>1088</v>
       </c>
       <c r="G27" s="2">
-        <v>3373.0</v>
+        <v>3003.0</v>
       </c>
       <c r="H27" s="2">
-        <v>29904.0</v>
+        <v>30359.0</v>
       </c>
       <c r="I27" s="2">
-        <v>68.0</v>
+        <v>28.0</v>
       </c>
       <c r="J27" s="2">
-        <v>2008.0</v>
+        <v>6761.0</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="2">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="2">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2">
-        <v>4053</v>
+        <v>5198</v>
       </c>
       <c r="F28" s="2">
-        <v>1091</v>
+        <v>1087</v>
       </c>
       <c r="G28" s="2">
-        <v>3798.0</v>
+        <v>3768.0</v>
       </c>
       <c r="H28" s="2">
-        <v>49558.0</v>
+        <v>49490.0</v>
       </c>
       <c r="I28" s="2">
         <v>0.0</v>
       </c>
       <c r="J28" s="2">
-        <v>2557.0</v>
+        <v>2857.0</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="2">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C29" s="2">
-        <v>51</v>
+        <v>99</v>
       </c>
       <c r="D29" s="2">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="E29" s="2">
-        <v>3515</v>
+        <v>5707</v>
       </c>
       <c r="F29" s="2">
-        <v>1090</v>
+        <v>1079</v>
       </c>
       <c r="G29" s="2">
-        <v>3060.0</v>
+        <v>3346.0</v>
       </c>
       <c r="H29" s="2">
-        <v>30539.0</v>
+        <v>29809.0</v>
       </c>
       <c r="I29" s="2">
-        <v>5.0</v>
+        <v>187.0</v>
       </c>
       <c r="J29" s="2">
-        <v>7312.0</v>
+        <v>2154.0</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="2">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C30" s="2">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D30" s="2">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="E30" s="2">
-        <v>7813</v>
+        <v>10418</v>
       </c>
       <c r="F30" s="2">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="G30" s="2">
-        <v>3945.0</v>
+        <v>3987.0</v>
       </c>
       <c r="H30" s="2">
-        <v>49020.0</v>
+        <v>48659.0</v>
       </c>
       <c r="I30" s="2">
-        <v>119.0</v>
+        <v>155.0</v>
       </c>
       <c r="J30" s="2">
-        <v>9055.0</v>
+        <v>8491.0</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="2">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C31" s="2">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2">
-        <v>5157</v>
+        <v>7621</v>
       </c>
       <c r="F31" s="2">
-        <v>1053</v>
+        <v>1059</v>
       </c>
       <c r="G31" s="2">
-        <v>3339.0</v>
+        <v>2361.0</v>
       </c>
       <c r="H31" s="2">
-        <v>28277.0</v>
+        <v>18448.0</v>
       </c>
       <c r="I31" s="2">
-        <v>249.0</v>
+        <v>0.0</v>
       </c>
       <c r="J31" s="2">
-        <v>1955.0</v>
+        <v>2292.0</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="2">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C32" s="2">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D32" s="2"/>
+        <v>60</v>
+      </c>
+      <c r="D32" s="2">
+        <v>232</v>
+      </c>
       <c r="E32" s="2">
-        <v>6339</v>
+        <v>8066</v>
       </c>
       <c r="F32" s="2">
-        <v>1052</v>
+        <v>1047</v>
       </c>
       <c r="G32" s="2">
-        <v>2395.0</v>
+        <v>3316.0</v>
       </c>
       <c r="H32" s="2">
-        <v>18294.0</v>
+        <v>28398.0</v>
       </c>
       <c r="I32" s="2">
-        <v>0.0</v>
+        <v>633.0</v>
       </c>
       <c r="J32" s="2">
-        <v>1879.0</v>
+        <v>2168.0</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="2">
         <v>32</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C33" s="2">
         <v>80</v>
       </c>
       <c r="D33" s="2">
         <v>177</v>
       </c>
       <c r="E33" s="2">
         <v>1954</v>
       </c>
       <c r="F33" s="2">
-        <v>1046</v>
+        <v>1033</v>
       </c>
       <c r="G33" s="2">
-        <v>2438.0</v>
+        <v>2337.0</v>
       </c>
       <c r="H33" s="2">
-        <v>8312.0</v>
+        <v>8242.0</v>
       </c>
       <c r="I33" s="2">
-        <v>1007.0</v>
+        <v>1156.0</v>
       </c>
       <c r="J33" s="2">
-        <v>2886.0</v>
+        <v>2863.0</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="2">
         <v>33</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C34" s="2">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D34" s="2"/>
+        <v>62</v>
+      </c>
+      <c r="D34" s="2">
+        <v>9</v>
+      </c>
       <c r="E34" s="2">
-        <v>6301</v>
+        <v>6881</v>
       </c>
       <c r="F34" s="2">
-        <v>1042</v>
+        <v>1031</v>
       </c>
       <c r="G34" s="2">
-        <v>2299.0</v>
+        <v>2748.0</v>
       </c>
       <c r="H34" s="2">
-        <v>10469.0</v>
+        <v>20553.0</v>
       </c>
       <c r="I34" s="2">
-        <v>0.0</v>
+        <v>11.0</v>
       </c>
       <c r="J34" s="2">
-        <v>4898.0</v>
+        <v>9177.0</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="2">
         <v>34</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>43</v>
       </c>
       <c r="C35" s="2">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="D35" s="2">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="E35" s="2">
-        <v>4728</v>
+        <v>2482</v>
       </c>
       <c r="F35" s="2">
-        <v>1038</v>
+        <v>1030</v>
       </c>
       <c r="G35" s="2">
-        <v>2856.0</v>
+        <v>2630.0</v>
       </c>
       <c r="H35" s="2">
-        <v>20888.0</v>
+        <v>13107.0</v>
       </c>
       <c r="I35" s="2">
-        <v>9.0</v>
+        <v>228.0</v>
       </c>
       <c r="J35" s="2">
-        <v>9013.0</v>
+        <v>594.0</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="2">
         <v>35</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C36" s="2">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="D36" s="2">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="E36" s="2">
-        <v>1800</v>
+        <v>2630</v>
       </c>
       <c r="F36" s="2">
-        <v>1034</v>
+        <v>1020</v>
       </c>
       <c r="G36" s="2">
-        <v>2716.0</v>
+        <v>2471.0</v>
       </c>
       <c r="H36" s="2">
-        <v>13142.0</v>
+        <v>22249.0</v>
       </c>
       <c r="I36" s="2">
-        <v>217.0</v>
+        <v>249.0</v>
       </c>
       <c r="J36" s="2">
-        <v>622.0</v>
+        <v>536.0</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="2">
         <v>36</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="2">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="D37" s="2"/>
       <c r="E37" s="2">
-        <v>1965</v>
+        <v>8921</v>
       </c>
       <c r="F37" s="2">
-        <v>1026</v>
+        <v>1019</v>
       </c>
       <c r="G37" s="2">
-        <v>2541.0</v>
+        <v>2222.0</v>
       </c>
       <c r="H37" s="2">
-        <v>22295.0</v>
+        <v>10626.0</v>
       </c>
       <c r="I37" s="2">
-        <v>244.0</v>
+        <v>0.0</v>
       </c>
       <c r="J37" s="2">
-        <v>556.0</v>
+        <v>4945.0</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="2">
         <v>37</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C38" s="2">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D38" s="2">
         <v>2</v>
       </c>
       <c r="E38" s="2">
-        <v>4393</v>
+        <v>5450</v>
       </c>
       <c r="F38" s="2">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="G38" s="2">
-        <v>2231.0</v>
+        <v>2203.0</v>
       </c>
       <c r="H38" s="2">
-        <v>11676.0</v>
+        <v>11716.0</v>
       </c>
       <c r="I38" s="2">
         <v>0.0</v>
       </c>
       <c r="J38" s="2">
-        <v>5331.0</v>
+        <v>5353.0</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="2">
         <v>38</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C39" s="2">
         <v>65</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2">
-        <v>3109</v>
+        <v>4477</v>
       </c>
       <c r="F39" s="2">
-        <v>1014</v>
+        <v>992</v>
       </c>
       <c r="G39" s="2">
-        <v>2140.0</v>
+        <v>2059.0</v>
       </c>
       <c r="H39" s="2">
-        <v>9614.0</v>
+        <v>9679.0</v>
       </c>
       <c r="I39" s="2">
         <v>0.0</v>
       </c>
       <c r="J39" s="2">
-        <v>6672.0</v>
+        <v>7442.0</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="2">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C40" s="2">
-        <v>40</v>
+        <v>69</v>
       </c>
       <c r="D40" s="2">
-        <v>76</v>
+        <v>1</v>
       </c>
       <c r="E40" s="2">
-        <v>1512</v>
+        <v>8231</v>
       </c>
       <c r="F40" s="2">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="G40" s="2">
-        <v>2226.0</v>
+        <v>2187.0</v>
       </c>
       <c r="H40" s="2">
-        <v>22114.0</v>
+        <v>8185.0</v>
       </c>
       <c r="I40" s="2">
-        <v>68.0</v>
+        <v>24.0</v>
       </c>
       <c r="J40" s="2">
-        <v>1112.0</v>
+        <v>1693.0</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="2">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C41" s="2">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="D41" s="2">
-        <v>1</v>
+        <v>76</v>
       </c>
       <c r="E41" s="2">
-        <v>7320</v>
+        <v>1993</v>
       </c>
       <c r="F41" s="2">
-        <v>979</v>
+        <v>973</v>
       </c>
       <c r="G41" s="2">
-        <v>2266.0</v>
+        <v>2165.0</v>
       </c>
       <c r="H41" s="2">
-        <v>8278.0</v>
+        <v>21401.0</v>
       </c>
       <c r="I41" s="2">
-        <v>21.0</v>
+        <v>227.0</v>
       </c>
       <c r="J41" s="2">
-        <v>772.0</v>
+        <v>1209.0</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="2">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="2">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2">
-        <v>3426</v>
+        <v>5762</v>
       </c>
       <c r="F42" s="2">
-        <v>965</v>
+        <v>960</v>
       </c>
       <c r="G42" s="2">
-        <v>2375.0</v>
+        <v>2390.0</v>
       </c>
       <c r="H42" s="2">
-        <v>29986.0</v>
+        <v>29755.0</v>
       </c>
       <c r="I42" s="2">
         <v>0.0</v>
       </c>
       <c r="J42" s="2">
-        <v>1905.0</v>
+        <v>1291.0</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="2">
         <v>42</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="2">
         <v>53</v>
       </c>
       <c r="D43" s="2">
         <v>122</v>
       </c>
       <c r="E43" s="2">
-        <v>3274</v>
+        <v>5196</v>
       </c>
       <c r="F43" s="2">
-        <v>948</v>
+        <v>959</v>
       </c>
       <c r="G43" s="2">
-        <v>2375.0</v>
+        <v>2331.0</v>
       </c>
       <c r="H43" s="2">
-        <v>23718.0</v>
+        <v>23586.0</v>
       </c>
       <c r="I43" s="2">
-        <v>177.0</v>
+        <v>165.0</v>
       </c>
       <c r="J43" s="2">
-        <v>2240.0</v>
+        <v>2391.0</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="2">
         <v>43</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C44" s="2">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="D44" s="2">
-        <v>118</v>
+        <v>4</v>
       </c>
       <c r="E44" s="2">
-        <v>8567</v>
+        <v>5714</v>
       </c>
       <c r="F44" s="2">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="G44" s="2">
-        <v>2761.0</v>
+        <v>2522.0</v>
       </c>
       <c r="H44" s="2">
-        <v>33956.0</v>
+        <v>24346.0</v>
       </c>
       <c r="I44" s="2">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="J44" s="2">
-        <v>16898.0</v>
+        <v>1570.0</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="2">
         <v>44</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>53</v>
       </c>
       <c r="C45" s="2">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="D45" s="2">
-        <v>4</v>
+        <v>118</v>
       </c>
       <c r="E45" s="2">
-        <v>3433</v>
+        <v>12579</v>
       </c>
       <c r="F45" s="2">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="G45" s="2">
-        <v>2529.0</v>
+        <v>2756.0</v>
       </c>
       <c r="H45" s="2">
-        <v>24836.0</v>
+        <v>34124.0</v>
       </c>
       <c r="I45" s="2">
-        <v>0.0</v>
+        <v>1225.0</v>
       </c>
       <c r="J45" s="2">
-        <v>1335.0</v>
+        <v>17197.0</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="2">
         <v>45</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="2">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D46" s="2"/>
+        <v>33</v>
+      </c>
+      <c r="D46" s="2">
+        <v>47</v>
+      </c>
       <c r="E46" s="2">
-        <v>614</v>
+        <v>1716</v>
       </c>
       <c r="F46" s="2">
-        <v>926</v>
+        <v>933</v>
       </c>
       <c r="G46" s="2">
-        <v>1299.0</v>
+        <v>2010.0</v>
       </c>
       <c r="H46" s="2">
-        <v>10380.0</v>
+        <v>21370.0</v>
       </c>
       <c r="I46" s="2">
-        <v>0.0</v>
+        <v>339.0</v>
       </c>
       <c r="J46" s="2">
-        <v>2717.0</v>
+        <v>2381.0</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="2">
         <v>46</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="2">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="D47" s="2"/>
       <c r="E47" s="2">
-        <v>1136</v>
+        <v>2350</v>
       </c>
       <c r="F47" s="2">
-        <v>920</v>
+        <v>886</v>
       </c>
       <c r="G47" s="2">
-        <v>2022.0</v>
+        <v>2068.0</v>
       </c>
       <c r="H47" s="2">
-        <v>21718.0</v>
+        <v>23389.0</v>
       </c>
       <c r="I47" s="2">
-        <v>402.0</v>
+        <v>0.0</v>
       </c>
       <c r="J47" s="2">
-        <v>1361.0</v>
+        <v>849.0</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="2">
         <v>47</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C48" s="2">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2">
-        <v>1032</v>
+        <v>1339</v>
       </c>
       <c r="F48" s="2">
-        <v>893</v>
+        <v>879</v>
       </c>
       <c r="G48" s="2">
-        <v>1637.0</v>
+        <v>1609.0</v>
       </c>
       <c r="H48" s="2">
-        <v>11791.0</v>
+        <v>11620.0</v>
       </c>
       <c r="I48" s="2">
         <v>0.0</v>
       </c>
       <c r="J48" s="2">
-        <v>531.0</v>
+        <v>719.0</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="2">
         <v>48</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C49" s="2">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="D49" s="2"/>
       <c r="E49" s="2">
-        <v>1748</v>
+        <v>2794</v>
       </c>
       <c r="F49" s="2">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="G49" s="2">
-        <v>1959.0</v>
+        <v>1888.0</v>
       </c>
       <c r="H49" s="2">
-        <v>18248.0</v>
+        <v>10295.0</v>
       </c>
       <c r="I49" s="2">
-        <v>361.0</v>
+        <v>0.0</v>
       </c>
       <c r="J49" s="2">
-        <v>413.0</v>
+        <v>3850.0</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="2">
         <v>49</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C50" s="2">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2">
-        <v>1677</v>
+        <v>701</v>
       </c>
       <c r="F50" s="2">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="G50" s="2">
-        <v>2098.0</v>
+        <v>1242.0</v>
       </c>
       <c r="H50" s="2">
-        <v>23386.0</v>
+        <v>10405.0</v>
       </c>
       <c r="I50" s="2">
         <v>0.0</v>
       </c>
       <c r="J50" s="2">
-        <v>845.0</v>
+        <v>2746.0</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="2">
         <v>50</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="2">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="D51" s="2"/>
+        <v>34</v>
+      </c>
+      <c r="D51" s="2">
+        <v>88</v>
+      </c>
       <c r="E51" s="2">
-        <v>1726</v>
+        <v>2077</v>
       </c>
       <c r="F51" s="2">
-        <v>873</v>
+        <v>858</v>
       </c>
       <c r="G51" s="2">
-        <v>1914.0</v>
+        <v>1931.0</v>
       </c>
       <c r="H51" s="2">
-        <v>10545.0</v>
+        <v>18079.0</v>
       </c>
       <c r="I51" s="2">
-        <v>0.0</v>
+        <v>361.0</v>
       </c>
       <c r="J51" s="2">
-        <v>4144.0</v>
+        <v>411.0</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="2">
         <v>51</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C52" s="2">
         <v>42</v>
       </c>
       <c r="D52" s="2">
         <v>9</v>
       </c>
       <c r="E52" s="2">
-        <v>3319</v>
+        <v>3815</v>
       </c>
       <c r="F52" s="2">
-        <v>865</v>
+        <v>853</v>
       </c>
       <c r="G52" s="2">
-        <v>1782.0</v>
+        <v>1724.0</v>
       </c>
       <c r="H52" s="2">
-        <v>16011.0</v>
+        <v>15966.0</v>
       </c>
       <c r="I52" s="2">
         <v>4.0</v>
       </c>
       <c r="J52" s="2">
-        <v>792.0</v>
+        <v>837.0</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="2">
         <v>52</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C53" s="2">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D53" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="D53" s="2">
+        <v>67</v>
+      </c>
       <c r="E53" s="2">
-        <v>1241</v>
+        <v>3604</v>
       </c>
       <c r="F53" s="2">
         <v>850</v>
       </c>
       <c r="G53" s="2">
-        <v>1457.0</v>
+        <v>1632.0</v>
       </c>
       <c r="H53" s="2">
-        <v>14547.0</v>
+        <v>9620.0</v>
       </c>
       <c r="I53" s="2">
-        <v>0.0</v>
+        <v>4186.0</v>
       </c>
       <c r="J53" s="2">
-        <v>78.0</v>
+        <v>1098.0</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="2">
         <v>53</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C54" s="2">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="D54" s="2"/>
       <c r="E54" s="2">
-        <v>2296</v>
+        <v>1477</v>
       </c>
       <c r="F54" s="2">
-        <v>846</v>
+        <v>840</v>
       </c>
       <c r="G54" s="2">
-        <v>1801.0</v>
+        <v>1512.0</v>
       </c>
       <c r="H54" s="2">
-        <v>22226.0</v>
+        <v>10172.0</v>
       </c>
       <c r="I54" s="2">
         <v>0.0</v>
       </c>
       <c r="J54" s="2">
-        <v>4637.0</v>
+        <v>536.0</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="2">
         <v>54</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C55" s="2">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2">
-        <v>2247</v>
+        <v>1367</v>
       </c>
       <c r="F55" s="2">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="G55" s="2">
-        <v>1179.0</v>
+        <v>1426.0</v>
       </c>
       <c r="H55" s="2">
-        <v>8029.0</v>
+        <v>15002.0</v>
       </c>
       <c r="I55" s="2">
-        <v>178.0</v>
+        <v>0.0</v>
       </c>
       <c r="J55" s="2">
-        <v>2422.0</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="2">
         <v>55</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C56" s="2">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D56" s="2">
-        <v>120</v>
+        <v>94</v>
       </c>
       <c r="E56" s="2">
-        <v>2647</v>
+        <v>3679</v>
       </c>
       <c r="F56" s="2">
-        <v>833</v>
+        <v>831</v>
       </c>
       <c r="G56" s="2">
-        <v>1768.0</v>
+        <v>1783.0</v>
       </c>
       <c r="H56" s="2">
-        <v>24009.0</v>
+        <v>22098.0</v>
       </c>
       <c r="I56" s="2">
-        <v>41.0</v>
+        <v>225.0</v>
       </c>
       <c r="J56" s="2">
-        <v>4516.0</v>
+        <v>2090.0</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="2">
         <v>56</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="2">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="D57" s="2"/>
       <c r="E57" s="2">
-        <v>2489</v>
+        <v>1091</v>
       </c>
       <c r="F57" s="2">
-        <v>832</v>
+        <v>826</v>
       </c>
       <c r="G57" s="2">
-        <v>1610.0</v>
+        <v>1724.0</v>
       </c>
       <c r="H57" s="2">
-        <v>9702.0</v>
+        <v>20980.0</v>
       </c>
       <c r="I57" s="2">
-        <v>3685.0</v>
+        <v>0.0</v>
       </c>
       <c r="J57" s="2">
-        <v>1100.0</v>
+        <v>3367.0</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="2">
         <v>57</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C58" s="2">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="D58" s="2"/>
+        <v>20</v>
+      </c>
+      <c r="D58" s="2">
+        <v>44</v>
+      </c>
       <c r="E58" s="2">
-        <v>1438</v>
+        <v>3117</v>
       </c>
       <c r="F58" s="2">
-        <v>830</v>
+        <v>824</v>
       </c>
       <c r="G58" s="2">
-        <v>1531.0</v>
+        <v>1130.0</v>
       </c>
       <c r="H58" s="2">
-        <v>10041.0</v>
+        <v>7805.0</v>
       </c>
       <c r="I58" s="2">
-        <v>0.0</v>
+        <v>168.0</v>
       </c>
       <c r="J58" s="2">
-        <v>578.0</v>
+        <v>2797.0</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="2">
         <v>58</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="2">
         <v>22</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2">
-        <v>1030</v>
+        <v>1391</v>
       </c>
       <c r="F59" s="2">
         <v>819</v>
       </c>
       <c r="G59" s="2">
-        <v>1622.0</v>
+        <v>1616.0</v>
       </c>
       <c r="H59" s="2">
-        <v>15017.0</v>
+        <v>15047.0</v>
       </c>
       <c r="I59" s="2">
         <v>0.0</v>
       </c>
       <c r="J59" s="2">
-        <v>22.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="2">
         <v>59</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C60" s="2">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D60" s="2"/>
+        <v>21</v>
+      </c>
+      <c r="D60" s="2">
+        <v>76</v>
+      </c>
       <c r="E60" s="2">
-        <v>816</v>
+        <v>789</v>
       </c>
       <c r="F60" s="2">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="G60" s="2">
-        <v>1728.0</v>
+        <v>1203.0</v>
       </c>
       <c r="H60" s="2">
-        <v>21384.0</v>
+        <v>13386.0</v>
       </c>
       <c r="I60" s="2">
-        <v>0.0</v>
+        <v>406.0</v>
       </c>
       <c r="J60" s="2">
-        <v>2233.0</v>
+        <v>356.0</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="2">
         <v>60</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="2">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="D61" s="2">
-        <v>574</v>
+        <v>120</v>
       </c>
       <c r="E61" s="2">
-        <v>2463</v>
+        <v>4323</v>
       </c>
       <c r="F61" s="2">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="G61" s="2">
-        <v>1865.0</v>
+        <v>1741.0</v>
       </c>
       <c r="H61" s="2">
-        <v>12661.0</v>
+        <v>23912.0</v>
       </c>
       <c r="I61" s="2">
-        <v>0.0</v>
+        <v>942.0</v>
       </c>
       <c r="J61" s="2">
-        <v>950.0</v>
+        <v>1809.0</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="2">
         <v>61</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C62" s="2">
         <v>21</v>
       </c>
       <c r="D62" s="2">
         <v>130</v>
       </c>
       <c r="E62" s="2">
-        <v>2062</v>
+        <v>2968</v>
       </c>
       <c r="F62" s="2">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="G62" s="2">
-        <v>1616.0</v>
+        <v>1520.0</v>
       </c>
       <c r="H62" s="2">
-        <v>14521.0</v>
+        <v>13708.0</v>
       </c>
       <c r="I62" s="2">
-        <v>17.0</v>
+        <v>1236.0</v>
       </c>
       <c r="J62" s="2">
-        <v>1527.0</v>
+        <v>1391.0</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="2">
         <v>62</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="2">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D63" s="2">
-        <v>76</v>
+        <v>574</v>
       </c>
       <c r="E63" s="2">
-        <v>789</v>
+        <v>2934</v>
       </c>
       <c r="F63" s="2">
-        <v>814</v>
+        <v>803</v>
       </c>
       <c r="G63" s="2">
-        <v>1219.0</v>
+        <v>1814.0</v>
       </c>
       <c r="H63" s="2">
-        <v>13405.0</v>
+        <v>12385.0</v>
       </c>
       <c r="I63" s="2">
-        <v>28.0</v>
+        <v>228.0</v>
       </c>
       <c r="J63" s="2">
-        <v>439.0</v>
+        <v>985.0</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="2">
         <v>63</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C64" s="2">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D64" s="2"/>
+        <v>32</v>
+      </c>
+      <c r="D64" s="2">
+        <v>40</v>
+      </c>
       <c r="E64" s="2">
-        <v>1014</v>
+        <v>2070</v>
       </c>
       <c r="F64" s="2">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="G64" s="2">
-        <v>1111.0</v>
+        <v>1368.0</v>
       </c>
       <c r="H64" s="2">
-        <v>7422.0</v>
+        <v>15021.0</v>
       </c>
       <c r="I64" s="2">
-        <v>0.0</v>
+        <v>565.0</v>
       </c>
       <c r="J64" s="2">
-        <v>1395.0</v>
+        <v>114.0</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="2">
         <v>64</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="2">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
-        <v>351</v>
+        <v>1082</v>
       </c>
       <c r="F65" s="2">
-        <v>787</v>
+        <v>796</v>
       </c>
       <c r="G65" s="2">
-        <v>922.0</v>
+        <v>1088.0</v>
       </c>
       <c r="H65" s="2">
-        <v>7402.0</v>
+        <v>7081.0</v>
       </c>
       <c r="I65" s="2">
         <v>0.0</v>
       </c>
       <c r="J65" s="2">
-        <v>2681.0</v>
+        <v>1207.0</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="2">
         <v>65</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="2">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2">
-        <v>1245</v>
+        <v>2406</v>
       </c>
       <c r="F66" s="2">
-        <v>786</v>
+        <v>778</v>
       </c>
       <c r="G66" s="2">
-        <v>1603.0</v>
+        <v>1416.0</v>
       </c>
       <c r="H66" s="2">
-        <v>9578.0</v>
+        <v>12019.0</v>
       </c>
       <c r="I66" s="2">
         <v>0.0</v>
       </c>
       <c r="J66" s="2">
-        <v>4199.0</v>
+        <v>10460.0</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="2">
         <v>66</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="2">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2">
-        <v>2325</v>
+        <v>1596</v>
       </c>
       <c r="F67" s="2">
-        <v>786</v>
+        <v>773</v>
       </c>
       <c r="G67" s="2">
-        <v>1422.0</v>
+        <v>1554.0</v>
       </c>
       <c r="H67" s="2">
-        <v>12194.0</v>
+        <v>9384.0</v>
       </c>
       <c r="I67" s="2">
         <v>0.0</v>
       </c>
       <c r="J67" s="2">
-        <v>10081.0</v>
+        <v>3801.0</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="2">
         <v>67</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="2">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="D68" s="2">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E68" s="2">
-        <v>1912</v>
+        <v>5357</v>
       </c>
       <c r="F68" s="2">
-        <v>783</v>
+        <v>771</v>
       </c>
       <c r="G68" s="2">
-        <v>1361.0</v>
+        <v>1530.0</v>
       </c>
       <c r="H68" s="2">
-        <v>14453.0</v>
+        <v>21792.0</v>
       </c>
       <c r="I68" s="2">
-        <v>438.0</v>
+        <v>8.0</v>
       </c>
       <c r="J68" s="2">
-        <v>283.0</v>
+        <v>809.0</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="2">
         <v>68</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="2">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="D69" s="2">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E69" s="2">
-        <v>2755</v>
+        <v>1166</v>
       </c>
       <c r="F69" s="2">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="G69" s="2">
-        <v>1349.0</v>
+        <v>1222.0</v>
       </c>
       <c r="H69" s="2">
-        <v>4019.0</v>
+        <v>5486.0</v>
       </c>
       <c r="I69" s="2">
-        <v>295.0</v>
+        <v>49.0</v>
       </c>
       <c r="J69" s="2">
-        <v>93.0</v>
+        <v>616.0</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="2">
         <v>69</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="2">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="D70" s="2"/>
       <c r="E70" s="2">
-        <v>1137</v>
+        <v>2105</v>
       </c>
       <c r="F70" s="2">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="G70" s="2">
-        <v>1262.0</v>
+        <v>1351.0</v>
       </c>
       <c r="H70" s="2">
-        <v>5667.0</v>
+        <v>7207.0</v>
       </c>
       <c r="I70" s="2">
-        <v>39.0</v>
+        <v>0.0</v>
       </c>
       <c r="J70" s="2">
-        <v>577.0</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="2">
         <v>70</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C71" s="2">
-        <v>84</v>
+        <v>8</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2">
-        <v>2093</v>
+        <v>351</v>
       </c>
       <c r="F71" s="2">
-        <v>761</v>
+        <v>756</v>
       </c>
       <c r="G71" s="2">
-        <v>1396.0</v>
+        <v>880.0</v>
       </c>
       <c r="H71" s="2">
-        <v>7181.0</v>
+        <v>7237.0</v>
       </c>
       <c r="I71" s="2">
         <v>0.0</v>
       </c>
       <c r="J71" s="2">
-        <v>47.0</v>
+        <v>2704.0</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="2">
         <v>71</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="2">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D72" s="2"/>
       <c r="E72" s="2">
-        <v>3658</v>
+        <v>427</v>
       </c>
       <c r="F72" s="2">
-        <v>757</v>
+        <v>752</v>
       </c>
       <c r="G72" s="2">
-        <v>1481.0</v>
+        <v>902.0</v>
       </c>
       <c r="H72" s="2">
-        <v>21842.0</v>
+        <v>7409.0</v>
       </c>
       <c r="I72" s="2">
-        <v>32.0</v>
+        <v>0.0</v>
       </c>
       <c r="J72" s="2">
-        <v>888.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="2">
         <v>72</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C73" s="2">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2">
-        <v>695</v>
+        <v>1193</v>
       </c>
       <c r="F73" s="2">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="G73" s="2">
-        <v>1064.0</v>
+        <v>1884.0</v>
       </c>
       <c r="H73" s="2">
-        <v>6260.0</v>
+        <v>28879.0</v>
       </c>
       <c r="I73" s="2">
         <v>0.0</v>
       </c>
       <c r="J73" s="2">
-        <v>1120.0</v>
+        <v>597.0</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="2">
         <v>73</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="2">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D74" s="2"/>
+        <v>44</v>
+      </c>
+      <c r="D74" s="2">
+        <v>45</v>
+      </c>
       <c r="E74" s="2">
-        <v>330</v>
+        <v>3474</v>
       </c>
       <c r="F74" s="2">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="G74" s="2">
-        <v>901.0</v>
+        <v>1241.0</v>
       </c>
       <c r="H74" s="2">
-        <v>7374.0</v>
+        <v>3906.0</v>
       </c>
       <c r="I74" s="2">
-        <v>0.0</v>
+        <v>265.0</v>
       </c>
       <c r="J74" s="2">
-        <v>150.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="2">
         <v>74</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="2">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2">
+        <v>620</v>
+      </c>
+      <c r="F75" s="2">
         <v>740</v>
       </c>
-      <c r="F75" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="G75" s="2">
-        <v>1864.0</v>
+        <v>1010.0</v>
       </c>
       <c r="H75" s="2">
-        <v>28616.0</v>
+        <v>6148.0</v>
       </c>
       <c r="I75" s="2">
         <v>0.0</v>
       </c>
       <c r="J75" s="2">
-        <v>417.0</v>
+        <v>884.0</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="2">
         <v>75</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C76" s="2">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="D76" s="2"/>
       <c r="E76" s="2">
-        <v>1627</v>
+        <v>1421</v>
       </c>
       <c r="F76" s="2">
-        <v>739</v>
+        <v>722</v>
       </c>
       <c r="G76" s="2">
-        <v>1243.0</v>
+        <v>1120.0</v>
       </c>
       <c r="H76" s="2">
-        <v>13291.0</v>
+        <v>6186.0</v>
       </c>
       <c r="I76" s="2">
-        <v>56.0</v>
+        <v>0.0</v>
       </c>
       <c r="J76" s="2">
-        <v>1851.0</v>
+        <v>223.0</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="2">
         <v>76</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C77" s="2">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2">
-        <v>1240</v>
+        <v>3106</v>
       </c>
       <c r="F77" s="2">
-        <v>734</v>
+        <v>721</v>
       </c>
       <c r="G77" s="2">
-        <v>1363.0</v>
+        <v>1358.0</v>
       </c>
       <c r="H77" s="2">
-        <v>7057.0</v>
+        <v>17696.0</v>
       </c>
       <c r="I77" s="2">
         <v>0.0</v>
       </c>
       <c r="J77" s="2">
-        <v>24.0</v>
+        <v>1195.0</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="2">
         <v>77</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C78" s="2">
+        <v>29</v>
+      </c>
+      <c r="D78" s="2">
         <v>64</v>
       </c>
-      <c r="D78" s="2"/>
       <c r="E78" s="2">
-        <v>1240</v>
+        <v>1448</v>
       </c>
       <c r="F78" s="2">
-        <v>732</v>
+        <v>716</v>
       </c>
       <c r="G78" s="2">
-        <v>1130.0</v>
+        <v>1161.0</v>
       </c>
       <c r="H78" s="2">
-        <v>6247.0</v>
+        <v>11188.0</v>
       </c>
       <c r="I78" s="2">
-        <v>0.0</v>
+        <v>8.0</v>
       </c>
       <c r="J78" s="2">
-        <v>35.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="2">
         <v>78</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>87</v>
       </c>
       <c r="C79" s="2">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D79" s="2"/>
       <c r="E79" s="2">
-        <v>1417</v>
+        <v>1308</v>
       </c>
       <c r="F79" s="2">
-        <v>723</v>
+        <v>714</v>
       </c>
       <c r="G79" s="2">
-        <v>1191.0</v>
+        <v>1310.0</v>
       </c>
       <c r="H79" s="2">
-        <v>11484.0</v>
+        <v>7199.0</v>
       </c>
       <c r="I79" s="2">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
       <c r="J79" s="2">
-        <v>24.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="2">
         <v>79</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C80" s="2">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2">
-        <v>681</v>
+        <v>629</v>
       </c>
       <c r="F80" s="2">
-        <v>722</v>
+        <v>711</v>
       </c>
       <c r="G80" s="2">
-        <v>970.0</v>
+        <v>1336.0</v>
       </c>
       <c r="H80" s="2">
-        <v>4004.0</v>
+        <v>17637.0</v>
       </c>
       <c r="I80" s="2">
         <v>0.0</v>
       </c>
       <c r="J80" s="2">
-        <v>528.0</v>
+        <v>623.0</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="2">
         <v>80</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C81" s="2">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2">
-        <v>598</v>
+        <v>1536</v>
       </c>
       <c r="F81" s="2">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="G81" s="2">
-        <v>1342.0</v>
+        <v>1079.0</v>
       </c>
       <c r="H81" s="2">
-        <v>17706.0</v>
+        <v>4310.0</v>
       </c>
       <c r="I81" s="2">
         <v>0.0</v>
       </c>
       <c r="J81" s="2">
-        <v>607.0</v>
+        <v>664.0</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="2">
         <v>81</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C82" s="2">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="D82" s="2"/>
       <c r="E82" s="2">
-        <v>2929</v>
+        <v>752</v>
       </c>
       <c r="F82" s="2">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="G82" s="2">
-        <v>696.0</v>
+        <v>915.0</v>
       </c>
       <c r="H82" s="2">
-        <v>5609.0</v>
+        <v>4069.0</v>
       </c>
       <c r="I82" s="2">
-        <v>19.0</v>
+        <v>0.0</v>
       </c>
       <c r="J82" s="2">
-        <v>823.0</v>
+        <v>554.0</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="2">
         <v>82</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C83" s="2">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D83" s="2">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="E83" s="2">
-        <v>914</v>
+        <v>1760</v>
       </c>
       <c r="F83" s="2">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="G83" s="2">
-        <v>946.0</v>
+        <v>1131.0</v>
       </c>
       <c r="H83" s="2">
-        <v>4560.0</v>
+        <v>9461.0</v>
       </c>
       <c r="I83" s="2">
-        <v>20.0</v>
+        <v>19.0</v>
       </c>
       <c r="J83" s="2">
-        <v>29.0</v>
+        <v>1431.0</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="2">
         <v>83</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>92</v>
       </c>
       <c r="C84" s="2">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2">
-        <v>2124</v>
+        <v>721</v>
       </c>
       <c r="F84" s="2">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="G84" s="2">
-        <v>1338.0</v>
+        <v>897.0</v>
       </c>
       <c r="H84" s="2">
-        <v>17561.0</v>
+        <v>4918.0</v>
       </c>
       <c r="I84" s="2">
         <v>0.0</v>
       </c>
       <c r="J84" s="2">
-        <v>2181.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="2">
         <v>84</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C85" s="2">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D85" s="2">
-        <v>47</v>
+        <v>2</v>
       </c>
       <c r="E85" s="2">
-        <v>818</v>
+        <v>914</v>
       </c>
       <c r="F85" s="2">
-        <v>710</v>
+        <v>705</v>
       </c>
       <c r="G85" s="2">
-        <v>1324.0</v>
+        <v>941.0</v>
       </c>
       <c r="H85" s="2">
-        <v>9430.0</v>
+        <v>4614.0</v>
       </c>
       <c r="I85" s="2">
-        <v>99.0</v>
+        <v>14.0</v>
       </c>
       <c r="J85" s="2">
-        <v>0.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="2">
         <v>85</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C86" s="2">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D86" s="2"/>
+        <v>33</v>
+      </c>
+      <c r="D86" s="2">
+        <v>14</v>
+      </c>
       <c r="E86" s="2">
-        <v>1334</v>
+        <v>273</v>
       </c>
       <c r="F86" s="2">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="G86" s="2">
-        <v>1088.0</v>
+        <v>1091.0</v>
       </c>
       <c r="H86" s="2">
-        <v>4296.0</v>
+        <v>4768.0</v>
       </c>
       <c r="I86" s="2">
-        <v>0.0</v>
+        <v>167.0</v>
       </c>
       <c r="J86" s="2">
-        <v>687.0</v>
+        <v>563.0</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="2">
         <v>86</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>95</v>
       </c>
       <c r="C87" s="2">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D87" s="2"/>
+        <v>25</v>
+      </c>
+      <c r="D87" s="2">
+        <v>30</v>
+      </c>
       <c r="E87" s="2">
-        <v>439</v>
+        <v>1984</v>
       </c>
       <c r="F87" s="2">
-        <v>709</v>
+        <v>703</v>
       </c>
       <c r="G87" s="2">
-        <v>975.0</v>
+        <v>1073.0</v>
       </c>
       <c r="H87" s="2">
-        <v>4890.0</v>
+        <v>9296.0</v>
       </c>
       <c r="I87" s="2">
-        <v>0.0</v>
+        <v>51.0</v>
       </c>
       <c r="J87" s="2">
-        <v>289.0</v>
+        <v>1414.0</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="2">
         <v>87</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C88" s="2">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2">
-        <v>971</v>
+        <v>1367</v>
       </c>
       <c r="F88" s="2">
-        <v>708</v>
+        <v>699</v>
       </c>
       <c r="G88" s="2">
-        <v>1095.0</v>
+        <v>1307.0</v>
       </c>
       <c r="H88" s="2">
-        <v>4307.0</v>
+        <v>6276.0</v>
       </c>
       <c r="I88" s="2">
         <v>0.0</v>
       </c>
       <c r="J88" s="2">
-        <v>285.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="2">
         <v>88</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>97</v>
       </c>
       <c r="C89" s="2">
         <v>28</v>
       </c>
-      <c r="D89" s="2"/>
+      <c r="D89" s="2">
+        <v>48</v>
+      </c>
       <c r="E89" s="2">
-        <v>1547</v>
+        <v>3403</v>
       </c>
       <c r="F89" s="2">
-        <v>708</v>
+        <v>697</v>
       </c>
       <c r="G89" s="2">
-        <v>1317.0</v>
+        <v>672.0</v>
       </c>
       <c r="H89" s="2">
-        <v>11003.0</v>
+        <v>5441.0</v>
       </c>
       <c r="I89" s="2">
-        <v>0.0</v>
+        <v>19.0</v>
       </c>
       <c r="J89" s="2">
-        <v>284.0</v>
+        <v>786.0</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="2">
         <v>89</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C90" s="2">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D90" s="2"/>
       <c r="E90" s="2">
-        <v>273</v>
+        <v>1971</v>
       </c>
       <c r="F90" s="2">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="G90" s="2">
-        <v>1118.0</v>
+        <v>1271.0</v>
       </c>
       <c r="H90" s="2">
-        <v>4962.0</v>
+        <v>10354.0</v>
       </c>
       <c r="I90" s="2">
-        <v>155.0</v>
+        <v>0.0</v>
       </c>
       <c r="J90" s="2">
-        <v>402.0</v>
+        <v>374.0</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="2">
         <v>90</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C91" s="2">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="D91" s="2"/>
       <c r="E91" s="2">
-        <v>1004</v>
+        <v>467</v>
       </c>
       <c r="F91" s="2">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="G91" s="2">
-        <v>1176.0</v>
+        <v>984.0</v>
       </c>
       <c r="H91" s="2">
-        <v>9725.0</v>
+        <v>8857.0</v>
       </c>
       <c r="I91" s="2">
-        <v>30.0</v>
+        <v>0.0</v>
       </c>
       <c r="J91" s="2">
-        <v>1316.0</v>
+        <v>242.0</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="2">
         <v>91</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C92" s="2">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D92" s="2"/>
+        <v>27</v>
+      </c>
+      <c r="D92" s="2">
+        <v>47</v>
+      </c>
       <c r="E92" s="2">
-        <v>1504</v>
+        <v>818</v>
       </c>
       <c r="F92" s="2">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="G92" s="2">
-        <v>798.0</v>
+        <v>1261.0</v>
       </c>
       <c r="H92" s="2">
-        <v>3911.0</v>
+        <v>9383.0</v>
       </c>
       <c r="I92" s="2">
-        <v>0.0</v>
+        <v>59.0</v>
       </c>
       <c r="J92" s="2">
-        <v>528.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="2">
         <v>92</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>101</v>
       </c>
       <c r="C93" s="2">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2">
-        <v>1329</v>
+        <v>2425</v>
       </c>
       <c r="F93" s="2">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="G93" s="2">
-        <v>1126.0</v>
+        <v>1264.0</v>
       </c>
       <c r="H93" s="2">
-        <v>4333.0</v>
+        <v>13142.0</v>
       </c>
       <c r="I93" s="2">
         <v>0.0</v>
       </c>
       <c r="J93" s="2">
-        <v>359.0</v>
+        <v>3242.0</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="2">
         <v>93</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C94" s="2">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="D94" s="2"/>
       <c r="E94" s="2">
-        <v>1387</v>
+        <v>1670</v>
       </c>
       <c r="F94" s="2">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="G94" s="2">
-        <v>866.0</v>
+        <v>1085.0</v>
       </c>
       <c r="H94" s="2">
-        <v>3723.0</v>
+        <v>4314.0</v>
       </c>
       <c r="I94" s="2">
-        <v>17.0</v>
+        <v>0.0</v>
       </c>
       <c r="J94" s="2">
-        <v>66.0</v>
+        <v>341.0</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="2">
         <v>94</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C95" s="2">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="D95" s="2"/>
+        <v>21</v>
+      </c>
+      <c r="D95" s="2">
+        <v>130</v>
+      </c>
       <c r="E95" s="2">
-        <v>2325</v>
+        <v>2344</v>
       </c>
       <c r="F95" s="2">
         <v>687</v>
       </c>
       <c r="G95" s="2">
-        <v>1247.0</v>
+        <v>870.0</v>
       </c>
       <c r="H95" s="2">
-        <v>13090.0</v>
+        <v>9934.0</v>
       </c>
       <c r="I95" s="2">
-        <v>0.0</v>
+        <v>1236.0</v>
       </c>
       <c r="J95" s="2">
-        <v>3684.0</v>
+        <v>960.0</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="2">
         <v>95</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>104</v>
       </c>
       <c r="C96" s="2">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2">
-        <v>467</v>
+        <v>2318</v>
       </c>
       <c r="F96" s="2">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="G96" s="2">
-        <v>973.0</v>
+        <v>768.0</v>
       </c>
       <c r="H96" s="2">
-        <v>8672.0</v>
+        <v>3969.0</v>
       </c>
       <c r="I96" s="2">
         <v>0.0</v>
       </c>
       <c r="J96" s="2">
-        <v>209.0</v>
+        <v>852.0</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="2">
         <v>96</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C97" s="2">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D97" s="2"/>
+        <v>21</v>
+      </c>
+      <c r="D97" s="2">
+        <v>14</v>
+      </c>
       <c r="E97" s="2">
-        <v>1367</v>
+        <v>1552</v>
       </c>
       <c r="F97" s="2">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="G97" s="2">
-        <v>1263.0</v>
+        <v>813.0</v>
       </c>
       <c r="H97" s="2">
-        <v>6188.0</v>
+        <v>3629.0</v>
       </c>
       <c r="I97" s="2">
-        <v>0.0</v>
+        <v>17.0</v>
       </c>
       <c r="J97" s="2">
-        <v>0.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="2">
         <v>97</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C98" s="2">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D98" s="2">
-        <v>130</v>
+        <v>18</v>
       </c>
       <c r="E98" s="2">
-        <v>1547</v>
+        <v>3886</v>
       </c>
       <c r="F98" s="2">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="G98" s="2">
-        <v>867.0</v>
+        <v>1268.0</v>
       </c>
       <c r="H98" s="2">
-        <v>10011.0</v>
+        <v>17777.0</v>
       </c>
       <c r="I98" s="2">
-        <v>17.0</v>
+        <v>326.0</v>
       </c>
       <c r="J98" s="2">
-        <v>1003.0</v>
+        <v>2214.0</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="2">
         <v>98</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>107</v>
       </c>
       <c r="C99" s="2">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2">
-        <v>2129</v>
+        <v>1766</v>
       </c>
       <c r="F99" s="2">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="G99" s="2">
-        <v>1486.0</v>
+        <v>1047.0</v>
       </c>
       <c r="H99" s="2">
-        <v>19450.0</v>
+        <v>4215.0</v>
       </c>
       <c r="I99" s="2">
         <v>0.0</v>
       </c>
       <c r="J99" s="2">
-        <v>4787.0</v>
+        <v>288.0</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="2">
         <v>99</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C100" s="2">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="D100" s="2"/>
       <c r="E100" s="2">
-        <v>780</v>
+        <v>3331</v>
       </c>
       <c r="F100" s="2">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="G100" s="2">
-        <v>1013.0</v>
+        <v>1478.0</v>
       </c>
       <c r="H100" s="2">
-        <v>10388.0</v>
+        <v>19754.0</v>
       </c>
       <c r="I100" s="2">
-        <v>19.0</v>
+        <v>0.0</v>
       </c>
       <c r="J100" s="2">
-        <v>10.0</v>
+        <v>4508.0</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="2">
         <v>100</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C101" s="2">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2">
-        <v>605</v>
+        <v>1494</v>
       </c>
       <c r="F101" s="2">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="G101" s="2">
-        <v>1073.0</v>
+        <v>1261.0</v>
       </c>
       <c r="H101" s="2">
-        <v>5467.0</v>
+        <v>13089.0</v>
       </c>
       <c r="I101" s="2">
         <v>0.0</v>
       </c>
       <c r="J101" s="2">
-        <v>637.0</v>
+        <v>458.0</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="2">
         <v>101</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>110</v>
       </c>
       <c r="C102" s="2">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="D102" s="2"/>
       <c r="E102" s="2">
-        <v>2641</v>
+        <v>722</v>
       </c>
       <c r="F102" s="2">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="G102" s="2">
-        <v>1202.0</v>
+        <v>1051.0</v>
       </c>
       <c r="H102" s="2">
-        <v>4338.0</v>
+        <v>5754.0</v>
       </c>
       <c r="I102" s="2">
-        <v>1998.0</v>
+        <v>0.0</v>
       </c>
       <c r="J102" s="2">
-        <v>493.0</v>
+        <v>1053.0</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="2">
         <v>102</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C103" s="2">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D103" s="2"/>
+        <v>22</v>
+      </c>
+      <c r="D103" s="2">
+        <v>208</v>
+      </c>
       <c r="E103" s="2">
-        <v>1045</v>
+        <v>3014</v>
       </c>
       <c r="F103" s="2">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="G103" s="2">
-        <v>1118.0</v>
+        <v>1205.0</v>
       </c>
       <c r="H103" s="2">
-        <v>4875.0</v>
+        <v>4631.0</v>
       </c>
       <c r="I103" s="2">
-        <v>0.0</v>
+        <v>2201.0</v>
       </c>
       <c r="J103" s="2">
-        <v>938.0</v>
+        <v>1444.0</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="2">
         <v>103</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C104" s="2">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D104" s="2"/>
+        <v>27</v>
+      </c>
+      <c r="D104" s="2">
+        <v>64</v>
+      </c>
       <c r="E104" s="2">
-        <v>3240</v>
+        <v>1150</v>
       </c>
       <c r="F104" s="2">
-        <v>653</v>
+        <v>661</v>
       </c>
       <c r="G104" s="2">
-        <v>854.0</v>
+        <v>1104.0</v>
       </c>
       <c r="H104" s="2">
-        <v>3965.0</v>
+        <v>4647.0</v>
       </c>
       <c r="I104" s="2">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="J104" s="2">
-        <v>456.0</v>
+        <v>1123.0</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="2">
         <v>104</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>113</v>
       </c>
       <c r="C105" s="2">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D105" s="2"/>
+        <v>30</v>
+      </c>
+      <c r="D105" s="2">
+        <v>31</v>
+      </c>
       <c r="E105" s="2">
-        <v>1307</v>
+        <v>879</v>
       </c>
       <c r="F105" s="2">
-        <v>649</v>
+        <v>660</v>
       </c>
       <c r="G105" s="2">
-        <v>788.0</v>
+        <v>931.0</v>
       </c>
       <c r="H105" s="2">
-        <v>10885.0</v>
+        <v>5601.0</v>
       </c>
       <c r="I105" s="2">
-        <v>0.0</v>
+        <v>286.0</v>
       </c>
       <c r="J105" s="2">
-        <v>6146.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="2">
         <v>105</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C106" s="2">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2">
-        <v>594</v>
+        <v>2471</v>
       </c>
       <c r="F106" s="2">
-        <v>649</v>
+        <v>660</v>
       </c>
       <c r="G106" s="2">
-        <v>856.0</v>
+        <v>1278.0</v>
       </c>
       <c r="H106" s="2">
-        <v>6223.0</v>
+        <v>23658.0</v>
       </c>
       <c r="I106" s="2">
         <v>0.0</v>
       </c>
       <c r="J106" s="2">
-        <v>7.0</v>
+        <v>752.0</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="2">
         <v>106</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>115</v>
       </c>
       <c r="C107" s="2">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="D107" s="2"/>
+        <v>19</v>
+      </c>
+      <c r="D107" s="2">
+        <v>2</v>
+      </c>
       <c r="E107" s="2">
-        <v>1234</v>
+        <v>800</v>
       </c>
       <c r="F107" s="2">
-        <v>646</v>
+        <v>656</v>
       </c>
       <c r="G107" s="2">
-        <v>1236.0</v>
+        <v>975.0</v>
       </c>
       <c r="H107" s="2">
-        <v>13123.0</v>
+        <v>10119.0</v>
       </c>
       <c r="I107" s="2">
-        <v>0.0</v>
+        <v>19.0</v>
       </c>
       <c r="J107" s="2">
-        <v>425.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="2">
         <v>107</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C108" s="2">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2">
-        <v>1235</v>
+        <v>3343</v>
       </c>
       <c r="F108" s="2">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="G108" s="2">
-        <v>1256.0</v>
+        <v>857.0</v>
       </c>
       <c r="H108" s="2">
-        <v>23820.0</v>
+        <v>4129.0</v>
       </c>
       <c r="I108" s="2">
         <v>0.0</v>
       </c>
       <c r="J108" s="2">
-        <v>805.0</v>
+        <v>1051.0</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="2">
         <v>108</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C109" s="2">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D109" s="2">
-        <v>31</v>
+        <v>83</v>
       </c>
       <c r="E109" s="2">
-        <v>693</v>
+        <v>2597</v>
       </c>
       <c r="F109" s="2">
-        <v>642</v>
+        <v>651</v>
       </c>
       <c r="G109" s="2">
-        <v>923.0</v>
+        <v>1099.0</v>
       </c>
       <c r="H109" s="2">
-        <v>5289.0</v>
+        <v>13824.0</v>
       </c>
       <c r="I109" s="2">
-        <v>232.0</v>
+        <v>303.0</v>
       </c>
       <c r="J109" s="2">
-        <v>0.0</v>
+        <v>1096.0</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="2">
         <v>109</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C110" s="2">
         <v>17</v>
       </c>
       <c r="D110" s="2">
         <v>1</v>
       </c>
       <c r="E110" s="2">
-        <v>1166</v>
+        <v>1479</v>
       </c>
       <c r="F110" s="2">
-        <v>641</v>
+        <v>649</v>
       </c>
       <c r="G110" s="2">
-        <v>1393.0</v>
+        <v>1352.0</v>
       </c>
       <c r="H110" s="2">
-        <v>19944.0</v>
+        <v>19863.0</v>
       </c>
       <c r="I110" s="2">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="J110" s="2">
-        <v>520.0</v>
+        <v>458.0</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="2">
         <v>110</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>119</v>
       </c>
       <c r="C111" s="2">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="D111" s="2"/>
       <c r="E111" s="2">
-        <v>1960</v>
+        <v>639</v>
       </c>
       <c r="F111" s="2">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="G111" s="2">
-        <v>1043.0</v>
+        <v>856.0</v>
       </c>
       <c r="H111" s="2">
-        <v>4369.0</v>
+        <v>6934.0</v>
       </c>
       <c r="I111" s="2">
-        <v>12.0</v>
+        <v>0.0</v>
       </c>
       <c r="J111" s="2">
-        <v>109.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="2">
         <v>111</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>120</v>
       </c>
       <c r="C112" s="2">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2">
-        <v>2752</v>
+        <v>681</v>
       </c>
       <c r="F112" s="2">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="G112" s="2">
-        <v>715.0</v>
+        <v>948.0</v>
       </c>
       <c r="H112" s="2">
-        <v>3317.0</v>
+        <v>5400.0</v>
       </c>
       <c r="I112" s="2">
         <v>0.0</v>
       </c>
       <c r="J112" s="2">
-        <v>36.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="2">
         <v>112</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C113" s="2">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2">
-        <v>681</v>
+        <v>2701</v>
       </c>
       <c r="F113" s="2">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="G113" s="2">
-        <v>962.0</v>
+        <v>744.0</v>
       </c>
       <c r="H113" s="2">
-        <v>5335.0</v>
+        <v>10533.0</v>
       </c>
       <c r="I113" s="2">
         <v>0.0</v>
       </c>
       <c r="J113" s="2">
-        <v>45.0</v>
+        <v>5487.0</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="2">
         <v>113</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C114" s="2">
         <v>34</v>
       </c>
       <c r="D114" s="2">
         <v>10</v>
       </c>
       <c r="E114" s="2">
-        <v>2858</v>
+        <v>3818</v>
       </c>
       <c r="F114" s="2">
-        <v>636</v>
+        <v>630</v>
       </c>
       <c r="G114" s="2">
-        <v>868.0</v>
+        <v>870.0</v>
       </c>
       <c r="H114" s="2">
-        <v>2935.0</v>
+        <v>3021.0</v>
       </c>
       <c r="I114" s="2">
-        <v>0.0</v>
+        <v>10.0</v>
       </c>
       <c r="J114" s="2">
-        <v>916.0</v>
+        <v>973.0</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="2">
         <v>114</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>123</v>
       </c>
       <c r="C115" s="2">
         <v>7</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2">
         <v>145</v>
       </c>
       <c r="F115" s="2">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="G115" s="2">
-        <v>846.0</v>
+        <v>803.0</v>
       </c>
       <c r="H115" s="2">
-        <v>8579.0</v>
+        <v>8496.0</v>
       </c>
       <c r="I115" s="2">
         <v>0.0</v>
       </c>
       <c r="J115" s="2">
-        <v>48.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="2">
         <v>115</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>124</v>
       </c>
       <c r="C116" s="2">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D116" s="2">
         <v>34</v>
       </c>
       <c r="E116" s="2">
-        <v>263</v>
+        <v>287</v>
       </c>
       <c r="F116" s="2">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G116" s="2">
-        <v>840.0</v>
+        <v>850.0</v>
       </c>
       <c r="H116" s="2">
-        <v>7231.0</v>
+        <v>7105.0</v>
       </c>
       <c r="I116" s="2">
-        <v>16.0</v>
+        <v>74.0</v>
       </c>
       <c r="J116" s="2">
-        <v>9.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="2">
         <v>116</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>125</v>
       </c>
       <c r="C117" s="2">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D117" s="2">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="E117" s="2">
-        <v>340</v>
+        <v>2675</v>
       </c>
       <c r="F117" s="2">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="G117" s="2">
-        <v>741.0</v>
+        <v>986.0</v>
       </c>
       <c r="H117" s="2">
-        <v>3772.0</v>
+        <v>4370.0</v>
       </c>
       <c r="I117" s="2">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
       <c r="J117" s="2">
-        <v>39.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="2">
         <v>117</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C118" s="2">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D118" s="2"/>
       <c r="E118" s="2">
-        <v>931</v>
+        <v>234</v>
       </c>
       <c r="F118" s="2">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="G118" s="2">
-        <v>702.0</v>
+        <v>719.0</v>
       </c>
       <c r="H118" s="2">
-        <v>4906.0</v>
+        <v>3699.0</v>
       </c>
       <c r="I118" s="2">
-        <v>164.0</v>
+        <v>0.0</v>
       </c>
       <c r="J118" s="2">
-        <v>289.0</v>
+        <v>752.0</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="2">
         <v>118</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>127</v>
       </c>
       <c r="C119" s="2">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D119" s="2"/>
+        <v>16</v>
+      </c>
+      <c r="D119" s="2">
+        <v>45</v>
+      </c>
       <c r="E119" s="2">
-        <v>234</v>
+        <v>2067</v>
       </c>
       <c r="F119" s="2">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="G119" s="2">
-        <v>725.0</v>
+        <v>1056.0</v>
       </c>
       <c r="H119" s="2">
-        <v>4062.0</v>
+        <v>11348.0</v>
       </c>
       <c r="I119" s="2">
         <v>0.0</v>
       </c>
       <c r="J119" s="2">
-        <v>752.0</v>
+        <v>1050.0</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="2">
         <v>119</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C120" s="2">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D120" s="2"/>
       <c r="E120" s="2">
-        <v>1510</v>
+        <v>3026</v>
       </c>
       <c r="F120" s="2">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="G120" s="2">
-        <v>1054.0</v>
+        <v>666.0</v>
       </c>
       <c r="H120" s="2">
-        <v>11336.0</v>
+        <v>3151.0</v>
       </c>
       <c r="I120" s="2">
         <v>0.0</v>
       </c>
       <c r="J120" s="2">
-        <v>878.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="2">
         <v>120</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>129</v>
       </c>
       <c r="C121" s="2">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D121" s="2"/>
+        <v>12</v>
+      </c>
+      <c r="D121" s="2">
+        <v>184</v>
+      </c>
       <c r="E121" s="2">
-        <v>1775</v>
+        <v>1173</v>
       </c>
       <c r="F121" s="2">
         <v>615</v>
       </c>
       <c r="G121" s="2">
-        <v>945.0</v>
+        <v>712.0</v>
       </c>
       <c r="H121" s="2">
-        <v>9609.0</v>
+        <v>4878.0</v>
       </c>
       <c r="I121" s="2">
-        <v>0.0</v>
+        <v>157.0</v>
       </c>
       <c r="J121" s="2">
-        <v>36.0</v>
+        <v>179.0</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="2">
         <v>121</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C122" s="2">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D122" s="2"/>
+        <v>18</v>
+      </c>
+      <c r="D122" s="2">
+        <v>54</v>
+      </c>
       <c r="E122" s="2">
-        <v>1346</v>
+        <v>1608</v>
       </c>
       <c r="F122" s="2">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="G122" s="2">
-        <v>734.0</v>
+        <v>971.0</v>
       </c>
       <c r="H122" s="2">
-        <v>6507.0</v>
+        <v>11051.0</v>
       </c>
       <c r="I122" s="2">
-        <v>0.0</v>
+        <v>2175.0</v>
       </c>
       <c r="J122" s="2">
-        <v>20.0</v>
+        <v>1642.0</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="2">
         <v>122</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>131</v>
       </c>
       <c r="C123" s="2">
+        <v>26</v>
+      </c>
+      <c r="D123" s="2">
         <v>9</v>
       </c>
-      <c r="D123" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="E123" s="2">
-        <v>477</v>
+        <v>340</v>
       </c>
       <c r="F123" s="2">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="G123" s="2">
-        <v>824.0</v>
+        <v>717.0</v>
       </c>
       <c r="H123" s="2">
-        <v>6330.0</v>
+        <v>3947.0</v>
       </c>
       <c r="I123" s="2">
-        <v>1419.0</v>
+        <v>0.0</v>
       </c>
       <c r="J123" s="2">
-        <v>180.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="2">
         <v>123</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C124" s="2">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="D124" s="2"/>
       <c r="E124" s="2">
-        <v>1404</v>
+        <v>432</v>
       </c>
       <c r="F124" s="2">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="G124" s="2">
-        <v>938.0</v>
+        <v>659.0</v>
       </c>
       <c r="H124" s="2">
-        <v>10131.0</v>
+        <v>4289.0</v>
       </c>
       <c r="I124" s="2">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
       <c r="J124" s="2">
-        <v>684.0</v>
+        <v>3323.0</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="2">
         <v>124</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C125" s="2">
-        <v>7</v>
+        <v>56</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2">
-        <v>888</v>
+        <v>18</v>
       </c>
       <c r="F125" s="2">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="G125" s="2">
-        <v>844.0</v>
+        <v>842.0</v>
       </c>
       <c r="H125" s="2">
-        <v>7186.0</v>
+        <v>2909.0</v>
       </c>
       <c r="I125" s="2">
         <v>0.0</v>
       </c>
       <c r="J125" s="2">
-        <v>64.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="2">
         <v>125</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C126" s="2">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2">
-        <v>18</v>
+        <v>1533</v>
       </c>
       <c r="F126" s="2">
-        <v>608</v>
+        <v>599</v>
       </c>
       <c r="G126" s="2">
-        <v>863.0</v>
+        <v>693.0</v>
       </c>
       <c r="H126" s="2">
-        <v>2952.0</v>
+        <v>6463.0</v>
       </c>
       <c r="I126" s="2">
         <v>0.0</v>
       </c>
       <c r="J126" s="2">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="2">
         <v>126</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>135</v>
       </c>
       <c r="C127" s="2">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="D127" s="2"/>
       <c r="E127" s="2">
-        <v>1364</v>
+        <v>3595</v>
       </c>
       <c r="F127" s="2">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="G127" s="2">
-        <v>982.0</v>
+        <v>853.0</v>
       </c>
       <c r="H127" s="2">
-        <v>11022.0</v>
+        <v>11835.0</v>
       </c>
       <c r="I127" s="2">
-        <v>1883.0</v>
+        <v>0.0</v>
       </c>
       <c r="J127" s="2">
-        <v>1597.0</v>
+        <v>3254.0</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="2">
         <v>127</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C128" s="2">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="D128" s="2"/>
       <c r="E128" s="2">
-        <v>129</v>
+        <v>4706</v>
       </c>
       <c r="F128" s="2">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="G128" s="2">
-        <v>584.0</v>
+        <v>969.0</v>
       </c>
       <c r="H128" s="2">
-        <v>7686.0</v>
+        <v>12791.0</v>
       </c>
       <c r="I128" s="2">
         <v>0.0</v>
       </c>
       <c r="J128" s="2">
-        <v>69.0</v>
+        <v>1703.0</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="2">
         <v>128</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>137</v>
       </c>
       <c r="C129" s="2">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="D129" s="2"/>
+        <v>9</v>
+      </c>
+      <c r="D129" s="2">
+        <v>76</v>
+      </c>
       <c r="E129" s="2">
-        <v>2108</v>
+        <v>768</v>
       </c>
       <c r="F129" s="2">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="G129" s="2">
-        <v>862.0</v>
+        <v>814.0</v>
       </c>
       <c r="H129" s="2">
-        <v>11929.0</v>
+        <v>6234.0</v>
       </c>
       <c r="I129" s="2">
-        <v>0.0</v>
+        <v>1404.0</v>
       </c>
       <c r="J129" s="2">
-        <v>3418.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="2">
         <v>129</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C130" s="2">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D130" s="2"/>
       <c r="E130" s="2">
-        <v>2550</v>
+        <v>3142</v>
       </c>
       <c r="F130" s="2">
-        <v>601</v>
+        <v>594</v>
       </c>
       <c r="G130" s="2">
-        <v>655.0</v>
+        <v>916.0</v>
       </c>
       <c r="H130" s="2">
-        <v>4195.0</v>
+        <v>14908.0</v>
       </c>
       <c r="I130" s="2">
-        <v>27.0</v>
+        <v>0.0</v>
       </c>
       <c r="J130" s="2">
-        <v>21.0</v>
+        <v>549.0</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="2">
         <v>130</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>139</v>
       </c>
       <c r="C131" s="2">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D131" s="2"/>
+        <v>35</v>
+      </c>
+      <c r="D131" s="2">
+        <v>68</v>
+      </c>
       <c r="E131" s="2">
-        <v>432</v>
+        <v>3161</v>
       </c>
       <c r="F131" s="2">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="G131" s="2">
-        <v>671.0</v>
+        <v>646.0</v>
       </c>
       <c r="H131" s="2">
-        <v>4254.0</v>
+        <v>4061.0</v>
       </c>
       <c r="I131" s="2">
-        <v>0.0</v>
+        <v>27.0</v>
       </c>
       <c r="J131" s="2">
-        <v>3153.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="2">
         <v>131</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>140</v>
       </c>
       <c r="C132" s="2">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D132" s="2"/>
+        <v>7</v>
+      </c>
+      <c r="D132" s="2">
+        <v>38</v>
+      </c>
       <c r="E132" s="2">
-        <v>2454</v>
+        <v>176</v>
       </c>
       <c r="F132" s="2">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="G132" s="2">
-        <v>973.0</v>
+        <v>594.0</v>
       </c>
       <c r="H132" s="2">
-        <v>13161.0</v>
+        <v>5742.0</v>
       </c>
       <c r="I132" s="2">
-        <v>0.0</v>
+        <v>81.0</v>
       </c>
       <c r="J132" s="2">
-        <v>1703.0</v>
+        <v>332.0</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="2">
         <v>132</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C133" s="2">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2">
-        <v>1693</v>
+        <v>1513</v>
       </c>
       <c r="F133" s="2">
         <v>592</v>
       </c>
       <c r="G133" s="2">
-        <v>908.0</v>
+        <v>805.0</v>
       </c>
       <c r="H133" s="2">
-        <v>15024.0</v>
+        <v>6862.0</v>
       </c>
       <c r="I133" s="2">
         <v>0.0</v>
       </c>
       <c r="J133" s="2">
-        <v>566.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="2">
         <v>133</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C134" s="2">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2">
-        <v>1495</v>
+        <v>518</v>
       </c>
       <c r="F134" s="2">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="G134" s="2">
-        <v>741.0</v>
+        <v>671.0</v>
       </c>
       <c r="H134" s="2">
-        <v>3029.0</v>
+        <v>4675.0</v>
       </c>
       <c r="I134" s="2">
         <v>0.0</v>
       </c>
       <c r="J134" s="2">
-        <v>228.0</v>
+        <v>1007.0</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="2">
         <v>134</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>143</v>
       </c>
       <c r="C135" s="2">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D135" s="2">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="E135" s="2">
-        <v>88</v>
+        <v>129</v>
       </c>
       <c r="F135" s="2">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="G135" s="2">
-        <v>579.0</v>
+        <v>550.0</v>
       </c>
       <c r="H135" s="2">
-        <v>5974.0</v>
+        <v>7408.0</v>
       </c>
       <c r="I135" s="2">
-        <v>8.0</v>
+        <v>46.0</v>
       </c>
       <c r="J135" s="2">
-        <v>336.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="2">
         <v>135</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>144</v>
       </c>
       <c r="C136" s="2">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2">
-        <v>503</v>
+        <v>1495</v>
       </c>
       <c r="F136" s="2">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="G136" s="2">
-        <v>681.0</v>
+        <v>707.0</v>
       </c>
       <c r="H136" s="2">
-        <v>4881.0</v>
+        <v>2873.0</v>
       </c>
       <c r="I136" s="2">
         <v>0.0</v>
       </c>
       <c r="J136" s="2">
-        <v>873.0</v>
+        <v>278.0</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="2">
         <v>136</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C137" s="2">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2">
-        <v>252</v>
+        <v>78</v>
       </c>
       <c r="F137" s="2">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="G137" s="2">
-        <v>679.0</v>
+        <v>559.0</v>
       </c>
       <c r="H137" s="2">
-        <v>4952.0</v>
+        <v>3850.0</v>
       </c>
       <c r="I137" s="2">
         <v>0.0</v>
       </c>
       <c r="J137" s="2">
-        <v>0.0</v>
+        <v>223.0</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="2">
         <v>137</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>146</v>
       </c>
       <c r="C138" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2">
-        <v>34</v>
+        <v>599</v>
       </c>
       <c r="F138" s="2">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="G138" s="2">
-        <v>572.0</v>
+        <v>545.0</v>
       </c>
       <c r="H138" s="2">
-        <v>3897.0</v>
+        <v>5320.0</v>
       </c>
       <c r="I138" s="2">
         <v>0.0</v>
       </c>
       <c r="J138" s="2">
-        <v>212.0</v>
+        <v>847.0</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="2">
         <v>138</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>147</v>
       </c>
       <c r="C139" s="2">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2">
-        <v>559</v>
+        <v>888</v>
       </c>
       <c r="F139" s="2">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="G139" s="2">
-        <v>752.0</v>
+        <v>597.0</v>
       </c>
       <c r="H139" s="2">
-        <v>3152.0</v>
+        <v>2951.0</v>
       </c>
       <c r="I139" s="2">
         <v>0.0</v>
       </c>
       <c r="J139" s="2">
-        <v>297.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="2">
         <v>139</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>148</v>
       </c>
       <c r="C140" s="2">
         <v>18</v>
       </c>
       <c r="D140" s="2">
         <v>31</v>
       </c>
       <c r="E140" s="2">
         <v>535</v>
       </c>
       <c r="F140" s="2">
         <v>557</v>
       </c>
       <c r="G140" s="2">
-        <v>605.0</v>
+        <v>581.0</v>
       </c>
       <c r="H140" s="2">
-        <v>3797.0</v>
+        <v>3999.0</v>
       </c>
       <c r="I140" s="2">
-        <v>323.0</v>
+        <v>249.0</v>
       </c>
       <c r="J140" s="2">
-        <v>14.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="2">
         <v>140</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>149</v>
       </c>
       <c r="C141" s="2">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2">
-        <v>444</v>
+        <v>559</v>
       </c>
       <c r="F141" s="2">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="G141" s="2">
-        <v>564.0</v>
+        <v>723.0</v>
       </c>
       <c r="H141" s="2">
-        <v>2865.0</v>
+        <v>3122.0</v>
       </c>
       <c r="I141" s="2">
         <v>0.0</v>
       </c>
       <c r="J141" s="2">
-        <v>46.0</v>
+        <v>297.0</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="2">
         <v>141</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C142" s="2">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2">
-        <v>2072</v>
+        <v>384</v>
       </c>
       <c r="F142" s="2">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="G142" s="2">
-        <v>599.0</v>
+        <v>605.0</v>
       </c>
       <c r="H142" s="2">
-        <v>3329.0</v>
+        <v>5931.0</v>
       </c>
       <c r="I142" s="2">
         <v>0.0</v>
       </c>
       <c r="J142" s="2">
-        <v>313.0</v>
+        <v>1713.0</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="2">
         <v>142</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>151</v>
       </c>
       <c r="C143" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2">
-        <v>700</v>
+        <v>580</v>
       </c>
       <c r="F143" s="2">
-        <v>551</v>
+        <v>543</v>
       </c>
       <c r="G143" s="2">
-        <v>458.0</v>
+        <v>780.0</v>
       </c>
       <c r="H143" s="2">
-        <v>3569.0</v>
+        <v>9727.0</v>
       </c>
       <c r="I143" s="2">
         <v>0.0</v>
       </c>
       <c r="J143" s="2">
-        <v>99.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="2">
         <v>143</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C144" s="2">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2">
-        <v>360</v>
+        <v>447</v>
       </c>
       <c r="F144" s="2">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="G144" s="2">
-        <v>593.0</v>
+        <v>549.0</v>
       </c>
       <c r="H144" s="2">
-        <v>5726.0</v>
+        <v>8509.0</v>
       </c>
       <c r="I144" s="2">
         <v>0.0</v>
       </c>
       <c r="J144" s="2">
-        <v>1811.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="2">
         <v>144</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>153</v>
       </c>
       <c r="C145" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D145" s="2">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="E145" s="2">
-        <v>221</v>
+        <v>1325</v>
       </c>
       <c r="F145" s="2">
-        <v>549</v>
+        <v>542</v>
       </c>
       <c r="G145" s="2">
-        <v>604.0</v>
+        <v>747.0</v>
       </c>
       <c r="H145" s="2">
-        <v>5104.0</v>
+        <v>4948.0</v>
       </c>
       <c r="I145" s="2">
-        <v>0.0</v>
+        <v>62.0</v>
       </c>
       <c r="J145" s="2">
-        <v>0.0</v>
+        <v>612.0</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="2">
         <v>145</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C146" s="2">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2">
-        <v>1342</v>
+        <v>700</v>
       </c>
       <c r="F146" s="2">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="G146" s="2">
-        <v>662.0</v>
+        <v>447.0</v>
       </c>
       <c r="H146" s="2">
-        <v>2882.0</v>
+        <v>3501.0</v>
       </c>
       <c r="I146" s="2">
         <v>0.0</v>
       </c>
       <c r="J146" s="2">
-        <v>1077.0</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="2">
         <v>146</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C147" s="2">
         <v>10</v>
       </c>
-      <c r="D147" s="2"/>
+      <c r="D147" s="2">
+        <v>37</v>
+      </c>
       <c r="E147" s="2">
-        <v>418</v>
+        <v>268</v>
       </c>
       <c r="F147" s="2">
-        <v>547</v>
+        <v>540</v>
       </c>
       <c r="G147" s="2">
-        <v>553.0</v>
+        <v>569.0</v>
       </c>
       <c r="H147" s="2">
-        <v>2489.0</v>
+        <v>4983.0</v>
       </c>
       <c r="I147" s="2">
         <v>0.0</v>
       </c>
       <c r="J147" s="2">
-        <v>233.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="2">
         <v>147</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C148" s="2">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2">
-        <v>9</v>
+        <v>4824</v>
       </c>
       <c r="F148" s="2">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="G148" s="2">
-        <v>506.0</v>
+        <v>514.0</v>
       </c>
       <c r="H148" s="2">
-        <v>7463.0</v>
+        <v>2311.0</v>
       </c>
       <c r="I148" s="2">
         <v>0.0</v>
       </c>
       <c r="J148" s="2">
-        <v>0.0</v>
+        <v>637.0</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="2">
         <v>148</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>157</v>
       </c>
       <c r="C149" s="2">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D149" s="2"/>
       <c r="E149" s="2">
-        <v>796</v>
+        <v>2282</v>
       </c>
       <c r="F149" s="2">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="G149" s="2">
-        <v>747.0</v>
+        <v>572.0</v>
       </c>
       <c r="H149" s="2">
-        <v>4868.0</v>
+        <v>3603.0</v>
       </c>
       <c r="I149" s="2">
         <v>0.0</v>
       </c>
       <c r="J149" s="2">
-        <v>163.0</v>
+        <v>371.0</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="2">
         <v>149</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C150" s="2">
         <v>7</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2">
-        <v>184</v>
+        <v>310</v>
       </c>
       <c r="F150" s="2">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="G150" s="2">
-        <v>549.0</v>
+        <v>544.0</v>
       </c>
       <c r="H150" s="2">
-        <v>8069.0</v>
+        <v>8207.0</v>
       </c>
       <c r="I150" s="2">
         <v>0.0</v>
       </c>
       <c r="J150" s="2">
-        <v>108.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="2">
         <v>150</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C151" s="2">
         <v>10</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2">
-        <v>409</v>
+        <v>613</v>
       </c>
       <c r="F151" s="2">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="G151" s="2">
-        <v>774.0</v>
+        <v>530.0</v>
       </c>
       <c r="H151" s="2">
-        <v>10045.0</v>
+        <v>2493.0</v>
       </c>
       <c r="I151" s="2">
         <v>0.0</v>
       </c>
       <c r="J151" s="2">
-        <v>67.0</v>
+        <v>282.0</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="2">
         <v>151</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C152" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2">
-        <v>3703</v>
+        <v>393</v>
       </c>
       <c r="F152" s="2">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="G152" s="2">
-        <v>532.0</v>
+        <v>439.0</v>
       </c>
       <c r="H152" s="2">
-        <v>2377.0</v>
+        <v>3641.0</v>
       </c>
       <c r="I152" s="2">
         <v>0.0</v>
       </c>
       <c r="J152" s="2">
-        <v>611.0</v>
+        <v>7224.0</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="2">
         <v>152</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>161</v>
       </c>
       <c r="C153" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2">
-        <v>502</v>
+        <v>9</v>
       </c>
       <c r="F153" s="2">
-        <v>532</v>
+        <v>527</v>
       </c>
       <c r="G153" s="2">
-        <v>491.0</v>
+        <v>477.0</v>
       </c>
       <c r="H153" s="2">
-        <v>5208.0</v>
+        <v>7299.0</v>
       </c>
       <c r="I153" s="2">
         <v>0.0</v>
       </c>
       <c r="J153" s="2">
-        <v>713.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="2">
         <v>153</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C154" s="2">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2">
-        <v>681</v>
+        <v>252</v>
       </c>
       <c r="F154" s="2">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="G154" s="2">
-        <v>953.0</v>
+        <v>614.0</v>
       </c>
       <c r="H154" s="2">
-        <v>6429.0</v>
+        <v>4602.0</v>
       </c>
       <c r="I154" s="2">
         <v>0.0</v>
       </c>
       <c r="J154" s="2">
-        <v>49.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="2">
         <v>154</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>163</v>
       </c>
       <c r="C155" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2">
-        <v>393</v>
+        <v>2311</v>
       </c>
       <c r="F155" s="2">
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="G155" s="2">
-        <v>468.0</v>
+        <v>709.0</v>
       </c>
       <c r="H155" s="2">
-        <v>3709.0</v>
+        <v>11409.0</v>
       </c>
       <c r="I155" s="2">
         <v>0.0</v>
       </c>
       <c r="J155" s="2">
-        <v>6694.0</v>
+        <v>547.0</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="2">
         <v>155</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C156" s="2">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2">
-        <v>158</v>
+        <v>1342</v>
       </c>
       <c r="F156" s="2">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="G156" s="2">
-        <v>551.0</v>
+        <v>625.0</v>
       </c>
       <c r="H156" s="2">
-        <v>1971.0</v>
+        <v>2800.0</v>
       </c>
       <c r="I156" s="2">
         <v>0.0</v>
       </c>
       <c r="J156" s="2">
-        <v>42.0</v>
+        <v>1324.0</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="2">
         <v>156</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>165</v>
       </c>
       <c r="C157" s="2">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2">
-        <v>41</v>
+        <v>681</v>
       </c>
       <c r="F157" s="2">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="G157" s="2">
-        <v>557.0</v>
+        <v>682.0</v>
       </c>
       <c r="H157" s="2">
-        <v>8472.0</v>
+        <v>2817.0</v>
       </c>
       <c r="I157" s="2">
         <v>0.0</v>
       </c>
       <c r="J157" s="2">
-        <v>6.0</v>
+        <v>247.0</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="2">
         <v>157</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C158" s="2">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2">
-        <v>803</v>
+        <v>1873</v>
       </c>
       <c r="F158" s="2">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="G158" s="2">
-        <v>599.0</v>
+        <v>637.0</v>
       </c>
       <c r="H158" s="2">
-        <v>9494.0</v>
+        <v>3758.0</v>
       </c>
       <c r="I158" s="2">
         <v>0.0</v>
       </c>
       <c r="J158" s="2">
-        <v>84.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="2">
         <v>158</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>167</v>
       </c>
       <c r="C159" s="2">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2">
-        <v>462</v>
+        <v>1277</v>
       </c>
       <c r="F159" s="2">
         <v>519</v>
       </c>
       <c r="G159" s="2">
-        <v>461.0</v>
+        <v>571.0</v>
       </c>
       <c r="H159" s="2">
-        <v>2764.0</v>
+        <v>9289.0</v>
       </c>
       <c r="I159" s="2">
         <v>0.0</v>
       </c>
       <c r="J159" s="2">
-        <v>20.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="2">
         <v>159</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>168</v>
       </c>
       <c r="C160" s="2">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2">
-        <v>1100</v>
+        <v>1187</v>
       </c>
       <c r="F160" s="2">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="G160" s="2">
-        <v>692.0</v>
+        <v>852.0</v>
       </c>
       <c r="H160" s="2">
-        <v>11535.0</v>
+        <v>5935.0</v>
       </c>
       <c r="I160" s="2">
         <v>0.0</v>
       </c>
       <c r="J160" s="2">
-        <v>579.0</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="2">
         <v>160</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>169</v>
       </c>
       <c r="C161" s="2">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D161" s="2"/>
+        <v>11</v>
+      </c>
+      <c r="D161" s="2">
+        <v>45</v>
+      </c>
       <c r="E161" s="2">
-        <v>599</v>
+        <v>108</v>
       </c>
       <c r="F161" s="2">
-        <v>518</v>
+        <v>510</v>
       </c>
       <c r="G161" s="2">
-        <v>688.0</v>
+        <v>738.0</v>
       </c>
       <c r="H161" s="2">
-        <v>2684.0</v>
+        <v>14326.0</v>
       </c>
       <c r="I161" s="2">
         <v>0.0</v>
       </c>
       <c r="J161" s="2">
-        <v>60.0</v>
+        <v>377.0</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="2">
         <v>161</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C162" s="2">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2">
-        <v>1346</v>
+        <v>462</v>
       </c>
       <c r="F162" s="2">
-        <v>516</v>
+        <v>509</v>
       </c>
       <c r="G162" s="2">
-        <v>635.0</v>
+        <v>433.0</v>
       </c>
       <c r="H162" s="2">
-        <v>2735.0</v>
+        <v>2769.0</v>
       </c>
       <c r="I162" s="2">
         <v>0.0</v>
       </c>
       <c r="J162" s="2">
-        <v>21.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="2">
         <v>162</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>171</v>
       </c>
       <c r="C163" s="2">
         <v>4</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2">
-        <v>198</v>
+        <v>356</v>
       </c>
       <c r="F163" s="2">
-        <v>516</v>
+        <v>507</v>
       </c>
       <c r="G163" s="2">
-        <v>622.0</v>
+        <v>579.0</v>
       </c>
       <c r="H163" s="2">
-        <v>9852.0</v>
+        <v>9691.0</v>
       </c>
       <c r="I163" s="2">
         <v>0.0</v>
       </c>
       <c r="J163" s="2">
-        <v>378.0</v>
+        <v>288.0</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="2">
         <v>163</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>172</v>
       </c>
       <c r="C164" s="2">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2">
-        <v>591</v>
+        <v>621</v>
       </c>
       <c r="F164" s="2">
-        <v>515</v>
+        <v>506</v>
       </c>
       <c r="G164" s="2">
-        <v>580.0</v>
+        <v>543.0</v>
       </c>
       <c r="H164" s="2">
-        <v>3554.0</v>
+        <v>3321.0</v>
       </c>
       <c r="I164" s="2">
         <v>0.0</v>
       </c>
       <c r="J164" s="2">
-        <v>51.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="2">
         <v>164</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>173</v>
       </c>
       <c r="C165" s="2">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D165" s="2">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="E165" s="2">
-        <v>1332</v>
+        <v>1257</v>
       </c>
       <c r="F165" s="2">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="G165" s="2">
-        <v>691.0</v>
+        <v>562.0</v>
       </c>
       <c r="H165" s="2">
-        <v>6779.0</v>
+        <v>4171.0</v>
       </c>
       <c r="I165" s="2">
-        <v>439.0</v>
+        <v>1362.0</v>
       </c>
       <c r="J165" s="2">
-        <v>1343.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="2">
         <v>165</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>174</v>
       </c>
       <c r="C166" s="2">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="D166" s="2"/>
       <c r="E166" s="2">
-        <v>693</v>
+        <v>756</v>
       </c>
       <c r="F166" s="2">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="G166" s="2">
-        <v>531.0</v>
+        <v>569.0</v>
       </c>
       <c r="H166" s="2">
-        <v>3830.0</v>
+        <v>3591.0</v>
       </c>
       <c r="I166" s="2">
-        <v>104.0</v>
+        <v>0.0</v>
       </c>
       <c r="J166" s="2">
-        <v>7.0</v>
+        <v>51.0</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="2">
         <v>166</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C167" s="2">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D167" s="2"/>
+        <v>16</v>
+      </c>
+      <c r="D167" s="2">
+        <v>6</v>
+      </c>
       <c r="E167" s="2">
-        <v>443</v>
+        <v>1249</v>
       </c>
       <c r="F167" s="2">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="G167" s="2">
-        <v>582.0</v>
+        <v>524.0</v>
       </c>
       <c r="H167" s="2">
-        <v>5376.0</v>
+        <v>3694.0</v>
       </c>
       <c r="I167" s="2">
-        <v>0.0</v>
+        <v>101.0</v>
       </c>
       <c r="J167" s="2">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="2">
         <v>167</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C168" s="2">
         <v>7</v>
       </c>
-      <c r="D168" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D168" s="2"/>
       <c r="E168" s="2">
-        <v>238</v>
+        <v>380</v>
       </c>
       <c r="F168" s="2">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="G168" s="2">
-        <v>341.0</v>
+        <v>669.0</v>
       </c>
       <c r="H168" s="2">
-        <v>2659.0</v>
+        <v>7638.0</v>
       </c>
       <c r="I168" s="2">
         <v>0.0</v>
       </c>
       <c r="J168" s="2">
-        <v>0.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="2">
         <v>168</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>177</v>
       </c>
       <c r="C169" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2">
-        <v>190</v>
+        <v>390</v>
       </c>
       <c r="F169" s="2">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="G169" s="2">
-        <v>704.0</v>
+        <v>532.0</v>
       </c>
       <c r="H169" s="2">
-        <v>7857.0</v>
+        <v>4193.0</v>
       </c>
       <c r="I169" s="2">
         <v>0.0</v>
       </c>
       <c r="J169" s="2">
-        <v>8.0</v>
+        <v>550.0</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="2">
         <v>169</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C170" s="2">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2">
-        <v>190</v>
+        <v>158</v>
       </c>
       <c r="F170" s="2">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="G170" s="2">
-        <v>556.0</v>
+        <v>519.0</v>
       </c>
       <c r="H170" s="2">
-        <v>4257.0</v>
+        <v>1909.0</v>
       </c>
       <c r="I170" s="2">
         <v>0.0</v>
       </c>
       <c r="J170" s="2">
-        <v>573.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="2">
         <v>170</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>179</v>
       </c>
       <c r="C171" s="2">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2">
-        <v>232</v>
+        <v>869</v>
       </c>
       <c r="F171" s="2">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="G171" s="2">
-        <v>448.0</v>
+        <v>695.0</v>
       </c>
       <c r="H171" s="2">
-        <v>1915.0</v>
+        <v>9279.0</v>
       </c>
       <c r="I171" s="2">
         <v>0.0</v>
       </c>
       <c r="J171" s="2">
-        <v>7807.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="2">
         <v>171</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C172" s="2">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="D172" s="2">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="E172" s="2">
-        <v>1118</v>
+        <v>238</v>
       </c>
       <c r="F172" s="2">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="G172" s="2">
-        <v>596.0</v>
+        <v>313.0</v>
       </c>
       <c r="H172" s="2">
-        <v>4108.0</v>
+        <v>2559.0</v>
       </c>
       <c r="I172" s="2">
-        <v>1562.0</v>
+        <v>2.0</v>
       </c>
       <c r="J172" s="2">
-        <v>57.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="2">
         <v>172</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>181</v>
       </c>
       <c r="C173" s="2">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D173" s="2"/>
+        <v>13</v>
+      </c>
+      <c r="D173" s="2">
+        <v>18</v>
+      </c>
       <c r="E173" s="2">
-        <v>535</v>
+        <v>475</v>
       </c>
       <c r="F173" s="2">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="G173" s="2">
-        <v>536.0</v>
+        <v>635.0</v>
       </c>
       <c r="H173" s="2">
-        <v>3136.0</v>
+        <v>4660.0</v>
       </c>
       <c r="I173" s="2">
-        <v>0.0</v>
+        <v>8.0</v>
       </c>
       <c r="J173" s="2">
-        <v>0.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="2">
         <v>173</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C174" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2">
-        <v>845</v>
+        <v>823</v>
       </c>
       <c r="F174" s="2">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="G174" s="2">
-        <v>443.0</v>
+        <v>553.0</v>
       </c>
       <c r="H174" s="2">
-        <v>6765.0</v>
+        <v>5099.0</v>
       </c>
       <c r="I174" s="2">
         <v>0.0</v>
       </c>
       <c r="J174" s="2">
-        <v>76.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="2">
         <v>174</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C175" s="2">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2">
-        <v>1403</v>
+        <v>464</v>
       </c>
       <c r="F175" s="2">
-        <v>498</v>
+        <v>491</v>
       </c>
       <c r="G175" s="2">
-        <v>612.0</v>
+        <v>424.0</v>
       </c>
       <c r="H175" s="2">
-        <v>5516.0</v>
+        <v>1905.0</v>
       </c>
       <c r="I175" s="2">
         <v>0.0</v>
       </c>
       <c r="J175" s="2">
-        <v>28.0</v>
+        <v>6285.0</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="2">
         <v>175</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>184</v>
       </c>
       <c r="C176" s="2">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2">
-        <v>1359</v>
+        <v>1000</v>
       </c>
       <c r="F176" s="2">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="G176" s="2">
-        <v>529.0</v>
+        <v>377.0</v>
       </c>
       <c r="H176" s="2">
-        <v>2381.0</v>
+        <v>2163.0</v>
       </c>
       <c r="I176" s="2">
         <v>0.0</v>
       </c>
       <c r="J176" s="2">
-        <v>82.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="2">
         <v>176</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>185</v>
       </c>
       <c r="C177" s="2">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D177" s="2">
-        <v>9</v>
+        <v>393</v>
       </c>
       <c r="E177" s="2">
-        <v>557</v>
+        <v>2765</v>
       </c>
       <c r="F177" s="2">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="G177" s="2">
-        <v>534.0</v>
+        <v>552.0</v>
       </c>
       <c r="H177" s="2">
-        <v>3600.0</v>
+        <v>2171.0</v>
       </c>
       <c r="I177" s="2">
-        <v>0.0</v>
+        <v>2102.0</v>
       </c>
       <c r="J177" s="2">
-        <v>400.0</v>
+        <v>294.0</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="2">
         <v>177</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C178" s="2">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="D178" s="2"/>
       <c r="E178" s="2">
-        <v>327</v>
+        <v>861</v>
       </c>
       <c r="F178" s="2">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="G178" s="2">
-        <v>649.0</v>
+        <v>409.0</v>
       </c>
       <c r="H178" s="2">
-        <v>4497.0</v>
+        <v>6524.0</v>
       </c>
       <c r="I178" s="2">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="J178" s="2">
-        <v>38.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="2">
         <v>178</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>187</v>
       </c>
       <c r="C179" s="2">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D179" s="2"/>
+        <v>9</v>
+      </c>
+      <c r="D179" s="2">
+        <v>9</v>
+      </c>
       <c r="E179" s="2">
-        <v>105</v>
+        <v>557</v>
       </c>
       <c r="F179" s="2">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="G179" s="2">
-        <v>723.0</v>
+        <v>514.0</v>
       </c>
       <c r="H179" s="2">
-        <v>14324.0</v>
+        <v>3699.0</v>
       </c>
       <c r="I179" s="2">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="J179" s="2">
-        <v>377.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="2">
         <v>179</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C180" s="2">
         <v>8</v>
       </c>
-      <c r="D180" s="2"/>
+      <c r="D180" s="2">
+        <v>23</v>
+      </c>
       <c r="E180" s="2">
-        <v>111</v>
+        <v>388</v>
       </c>
       <c r="F180" s="2">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="G180" s="2">
-        <v>505.0</v>
+        <v>538.0</v>
       </c>
       <c r="H180" s="2">
-        <v>3079.0</v>
+        <v>2057.0</v>
       </c>
       <c r="I180" s="2">
-        <v>0.0</v>
+        <v>654.0</v>
       </c>
       <c r="J180" s="2">
-        <v>0.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="2">
         <v>180</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>189</v>
       </c>
       <c r="C181" s="2">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2">
-        <v>544</v>
+        <v>1359</v>
       </c>
       <c r="F181" s="2">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="G181" s="2">
-        <v>691.0</v>
+        <v>513.0</v>
       </c>
       <c r="H181" s="2">
-        <v>8834.0</v>
+        <v>2356.0</v>
       </c>
       <c r="I181" s="2">
         <v>0.0</v>
       </c>
       <c r="J181" s="2">
-        <v>279.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="2">
         <v>181</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>190</v>
       </c>
       <c r="C182" s="2">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2">
-        <v>1000</v>
+        <v>111</v>
       </c>
       <c r="F182" s="2">
-        <v>490</v>
+        <v>482</v>
       </c>
       <c r="G182" s="2">
-        <v>380.0</v>
+        <v>495.0</v>
       </c>
       <c r="H182" s="2">
-        <v>2101.0</v>
+        <v>2958.0</v>
       </c>
       <c r="I182" s="2">
         <v>0.0</v>
       </c>
       <c r="J182" s="2">
-        <v>126.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="2">
         <v>182</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>191</v>
       </c>
       <c r="C183" s="2">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="D183" s="2"/>
       <c r="E183" s="2">
-        <v>1756</v>
+        <v>1395</v>
       </c>
       <c r="F183" s="2">
-        <v>490</v>
+        <v>481</v>
       </c>
       <c r="G183" s="2">
-        <v>584.0</v>
+        <v>621.0</v>
       </c>
       <c r="H183" s="2">
-        <v>1975.0</v>
+        <v>2858.0</v>
       </c>
       <c r="I183" s="2">
-        <v>1959.0</v>
+        <v>0.0</v>
       </c>
       <c r="J183" s="2">
-        <v>269.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="2">
         <v>183</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C184" s="2">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="D184" s="2"/>
       <c r="E184" s="2">
-        <v>329</v>
+        <v>302</v>
       </c>
       <c r="F184" s="2">
-        <v>489</v>
+        <v>479</v>
       </c>
       <c r="G184" s="2">
-        <v>520.0</v>
+        <v>462.0</v>
       </c>
       <c r="H184" s="2">
-        <v>2128.0</v>
+        <v>2496.0</v>
       </c>
       <c r="I184" s="2">
-        <v>651.0</v>
+        <v>0.0</v>
       </c>
       <c r="J184" s="2">
-        <v>102.0</v>
+        <v>682.0</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="2">
         <v>184</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>193</v>
       </c>
       <c r="C185" s="2">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2">
-        <v>237</v>
+        <v>2026</v>
       </c>
       <c r="F185" s="2">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="G185" s="2">
-        <v>399.0</v>
+        <v>566.0</v>
       </c>
       <c r="H185" s="2">
-        <v>2439.0</v>
+        <v>5148.0</v>
       </c>
       <c r="I185" s="2">
         <v>0.0</v>
       </c>
       <c r="J185" s="2">
-        <v>84.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="2">
         <v>185</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>194</v>
       </c>
       <c r="C186" s="2">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2">
-        <v>1102</v>
+        <v>83</v>
       </c>
       <c r="F186" s="2">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="G186" s="2">
-        <v>511.0</v>
+        <v>466.0</v>
       </c>
       <c r="H186" s="2">
-        <v>1782.0</v>
+        <v>2293.0</v>
       </c>
       <c r="I186" s="2">
         <v>0.0</v>
       </c>
       <c r="J186" s="2">
-        <v>882.0</v>
+        <v>926.0</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="2">
         <v>186</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>195</v>
       </c>
       <c r="C187" s="2">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D187" s="2"/>
+        <v>13</v>
+      </c>
+      <c r="D187" s="2">
+        <v>2</v>
+      </c>
       <c r="E187" s="2">
-        <v>171</v>
+        <v>453</v>
       </c>
       <c r="F187" s="2">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="G187" s="2">
-        <v>598.0</v>
+        <v>450.0</v>
       </c>
       <c r="H187" s="2">
-        <v>5788.0</v>
+        <v>2824.0</v>
       </c>
       <c r="I187" s="2">
-        <v>0.0</v>
+        <v>7.0</v>
       </c>
       <c r="J187" s="2">
-        <v>345.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="2">
         <v>187</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C188" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2">
-        <v>261</v>
+        <v>1143</v>
       </c>
       <c r="F188" s="2">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="G188" s="2">
-        <v>452.0</v>
+        <v>502.0</v>
       </c>
       <c r="H188" s="2">
-        <v>2271.0</v>
+        <v>1840.0</v>
       </c>
       <c r="I188" s="2">
         <v>0.0</v>
       </c>
       <c r="J188" s="2">
-        <v>312.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="2">
         <v>188</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>197</v>
       </c>
       <c r="C189" s="2">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D189" s="2"/>
       <c r="E189" s="2">
-        <v>453</v>
+        <v>325</v>
       </c>
       <c r="F189" s="2">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="G189" s="2">
-        <v>478.0</v>
+        <v>403.0</v>
       </c>
       <c r="H189" s="2">
-        <v>2890.0</v>
+        <v>2452.0</v>
       </c>
       <c r="I189" s="2">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="J189" s="2">
-        <v>0.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="2">
         <v>189</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C190" s="2">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2">
-        <v>142</v>
+        <v>757</v>
       </c>
       <c r="F190" s="2">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="G190" s="2">
-        <v>482.0</v>
+        <v>443.0</v>
       </c>
       <c r="H190" s="2">
-        <v>3533.0</v>
+        <v>3996.0</v>
       </c>
       <c r="I190" s="2">
         <v>0.0</v>
       </c>
       <c r="J190" s="2">
-        <v>24.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="2">
         <v>190</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C191" s="2">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2">
-        <v>631</v>
+        <v>202</v>
       </c>
       <c r="F191" s="2">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="G191" s="2">
-        <v>627.0</v>
+        <v>582.0</v>
       </c>
       <c r="H191" s="2">
-        <v>8251.0</v>
+        <v>5750.0</v>
       </c>
       <c r="I191" s="2">
         <v>0.0</v>
       </c>
       <c r="J191" s="2">
-        <v>1044.0</v>
+        <v>352.0</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="2">
         <v>191</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>200</v>
       </c>
       <c r="C192" s="2">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2">
-        <v>83</v>
+        <v>370</v>
       </c>
       <c r="F192" s="2">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="G192" s="2">
-        <v>476.0</v>
+        <v>400.0</v>
       </c>
       <c r="H192" s="2">
-        <v>2156.0</v>
+        <v>2013.0</v>
       </c>
       <c r="I192" s="2">
         <v>0.0</v>
       </c>
       <c r="J192" s="2">
-        <v>980.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="2">
         <v>192</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>201</v>
       </c>
       <c r="C193" s="2">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2">
-        <v>264</v>
+        <v>807</v>
       </c>
       <c r="F193" s="2">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="G193" s="2">
-        <v>505.0</v>
+        <v>624.0</v>
       </c>
       <c r="H193" s="2">
-        <v>2178.0</v>
+        <v>7904.0</v>
       </c>
       <c r="I193" s="2">
         <v>0.0</v>
       </c>
       <c r="J193" s="2">
-        <v>66.0</v>
+        <v>862.0</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="2">
         <v>193</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C194" s="2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2">
-        <v>93</v>
+        <v>2757</v>
       </c>
       <c r="F194" s="2">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="G194" s="2">
-        <v>412.0</v>
+        <v>523.0</v>
       </c>
       <c r="H194" s="2">
-        <v>2946.0</v>
+        <v>8562.0</v>
       </c>
       <c r="I194" s="2">
         <v>0.0</v>
       </c>
       <c r="J194" s="2">
-        <v>0.0</v>
+        <v>1414.0</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" s="2">
         <v>194</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>203</v>
       </c>
       <c r="C195" s="2">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="D195" s="2"/>
+        <v>4</v>
+      </c>
+      <c r="D195" s="2">
+        <v>8</v>
+      </c>
       <c r="E195" s="2">
-        <v>827</v>
+        <v>162</v>
       </c>
       <c r="F195" s="2">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="G195" s="2">
-        <v>465.0</v>
+        <v>373.0</v>
       </c>
       <c r="H195" s="2">
-        <v>2440.0</v>
+        <v>2377.0</v>
       </c>
       <c r="I195" s="2">
-        <v>0.0</v>
+        <v>316.0</v>
       </c>
       <c r="J195" s="2">
-        <v>1075.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="2">
         <v>195</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C196" s="2">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2">
-        <v>400</v>
+        <v>147</v>
       </c>
       <c r="F196" s="2">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="G196" s="2">
-        <v>418.0</v>
+        <v>468.0</v>
       </c>
       <c r="H196" s="2">
-        <v>2255.0</v>
+        <v>3514.0</v>
       </c>
       <c r="I196" s="2">
         <v>0.0</v>
       </c>
       <c r="J196" s="2">
-        <v>683.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="2">
         <v>196</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C197" s="2">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D197" s="2"/>
+        <v>10</v>
+      </c>
+      <c r="D197" s="2">
+        <v>224</v>
+      </c>
       <c r="E197" s="2">
-        <v>370</v>
+        <v>575</v>
       </c>
       <c r="F197" s="2">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="G197" s="2">
-        <v>405.0</v>
+        <v>513.0</v>
       </c>
       <c r="H197" s="2">
-        <v>2115.0</v>
+        <v>2404.0</v>
       </c>
       <c r="I197" s="2">
-        <v>0.0</v>
+        <v>742.0</v>
       </c>
       <c r="J197" s="2">
-        <v>6.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="2">
         <v>197</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>206</v>
       </c>
       <c r="C198" s="2">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2">
-        <v>814</v>
+        <v>538</v>
       </c>
       <c r="F198" s="2">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="G198" s="2">
-        <v>350.0</v>
+        <v>406.0</v>
       </c>
       <c r="H198" s="2">
-        <v>1948.0</v>
+        <v>1489.0</v>
       </c>
       <c r="I198" s="2">
         <v>0.0</v>
       </c>
       <c r="J198" s="2">
-        <v>171.0</v>
+        <v>587.0</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="2">
         <v>198</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>207</v>
       </c>
       <c r="C199" s="2">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2">
-        <v>643</v>
+        <v>827</v>
       </c>
       <c r="F199" s="2">
-        <v>445</v>
+        <v>453</v>
       </c>
       <c r="G199" s="2">
-        <v>444.0</v>
+        <v>454.0</v>
       </c>
       <c r="H199" s="2">
-        <v>2312.0</v>
+        <v>2360.0</v>
       </c>
       <c r="I199" s="2">
         <v>0.0</v>
       </c>
       <c r="J199" s="2">
-        <v>25.0</v>
+        <v>980.0</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="2">
         <v>199</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>208</v>
       </c>
       <c r="C200" s="2">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="D200" s="2"/>
       <c r="E200" s="2">
-        <v>158</v>
+        <v>532</v>
       </c>
       <c r="F200" s="2">
-        <v>442</v>
+        <v>453</v>
       </c>
       <c r="G200" s="2">
-        <v>361.0</v>
+        <v>382.0</v>
       </c>
       <c r="H200" s="2">
-        <v>2385.0</v>
+        <v>2283.0</v>
       </c>
       <c r="I200" s="2">
-        <v>315.0</v>
+        <v>0.0</v>
       </c>
       <c r="J200" s="2">
-        <v>67.0</v>
+        <v>910.0</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="2">
         <v>200</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>209</v>
       </c>
       <c r="C201" s="2">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2">
-        <v>965</v>
+        <v>643</v>
       </c>
       <c r="F201" s="2">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="G201" s="2">
-        <v>364.0</v>
+        <v>453.0</v>
       </c>
       <c r="H201" s="2">
-        <v>1998.0</v>
+        <v>2258.0</v>
       </c>
       <c r="I201" s="2">
         <v>0.0</v>
       </c>
       <c r="J201" s="2">
-        <v>0.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="2">
         <v>201</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>210</v>
       </c>
       <c r="C202" s="2">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2">
-        <v>1628</v>
+        <v>264</v>
       </c>
       <c r="F202" s="2">
-        <v>441</v>
+        <v>450</v>
       </c>
       <c r="G202" s="2">
-        <v>517.0</v>
+        <v>466.0</v>
       </c>
       <c r="H202" s="2">
-        <v>8381.0</v>
+        <v>2148.0</v>
       </c>
       <c r="I202" s="2">
         <v>0.0</v>
       </c>
       <c r="J202" s="2">
-        <v>1405.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="2">
         <v>202</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>211</v>
       </c>
       <c r="C203" s="2">
         <v>11</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2">
-        <v>74</v>
+        <v>775</v>
       </c>
       <c r="F203" s="2">
-        <v>440</v>
+        <v>449</v>
       </c>
       <c r="G203" s="2">
-        <v>392.0</v>
+        <v>407.0</v>
       </c>
       <c r="H203" s="2">
-        <v>1182.0</v>
+        <v>1223.0</v>
       </c>
       <c r="I203" s="2">
         <v>0.0</v>
       </c>
       <c r="J203" s="2">
-        <v>7.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="2">
         <v>203</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C204" s="2">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2">
-        <v>647</v>
+        <v>93</v>
       </c>
       <c r="F204" s="2">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="G204" s="2">
-        <v>354.0</v>
+        <v>389.0</v>
       </c>
       <c r="H204" s="2">
-        <v>3307.0</v>
+        <v>2788.0</v>
       </c>
       <c r="I204" s="2">
         <v>0.0</v>
       </c>
       <c r="J204" s="2">
-        <v>65.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="2">
         <v>204</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C205" s="2">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2">
-        <v>54</v>
+        <v>86</v>
       </c>
       <c r="F205" s="2">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="G205" s="2">
-        <v>411.0</v>
+        <v>381.0</v>
       </c>
       <c r="H205" s="2">
-        <v>941.0</v>
+        <v>1205.0</v>
       </c>
       <c r="I205" s="2">
         <v>0.0</v>
       </c>
       <c r="J205" s="2">
-        <v>18.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="2">
         <v>205</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>214</v>
       </c>
       <c r="C206" s="2">
         <v>8</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2">
-        <v>680</v>
+        <v>988</v>
       </c>
       <c r="F206" s="2">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="G206" s="2">
-        <v>439.0</v>
+        <v>351.0</v>
       </c>
       <c r="H206" s="2">
-        <v>5114.0</v>
+        <v>2007.0</v>
       </c>
       <c r="I206" s="2">
         <v>0.0</v>
       </c>
       <c r="J206" s="2">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="2">
         <v>206</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>215</v>
       </c>
       <c r="C207" s="2">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2">
-        <v>751</v>
+        <v>1110</v>
       </c>
       <c r="F207" s="2">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="G207" s="2">
-        <v>356.0</v>
+        <v>331.0</v>
       </c>
       <c r="H207" s="2">
-        <v>2245.0</v>
+        <v>1977.0</v>
       </c>
       <c r="I207" s="2">
         <v>0.0</v>
       </c>
       <c r="J207" s="2">
-        <v>3.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="2">
         <v>207</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>216</v>
       </c>
       <c r="C208" s="2">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D208" s="2"/>
+        <v>5</v>
+      </c>
+      <c r="D208" s="2">
+        <v>4</v>
+      </c>
       <c r="E208" s="2">
-        <v>76</v>
+        <v>199</v>
       </c>
       <c r="F208" s="2">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="G208" s="2">
-        <v>225.0</v>
+        <v>471.0</v>
       </c>
       <c r="H208" s="2">
-        <v>2253.0</v>
+        <v>2904.0</v>
       </c>
       <c r="I208" s="2">
         <v>0.0</v>
       </c>
       <c r="J208" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="2">
         <v>208</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>217</v>
       </c>
       <c r="C209" s="2">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="D209" s="2">
         <v>4</v>
       </c>
+      <c r="D209" s="2"/>
       <c r="E209" s="2">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="F209" s="2">
         <v>433</v>
       </c>
       <c r="G209" s="2">
-        <v>474.0</v>
+        <v>331.0</v>
       </c>
       <c r="H209" s="2">
-        <v>3034.0</v>
+        <v>1640.0</v>
       </c>
       <c r="I209" s="2">
         <v>0.0</v>
       </c>
       <c r="J209" s="2">
-        <v>0.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="2">
         <v>209</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>218</v>
       </c>
       <c r="C210" s="2">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2">
-        <v>510</v>
+        <v>1242</v>
       </c>
       <c r="F210" s="2">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G210" s="2">
-        <v>472.0</v>
+        <v>339.0</v>
       </c>
       <c r="H210" s="2">
-        <v>4639.0</v>
+        <v>3227.0</v>
       </c>
       <c r="I210" s="2">
         <v>0.0</v>
       </c>
       <c r="J210" s="2">
-        <v>0.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="2">
         <v>210</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>219</v>
       </c>
       <c r="C211" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2">
-        <v>506</v>
+        <v>924</v>
       </c>
       <c r="F211" s="2">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="G211" s="2">
-        <v>483.0</v>
+        <v>440.0</v>
       </c>
       <c r="H211" s="2">
-        <v>2901.0</v>
+        <v>5026.0</v>
       </c>
       <c r="I211" s="2">
         <v>0.0</v>
       </c>
       <c r="J211" s="2">
-        <v>147.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="2">
         <v>211</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>220</v>
       </c>
       <c r="C212" s="2">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D212" s="2"/>
+        <v>18</v>
+      </c>
+      <c r="D212" s="2">
+        <v>22</v>
+      </c>
       <c r="E212" s="2">
-        <v>773</v>
+        <v>624</v>
       </c>
       <c r="F212" s="2">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="G212" s="2">
-        <v>378.0</v>
+        <v>317.0</v>
       </c>
       <c r="H212" s="2">
-        <v>1232.0</v>
+        <v>2096.0</v>
       </c>
       <c r="I212" s="2">
-        <v>0.0</v>
+        <v>25.0</v>
       </c>
       <c r="J212" s="2">
-        <v>0.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="2">
         <v>212</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C213" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2">
-        <v>411</v>
+        <v>526</v>
       </c>
       <c r="F213" s="2">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="G213" s="2">
-        <v>310.0</v>
+        <v>343.0</v>
       </c>
       <c r="H213" s="2">
-        <v>1693.0</v>
+        <v>2167.0</v>
       </c>
       <c r="I213" s="2">
         <v>0.0</v>
       </c>
       <c r="J213" s="2">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="2">
         <v>213</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>222</v>
       </c>
       <c r="C214" s="2">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2">
-        <v>538</v>
+        <v>54</v>
       </c>
       <c r="F214" s="2">
-        <v>428</v>
+        <v>421</v>
       </c>
       <c r="G214" s="2">
-        <v>384.0</v>
+        <v>374.0</v>
       </c>
       <c r="H214" s="2">
-        <v>1311.0</v>
+        <v>918.0</v>
       </c>
       <c r="I214" s="2">
         <v>0.0</v>
       </c>
       <c r="J214" s="2">
-        <v>561.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="2">
         <v>214</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>223</v>
       </c>
       <c r="C215" s="2">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2">
-        <v>526</v>
+        <v>874</v>
       </c>
       <c r="F215" s="2">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="G215" s="2">
-        <v>353.0</v>
+        <v>460.0</v>
       </c>
       <c r="H215" s="2">
-        <v>2167.0</v>
+        <v>4922.0</v>
       </c>
       <c r="I215" s="2">
         <v>0.0</v>
       </c>
       <c r="J215" s="2">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" s="2">
         <v>215</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>224</v>
       </c>
       <c r="C216" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="F216" s="2">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="G216" s="2">
-        <v>498.0</v>
+        <v>444.0</v>
       </c>
       <c r="H216" s="2">
-        <v>9347.0</v>
+        <v>3191.0</v>
       </c>
       <c r="I216" s="2">
         <v>0.0</v>
       </c>
       <c r="J216" s="2">
-        <v>67.0</v>
+        <v>147.0</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" s="2">
         <v>216</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C217" s="2">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2">
-        <v>609</v>
+        <v>641</v>
       </c>
       <c r="F217" s="2">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="G217" s="2">
-        <v>338.0</v>
+        <v>374.0</v>
       </c>
       <c r="H217" s="2">
-        <v>2739.0</v>
+        <v>1923.0</v>
       </c>
       <c r="I217" s="2">
         <v>0.0</v>
       </c>
       <c r="J217" s="2">
-        <v>5.0</v>
+        <v>1160.0</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="2">
         <v>217</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>226</v>
       </c>
       <c r="C218" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2">
-        <v>144</v>
+        <v>411</v>
       </c>
       <c r="F218" s="2">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="G218" s="2">
-        <v>308.0</v>
+        <v>291.0</v>
       </c>
       <c r="H218" s="2">
-        <v>1695.0</v>
+        <v>1636.0</v>
       </c>
       <c r="I218" s="2">
         <v>0.0</v>
       </c>
       <c r="J218" s="2">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="2">
         <v>218</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C219" s="2">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="D219" s="2"/>
+        <v>10</v>
+      </c>
+      <c r="D219" s="2">
+        <v>25</v>
+      </c>
       <c r="E219" s="2">
-        <v>176</v>
+        <v>3862</v>
       </c>
       <c r="F219" s="2">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="G219" s="2">
-        <v>350.0</v>
+        <v>353.0</v>
       </c>
       <c r="H219" s="2">
-        <v>3367.0</v>
+        <v>2282.0</v>
       </c>
       <c r="I219" s="2">
-        <v>0.0</v>
+        <v>576.0</v>
       </c>
       <c r="J219" s="2">
-        <v>559.0</v>
+        <v>2255.0</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="2">
         <v>219</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>228</v>
       </c>
       <c r="C220" s="2">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="D220" s="2"/>
       <c r="E220" s="2">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="F220" s="2">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="G220" s="2">
-        <v>335.0</v>
+        <v>368.0</v>
       </c>
       <c r="H220" s="2">
-        <v>1609.0</v>
+        <v>2427.0</v>
       </c>
       <c r="I220" s="2">
-        <v>2722.0</v>
+        <v>0.0</v>
       </c>
       <c r="J220" s="2">
-        <v>2325.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="2">
         <v>220</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>229</v>
       </c>
       <c r="C221" s="2">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2">
-        <v>608</v>
+        <v>1523</v>
       </c>
       <c r="F221" s="2">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="G221" s="2">
-        <v>371.0</v>
+        <v>282.0</v>
       </c>
       <c r="H221" s="2">
-        <v>1774.0</v>
+        <v>1323.0</v>
       </c>
       <c r="I221" s="2">
         <v>0.0</v>
       </c>
       <c r="J221" s="2">
-        <v>967.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="2">
         <v>221</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C222" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2">
-        <v>303</v>
+        <v>144</v>
       </c>
       <c r="F222" s="2">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="G222" s="2">
-        <v>371.0</v>
+        <v>284.0</v>
       </c>
       <c r="H222" s="2">
-        <v>1928.0</v>
+        <v>1769.0</v>
       </c>
       <c r="I222" s="2">
         <v>0.0</v>
       </c>
       <c r="J222" s="2">
-        <v>80.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="2">
         <v>222</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C223" s="2">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D223" s="2"/>
       <c r="E223" s="2">
-        <v>537</v>
+        <v>995</v>
       </c>
       <c r="F223" s="2">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="G223" s="2">
-        <v>308.0</v>
+        <v>330.0</v>
       </c>
       <c r="H223" s="2">
-        <v>1992.0</v>
+        <v>1056.0</v>
       </c>
       <c r="I223" s="2">
-        <v>19.0</v>
+        <v>0.0</v>
       </c>
       <c r="J223" s="2">
-        <v>18.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" s="2">
         <v>223</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C224" s="2">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D224" s="2"/>
       <c r="E224" s="2">
-        <v>953</v>
+        <v>76</v>
       </c>
       <c r="F224" s="2">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="G224" s="2">
-        <v>308.0</v>
+        <v>216.0</v>
       </c>
       <c r="H224" s="2">
-        <v>1134.0</v>
+        <v>2096.0</v>
       </c>
       <c r="I224" s="2">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="J224" s="2">
-        <v>87.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" s="2">
         <v>224</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>233</v>
       </c>
       <c r="C225" s="2">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D225" s="2"/>
+        <v>7</v>
+      </c>
+      <c r="D225" s="2">
+        <v>10</v>
+      </c>
       <c r="E225" s="2">
-        <v>139</v>
+        <v>1157</v>
       </c>
       <c r="F225" s="2">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="G225" s="2">
-        <v>377.0</v>
+        <v>282.0</v>
       </c>
       <c r="H225" s="2">
-        <v>2441.0</v>
+        <v>1113.0</v>
       </c>
       <c r="I225" s="2">
-        <v>0.0</v>
+        <v>16.0</v>
       </c>
       <c r="J225" s="2">
-        <v>0.0</v>
+        <v>244.0</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="2">
         <v>225</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>234</v>
       </c>
       <c r="C226" s="2">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2">
-        <v>1326</v>
+        <v>176</v>
       </c>
       <c r="F226" s="2">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="G226" s="2">
-        <v>277.0</v>
+        <v>339.0</v>
       </c>
       <c r="H226" s="2">
-        <v>1128.0</v>
+        <v>3353.0</v>
       </c>
       <c r="I226" s="2">
         <v>0.0</v>
       </c>
       <c r="J226" s="2">
-        <v>54.0</v>
+        <v>992.0</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="2">
         <v>226</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C227" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2">
-        <v>427</v>
+        <v>396</v>
       </c>
       <c r="F227" s="2">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="G227" s="2">
-        <v>350.0</v>
+        <v>351.0</v>
       </c>
       <c r="H227" s="2">
-        <v>1757.0</v>
+        <v>1927.0</v>
       </c>
       <c r="I227" s="2">
         <v>0.0</v>
       </c>
       <c r="J227" s="2">
-        <v>233.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="2">
         <v>227</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>236</v>
       </c>
       <c r="C228" s="2">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="D228" s="2"/>
       <c r="E228" s="2">
-        <v>2559</v>
+        <v>609</v>
       </c>
       <c r="F228" s="2">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="G228" s="2">
-        <v>361.0</v>
+        <v>325.0</v>
       </c>
       <c r="H228" s="2">
-        <v>2169.0</v>
+        <v>2700.0</v>
       </c>
       <c r="I228" s="2">
-        <v>349.0</v>
+        <v>0.0</v>
       </c>
       <c r="J228" s="2">
-        <v>562.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="2">
         <v>228</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C229" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2"/>
       <c r="F229" s="2">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="G229" s="2">
-        <v>313.0</v>
+        <v>328.0</v>
       </c>
       <c r="H229" s="2">
-        <v>2984.0</v>
+        <v>1065.0</v>
       </c>
       <c r="I229" s="2">
         <v>0.0</v>
       </c>
       <c r="J229" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="2">
         <v>229</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>238</v>
       </c>
       <c r="C230" s="2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2">
-        <v>76</v>
+        <v>992</v>
       </c>
       <c r="F230" s="2">
-        <v>407</v>
+        <v>399</v>
       </c>
       <c r="G230" s="2">
-        <v>207.0</v>
+        <v>409.0</v>
       </c>
       <c r="H230" s="2">
-        <v>2108.0</v>
+        <v>2337.0</v>
       </c>
       <c r="I230" s="2">
         <v>0.0</v>
       </c>
       <c r="J230" s="2">
-        <v>0.0</v>
+        <v>173.0</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="2">
         <v>230</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>239</v>
       </c>
       <c r="C231" s="2">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2">
-        <v>995</v>
+        <v>34</v>
       </c>
       <c r="F231" s="2">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="G231" s="2">
-        <v>314.0</v>
+        <v>408.0</v>
       </c>
       <c r="H231" s="2">
-        <v>1008.0</v>
+        <v>3184.0</v>
       </c>
       <c r="I231" s="2">
         <v>0.0</v>
       </c>
       <c r="J231" s="2">
-        <v>92.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="2">
         <v>231</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>240</v>
       </c>
       <c r="C232" s="2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2">
-        <v>538</v>
+        <v>622</v>
       </c>
       <c r="F232" s="2">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="G232" s="2">
-        <v>254.0</v>
+        <v>342.0</v>
       </c>
       <c r="H232" s="2">
-        <v>1326.0</v>
+        <v>1777.0</v>
       </c>
       <c r="I232" s="2">
         <v>0.0</v>
       </c>
       <c r="J232" s="2">
-        <v>0.0</v>
+        <v>282.0</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="2">
         <v>232</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>241</v>
       </c>
       <c r="C233" s="2">
-        <v>7</v>
-[...6 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="D233" s="2"/>
+      <c r="E233" s="2"/>
       <c r="F233" s="2">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="G233" s="2">
-        <v>377.0</v>
+        <v>297.0</v>
       </c>
       <c r="H233" s="2">
-        <v>3557.0</v>
+        <v>2922.0</v>
       </c>
       <c r="I233" s="2">
         <v>0.0</v>
       </c>
       <c r="J233" s="2">
-        <v>36.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" s="2">
         <v>233</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>242</v>
       </c>
       <c r="C234" s="2">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2">
-        <v>513</v>
+        <v>103</v>
       </c>
       <c r="F234" s="2">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="G234" s="2">
-        <v>399.0</v>
+        <v>331.0</v>
       </c>
       <c r="H234" s="2">
-        <v>2164.0</v>
+        <v>2504.0</v>
       </c>
       <c r="I234" s="2">
         <v>0.0</v>
       </c>
       <c r="J234" s="2">
-        <v>172.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" s="2">
         <v>234</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C235" s="2">
-        <v>31</v>
+        <v>4</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2">
-        <v>103</v>
+        <v>347</v>
       </c>
       <c r="F235" s="2">
-        <v>397</v>
+        <v>389</v>
       </c>
       <c r="G235" s="2">
-        <v>326.0</v>
+        <v>353.0</v>
       </c>
       <c r="H235" s="2">
-        <v>2081.0</v>
+        <v>1462.0</v>
       </c>
       <c r="I235" s="2">
         <v>0.0</v>
       </c>
       <c r="J235" s="2">
-        <v>33.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="2">
         <v>235</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>244</v>
       </c>
       <c r="C236" s="2">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D236" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D236" s="2">
+        <v>373</v>
+      </c>
       <c r="E236" s="2">
-        <v>657</v>
+        <v>1239</v>
       </c>
       <c r="F236" s="2">
-        <v>396</v>
+        <v>388</v>
       </c>
       <c r="G236" s="2">
-        <v>275.0</v>
+        <v>310.0</v>
       </c>
       <c r="H236" s="2">
-        <v>1462.0</v>
+        <v>1474.0</v>
       </c>
       <c r="I236" s="2">
-        <v>0.0</v>
+        <v>208.0</v>
       </c>
       <c r="J236" s="2">
-        <v>174.0</v>
+        <v>177.0</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" s="2">
         <v>236</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>245</v>
       </c>
       <c r="C237" s="2">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="D237" s="2"/>
+        <v>15</v>
+      </c>
+      <c r="D237" s="2">
+        <v>20</v>
+      </c>
       <c r="E237" s="2">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="F237" s="2">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="G237" s="2">
-        <v>404.0</v>
+        <v>303.0</v>
       </c>
       <c r="H237" s="2">
-        <v>2797.0</v>
+        <v>1067.0</v>
       </c>
       <c r="I237" s="2">
-        <v>0.0</v>
+        <v>17.0</v>
       </c>
       <c r="J237" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" s="2">
         <v>237</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C238" s="2">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D238" s="2"/>
-      <c r="E238" s="2"/>
+      <c r="E238" s="2">
+        <v>1076</v>
+      </c>
       <c r="F238" s="2">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="G238" s="2">
-        <v>305.0</v>
+        <v>230.0</v>
       </c>
       <c r="H238" s="2">
-        <v>1008.0</v>
+        <v>1330.0</v>
       </c>
       <c r="I238" s="2">
         <v>0.0</v>
       </c>
       <c r="J238" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="2">
         <v>238</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C239" s="2">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D239" s="2"/>
       <c r="E239" s="2">
-        <v>1177</v>
+        <v>836</v>
       </c>
       <c r="F239" s="2">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="G239" s="2">
-        <v>320.0</v>
+        <v>348.0</v>
       </c>
       <c r="H239" s="2">
-        <v>1503.0</v>
+        <v>3509.0</v>
       </c>
       <c r="I239" s="2">
-        <v>57.0</v>
+        <v>0.0</v>
       </c>
       <c r="J239" s="2">
-        <v>163.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" s="2">
         <v>239</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>248</v>
       </c>
       <c r="C240" s="2">
         <v>4</v>
       </c>
-      <c r="D240" s="2"/>
+      <c r="D240" s="2">
+        <v>459</v>
+      </c>
       <c r="E240" s="2">
-        <v>207</v>
+        <v>642</v>
       </c>
       <c r="F240" s="2">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="G240" s="2">
-        <v>364.0</v>
+        <v>336.0</v>
       </c>
       <c r="H240" s="2">
-        <v>1507.0</v>
+        <v>1994.0</v>
       </c>
       <c r="I240" s="2">
-        <v>0.0</v>
+        <v>1253.0</v>
       </c>
       <c r="J240" s="2">
-        <v>0.0</v>
+        <v>2348.0</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" s="2">
         <v>240</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C241" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D241" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D241" s="2">
+        <v>62</v>
+      </c>
       <c r="E241" s="2">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F241" s="2">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="G241" s="2">
-        <v>253.0</v>
+        <v>309.0</v>
       </c>
       <c r="H241" s="2">
-        <v>1336.0</v>
+        <v>1537.0</v>
       </c>
       <c r="I241" s="2">
-        <v>0.0</v>
+        <v>2723.0</v>
       </c>
       <c r="J241" s="2">
-        <v>25.0</v>
+        <v>1885.0</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" s="2">
         <v>241</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>250</v>
       </c>
       <c r="C242" s="2">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2">
+        <v>657</v>
+      </c>
+      <c r="F242" s="2">
         <v>384</v>
       </c>
-      <c r="F242" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="G242" s="2">
-        <v>296.0</v>
+        <v>268.0</v>
       </c>
       <c r="H242" s="2">
-        <v>1646.0</v>
+        <v>1506.0</v>
       </c>
       <c r="I242" s="2">
         <v>0.0</v>
       </c>
       <c r="J242" s="2">
-        <v>2389.0</v>
+        <v>174.0</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" s="2">
         <v>242</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>251</v>
       </c>
       <c r="C243" s="2">
+        <v>7</v>
+      </c>
+      <c r="D243" s="2">
         <v>5</v>
       </c>
-      <c r="D243" s="2"/>
       <c r="E243" s="2">
-        <v>350</v>
+        <v>652</v>
       </c>
       <c r="F243" s="2">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="G243" s="2">
-        <v>403.0</v>
+        <v>349.0</v>
       </c>
       <c r="H243" s="2">
-        <v>2304.0</v>
+        <v>3513.0</v>
       </c>
       <c r="I243" s="2">
         <v>0.0</v>
       </c>
       <c r="J243" s="2">
-        <v>0.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" s="2">
         <v>243</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>252</v>
       </c>
       <c r="C244" s="2">
         <v>6</v>
       </c>
-      <c r="D244" s="2"/>
+      <c r="D244" s="2">
+        <v>136</v>
+      </c>
       <c r="E244" s="2">
-        <v>418</v>
+        <v>126</v>
       </c>
       <c r="F244" s="2">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="G244" s="2">
-        <v>346.0</v>
+        <v>283.0</v>
       </c>
       <c r="H244" s="2">
-        <v>3452.0</v>
+        <v>1378.0</v>
       </c>
       <c r="I244" s="2">
-        <v>0.0</v>
+        <v>1824.0</v>
       </c>
       <c r="J244" s="2">
-        <v>325.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" s="2">
         <v>244</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C245" s="2">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2">
-        <v>2415</v>
+        <v>76</v>
       </c>
       <c r="F245" s="2">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="G245" s="2">
-        <v>243.0</v>
+        <v>193.0</v>
       </c>
       <c r="H245" s="2">
-        <v>1630.0</v>
+        <v>1962.0</v>
       </c>
       <c r="I245" s="2">
         <v>0.0</v>
       </c>
       <c r="J245" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" s="2">
         <v>245</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>254</v>
       </c>
       <c r="C246" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D246" s="2"/>
-      <c r="E246" s="2"/>
+      <c r="E246" s="2">
+        <v>355</v>
+      </c>
       <c r="F246" s="2">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="G246" s="2">
-        <v>228.0</v>
+        <v>379.0</v>
       </c>
       <c r="H246" s="2">
-        <v>3441.0</v>
+        <v>2431.0</v>
       </c>
       <c r="I246" s="2">
         <v>0.0</v>
       </c>
       <c r="J246" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" s="2">
         <v>246</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>255</v>
       </c>
       <c r="C247" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2">
-        <v>259</v>
+        <v>143</v>
       </c>
       <c r="F247" s="2">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="G247" s="2">
-        <v>325.0</v>
+        <v>326.0</v>
       </c>
       <c r="H247" s="2">
-        <v>1065.0</v>
+        <v>1993.0</v>
       </c>
       <c r="I247" s="2">
         <v>0.0</v>
       </c>
       <c r="J247" s="2">
-        <v>30.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" s="2">
         <v>247</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>256</v>
       </c>
       <c r="C248" s="2">
-        <v>4</v>
-[...6 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="D248" s="2"/>
+      <c r="E248" s="2"/>
       <c r="F248" s="2">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="G248" s="2">
-        <v>351.0</v>
+        <v>207.0</v>
       </c>
       <c r="H248" s="2">
-        <v>1877.0</v>
+        <v>3415.0</v>
       </c>
       <c r="I248" s="2">
-        <v>2224.0</v>
+        <v>0.0</v>
       </c>
       <c r="J248" s="2">
-        <v>3088.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" s="2">
         <v>248</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>257</v>
       </c>
       <c r="C249" s="2">
         <v>6</v>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2">
         <v>502</v>
       </c>
       <c r="F249" s="2">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="G249" s="2">
-        <v>332.0</v>
+        <v>316.0</v>
       </c>
       <c r="H249" s="2">
-        <v>2315.0</v>
+        <v>2037.0</v>
       </c>
       <c r="I249" s="2">
         <v>0.0</v>
       </c>
       <c r="J249" s="2">
-        <v>336.0</v>
+        <v>321.0</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" s="2">
         <v>249</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>258</v>
       </c>
       <c r="C250" s="2">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2">
-        <v>375</v>
+        <v>304</v>
       </c>
       <c r="F250" s="2">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="G250" s="2">
-        <v>310.0</v>
+        <v>306.0</v>
       </c>
       <c r="H250" s="2">
-        <v>3079.0</v>
+        <v>945.0</v>
       </c>
       <c r="I250" s="2">
         <v>0.0</v>
       </c>
       <c r="J250" s="2">
-        <v>59.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" s="2">
         <v>250</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>259</v>
       </c>
       <c r="C251" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2">
-        <v>603</v>
+        <v>2415</v>
       </c>
       <c r="F251" s="2">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="G251" s="2">
-        <v>313.0</v>
+        <v>233.0</v>
       </c>
       <c r="H251" s="2">
-        <v>2266.0</v>
+        <v>1571.0</v>
       </c>
       <c r="I251" s="2">
         <v>0.0</v>
       </c>
       <c r="J251" s="2">
-        <v>85.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" s="2">
         <v>251</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C252" s="2">
         <v>9</v>
       </c>
-      <c r="D252" s="2"/>
+      <c r="D252" s="2">
+        <v>12</v>
+      </c>
       <c r="E252" s="2">
-        <v>63</v>
+        <v>868</v>
       </c>
       <c r="F252" s="2">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="G252" s="2">
-        <v>372.0</v>
+        <v>305.0</v>
       </c>
       <c r="H252" s="2">
-        <v>1446.0</v>
+        <v>990.0</v>
       </c>
       <c r="I252" s="2">
-        <v>0.0</v>
+        <v>64.0</v>
       </c>
       <c r="J252" s="2">
-        <v>129.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" s="2">
         <v>252</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>261</v>
       </c>
       <c r="C253" s="2">
         <v>9</v>
       </c>
-      <c r="D253" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D253" s="2"/>
       <c r="E253" s="2">
-        <v>868</v>
+        <v>489</v>
       </c>
       <c r="F253" s="2">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="G253" s="2">
-        <v>302.0</v>
+        <v>305.0</v>
       </c>
       <c r="H253" s="2">
-        <v>920.0</v>
+        <v>3083.0</v>
       </c>
       <c r="I253" s="2">
         <v>0.0</v>
       </c>
       <c r="J253" s="2">
-        <v>6.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" s="2">
         <v>253</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>262</v>
       </c>
       <c r="C254" s="2">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D254" s="2"/>
       <c r="E254" s="2">
-        <v>605</v>
+        <v>212</v>
       </c>
       <c r="F254" s="2">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="G254" s="2">
-        <v>358.0</v>
+        <v>243.0</v>
       </c>
       <c r="H254" s="2">
-        <v>3109.0</v>
+        <v>1260.0</v>
       </c>
       <c r="I254" s="2">
-        <v>23.0</v>
+        <v>0.0</v>
       </c>
       <c r="J254" s="2">
-        <v>1893.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" s="2">
         <v>254</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>263</v>
       </c>
       <c r="C255" s="2">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="D255" s="2"/>
       <c r="E255" s="2">
-        <v>116</v>
+        <v>645</v>
       </c>
       <c r="F255" s="2">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="G255" s="2">
-        <v>284.0</v>
+        <v>274.0</v>
       </c>
       <c r="H255" s="2">
-        <v>1404.0</v>
+        <v>1693.0</v>
       </c>
       <c r="I255" s="2">
-        <v>1587.0</v>
+        <v>0.0</v>
       </c>
       <c r="J255" s="2">
-        <v>65.0</v>
+        <v>2018.0</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" s="2">
         <v>255</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>264</v>
       </c>
       <c r="C256" s="2">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D256" s="2"/>
+        <v>5</v>
+      </c>
+      <c r="D256" s="2">
+        <v>16</v>
+      </c>
       <c r="E256" s="2">
-        <v>59</v>
+        <v>604</v>
       </c>
       <c r="F256" s="2">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="G256" s="2">
-        <v>243.0</v>
+        <v>369.0</v>
       </c>
       <c r="H256" s="2">
-        <v>3017.0</v>
+        <v>1917.0</v>
       </c>
       <c r="I256" s="2">
-        <v>0.0</v>
+        <v>896.0</v>
       </c>
       <c r="J256" s="2">
-        <v>0.0</v>
+        <v>1297.0</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" s="2">
         <v>256</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>265</v>
       </c>
       <c r="C257" s="2">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D257" s="2">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="E257" s="2">
-        <v>51</v>
+        <v>2436</v>
       </c>
       <c r="F257" s="2">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="G257" s="2">
-        <v>309.0</v>
+        <v>237.0</v>
       </c>
       <c r="H257" s="2">
-        <v>1064.0</v>
+        <v>2000.0</v>
       </c>
       <c r="I257" s="2">
-        <v>17.0</v>
+        <v>2.0</v>
       </c>
       <c r="J257" s="2">
-        <v>0.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" s="2">
         <v>257</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C258" s="2">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D258" s="2"/>
+        <v>6</v>
+      </c>
+      <c r="D258" s="2">
+        <v>58</v>
+      </c>
       <c r="E258" s="2">
-        <v>1479</v>
+        <v>1219</v>
       </c>
       <c r="F258" s="2">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="G258" s="2">
-        <v>250.0</v>
+        <v>362.0</v>
       </c>
       <c r="H258" s="2">
-        <v>2025.0</v>
+        <v>3197.0</v>
       </c>
       <c r="I258" s="2">
-        <v>0.0</v>
+        <v>208.0</v>
       </c>
       <c r="J258" s="2">
-        <v>59.0</v>
+        <v>1974.0</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" s="2">
         <v>258</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>267</v>
       </c>
       <c r="C259" s="2">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F259" s="2">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="G259" s="2">
-        <v>296.0</v>
+        <v>229.0</v>
       </c>
       <c r="H259" s="2">
-        <v>3612.0</v>
+        <v>2983.0</v>
       </c>
       <c r="I259" s="2">
         <v>0.0</v>
       </c>
       <c r="J259" s="2">
-        <v>260.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" s="2">
         <v>259</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>268</v>
       </c>
       <c r="C260" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2">
-        <v>5</v>
+        <v>356</v>
       </c>
       <c r="F260" s="2">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="G260" s="2">
-        <v>355.0</v>
+        <v>375.0</v>
       </c>
       <c r="H260" s="2">
-        <v>5806.0</v>
+        <v>2293.0</v>
       </c>
       <c r="I260" s="2">
         <v>0.0</v>
       </c>
       <c r="J260" s="2">
-        <v>145.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" s="2">
         <v>260</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>269</v>
       </c>
       <c r="C261" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2">
-        <v>112</v>
+        <v>568</v>
       </c>
       <c r="F261" s="2">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="G261" s="2">
-        <v>282.0</v>
+        <v>399.0</v>
       </c>
       <c r="H261" s="2">
-        <v>1966.0</v>
+        <v>5031.0</v>
       </c>
       <c r="I261" s="2">
         <v>0.0</v>
       </c>
       <c r="J261" s="2">
-        <v>0.0</v>
+        <v>1122.0</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" s="2">
         <v>261</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>270</v>
       </c>
       <c r="C262" s="2">
         <v>5</v>
       </c>
       <c r="D262" s="2">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="E262" s="2">
-        <v>390</v>
+        <v>36</v>
       </c>
       <c r="F262" s="2">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G262" s="2">
-        <v>362.0</v>
+        <v>255.0</v>
       </c>
       <c r="H262" s="2">
-        <v>1968.0</v>
+        <v>3642.0</v>
       </c>
       <c r="I262" s="2">
-        <v>887.0</v>
+        <v>33.0</v>
       </c>
       <c r="J262" s="2">
-        <v>1157.0</v>
+        <v>61.0</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="2">
         <v>262</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>271</v>
       </c>
       <c r="C263" s="2">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2">
-        <v>252</v>
+        <v>766</v>
       </c>
       <c r="F263" s="2">
         <v>364</v>
       </c>
       <c r="G263" s="2">
-        <v>302.0</v>
+        <v>310.0</v>
       </c>
       <c r="H263" s="2">
-        <v>3432.0</v>
+        <v>2333.0</v>
       </c>
       <c r="I263" s="2">
         <v>0.0</v>
       </c>
       <c r="J263" s="2">
-        <v>22.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="2">
         <v>263</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>272</v>
       </c>
       <c r="C264" s="2">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D264" s="2"/>
       <c r="E264" s="2">
-        <v>879</v>
+        <v>74</v>
       </c>
       <c r="F264" s="2">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="G264" s="2">
-        <v>341.0</v>
+        <v>369.0</v>
       </c>
       <c r="H264" s="2">
-        <v>695.0</v>
+        <v>1364.0</v>
       </c>
       <c r="I264" s="2">
-        <v>42.0</v>
+        <v>0.0</v>
       </c>
       <c r="J264" s="2">
-        <v>99.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="2">
         <v>264</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C265" s="2">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2">
-        <v>203</v>
+        <v>1126</v>
       </c>
       <c r="F265" s="2">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="G265" s="2">
-        <v>319.0</v>
+        <v>284.0</v>
       </c>
       <c r="H265" s="2">
-        <v>983.0</v>
+        <v>1780.0</v>
       </c>
       <c r="I265" s="2">
         <v>0.0</v>
       </c>
       <c r="J265" s="2">
-        <v>23.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="2">
         <v>265</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>274</v>
       </c>
       <c r="C266" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2">
-        <v>22</v>
+        <v>465</v>
       </c>
       <c r="F266" s="2">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="G266" s="2">
-        <v>268.0</v>
+        <v>294.0</v>
       </c>
       <c r="H266" s="2">
-        <v>1388.0</v>
+        <v>3330.0</v>
       </c>
       <c r="I266" s="2">
         <v>0.0</v>
       </c>
       <c r="J266" s="2">
-        <v>25.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="2">
         <v>266</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>275</v>
       </c>
       <c r="C267" s="2">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="E267" s="2"/>
+        <v>6</v>
+      </c>
+      <c r="D267" s="2">
+        <v>2</v>
+      </c>
+      <c r="E267" s="2">
+        <v>114</v>
+      </c>
       <c r="F267" s="2">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="G267" s="2">
-        <v>311.0</v>
+        <v>280.0</v>
       </c>
       <c r="H267" s="2">
-        <v>1274.0</v>
+        <v>828.0</v>
       </c>
       <c r="I267" s="2">
         <v>0.0</v>
       </c>
       <c r="J267" s="2">
-        <v>0.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="2">
         <v>267</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>276</v>
       </c>
       <c r="C268" s="2">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="D268" s="2"/>
       <c r="E268" s="2">
-        <v>36</v>
+        <v>93</v>
       </c>
       <c r="F268" s="2">
-        <v>360</v>
+        <v>354</v>
       </c>
       <c r="G268" s="2">
-        <v>257.0</v>
+        <v>297.0</v>
       </c>
       <c r="H268" s="2">
-        <v>3557.0</v>
+        <v>3581.0</v>
       </c>
       <c r="I268" s="2">
-        <v>50.0</v>
+        <v>0.0</v>
       </c>
       <c r="J268" s="2">
-        <v>61.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="2">
         <v>268</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>277</v>
       </c>
       <c r="C269" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2">
-        <v>143</v>
+        <v>22</v>
       </c>
       <c r="F269" s="2">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="G269" s="2">
-        <v>329.0</v>
+        <v>255.0</v>
       </c>
       <c r="H269" s="2">
-        <v>1760.0</v>
+        <v>1429.0</v>
       </c>
       <c r="I269" s="2">
         <v>0.0</v>
       </c>
       <c r="J269" s="2">
-        <v>20.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="2">
         <v>269</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C270" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2">
-        <v>356</v>
+        <v>138</v>
       </c>
       <c r="F270" s="2">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="G270" s="2">
-        <v>372.0</v>
+        <v>254.0</v>
       </c>
       <c r="H270" s="2">
-        <v>2142.0</v>
+        <v>2104.0</v>
       </c>
       <c r="I270" s="2">
         <v>0.0</v>
       </c>
       <c r="J270" s="2">
-        <v>86.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="2">
         <v>270</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>279</v>
       </c>
       <c r="C271" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D271" s="2"/>
-      <c r="E271" s="2"/>
+      <c r="E271" s="2">
+        <v>62</v>
+      </c>
       <c r="F271" s="2">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="G271" s="2">
-        <v>280.0</v>
+        <v>231.0</v>
       </c>
       <c r="H271" s="2">
-        <v>879.0</v>
+        <v>1224.0</v>
       </c>
       <c r="I271" s="2">
         <v>0.0</v>
       </c>
       <c r="J271" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="2">
         <v>271</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>280</v>
       </c>
       <c r="C272" s="2">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D272" s="2"/>
-      <c r="E272" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E272" s="2"/>
       <c r="F272" s="2">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="G272" s="2">
-        <v>332.0</v>
+        <v>259.0</v>
       </c>
       <c r="H272" s="2">
-        <v>1394.0</v>
+        <v>903.0</v>
       </c>
       <c r="I272" s="2">
         <v>0.0</v>
       </c>
       <c r="J272" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" s="2">
         <v>272</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>281</v>
       </c>
       <c r="C273" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2">
-        <v>62</v>
+        <v>778</v>
       </c>
       <c r="F273" s="2">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="G273" s="2">
-        <v>247.0</v>
+        <v>285.0</v>
       </c>
       <c r="H273" s="2">
-        <v>1219.0</v>
+        <v>1150.0</v>
       </c>
       <c r="I273" s="2">
         <v>0.0</v>
       </c>
       <c r="J273" s="2">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" s="2">
         <v>273</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>282</v>
       </c>
       <c r="C274" s="2">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="D274" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D274" s="2">
+        <v>23</v>
+      </c>
       <c r="E274" s="2">
-        <v>1061</v>
+        <v>863</v>
       </c>
       <c r="F274" s="2">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="G274" s="2">
-        <v>289.0</v>
+        <v>310.0</v>
       </c>
       <c r="H274" s="2">
-        <v>1653.0</v>
+        <v>795.0</v>
       </c>
       <c r="I274" s="2">
-        <v>0.0</v>
+        <v>19.0</v>
       </c>
       <c r="J274" s="2">
-        <v>51.0</v>
+        <v>2749.0</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" s="2">
         <v>274</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>283</v>
       </c>
       <c r="C275" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D275" s="2"/>
-      <c r="E275" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E275" s="2"/>
       <c r="F275" s="2">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="G275" s="2">
-        <v>286.0</v>
+        <v>291.0</v>
       </c>
       <c r="H275" s="2">
-        <v>1267.0</v>
+        <v>1190.0</v>
       </c>
       <c r="I275" s="2">
         <v>0.0</v>
       </c>
       <c r="J275" s="2">
-        <v>12.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" s="2">
         <v>275</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>284</v>
       </c>
       <c r="C276" s="2">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2">
-        <v>429</v>
+        <v>821</v>
       </c>
       <c r="F276" s="2">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="G276" s="2">
-        <v>376.0</v>
+        <v>245.0</v>
       </c>
       <c r="H276" s="2">
-        <v>4751.0</v>
+        <v>3474.0</v>
       </c>
       <c r="I276" s="2">
         <v>0.0</v>
       </c>
       <c r="J276" s="2">
-        <v>1217.0</v>
+        <v>965.0</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" s="2">
         <v>276</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>285</v>
       </c>
       <c r="C277" s="2">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D277" s="2"/>
+        <v>5</v>
+      </c>
+      <c r="D277" s="2">
+        <v>25</v>
+      </c>
       <c r="E277" s="2">
-        <v>54</v>
+        <v>500</v>
       </c>
       <c r="F277" s="2">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="G277" s="2">
-        <v>218.0</v>
+        <v>246.0</v>
       </c>
       <c r="H277" s="2">
-        <v>865.0</v>
+        <v>1446.0</v>
       </c>
       <c r="I277" s="2">
-        <v>0.0</v>
+        <v>27.0</v>
       </c>
       <c r="J277" s="2">
-        <v>0.0</v>
+        <v>952.0</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" s="2">
         <v>277</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>286</v>
       </c>
       <c r="C278" s="2">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D278" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D278" s="2">
+        <v>92</v>
+      </c>
       <c r="E278" s="2">
-        <v>547</v>
+        <v>2109</v>
       </c>
       <c r="F278" s="2">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="G278" s="2">
-        <v>266.0</v>
+        <v>257.0</v>
       </c>
       <c r="H278" s="2">
-        <v>1639.0</v>
+        <v>1091.0</v>
       </c>
       <c r="I278" s="2">
-        <v>0.0</v>
+        <v>518.0</v>
       </c>
       <c r="J278" s="2">
-        <v>733.0</v>
+        <v>644.0</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" s="2">
         <v>278</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>287</v>
       </c>
       <c r="C279" s="2">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2">
-        <v>1218</v>
+        <v>207</v>
       </c>
       <c r="F279" s="2">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="G279" s="2">
-        <v>272.0</v>
+        <v>175.0</v>
       </c>
       <c r="H279" s="2">
-        <v>3756.0</v>
+        <v>1866.0</v>
       </c>
       <c r="I279" s="2">
         <v>0.0</v>
       </c>
       <c r="J279" s="2">
-        <v>919.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" s="2">
         <v>279</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>288</v>
       </c>
       <c r="C280" s="2">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D280" s="2"/>
       <c r="E280" s="2">
-        <v>1352</v>
+        <v>547</v>
       </c>
       <c r="F280" s="2">
         <v>341</v>
       </c>
       <c r="G280" s="2">
-        <v>262.0</v>
+        <v>253.0</v>
       </c>
       <c r="H280" s="2">
-        <v>1063.0</v>
+        <v>1644.0</v>
       </c>
       <c r="I280" s="2">
-        <v>517.0</v>
+        <v>0.0</v>
       </c>
       <c r="J280" s="2">
-        <v>629.0</v>
+        <v>733.0</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" s="2">
         <v>280</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>289</v>
       </c>
       <c r="C281" s="2">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2">
-        <v>207</v>
+        <v>1218</v>
       </c>
       <c r="F281" s="2">
         <v>340</v>
       </c>
       <c r="G281" s="2">
-        <v>166.0</v>
+        <v>282.0</v>
       </c>
       <c r="H281" s="2">
-        <v>1622.0</v>
+        <v>3634.0</v>
       </c>
       <c r="I281" s="2">
         <v>0.0</v>
       </c>
       <c r="J281" s="2">
-        <v>0.0</v>
+        <v>1162.0</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" s="2">
         <v>281</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>290</v>
       </c>
       <c r="C282" s="2">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D282" s="2"/>
+        <v>12</v>
+      </c>
+      <c r="D282" s="2">
+        <v>34</v>
+      </c>
       <c r="E282" s="2">
-        <v>144</v>
+        <v>879</v>
       </c>
       <c r="F282" s="2">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="G282" s="2">
-        <v>312.0</v>
+        <v>314.0</v>
       </c>
       <c r="H282" s="2">
-        <v>2106.0</v>
+        <v>707.0</v>
       </c>
       <c r="I282" s="2">
-        <v>0.0</v>
+        <v>37.0</v>
       </c>
       <c r="J282" s="2">
-        <v>4.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" s="2">
         <v>282</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>291</v>
       </c>
       <c r="C283" s="2">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D283" s="2"/>
       <c r="E283" s="2">
-        <v>363</v>
+        <v>2507</v>
       </c>
       <c r="F283" s="2">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="G283" s="2">
-        <v>237.0</v>
+        <v>187.0</v>
       </c>
       <c r="H283" s="2">
-        <v>1232.0</v>
+        <v>888.0</v>
       </c>
       <c r="I283" s="2">
         <v>0.0</v>
       </c>
       <c r="J283" s="2">
-        <v>766.0</v>
+        <v>308.0</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" s="2">
         <v>283</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>292</v>
       </c>
       <c r="C284" s="2">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D284" s="2"/>
       <c r="E284" s="2">
-        <v>608</v>
+        <v>329</v>
       </c>
       <c r="F284" s="2">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="G284" s="2">
-        <v>316.0</v>
+        <v>172.0</v>
       </c>
       <c r="H284" s="2">
-        <v>754.0</v>
+        <v>2329.0</v>
       </c>
       <c r="I284" s="2">
         <v>0.0</v>
       </c>
       <c r="J284" s="2">
-        <v>2622.0</v>
+        <v>847.0</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" s="2">
         <v>284</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>293</v>
       </c>
       <c r="C285" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2">
-        <v>516</v>
+        <v>54</v>
       </c>
       <c r="F285" s="2">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="G285" s="2">
-        <v>247.0</v>
+        <v>213.0</v>
       </c>
       <c r="H285" s="2">
-        <v>3402.0</v>
+        <v>878.0</v>
       </c>
       <c r="I285" s="2">
         <v>0.0</v>
       </c>
       <c r="J285" s="2">
-        <v>744.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" s="2">
         <v>285</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>294</v>
       </c>
       <c r="C286" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D286" s="2"/>
+        <v>11</v>
+      </c>
+      <c r="D286" s="2">
+        <v>12</v>
+      </c>
       <c r="E286" s="2">
-        <v>1436</v>
+        <v>1598</v>
       </c>
       <c r="F286" s="2">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="G286" s="2">
-        <v>201.0</v>
+        <v>265.0</v>
       </c>
       <c r="H286" s="2">
-        <v>889.0</v>
+        <v>633.0</v>
       </c>
       <c r="I286" s="2">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="J286" s="2">
-        <v>308.0</v>
+        <v>686.0</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" s="2">
         <v>286</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>295</v>
       </c>
       <c r="C287" s="2">
         <v>10</v>
       </c>
-      <c r="D287" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D287" s="2"/>
       <c r="E287" s="2">
-        <v>1216</v>
+        <v>144</v>
       </c>
       <c r="F287" s="2">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="G287" s="2">
-        <v>234.0</v>
+        <v>299.0</v>
       </c>
       <c r="H287" s="2">
-        <v>1711.0</v>
+        <v>2020.0</v>
       </c>
       <c r="I287" s="2">
-        <v>12.0</v>
+        <v>0.0</v>
       </c>
       <c r="J287" s="2">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="2">
         <v>287</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>296</v>
       </c>
       <c r="C288" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2">
-        <v>454</v>
+        <v>68</v>
       </c>
       <c r="F288" s="2">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="G288" s="2">
-        <v>253.0</v>
+        <v>283.0</v>
       </c>
       <c r="H288" s="2">
-        <v>854.0</v>
+        <v>1095.0</v>
       </c>
       <c r="I288" s="2">
         <v>0.0</v>
       </c>
       <c r="J288" s="2">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" s="2">
         <v>288</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>297</v>
       </c>
       <c r="C289" s="2">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D289" s="2"/>
-      <c r="E289" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E289" s="2"/>
       <c r="F289" s="2">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="G289" s="2">
-        <v>208.0</v>
+        <v>186.0</v>
       </c>
       <c r="H289" s="2">
-        <v>1650.0</v>
+        <v>1486.0</v>
       </c>
       <c r="I289" s="2">
         <v>0.0</v>
       </c>
       <c r="J289" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" s="2">
         <v>289</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>298</v>
       </c>
       <c r="C290" s="2">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="D290" s="2"/>
       <c r="E290" s="2">
-        <v>514</v>
+        <v>131</v>
       </c>
       <c r="F290" s="2">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="G290" s="2">
-        <v>180.0</v>
+        <v>283.0</v>
       </c>
       <c r="H290" s="2">
-        <v>1514.0</v>
+        <v>709.0</v>
       </c>
       <c r="I290" s="2">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="J290" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" s="2">
         <v>290</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>299</v>
       </c>
       <c r="C291" s="2">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="D291" s="2"/>
       <c r="E291" s="2">
-        <v>114</v>
+        <v>454</v>
       </c>
       <c r="F291" s="2">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="G291" s="2">
-        <v>267.0</v>
+        <v>240.0</v>
       </c>
       <c r="H291" s="2">
-        <v>836.0</v>
+        <v>866.0</v>
       </c>
       <c r="I291" s="2">
         <v>0.0</v>
       </c>
       <c r="J291" s="2">
-        <v>13.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" s="2">
         <v>291</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>300</v>
       </c>
       <c r="C292" s="2">
         <v>3</v>
       </c>
       <c r="D292" s="2"/>
-      <c r="E292" s="2"/>
+      <c r="E292" s="2">
+        <v>262</v>
+      </c>
       <c r="F292" s="2">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="G292" s="2">
-        <v>199.0</v>
+        <v>203.0</v>
       </c>
       <c r="H292" s="2">
-        <v>969.0</v>
+        <v>1716.0</v>
       </c>
       <c r="I292" s="2">
         <v>0.0</v>
       </c>
       <c r="J292" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" s="2">
         <v>292</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>301</v>
       </c>
       <c r="C293" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D293" s="2"/>
+        <v>9</v>
+      </c>
+      <c r="D293" s="2">
+        <v>99</v>
+      </c>
       <c r="E293" s="2">
-        <v>52</v>
+        <v>517</v>
       </c>
       <c r="F293" s="2">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="G293" s="2">
-        <v>208.0</v>
+        <v>260.0</v>
       </c>
       <c r="H293" s="2">
-        <v>1718.0</v>
+        <v>1376.0</v>
       </c>
       <c r="I293" s="2">
-        <v>0.0</v>
+        <v>71.0</v>
       </c>
       <c r="J293" s="2">
-        <v>24.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" s="2">
         <v>293</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C294" s="2">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D294" s="2"/>
       <c r="E294" s="2">
-        <v>938</v>
+        <v>220</v>
       </c>
       <c r="F294" s="2">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="G294" s="2">
-        <v>258.0</v>
+        <v>238.0</v>
       </c>
       <c r="H294" s="2">
-        <v>600.0</v>
+        <v>969.0</v>
       </c>
       <c r="I294" s="2">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="J294" s="2">
-        <v>476.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" s="2">
         <v>294</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>303</v>
       </c>
       <c r="C295" s="2">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="D295" s="2"/>
-      <c r="E295" s="2"/>
+      <c r="E295" s="2">
+        <v>352</v>
+      </c>
       <c r="F295" s="2">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="G295" s="2">
-        <v>178.0</v>
+        <v>260.0</v>
       </c>
       <c r="H295" s="2">
-        <v>1534.0</v>
+        <v>1102.0</v>
       </c>
       <c r="I295" s="2">
         <v>0.0</v>
       </c>
       <c r="J295" s="2">
-        <v>0.0</v>
+        <v>413.0</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" s="2">
         <v>295</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>304</v>
       </c>
       <c r="C296" s="2">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="D296" s="2"/>
+        <v>10</v>
+      </c>
+      <c r="D296" s="2">
+        <v>6</v>
+      </c>
       <c r="E296" s="2">
-        <v>131</v>
+        <v>1224</v>
       </c>
       <c r="F296" s="2">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="G296" s="2">
-        <v>277.0</v>
+        <v>241.0</v>
       </c>
       <c r="H296" s="2">
-        <v>697.0</v>
+        <v>1766.0</v>
       </c>
       <c r="I296" s="2">
-        <v>0.0</v>
+        <v>7.0</v>
       </c>
       <c r="J296" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" s="2">
         <v>296</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>305</v>
       </c>
       <c r="C297" s="2">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2"/>
       <c r="F297" s="2">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="G297" s="2">
-        <v>235.0</v>
+        <v>194.0</v>
       </c>
       <c r="H297" s="2">
-        <v>1039.0</v>
+        <v>974.0</v>
       </c>
       <c r="I297" s="2">
         <v>0.0</v>
       </c>
       <c r="J297" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" s="2">
         <v>297</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>306</v>
       </c>
       <c r="C298" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D298" s="2"/>
-      <c r="E298" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E298" s="2"/>
       <c r="F298" s="2">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="G298" s="2">
-        <v>156.0</v>
+        <v>231.0</v>
       </c>
       <c r="H298" s="2">
-        <v>2364.0</v>
+        <v>1016.0</v>
       </c>
       <c r="I298" s="2">
         <v>0.0</v>
       </c>
       <c r="J298" s="2">
-        <v>713.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" s="2">
         <v>298</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>307</v>
       </c>
       <c r="C299" s="2">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D299" s="2"/>
       <c r="E299" s="2">
-        <v>461</v>
+        <v>52</v>
       </c>
       <c r="F299" s="2">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="G299" s="2">
-        <v>268.0</v>
+        <v>203.0</v>
       </c>
       <c r="H299" s="2">
-        <v>1369.0</v>
+        <v>1671.0</v>
       </c>
       <c r="I299" s="2">
-        <v>85.0</v>
+        <v>0.0</v>
       </c>
       <c r="J299" s="2">
-        <v>100.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" s="2">
         <v>299</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>308</v>
       </c>
       <c r="C300" s="2">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2">
-        <v>68</v>
+        <v>2326</v>
       </c>
       <c r="F300" s="2">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="G300" s="2">
-        <v>270.0</v>
+        <v>263.0</v>
       </c>
       <c r="H300" s="2">
-        <v>1058.0</v>
+        <v>522.0</v>
       </c>
       <c r="I300" s="2">
         <v>0.0</v>
       </c>
       <c r="J300" s="2">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" s="2">
         <v>300</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>309</v>
       </c>
       <c r="C301" s="2">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D301" s="2"/>
+        <v>6</v>
+      </c>
+      <c r="D301" s="2">
+        <v>14</v>
+      </c>
       <c r="E301" s="2">
-        <v>527</v>
+        <v>177</v>
       </c>
       <c r="F301" s="2">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="G301" s="2">
-        <v>319.0</v>
+        <v>315.0</v>
       </c>
       <c r="H301" s="2">
-        <v>1735.0</v>
+        <v>1245.0</v>
       </c>
       <c r="I301" s="2">
-        <v>0.0</v>
+        <v>56.0</v>
       </c>
       <c r="J301" s="2">
-        <v>45.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" s="2">
         <v>301</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>310</v>
       </c>
       <c r="C302" s="2">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="D302" s="2"/>
       <c r="E302" s="2">
-        <v>644</v>
+        <v>666</v>
       </c>
       <c r="F302" s="2">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="G302" s="2">
-        <v>284.0</v>
+        <v>235.0</v>
       </c>
       <c r="H302" s="2">
-        <v>658.0</v>
+        <v>5476.0</v>
       </c>
       <c r="I302" s="2">
-        <v>2091.0</v>
+        <v>0.0</v>
       </c>
       <c r="J302" s="2">
-        <v>14.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" s="2">
         <v>302</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>311</v>
       </c>
       <c r="C303" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D303" s="2"/>
+        <v>9</v>
+      </c>
+      <c r="D303" s="2">
+        <v>2</v>
+      </c>
       <c r="E303" s="2">
-        <v>176</v>
+        <v>528</v>
       </c>
       <c r="F303" s="2">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="G303" s="2">
-        <v>270.0</v>
+        <v>178.0</v>
       </c>
       <c r="H303" s="2">
-        <v>1124.0</v>
+        <v>1792.0</v>
       </c>
       <c r="I303" s="2">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="J303" s="2">
-        <v>1363.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" s="2">
         <v>303</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>312</v>
       </c>
       <c r="C304" s="2">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2">
-        <v>1688</v>
+        <v>1874</v>
       </c>
       <c r="F304" s="2">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="G304" s="2">
-        <v>278.0</v>
+        <v>259.0</v>
       </c>
       <c r="H304" s="2">
-        <v>535.0</v>
+        <v>1350.0</v>
       </c>
       <c r="I304" s="2">
         <v>0.0</v>
       </c>
       <c r="J304" s="2">
-        <v>0.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" s="2">
         <v>304</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C305" s="2">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="D305" s="2"/>
+        <v>9</v>
+      </c>
+      <c r="D305" s="2">
+        <v>12</v>
+      </c>
       <c r="E305" s="2">
-        <v>158</v>
+        <v>644</v>
       </c>
       <c r="F305" s="2">
         <v>318</v>
       </c>
       <c r="G305" s="2">
-        <v>289.0</v>
+        <v>279.0</v>
       </c>
       <c r="H305" s="2">
-        <v>1950.0</v>
+        <v>707.0</v>
       </c>
       <c r="I305" s="2">
-        <v>0.0</v>
+        <v>1905.0</v>
       </c>
       <c r="J305" s="2">
-        <v>0.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" s="2">
         <v>305</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>314</v>
       </c>
       <c r="C306" s="2">
         <v>7</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2">
         <v>850</v>
       </c>
       <c r="F306" s="2">
         <v>318</v>
       </c>
       <c r="G306" s="2">
-        <v>210.0</v>
+        <v>185.0</v>
       </c>
       <c r="H306" s="2">
-        <v>1546.0</v>
+        <v>1514.0</v>
       </c>
       <c r="I306" s="2">
         <v>0.0</v>
       </c>
       <c r="J306" s="2">
-        <v>247.0</v>
+        <v>233.0</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" s="2">
         <v>306</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>315</v>
       </c>
       <c r="C307" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2">
-        <v>64</v>
+        <v>560</v>
       </c>
       <c r="F307" s="2">
         <v>317</v>
       </c>
       <c r="G307" s="2">
-        <v>250.0</v>
+        <v>231.0</v>
       </c>
       <c r="H307" s="2">
-        <v>1469.0</v>
+        <v>1603.0</v>
       </c>
       <c r="I307" s="2">
         <v>0.0</v>
       </c>
       <c r="J307" s="2">
-        <v>0.0</v>
+        <v>2348.0</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" s="2">
         <v>307</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>316</v>
       </c>
       <c r="C308" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2">
-        <v>1874</v>
+        <v>175</v>
       </c>
       <c r="F308" s="2">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="G308" s="2">
-        <v>248.0</v>
+        <v>263.0</v>
       </c>
       <c r="H308" s="2">
-        <v>1277.0</v>
+        <v>1766.0</v>
       </c>
       <c r="I308" s="2">
         <v>0.0</v>
       </c>
       <c r="J308" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" s="2">
         <v>308</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>317</v>
       </c>
       <c r="C309" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2">
-        <v>47</v>
+        <v>259</v>
       </c>
       <c r="F309" s="2">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="G309" s="2">
-        <v>238.0</v>
+        <v>284.0</v>
       </c>
       <c r="H309" s="2">
-        <v>910.0</v>
+        <v>1973.0</v>
       </c>
       <c r="I309" s="2">
         <v>0.0</v>
       </c>
       <c r="J309" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" s="2">
         <v>309</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>318</v>
       </c>
       <c r="C310" s="2">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2">
-        <v>175</v>
+        <v>1504</v>
       </c>
       <c r="F310" s="2">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="G310" s="2">
-        <v>271.0</v>
+        <v>260.0</v>
       </c>
       <c r="H310" s="2">
-        <v>1733.0</v>
+        <v>790.0</v>
       </c>
       <c r="I310" s="2">
         <v>0.0</v>
       </c>
       <c r="J310" s="2">
-        <v>0.0</v>
+        <v>580.0</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" s="2">
         <v>310</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>319</v>
       </c>
       <c r="C311" s="2">
         <v>7</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2">
-        <v>168</v>
+        <v>527</v>
       </c>
       <c r="F311" s="2">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="G311" s="2">
-        <v>204.0</v>
+        <v>305.0</v>
       </c>
       <c r="H311" s="2">
-        <v>553.0</v>
+        <v>1663.0</v>
       </c>
       <c r="I311" s="2">
         <v>0.0</v>
       </c>
       <c r="J311" s="2">
-        <v>0.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" s="2">
         <v>311</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>320</v>
       </c>
       <c r="C312" s="2">
         <v>6</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2">
-        <v>377</v>
+        <v>505</v>
       </c>
       <c r="F312" s="2">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="G312" s="2">
-        <v>251.0</v>
+        <v>239.0</v>
       </c>
       <c r="H312" s="2">
-        <v>896.0</v>
+        <v>961.0</v>
       </c>
       <c r="I312" s="2">
         <v>0.0</v>
       </c>
       <c r="J312" s="2">
-        <v>183.0</v>
+        <v>917.0</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" s="2">
         <v>312</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>321</v>
       </c>
       <c r="C313" s="2">
         <v>7</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2">
-        <v>463</v>
+        <v>168</v>
       </c>
       <c r="F313" s="2">
         <v>310</v>
       </c>
       <c r="G313" s="2">
-        <v>213.0</v>
+        <v>200.0</v>
       </c>
       <c r="H313" s="2">
-        <v>698.0</v>
+        <v>625.0</v>
       </c>
       <c r="I313" s="2">
         <v>0.0</v>
       </c>
       <c r="J313" s="2">
-        <v>67.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" s="2">
         <v>313</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>322</v>
       </c>
       <c r="C314" s="2">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D314" s="2"/>
+        <v>4</v>
+      </c>
+      <c r="D314" s="2">
+        <v>2</v>
+      </c>
       <c r="E314" s="2">
-        <v>446</v>
+        <v>341</v>
       </c>
       <c r="F314" s="2">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="G314" s="2">
-        <v>194.0</v>
+        <v>288.0</v>
       </c>
       <c r="H314" s="2">
-        <v>932.0</v>
+        <v>1291.0</v>
       </c>
       <c r="I314" s="2">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="J314" s="2">
-        <v>0.0</v>
+        <v>4012.0</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" s="2">
         <v>314</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>323</v>
       </c>
       <c r="C315" s="2">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="D315" s="2"/>
       <c r="E315" s="2">
-        <v>177</v>
+        <v>47</v>
       </c>
       <c r="F315" s="2">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="G315" s="2">
-        <v>322.0</v>
+        <v>238.0</v>
       </c>
       <c r="H315" s="2">
-        <v>1157.0</v>
+        <v>926.0</v>
       </c>
       <c r="I315" s="2">
-        <v>56.0</v>
+        <v>0.0</v>
       </c>
       <c r="J315" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" s="2">
         <v>315</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>324</v>
       </c>
       <c r="C316" s="2">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2">
-        <v>280</v>
+        <v>452</v>
       </c>
       <c r="F316" s="2">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="G316" s="2">
-        <v>232.0</v>
+        <v>195.0</v>
       </c>
       <c r="H316" s="2">
-        <v>1469.0</v>
+        <v>877.0</v>
       </c>
       <c r="I316" s="2">
         <v>0.0</v>
       </c>
       <c r="J316" s="2">
-        <v>3088.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" s="2">
         <v>316</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>325</v>
       </c>
       <c r="C317" s="2">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D317" s="2"/>
       <c r="E317" s="2">
-        <v>507</v>
+        <v>34</v>
       </c>
       <c r="F317" s="2">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="G317" s="2">
-        <v>298.0</v>
+        <v>176.0</v>
       </c>
       <c r="H317" s="2">
-        <v>1066.0</v>
+        <v>634.0</v>
       </c>
       <c r="I317" s="2">
-        <v>100.0</v>
+        <v>0.0</v>
       </c>
       <c r="J317" s="2">
-        <v>23.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" s="2">
         <v>317</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>326</v>
       </c>
       <c r="C318" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2">
-        <v>694</v>
+        <v>497</v>
       </c>
       <c r="F318" s="2">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="G318" s="2">
-        <v>246.0</v>
+        <v>218.0</v>
       </c>
       <c r="H318" s="2">
-        <v>689.0</v>
+        <v>1300.0</v>
       </c>
       <c r="I318" s="2">
         <v>0.0</v>
       </c>
       <c r="J318" s="2">
-        <v>580.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" s="2">
         <v>318</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>327</v>
       </c>
       <c r="C319" s="2">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D319" s="2"/>
       <c r="E319" s="2">
-        <v>288</v>
+        <v>38</v>
       </c>
       <c r="F319" s="2">
-        <v>303</v>
+        <v>295</v>
       </c>
       <c r="G319" s="2">
-        <v>296.0</v>
+        <v>163.0</v>
       </c>
       <c r="H319" s="2">
-        <v>1252.0</v>
+        <v>1659.0</v>
       </c>
       <c r="I319" s="2">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="J319" s="2">
-        <v>3301.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" s="2">
         <v>319</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>328</v>
       </c>
       <c r="C320" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2">
-        <v>38</v>
+        <v>199</v>
       </c>
       <c r="F320" s="2">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="G320" s="2">
-        <v>168.0</v>
+        <v>271.0</v>
       </c>
       <c r="H320" s="2">
-        <v>1599.0</v>
+        <v>956.0</v>
       </c>
       <c r="I320" s="2">
         <v>0.0</v>
       </c>
       <c r="J320" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" s="2">
         <v>320</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>329</v>
       </c>
       <c r="C321" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2">
-        <v>121</v>
+        <v>579</v>
       </c>
       <c r="F321" s="2">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="G321" s="2">
-        <v>304.0</v>
+        <v>194.0</v>
       </c>
       <c r="H321" s="2">
-        <v>1606.0</v>
+        <v>704.0</v>
       </c>
       <c r="I321" s="2">
         <v>0.0</v>
       </c>
       <c r="J321" s="2">
-        <v>0.0</v>
+        <v>224.0</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" s="2">
         <v>321</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>330</v>
       </c>
       <c r="C322" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2">
-        <v>199</v>
+        <v>694</v>
       </c>
       <c r="F322" s="2">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="G322" s="2">
-        <v>277.0</v>
+        <v>217.0</v>
       </c>
       <c r="H322" s="2">
-        <v>1044.0</v>
+        <v>662.0</v>
       </c>
       <c r="I322" s="2">
         <v>0.0</v>
       </c>
       <c r="J322" s="2">
-        <v>0.0</v>
+        <v>396.0</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" s="2">
         <v>322</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>331</v>
       </c>
       <c r="C323" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2">
-        <v>314</v>
+        <v>121</v>
       </c>
       <c r="F323" s="2">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="G323" s="2">
-        <v>215.0</v>
+        <v>292.0</v>
       </c>
       <c r="H323" s="2">
-        <v>617.0</v>
+        <v>1683.0</v>
       </c>
       <c r="I323" s="2">
         <v>0.0</v>
       </c>
       <c r="J323" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" s="2">
         <v>323</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>332</v>
       </c>
       <c r="C324" s="2">
         <v>5</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2">
-        <v>497</v>
+        <v>314</v>
       </c>
       <c r="F324" s="2">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="G324" s="2">
-        <v>240.0</v>
+        <v>200.0</v>
       </c>
       <c r="H324" s="2">
-        <v>1343.0</v>
+        <v>674.0</v>
       </c>
       <c r="I324" s="2">
         <v>0.0</v>
       </c>
       <c r="J324" s="2">
-        <v>0.0</v>
+        <v>146.0</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" s="2">
         <v>324</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>333</v>
       </c>
       <c r="C325" s="2">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2">
-        <v>479</v>
+        <v>41</v>
       </c>
       <c r="F325" s="2">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="G325" s="2">
-        <v>229.0</v>
+        <v>159.0</v>
       </c>
       <c r="H325" s="2">
-        <v>621.0</v>
+        <v>991.0</v>
       </c>
       <c r="I325" s="2">
         <v>0.0</v>
       </c>
       <c r="J325" s="2">
-        <v>36.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" s="2">
         <v>325</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>334</v>
       </c>
       <c r="C326" s="2">
         <v>3</v>
       </c>
       <c r="D326" s="2">
         <v>12</v>
       </c>
       <c r="E326" s="2">
         <v>9</v>
       </c>
       <c r="F326" s="2">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="G326" s="2">
-        <v>244.0</v>
+        <v>242.0</v>
       </c>
       <c r="H326" s="2">
-        <v>4409.0</v>
+        <v>4362.0</v>
       </c>
       <c r="I326" s="2">
         <v>39.0</v>
       </c>
       <c r="J326" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" s="2">
         <v>326</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>335</v>
       </c>
       <c r="C327" s="2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="D327" s="2"/>
-      <c r="E327" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E327" s="2"/>
       <c r="F327" s="2">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G327" s="2">
-        <v>211.0</v>
+        <v>202.0</v>
       </c>
       <c r="H327" s="2">
-        <v>662.0</v>
+        <v>1292.0</v>
       </c>
       <c r="I327" s="2">
         <v>0.0</v>
       </c>
       <c r="J327" s="2">
-        <v>368.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" s="2">
         <v>327</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>336</v>
       </c>
       <c r="C328" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2">
-        <v>34</v>
+        <v>157</v>
       </c>
       <c r="F328" s="2">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="G328" s="2">
-        <v>174.0</v>
+        <v>353.0</v>
       </c>
       <c r="H328" s="2">
-        <v>655.0</v>
+        <v>1776.0</v>
       </c>
       <c r="I328" s="2">
         <v>0.0</v>
       </c>
       <c r="J328" s="2">
-        <v>7.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" s="2">
         <v>328</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>337</v>
       </c>
       <c r="C329" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2">
-        <v>172</v>
+        <v>114</v>
       </c>
       <c r="F329" s="2">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="G329" s="2">
-        <v>226.0</v>
+        <v>223.0</v>
       </c>
       <c r="H329" s="2">
-        <v>3104.0</v>
+        <v>1123.0</v>
       </c>
       <c r="I329" s="2">
         <v>0.0</v>
       </c>
       <c r="J329" s="2">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" s="2">
         <v>329</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>338</v>
       </c>
       <c r="C330" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D330" s="2"/>
-      <c r="E330" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E330" s="2"/>
       <c r="F330" s="2">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="G330" s="2">
-        <v>230.0</v>
+        <v>253.0</v>
       </c>
       <c r="H330" s="2">
-        <v>1114.0</v>
+        <v>1066.0</v>
       </c>
       <c r="I330" s="2">
         <v>0.0</v>
       </c>
       <c r="J330" s="2">
-        <v>21.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" s="2">
         <v>330</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>339</v>
       </c>
       <c r="C331" s="2">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D331" s="2"/>
-      <c r="E331" s="2"/>
+      <c r="E331" s="2">
+        <v>479</v>
+      </c>
       <c r="F331" s="2">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="G331" s="2">
-        <v>253.0</v>
+        <v>217.0</v>
       </c>
       <c r="H331" s="2">
-        <v>1148.0</v>
+        <v>603.0</v>
       </c>
       <c r="I331" s="2">
         <v>0.0</v>
       </c>
       <c r="J331" s="2">
-        <v>0.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" s="2">
         <v>331</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>340</v>
       </c>
       <c r="C332" s="2">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D332" s="2"/>
-      <c r="E332" s="2"/>
+      <c r="E332" s="2">
+        <v>840</v>
+      </c>
       <c r="F332" s="2">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="G332" s="2">
-        <v>203.0</v>
+        <v>144.0</v>
       </c>
       <c r="H332" s="2">
-        <v>1416.0</v>
+        <v>1467.0</v>
       </c>
       <c r="I332" s="2">
         <v>0.0</v>
       </c>
       <c r="J332" s="2">
-        <v>0.0</v>
+        <v>340.0</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" s="2">
         <v>332</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>341</v>
       </c>
       <c r="C333" s="2">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2">
-        <v>822</v>
+        <v>40</v>
       </c>
       <c r="F333" s="2">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="G333" s="2">
-        <v>140.0</v>
+        <v>160.0</v>
       </c>
       <c r="H333" s="2">
-        <v>1358.0</v>
+        <v>883.0</v>
       </c>
       <c r="I333" s="2">
         <v>0.0</v>
       </c>
       <c r="J333" s="2">
-        <v>340.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" s="2">
         <v>333</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>342</v>
       </c>
       <c r="C334" s="2">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2">
-        <v>412</v>
+        <v>240</v>
       </c>
       <c r="F334" s="2">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="G334" s="2">
-        <v>167.0</v>
+        <v>114.0</v>
       </c>
       <c r="H334" s="2">
-        <v>1118.0</v>
+        <v>1240.0</v>
       </c>
       <c r="I334" s="2">
         <v>0.0</v>
       </c>
       <c r="J334" s="2">
-        <v>3539.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" s="2">
         <v>334</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>343</v>
       </c>
       <c r="C335" s="2">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D335" s="2"/>
       <c r="E335" s="2">
-        <v>337</v>
+        <v>412</v>
       </c>
       <c r="F335" s="2">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="G335" s="2">
-        <v>165.0</v>
+        <v>152.0</v>
       </c>
       <c r="H335" s="2">
-        <v>766.0</v>
+        <v>1078.0</v>
       </c>
       <c r="I335" s="2">
-        <v>138.0</v>
+        <v>0.0</v>
       </c>
       <c r="J335" s="2">
-        <v>2.0</v>
+        <v>3028.0</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" s="2">
         <v>335</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>344</v>
       </c>
       <c r="C336" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2">
-        <v>740</v>
+        <v>311</v>
       </c>
       <c r="F336" s="2">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="G336" s="2">
-        <v>131.0</v>
+        <v>213.0</v>
       </c>
       <c r="H336" s="2">
-        <v>1378.0</v>
+        <v>3105.0</v>
       </c>
       <c r="I336" s="2">
         <v>0.0</v>
       </c>
       <c r="J336" s="2">
-        <v>470.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" s="2">
         <v>336</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>345</v>
       </c>
       <c r="C337" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2">
-        <v>153</v>
+        <v>1082</v>
       </c>
       <c r="F337" s="2">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="G337" s="2">
-        <v>366.0</v>
+        <v>118.0</v>
       </c>
       <c r="H337" s="2">
-        <v>1823.0</v>
+        <v>1227.0</v>
       </c>
       <c r="I337" s="2">
         <v>0.0</v>
       </c>
       <c r="J337" s="2">
-        <v>39.0</v>
+        <v>470.0</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" s="2">
         <v>337</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C338" s="2">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="D338" s="2"/>
+        <v>8</v>
+      </c>
+      <c r="D338" s="2">
+        <v>392</v>
+      </c>
       <c r="E338" s="2">
-        <v>913</v>
+        <v>337</v>
       </c>
       <c r="F338" s="2">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="G338" s="2">
-        <v>119.0</v>
+        <v>156.0</v>
       </c>
       <c r="H338" s="2">
-        <v>744.0</v>
+        <v>892.0</v>
       </c>
       <c r="I338" s="2">
-        <v>0.0</v>
+        <v>271.0</v>
       </c>
       <c r="J338" s="2">
-        <v>42.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" s="2">
         <v>338</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>347</v>
       </c>
       <c r="C339" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2">
-        <v>330</v>
+        <v>913</v>
       </c>
       <c r="F339" s="2">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="G339" s="2">
-        <v>172.0</v>
+        <v>112.0</v>
       </c>
       <c r="H339" s="2">
-        <v>1275.0</v>
+        <v>769.0</v>
       </c>
       <c r="I339" s="2">
         <v>0.0</v>
       </c>
       <c r="J339" s="2">
-        <v>0.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" s="2">
         <v>339</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C340" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2">
-        <v>153</v>
+        <v>1424</v>
       </c>
       <c r="F340" s="2">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="G340" s="2">
-        <v>111.0</v>
+        <v>216.0</v>
       </c>
       <c r="H340" s="2">
-        <v>1343.0</v>
+        <v>646.0</v>
       </c>
       <c r="I340" s="2">
         <v>0.0</v>
       </c>
       <c r="J340" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" s="2">
         <v>340</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>349</v>
       </c>
       <c r="C341" s="2">
         <v>2</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2">
-        <v>172</v>
+        <v>344</v>
       </c>
       <c r="F341" s="2">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="G341" s="2">
-        <v>159.0</v>
+        <v>146.0</v>
       </c>
       <c r="H341" s="2">
-        <v>988.0</v>
+        <v>907.0</v>
       </c>
       <c r="I341" s="2">
         <v>0.0</v>
       </c>
       <c r="J341" s="2">
-        <v>106.0</v>
+        <v>133.0</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" s="2">
         <v>341</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>350</v>
       </c>
       <c r="C342" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2">
-        <v>257</v>
+        <v>36</v>
       </c>
       <c r="F342" s="2">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="G342" s="2">
-        <v>172.0</v>
+        <v>104.0</v>
       </c>
       <c r="H342" s="2">
-        <v>898.0</v>
+        <v>2629.0</v>
       </c>
       <c r="I342" s="2">
         <v>0.0</v>
       </c>
       <c r="J342" s="2">
-        <v>0.0</v>
+        <v>61.0</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" s="2">
         <v>342</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>351</v>
       </c>
       <c r="C343" s="2">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2">
-        <v>1424</v>
+        <v>36</v>
       </c>
       <c r="F343" s="2">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="G343" s="2">
-        <v>220.0</v>
+        <v>104.0</v>
       </c>
       <c r="H343" s="2">
-        <v>589.0</v>
+        <v>2629.0</v>
       </c>
       <c r="I343" s="2">
         <v>0.0</v>
       </c>
       <c r="J343" s="2">
-        <v>0.0</v>
+        <v>61.0</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" s="2">
         <v>343</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>352</v>
       </c>
       <c r="C344" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2">
-        <v>28</v>
+        <v>668</v>
       </c>
       <c r="F344" s="2">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="G344" s="2">
-        <v>256.0</v>
+        <v>147.0</v>
       </c>
       <c r="H344" s="2">
-        <v>788.0</v>
+        <v>1712.0</v>
       </c>
       <c r="I344" s="2">
         <v>0.0</v>
       </c>
       <c r="J344" s="2">
-        <v>4.0</v>
+        <v>325.0</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" s="2">
         <v>344</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>353</v>
       </c>
       <c r="C345" s="2">
         <v>1</v>
       </c>
       <c r="D345" s="2"/>
-      <c r="E345" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E345" s="2"/>
       <c r="F345" s="2">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="G345" s="2">
-        <v>146.0</v>
+        <v>238.0</v>
       </c>
       <c r="H345" s="2">
-        <v>1624.0</v>
+        <v>2026.0</v>
       </c>
       <c r="I345" s="2">
         <v>0.0</v>
       </c>
       <c r="J345" s="2">
-        <v>325.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" s="2">
         <v>345</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C346" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D346" s="2"/>
-      <c r="E346" s="2"/>
+      <c r="E346" s="2">
+        <v>396</v>
+      </c>
       <c r="F346" s="2">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="G346" s="2">
-        <v>248.0</v>
+        <v>160.0</v>
       </c>
       <c r="H346" s="2">
-        <v>2142.0</v>
+        <v>885.0</v>
       </c>
       <c r="I346" s="2">
         <v>0.0</v>
       </c>
       <c r="J346" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" s="2">
         <v>346</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>355</v>
       </c>
       <c r="C347" s="2">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D347" s="2"/>
+        <v>3</v>
+      </c>
+      <c r="D347" s="2">
+        <v>1</v>
+      </c>
       <c r="E347" s="2">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="F347" s="2">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="G347" s="2">
-        <v>144.0</v>
+        <v>181.0</v>
       </c>
       <c r="H347" s="2">
-        <v>909.0</v>
+        <v>997.0</v>
       </c>
       <c r="I347" s="2">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="J347" s="2">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" s="2">
         <v>347</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>356</v>
       </c>
       <c r="C348" s="2">
         <v>6</v>
       </c>
-      <c r="D348" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D348" s="2"/>
       <c r="E348" s="2">
-        <v>288</v>
+        <v>274</v>
       </c>
       <c r="F348" s="2">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="G348" s="2">
-        <v>239.0</v>
+        <v>125.0</v>
       </c>
       <c r="H348" s="2">
-        <v>1045.0</v>
+        <v>510.0</v>
       </c>
       <c r="I348" s="2">
-        <v>130.0</v>
+        <v>0.0</v>
       </c>
       <c r="J348" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" s="2">
         <v>348</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>357</v>
       </c>
       <c r="C349" s="2">
         <v>4</v>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2">
         <v>288</v>
       </c>
       <c r="F349" s="2">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="G349" s="2">
-        <v>142.0</v>
+        <v>136.0</v>
       </c>
       <c r="H349" s="2">
-        <v>727.0</v>
+        <v>783.0</v>
       </c>
       <c r="I349" s="2">
         <v>0.0</v>
       </c>
       <c r="J349" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" s="2">
         <v>349</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>358</v>
       </c>
       <c r="C350" s="2">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="D350" s="2"/>
+        <v>6</v>
+      </c>
+      <c r="D350" s="2">
+        <v>6</v>
+      </c>
       <c r="E350" s="2">
-        <v>40</v>
+        <v>288</v>
       </c>
       <c r="F350" s="2">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="G350" s="2">
-        <v>154.0</v>
+        <v>240.0</v>
       </c>
       <c r="H350" s="2">
-        <v>848.0</v>
+        <v>954.0</v>
       </c>
       <c r="I350" s="2">
-        <v>0.0</v>
+        <v>110.0</v>
       </c>
       <c r="J350" s="2">
-        <v>55.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" s="2">
         <v>350</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>359</v>
       </c>
       <c r="C351" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2">
-        <v>272</v>
+        <v>36</v>
       </c>
       <c r="F351" s="2">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="G351" s="2">
-        <v>135.0</v>
+        <v>104.0</v>
       </c>
       <c r="H351" s="2">
-        <v>655.0</v>
+        <v>550.0</v>
       </c>
       <c r="I351" s="2">
         <v>0.0</v>
       </c>
       <c r="J351" s="2">
-        <v>12.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" s="2">
         <v>351</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C352" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="F352" s="2">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="G352" s="2">
-        <v>99.0</v>
+        <v>236.0</v>
       </c>
       <c r="H352" s="2">
-        <v>2553.0</v>
+        <v>689.0</v>
       </c>
       <c r="I352" s="2">
         <v>0.0</v>
       </c>
       <c r="J352" s="2">
-        <v>61.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" s="2">
         <v>352</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>361</v>
       </c>
       <c r="C353" s="2">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2">
-        <v>36</v>
+        <v>430</v>
       </c>
       <c r="F353" s="2">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="G353" s="2">
-        <v>99.0</v>
+        <v>160.0</v>
       </c>
       <c r="H353" s="2">
-        <v>2553.0</v>
+        <v>672.0</v>
       </c>
       <c r="I353" s="2">
         <v>0.0</v>
       </c>
       <c r="J353" s="2">
-        <v>61.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" s="2">
         <v>353</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>362</v>
       </c>
       <c r="C354" s="2">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2">
-        <v>274</v>
+        <v>120</v>
       </c>
       <c r="F354" s="2">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="G354" s="2">
-        <v>125.0</v>
+        <v>197.0</v>
       </c>
       <c r="H354" s="2">
-        <v>480.0</v>
+        <v>1148.0</v>
       </c>
       <c r="I354" s="2">
         <v>0.0</v>
       </c>
       <c r="J354" s="2">
-        <v>0.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" s="2">
         <v>354</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>363</v>
       </c>
       <c r="C355" s="2">
         <v>1</v>
       </c>
       <c r="D355" s="2"/>
-      <c r="E355" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E355" s="2"/>
       <c r="F355" s="2">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="G355" s="2">
-        <v>112.0</v>
+        <v>170.0</v>
       </c>
       <c r="H355" s="2">
-        <v>568.0</v>
+        <v>636.0</v>
       </c>
       <c r="I355" s="2">
         <v>0.0</v>
       </c>
       <c r="J355" s="2">
-        <v>7.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" s="2">
         <v>355</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>364</v>
       </c>
       <c r="C356" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2"/>
       <c r="F356" s="2">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="G356" s="2">
-        <v>179.0</v>
+        <v>170.0</v>
       </c>
       <c r="H356" s="2">
-        <v>2681.0</v>
+        <v>636.0</v>
       </c>
       <c r="I356" s="2">
         <v>0.0</v>
       </c>
       <c r="J356" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" s="2">
         <v>356</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>365</v>
       </c>
       <c r="C357" s="2">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D357" s="2">
-        <v>1</v>
+        <v>80</v>
       </c>
       <c r="E357" s="2">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="F357" s="2">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="G357" s="2">
-        <v>169.0</v>
+        <v>172.0</v>
       </c>
       <c r="H357" s="2">
-        <v>940.0</v>
+        <v>406.0</v>
       </c>
       <c r="I357" s="2">
-        <v>3.0</v>
+        <v>552.0</v>
       </c>
       <c r="J357" s="2">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" s="2">
         <v>357</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>366</v>
       </c>
       <c r="C358" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D358" s="2"/>
-      <c r="E358" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E358" s="2"/>
       <c r="F358" s="2">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="G358" s="2">
-        <v>147.0</v>
+        <v>167.0</v>
       </c>
       <c r="H358" s="2">
-        <v>450.0</v>
+        <v>2651.0</v>
       </c>
       <c r="I358" s="2">
         <v>0.0</v>
       </c>
       <c r="J358" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" s="2">
         <v>358</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>367</v>
       </c>
       <c r="C359" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D359" s="2"/>
-      <c r="E359" s="2"/>
+      <c r="E359" s="2">
+        <v>56</v>
+      </c>
       <c r="F359" s="2">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="G359" s="2">
-        <v>181.0</v>
+        <v>168.0</v>
       </c>
       <c r="H359" s="2">
-        <v>632.0</v>
+        <v>1282.0</v>
       </c>
       <c r="I359" s="2">
         <v>0.0</v>
       </c>
       <c r="J359" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" s="2">
         <v>359</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>368</v>
       </c>
       <c r="C360" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D360" s="2"/>
-      <c r="E360" s="2"/>
+      <c r="E360" s="2">
+        <v>272</v>
+      </c>
       <c r="F360" s="2">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="G360" s="2">
-        <v>181.0</v>
+        <v>119.0</v>
       </c>
       <c r="H360" s="2">
-        <v>632.0</v>
+        <v>527.0</v>
       </c>
       <c r="I360" s="2">
         <v>0.0</v>
       </c>
       <c r="J360" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" s="2">
         <v>360</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>369</v>
       </c>
       <c r="C361" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2">
-        <v>430</v>
+        <v>1614</v>
       </c>
       <c r="F361" s="2">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="G361" s="2">
-        <v>159.0</v>
+        <v>104.0</v>
       </c>
       <c r="H361" s="2">
-        <v>624.0</v>
+        <v>873.0</v>
       </c>
       <c r="I361" s="2">
         <v>0.0</v>
       </c>
       <c r="J361" s="2">
-        <v>0.0</v>
+        <v>1457.0</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" s="2">
         <v>361</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>370</v>
       </c>
       <c r="C362" s="2">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="D362" s="2"/>
+        <v>10</v>
+      </c>
+      <c r="D362" s="2">
+        <v>4</v>
+      </c>
       <c r="E362" s="2">
-        <v>1036</v>
+        <v>1237</v>
       </c>
       <c r="F362" s="2">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="G362" s="2">
-        <v>108.0</v>
+        <v>90.0</v>
       </c>
       <c r="H362" s="2">
-        <v>833.0</v>
+        <v>555.0</v>
       </c>
       <c r="I362" s="2">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="J362" s="2">
-        <v>1462.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" s="2">
         <v>362</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>371</v>
       </c>
       <c r="C363" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D363" s="2"/>
-      <c r="E363" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E363" s="2"/>
       <c r="F363" s="2">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="G363" s="2">
-        <v>207.0</v>
+        <v>171.0</v>
       </c>
       <c r="H363" s="2">
-        <v>1201.0</v>
+        <v>945.0</v>
       </c>
       <c r="I363" s="2">
         <v>0.0</v>
       </c>
       <c r="J363" s="2">
-        <v>22.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" s="2">
         <v>363</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>372</v>
       </c>
       <c r="C364" s="2">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D364" s="2"/>
       <c r="E364" s="2">
-        <v>50</v>
+        <v>679</v>
       </c>
       <c r="F364" s="2">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="G364" s="2">
-        <v>160.0</v>
+        <v>107.0</v>
       </c>
       <c r="H364" s="2">
-        <v>359.0</v>
+        <v>818.0</v>
       </c>
       <c r="I364" s="2">
-        <v>552.0</v>
+        <v>0.0</v>
       </c>
       <c r="J364" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" s="2">
         <v>364</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>373</v>
       </c>
       <c r="C365" s="2">
         <v>6</v>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2">
-        <v>540</v>
+        <v>284</v>
       </c>
       <c r="F365" s="2">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="G365" s="2">
-        <v>119.0</v>
+        <v>186.0</v>
       </c>
       <c r="H365" s="2">
-        <v>845.0</v>
+        <v>1268.0</v>
       </c>
       <c r="I365" s="2">
         <v>0.0</v>
       </c>
       <c r="J365" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" s="2">
         <v>365</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>374</v>
       </c>
       <c r="C366" s="2">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="D366" s="2"/>
       <c r="E366" s="2">
-        <v>86</v>
+        <v>330</v>
       </c>
       <c r="F366" s="2">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="G366" s="2">
-        <v>158.0</v>
+        <v>116.0</v>
       </c>
       <c r="H366" s="2">
-        <v>1368.0</v>
+        <v>904.0</v>
       </c>
       <c r="I366" s="2">
         <v>0.0</v>
       </c>
       <c r="J366" s="2">
-        <v>194.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" s="2">
         <v>366</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>375</v>
       </c>
       <c r="C367" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2"/>
       <c r="F367" s="2">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="G367" s="2">
-        <v>172.0</v>
+        <v>145.0</v>
       </c>
       <c r="H367" s="2">
-        <v>1024.0</v>
+        <v>528.0</v>
       </c>
       <c r="I367" s="2">
         <v>0.0</v>
       </c>
       <c r="J367" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" s="2">
         <v>367</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>376</v>
       </c>
       <c r="C368" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D368" s="2"/>
-      <c r="E368" s="2"/>
+      <c r="E368" s="2">
+        <v>48</v>
+      </c>
       <c r="F368" s="2">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="G368" s="2">
-        <v>143.0</v>
+        <v>132.0</v>
       </c>
       <c r="H368" s="2">
-        <v>546.0</v>
+        <v>450.0</v>
       </c>
       <c r="I368" s="2">
         <v>0.0</v>
       </c>
       <c r="J368" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" s="2">
         <v>368</v>
       </c>
       <c r="B369" s="2" t="s">
         <v>377</v>
       </c>
       <c r="C369" s="2">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="D369" s="2"/>
       <c r="E369" s="2">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="F369" s="2">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="G369" s="2">
-        <v>137.0</v>
+        <v>163.0</v>
       </c>
       <c r="H369" s="2">
-        <v>462.0</v>
+        <v>578.0</v>
       </c>
       <c r="I369" s="2">
         <v>0.0</v>
       </c>
       <c r="J369" s="2">
-        <v>0.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" s="2">
         <v>369</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>378</v>
       </c>
       <c r="C370" s="2">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D370" s="2"/>
+        <v>3</v>
+      </c>
+      <c r="D370" s="2">
+        <v>11</v>
+      </c>
       <c r="E370" s="2">
-        <v>284</v>
+        <v>95</v>
       </c>
       <c r="F370" s="2">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="G370" s="2">
-        <v>176.0</v>
+        <v>157.0</v>
       </c>
       <c r="H370" s="2">
-        <v>1291.0</v>
+        <v>1323.0</v>
       </c>
       <c r="I370" s="2">
-        <v>0.0</v>
+        <v>24.0</v>
       </c>
       <c r="J370" s="2">
-        <v>0.0</v>
+        <v>206.0</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" s="2">
         <v>370</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>379</v>
       </c>
       <c r="C371" s="2">
-        <v>7</v>
-[...4 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="D371" s="2">
+        <v>1</v>
+      </c>
+      <c r="E371" s="2"/>
       <c r="F371" s="2">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="G371" s="2">
-        <v>177.0</v>
+        <v>156.0</v>
       </c>
       <c r="H371" s="2">
-        <v>612.0</v>
+        <v>599.0</v>
       </c>
       <c r="I371" s="2">
         <v>0.0</v>
       </c>
       <c r="J371" s="2">
-        <v>19.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" s="2">
         <v>371</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>380</v>
       </c>
       <c r="C372" s="2">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="F372" s="2">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="G372" s="2">
-        <v>175.0</v>
+        <v>167.0</v>
       </c>
       <c r="H372" s="2">
-        <v>558.0</v>
+        <v>572.0</v>
       </c>
       <c r="I372" s="2">
         <v>0.0</v>
       </c>
       <c r="J372" s="2">
-        <v>42.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" s="2">
         <v>372</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C373" s="2">
-        <v>10</v>
-[...6 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="D373" s="2"/>
+      <c r="E373" s="2"/>
       <c r="F373" s="2">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G373" s="2">
-        <v>90.0</v>
+        <v>107.0</v>
       </c>
       <c r="H373" s="2">
-        <v>542.0</v>
+        <v>1548.0</v>
       </c>
       <c r="I373" s="2">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="J373" s="2">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" s="2">
         <v>373</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>382</v>
       </c>
       <c r="C374" s="2">
         <v>4</v>
       </c>
-      <c r="D374" s="2"/>
+      <c r="D374" s="2">
+        <v>14</v>
+      </c>
       <c r="E374" s="2">
-        <v>364</v>
+        <v>47</v>
       </c>
       <c r="F374" s="2">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="G374" s="2">
-        <v>145.0</v>
+        <v>124.0</v>
       </c>
       <c r="H374" s="2">
-        <v>379.0</v>
+        <v>354.0</v>
       </c>
       <c r="I374" s="2">
         <v>0.0</v>
       </c>
       <c r="J374" s="2">
-        <v>36.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" s="2">
         <v>374</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>383</v>
       </c>
       <c r="C375" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2">
-        <v>424</v>
+        <v>364</v>
       </c>
       <c r="F375" s="2">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="G375" s="2">
-        <v>194.0</v>
+        <v>139.0</v>
       </c>
       <c r="H375" s="2">
-        <v>349.0</v>
+        <v>368.0</v>
       </c>
       <c r="I375" s="2">
         <v>0.0</v>
       </c>
       <c r="J375" s="2">
-        <v>0.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" s="2">
         <v>375</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>384</v>
       </c>
       <c r="C376" s="2">
         <v>2</v>
       </c>
       <c r="D376" s="2"/>
-      <c r="E376" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E376" s="2"/>
       <c r="F376" s="2">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="G376" s="2">
-        <v>108.0</v>
+        <v>184.0</v>
       </c>
       <c r="H376" s="2">
-        <v>820.0</v>
+        <v>697.0</v>
       </c>
       <c r="I376" s="2">
         <v>0.0</v>
       </c>
       <c r="J376" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" s="2">
         <v>376</v>
       </c>
       <c r="B377" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C377" s="2">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2">
-        <v>191</v>
+        <v>12</v>
       </c>
       <c r="F377" s="2">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="G377" s="2">
         <v>143.0</v>
       </c>
       <c r="H377" s="2">
-        <v>649.0</v>
+        <v>725.0</v>
       </c>
       <c r="I377" s="2">
         <v>0.0</v>
       </c>
       <c r="J377" s="2">
-        <v>4.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" s="2">
         <v>377</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>386</v>
       </c>
       <c r="C378" s="2">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="D378" s="2"/>
       <c r="E378" s="2">
-        <v>47</v>
+        <v>619</v>
       </c>
       <c r="F378" s="2">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="G378" s="2">
-        <v>125.0</v>
+        <v>120.0</v>
       </c>
       <c r="H378" s="2">
-        <v>338.0</v>
+        <v>564.0</v>
       </c>
       <c r="I378" s="2">
         <v>0.0</v>
       </c>
       <c r="J378" s="2">
-        <v>0.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" s="2">
         <v>378</v>
       </c>
       <c r="B379" s="2" t="s">
         <v>387</v>
       </c>
       <c r="C379" s="2">
         <v>2</v>
       </c>
-      <c r="D379" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D379" s="2"/>
       <c r="E379" s="2"/>
       <c r="F379" s="2">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="G379" s="2">
-        <v>159.0</v>
+        <v>123.0</v>
       </c>
       <c r="H379" s="2">
-        <v>588.0</v>
+        <v>1775.0</v>
       </c>
       <c r="I379" s="2">
         <v>0.0</v>
       </c>
       <c r="J379" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" s="2">
         <v>379</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>388</v>
       </c>
       <c r="C380" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D380" s="2"/>
       <c r="E380" s="2">
-        <v>374</v>
+        <v>273</v>
       </c>
       <c r="F380" s="2">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="G380" s="2">
-        <v>122.0</v>
+        <v>97.0</v>
       </c>
       <c r="H380" s="2">
-        <v>593.0</v>
+        <v>883.0</v>
       </c>
       <c r="I380" s="2">
         <v>0.0</v>
       </c>
       <c r="J380" s="2">
-        <v>15.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" s="2">
         <v>380</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C381" s="2">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D381" s="2"/>
       <c r="E381" s="2">
-        <v>12</v>
+        <v>191</v>
       </c>
       <c r="F381" s="2">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G381" s="2">
-        <v>145.0</v>
+        <v>136.0</v>
       </c>
       <c r="H381" s="2">
-        <v>731.0</v>
+        <v>611.0</v>
       </c>
       <c r="I381" s="2">
         <v>0.0</v>
       </c>
       <c r="J381" s="2">
-        <v>33.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" s="2">
         <v>381</v>
       </c>
       <c r="B382" s="2" t="s">
         <v>390</v>
       </c>
       <c r="C382" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D382" s="2"/>
       <c r="E382" s="2">
-        <v>133</v>
+        <v>752</v>
       </c>
       <c r="F382" s="2">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="G382" s="2">
-        <v>85.0</v>
+        <v>119.0</v>
       </c>
       <c r="H382" s="2">
-        <v>694.0</v>
+        <v>623.0</v>
       </c>
       <c r="I382" s="2">
         <v>0.0</v>
       </c>
       <c r="J382" s="2">
-        <v>21.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" s="2">
         <v>382</v>
       </c>
       <c r="B383" s="2" t="s">
         <v>391</v>
       </c>
       <c r="C383" s="2">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D383" s="2"/>
       <c r="E383" s="2"/>
       <c r="F383" s="2">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="G383" s="2">
-        <v>112.0</v>
+        <v>100.0</v>
       </c>
       <c r="H383" s="2">
-        <v>1168.0</v>
+        <v>1642.0</v>
       </c>
       <c r="I383" s="2">
         <v>0.0</v>
       </c>
       <c r="J383" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" s="2">
         <v>383</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>392</v>
       </c>
       <c r="C384" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D384" s="2"/>
-      <c r="E384" s="2"/>
+      <c r="E384" s="2">
+        <v>106</v>
+      </c>
       <c r="F384" s="2">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="G384" s="2">
-        <v>182.0</v>
+        <v>87.0</v>
       </c>
       <c r="H384" s="2">
-        <v>697.0</v>
+        <v>760.0</v>
       </c>
       <c r="I384" s="2">
         <v>0.0</v>
       </c>
       <c r="J384" s="2">
-        <v>0.0</v>
+        <v>242.0</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" s="2">
         <v>384</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>393</v>
       </c>
       <c r="C385" s="2">
         <v>2</v>
       </c>
       <c r="D385" s="2"/>
-      <c r="E385" s="2"/>
+      <c r="E385" s="2">
+        <v>543</v>
+      </c>
       <c r="F385" s="2">
         <v>226</v>
       </c>
       <c r="G385" s="2">
-        <v>125.0</v>
+        <v>174.0</v>
       </c>
       <c r="H385" s="2">
-        <v>1780.0</v>
+        <v>364.0</v>
       </c>
       <c r="I385" s="2">
         <v>0.0</v>
       </c>
       <c r="J385" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" s="2">
         <v>385</v>
       </c>
       <c r="B386" s="2" t="s">
         <v>394</v>
       </c>
       <c r="C386" s="2">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D386" s="2">
         <v>4</v>
       </c>
+      <c r="D386" s="2"/>
       <c r="E386" s="2">
-        <v>121</v>
+        <v>154</v>
       </c>
       <c r="F386" s="2">
         <v>225</v>
       </c>
       <c r="G386" s="2">
-        <v>88.0</v>
+        <v>104.0</v>
       </c>
       <c r="H386" s="2">
-        <v>417.0</v>
+        <v>642.0</v>
       </c>
       <c r="I386" s="2">
         <v>0.0</v>
       </c>
       <c r="J386" s="2">
-        <v>9.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" s="2">
         <v>386</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>395</v>
       </c>
       <c r="C387" s="2">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="D387" s="2"/>
+        <v>1</v>
+      </c>
+      <c r="D387" s="2">
+        <v>132</v>
+      </c>
       <c r="E387" s="2">
-        <v>154</v>
+        <v>26</v>
       </c>
       <c r="F387" s="2">
         <v>224</v>
       </c>
       <c r="G387" s="2">
-        <v>104.0</v>
+        <v>135.0</v>
       </c>
       <c r="H387" s="2">
-        <v>770.0</v>
+        <v>497.0</v>
       </c>
       <c r="I387" s="2">
-        <v>0.0</v>
+        <v>96.0</v>
       </c>
       <c r="J387" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" s="2">
         <v>387</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>396</v>
       </c>
       <c r="C388" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="F388" s="2">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="G388" s="2">
-        <v>85.0</v>
+        <v>204.0</v>
       </c>
       <c r="H388" s="2">
-        <v>802.0</v>
+        <v>726.0</v>
       </c>
       <c r="I388" s="2">
         <v>0.0</v>
       </c>
       <c r="J388" s="2">
-        <v>182.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" s="2">
         <v>388</v>
       </c>
       <c r="B389" s="2" t="s">
         <v>397</v>
       </c>
       <c r="C389" s="2">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D389" s="2"/>
       <c r="E389" s="2">
-        <v>156</v>
+        <v>133</v>
       </c>
       <c r="F389" s="2">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="G389" s="2">
-        <v>132.0</v>
+        <v>74.0</v>
       </c>
       <c r="H389" s="2">
-        <v>779.0</v>
+        <v>723.0</v>
       </c>
       <c r="I389" s="2">
         <v>0.0</v>
       </c>
       <c r="J389" s="2">
-        <v>0.0</v>
+        <v>157.0</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" s="2">
         <v>389</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>398</v>
       </c>
       <c r="C390" s="2">
-        <v>8</v>
-[...4 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="D390" s="2">
+        <v>6</v>
+      </c>
+      <c r="E390" s="2"/>
       <c r="F390" s="2">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="G390" s="2">
-        <v>111.0</v>
+        <v>119.0</v>
       </c>
       <c r="H390" s="2">
-        <v>659.0</v>
+        <v>1155.0</v>
       </c>
       <c r="I390" s="2">
         <v>0.0</v>
       </c>
       <c r="J390" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" s="2">
         <v>390</v>
       </c>
       <c r="B391" s="2" t="s">
         <v>399</v>
       </c>
       <c r="C391" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D391" s="2"/>
-      <c r="E391" s="2"/>
+      <c r="E391" s="2">
+        <v>156</v>
+      </c>
       <c r="F391" s="2">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G391" s="2">
-        <v>116.0</v>
+        <v>138.0</v>
       </c>
       <c r="H391" s="2">
-        <v>349.0</v>
+        <v>951.0</v>
       </c>
       <c r="I391" s="2">
         <v>0.0</v>
       </c>
       <c r="J391" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" s="2">
         <v>391</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>400</v>
       </c>
       <c r="C392" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2">
-        <v>231</v>
+        <v>85</v>
       </c>
       <c r="F392" s="2">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="G392" s="2">
-        <v>145.0</v>
+        <v>117.0</v>
       </c>
       <c r="H392" s="2">
-        <v>381.0</v>
+        <v>2173.0</v>
       </c>
       <c r="I392" s="2">
         <v>0.0</v>
       </c>
       <c r="J392" s="2">
-        <v>183.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" s="2">
         <v>392</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>401</v>
       </c>
       <c r="C393" s="2">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="D393" s="2"/>
+        <v>7</v>
+      </c>
+      <c r="D393" s="2">
+        <v>4</v>
+      </c>
       <c r="E393" s="2">
-        <v>70</v>
+        <v>121</v>
       </c>
       <c r="F393" s="2">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="G393" s="2">
-        <v>108.0</v>
+        <v>76.0</v>
       </c>
       <c r="H393" s="2">
-        <v>435.0</v>
+        <v>428.0</v>
       </c>
       <c r="I393" s="2">
         <v>0.0</v>
       </c>
       <c r="J393" s="2">
-        <v>0.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" s="2">
         <v>393</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>402</v>
       </c>
       <c r="C394" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D394" s="2"/>
-      <c r="E394" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E394" s="2"/>
       <c r="F394" s="2">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G394" s="2">
-        <v>101.0</v>
+        <v>116.0</v>
       </c>
       <c r="H394" s="2">
-        <v>694.0</v>
+        <v>319.0</v>
       </c>
       <c r="I394" s="2">
         <v>0.0</v>
       </c>
       <c r="J394" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" s="2">
         <v>394</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>403</v>
       </c>
       <c r="C395" s="2">
         <v>2</v>
       </c>
       <c r="D395" s="2"/>
       <c r="E395" s="2">
         <v>12</v>
       </c>
       <c r="F395" s="2">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G395" s="2">
-        <v>142.0</v>
+        <v>144.0</v>
       </c>
       <c r="H395" s="2">
-        <v>520.0</v>
+        <v>500.0</v>
       </c>
       <c r="I395" s="2">
         <v>0.0</v>
       </c>
       <c r="J395" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" s="2">
         <v>395</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>404</v>
       </c>
       <c r="C396" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D396" s="2"/>
       <c r="E396" s="2">
-        <v>85</v>
+        <v>496</v>
       </c>
       <c r="F396" s="2">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G396" s="2">
-        <v>107.0</v>
+        <v>84.0</v>
       </c>
       <c r="H396" s="2">
-        <v>2203.0</v>
+        <v>437.0</v>
       </c>
       <c r="I396" s="2">
         <v>0.0</v>
       </c>
       <c r="J396" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" s="2">
         <v>396</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>405</v>
       </c>
       <c r="C397" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D397" s="2"/>
       <c r="E397" s="2">
-        <v>71</v>
+        <v>231</v>
       </c>
       <c r="F397" s="2">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G397" s="2">
-        <v>194.0</v>
+        <v>154.0</v>
       </c>
       <c r="H397" s="2">
-        <v>645.0</v>
+        <v>375.0</v>
       </c>
       <c r="I397" s="2">
         <v>0.0</v>
       </c>
       <c r="J397" s="2">
-        <v>1.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" s="2">
         <v>397</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>406</v>
       </c>
       <c r="C398" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D398" s="2"/>
-      <c r="E398" s="2"/>
+      <c r="E398" s="2">
+        <v>70</v>
+      </c>
       <c r="F398" s="2">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="G398" s="2">
-        <v>91.0</v>
+        <v>95.0</v>
       </c>
       <c r="H398" s="2">
-        <v>1435.0</v>
+        <v>445.0</v>
       </c>
       <c r="I398" s="2">
         <v>0.0</v>
       </c>
       <c r="J398" s="2">
-        <v>0.0</v>
+        <v>126.0</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" s="2">
         <v>398</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>407</v>
       </c>
       <c r="C399" s="2">
         <v>4</v>
       </c>
-      <c r="D399" s="2"/>
+      <c r="D399" s="2">
+        <v>3</v>
+      </c>
       <c r="E399" s="2">
-        <v>496</v>
+        <v>2426</v>
       </c>
       <c r="F399" s="2">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="G399" s="2">
-        <v>84.0</v>
+        <v>92.0</v>
       </c>
       <c r="H399" s="2">
-        <v>399.0</v>
+        <v>850.0</v>
       </c>
       <c r="I399" s="2">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="J399" s="2">
-        <v>0.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" s="2">
         <v>399</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>408</v>
       </c>
       <c r="C400" s="2">
         <v>7</v>
       </c>
       <c r="D400" s="2"/>
-      <c r="E400" s="2"/>
+      <c r="E400" s="2">
+        <v>448</v>
+      </c>
       <c r="F400" s="2">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="G400" s="2">
-        <v>120.0</v>
+        <v>93.0</v>
       </c>
       <c r="H400" s="2">
-        <v>283.0</v>
+        <v>687.0</v>
       </c>
       <c r="I400" s="2">
         <v>0.0</v>
       </c>
       <c r="J400" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" s="2">
         <v>400</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>409</v>
       </c>
       <c r="C401" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D401" s="2"/>
       <c r="E401" s="2">
-        <v>445</v>
+        <v>154</v>
       </c>
       <c r="F401" s="2">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="G401" s="2">
-        <v>97.0</v>
+        <v>92.0</v>
       </c>
       <c r="H401" s="2">
-        <v>253.0</v>
+        <v>608.0</v>
       </c>
       <c r="I401" s="2">
         <v>0.0</v>
       </c>
       <c r="J401" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402" s="2">
         <v>401</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>410</v>
       </c>
       <c r="C402" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D402" s="2"/>
       <c r="E402" s="2">
-        <v>154</v>
+        <v>28</v>
       </c>
       <c r="F402" s="2">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="G402" s="2">
-        <v>90.0</v>
+        <v>98.0</v>
       </c>
       <c r="H402" s="2">
-        <v>738.0</v>
+        <v>517.0</v>
       </c>
       <c r="I402" s="2">
         <v>0.0</v>
       </c>
       <c r="J402" s="2">
-        <v>0.0</v>
+        <v>186.0</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403" s="2">
         <v>402</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>411</v>
       </c>
       <c r="C403" s="2">
-        <v>1</v>
-[...4 lines deleted...]
-      <c r="E403" s="2"/>
+        <v>6</v>
+      </c>
+      <c r="D403" s="2"/>
+      <c r="E403" s="2">
+        <v>388</v>
+      </c>
       <c r="F403" s="2">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="G403" s="2">
-        <v>118.0</v>
+        <v>136.0</v>
       </c>
       <c r="H403" s="2">
-        <v>608.0</v>
+        <v>332.0</v>
       </c>
       <c r="I403" s="2">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="J403" s="2">
-        <v>0.0</v>
+        <v>383.0</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404" s="2">
         <v>403</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>412</v>
       </c>
       <c r="C404" s="2">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="D404" s="2"/>
-      <c r="E404" s="2"/>
+      <c r="E404" s="2">
+        <v>3</v>
+      </c>
       <c r="F404" s="2">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="G404" s="2">
-        <v>95.0</v>
+        <v>123.0</v>
       </c>
       <c r="H404" s="2">
-        <v>1010.0</v>
+        <v>405.0</v>
       </c>
       <c r="I404" s="2">
         <v>0.0</v>
       </c>
       <c r="J404" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" s="2">
         <v>404</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>413</v>
       </c>
       <c r="C405" s="2">
         <v>3</v>
       </c>
       <c r="D405" s="2"/>
       <c r="E405" s="2">
         <v>804</v>
       </c>
       <c r="F405" s="2">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="G405" s="2">
-        <v>96.0</v>
+        <v>93.0</v>
       </c>
       <c r="H405" s="2">
-        <v>310.0</v>
+        <v>316.0</v>
       </c>
       <c r="I405" s="2">
         <v>0.0</v>
       </c>
       <c r="J405" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" s="2">
         <v>405</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>414</v>
       </c>
       <c r="C406" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F406" s="2">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="G406" s="2">
-        <v>122.0</v>
+        <v>131.0</v>
       </c>
       <c r="H406" s="2">
-        <v>410.0</v>
+        <v>369.0</v>
       </c>
       <c r="I406" s="2">
         <v>0.0</v>
       </c>
       <c r="J406" s="2">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" s="2">
         <v>406</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>415</v>
       </c>
       <c r="C407" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2">
-        <v>360</v>
+        <v>521</v>
       </c>
       <c r="F407" s="2">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="G407" s="2">
-        <v>132.0</v>
+        <v>92.0</v>
       </c>
       <c r="H407" s="2">
-        <v>316.0</v>
+        <v>243.0</v>
       </c>
       <c r="I407" s="2">
         <v>0.0</v>
       </c>
       <c r="J407" s="2">
-        <v>32.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" s="2">
         <v>407</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>416</v>
       </c>
       <c r="C408" s="2">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="D408" s="2"/>
-      <c r="E408" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E408" s="2"/>
       <c r="F408" s="2">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="G408" s="2">
-        <v>92.0</v>
+        <v>97.0</v>
       </c>
       <c r="H408" s="2">
-        <v>820.0</v>
+        <v>936.0</v>
       </c>
       <c r="I408" s="2">
         <v>0.0</v>
       </c>
       <c r="J408" s="2">
-        <v>59.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" s="2">
         <v>408</v>
       </c>
       <c r="B409" s="2" t="s">
         <v>417</v>
       </c>
       <c r="C409" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2">
-        <v>327</v>
+        <v>40</v>
       </c>
       <c r="F409" s="2">
         <v>197</v>
       </c>
       <c r="G409" s="2">
-        <v>183.0</v>
+        <v>111.0</v>
       </c>
       <c r="H409" s="2">
-        <v>1169.0</v>
+        <v>1266.0</v>
       </c>
       <c r="I409" s="2">
         <v>0.0</v>
       </c>
       <c r="J409" s="2">
-        <v>555.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" s="2">
         <v>409</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>418</v>
       </c>
       <c r="C410" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D410" s="2"/>
-      <c r="E410" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E410" s="2"/>
       <c r="F410" s="2">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="G410" s="2">
-        <v>106.0</v>
+        <v>107.0</v>
       </c>
       <c r="H410" s="2">
-        <v>931.0</v>
+        <v>275.0</v>
       </c>
       <c r="I410" s="2">
         <v>0.0</v>
       </c>
       <c r="J410" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" s="2">
         <v>410</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>419</v>
       </c>
       <c r="C411" s="2">
         <v>3</v>
       </c>
       <c r="D411" s="2"/>
       <c r="E411" s="2">
         <v>376</v>
       </c>
       <c r="F411" s="2">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="G411" s="2">
         <v>132.0</v>
       </c>
       <c r="H411" s="2">
-        <v>502.0</v>
+        <v>490.0</v>
       </c>
       <c r="I411" s="2">
         <v>0.0</v>
       </c>
       <c r="J411" s="2">
         <v>45.0</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" s="2">
         <v>411</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>420</v>
       </c>
       <c r="C412" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2">
-        <v>8</v>
+        <v>327</v>
       </c>
       <c r="F412" s="2">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="G412" s="2">
-        <v>132.0</v>
+        <v>172.0</v>
       </c>
       <c r="H412" s="2">
-        <v>376.0</v>
+        <v>1116.0</v>
       </c>
       <c r="I412" s="2">
         <v>0.0</v>
       </c>
       <c r="J412" s="2">
-        <v>0.0</v>
+        <v>534.0</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" s="2">
         <v>412</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>421</v>
       </c>
       <c r="C413" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D413" s="2"/>
-      <c r="E413" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E413" s="2"/>
       <c r="F413" s="2">
         <v>193</v>
       </c>
       <c r="G413" s="2">
-        <v>133.0</v>
+        <v>102.0</v>
       </c>
       <c r="H413" s="2">
-        <v>547.0</v>
+        <v>337.0</v>
       </c>
       <c r="I413" s="2">
         <v>0.0</v>
       </c>
       <c r="J413" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414" s="2">
         <v>413</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>422</v>
       </c>
       <c r="C414" s="2">
-        <v>3</v>
-[...2 lines deleted...]
-      <c r="E414" s="2"/>
+        <v>4</v>
+      </c>
+      <c r="D414" s="2">
+        <v>4</v>
+      </c>
+      <c r="E414" s="2">
+        <v>253</v>
+      </c>
       <c r="F414" s="2">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="G414" s="2">
-        <v>111.0</v>
+        <v>84.0</v>
       </c>
       <c r="H414" s="2">
-        <v>290.0</v>
+        <v>333.0</v>
       </c>
       <c r="I414" s="2">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="J414" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="A415" s="2">
         <v>414</v>
       </c>
       <c r="B415" s="2" t="s">
         <v>423</v>
       </c>
       <c r="C415" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D415" s="2"/>
       <c r="E415" s="2">
-        <v>455</v>
+        <v>803</v>
       </c>
       <c r="F415" s="2">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="G415" s="2">
-        <v>110.0</v>
+        <v>111.0</v>
       </c>
       <c r="H415" s="2">
-        <v>312.0</v>
+        <v>859.0</v>
       </c>
       <c r="I415" s="2">
         <v>0.0</v>
       </c>
       <c r="J415" s="2">
-        <v>167.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" s="2">
         <v>415</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>424</v>
       </c>
       <c r="C416" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D416" s="2"/>
-      <c r="E416" s="2"/>
+      <c r="E416" s="2">
+        <v>240</v>
+      </c>
       <c r="F416" s="2">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="G416" s="2">
-        <v>67.0</v>
+        <v>144.0</v>
       </c>
       <c r="H416" s="2">
-        <v>501.0</v>
+        <v>535.0</v>
       </c>
       <c r="I416" s="2">
         <v>0.0</v>
       </c>
       <c r="J416" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" s="2">
         <v>416</v>
       </c>
       <c r="B417" s="2" t="s">
         <v>425</v>
       </c>
       <c r="C417" s="2">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="D417" s="2"/>
       <c r="E417" s="2">
-        <v>253</v>
+        <v>455</v>
       </c>
       <c r="F417" s="2">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="G417" s="2">
-        <v>82.0</v>
+        <v>111.0</v>
       </c>
       <c r="H417" s="2">
-        <v>342.0</v>
+        <v>313.0</v>
       </c>
       <c r="I417" s="2">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="J417" s="2">
-        <v>0.0</v>
+        <v>167.0</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418" s="2">
         <v>417</v>
       </c>
       <c r="B418" s="2" t="s">
         <v>426</v>
       </c>
       <c r="C418" s="2">
         <v>1</v>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2">
         <v>62</v>
       </c>
       <c r="F418" s="2">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="G418" s="2">
-        <v>82.0</v>
+        <v>72.0</v>
       </c>
       <c r="H418" s="2">
-        <v>443.0</v>
+        <v>453.0</v>
       </c>
       <c r="I418" s="2">
         <v>0.0</v>
       </c>
       <c r="J418" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419" s="2">
         <v>418</v>
       </c>
       <c r="B419" s="2" t="s">
         <v>427</v>
       </c>
       <c r="C419" s="2">
         <v>1</v>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2">
         <v>62</v>
       </c>
       <c r="F419" s="2">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="G419" s="2">
-        <v>82.0</v>
+        <v>72.0</v>
       </c>
       <c r="H419" s="2">
-        <v>443.0</v>
+        <v>453.0</v>
       </c>
       <c r="I419" s="2">
         <v>0.0</v>
       </c>
       <c r="J419" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420" s="2">
         <v>419</v>
       </c>
       <c r="B420" s="2" t="s">
         <v>428</v>
       </c>
       <c r="C420" s="2">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D420" s="2"/>
+        <v>1</v>
+      </c>
+      <c r="D420" s="2">
+        <v>13</v>
+      </c>
       <c r="E420" s="2">
-        <v>694</v>
+        <v>35</v>
       </c>
       <c r="F420" s="2">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="G420" s="2">
-        <v>135.0</v>
+        <v>99.0</v>
       </c>
       <c r="H420" s="2">
-        <v>327.0</v>
+        <v>570.0</v>
       </c>
       <c r="I420" s="2">
-        <v>0.0</v>
+        <v>36.0</v>
       </c>
       <c r="J420" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421" s="2">
         <v>420</v>
       </c>
       <c r="B421" s="2" t="s">
         <v>429</v>
       </c>
       <c r="C421" s="2">
         <v>2</v>
       </c>
       <c r="D421" s="2"/>
       <c r="E421" s="2">
-        <v>549</v>
+        <v>330</v>
       </c>
       <c r="F421" s="2">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="G421" s="2">
-        <v>40.0</v>
+        <v>107.0</v>
       </c>
       <c r="H421" s="2">
-        <v>536.0</v>
+        <v>477.0</v>
       </c>
       <c r="I421" s="2">
         <v>0.0</v>
       </c>
       <c r="J421" s="2">
-        <v>163.0</v>
+        <v>157.0</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422" s="2">
         <v>421</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C422" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D422" s="2"/>
-      <c r="E422" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E422" s="2"/>
       <c r="F422" s="2">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="G422" s="2">
-        <v>104.0</v>
+        <v>63.0</v>
       </c>
       <c r="H422" s="2">
-        <v>481.0</v>
+        <v>548.0</v>
       </c>
       <c r="I422" s="2">
         <v>0.0</v>
       </c>
       <c r="J422" s="2">
-        <v>157.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423" s="2">
         <v>422</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>431</v>
       </c>
       <c r="C423" s="2">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D423" s="2"/>
-      <c r="E423" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E423" s="2"/>
       <c r="F423" s="2">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="G423" s="2">
-        <v>52.0</v>
+        <v>73.0</v>
       </c>
       <c r="H423" s="2">
-        <v>325.0</v>
+        <v>459.0</v>
       </c>
       <c r="I423" s="2">
         <v>0.0</v>
       </c>
       <c r="J423" s="2">
-        <v>32.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424" s="2">
         <v>423</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>432</v>
       </c>
       <c r="C424" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D424" s="2"/>
-      <c r="E424" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E424" s="2"/>
       <c r="F424" s="2">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="G424" s="2">
-        <v>97.0</v>
+        <v>82.0</v>
       </c>
       <c r="H424" s="2">
-        <v>342.0</v>
+        <v>287.0</v>
       </c>
       <c r="I424" s="2">
         <v>0.0</v>
       </c>
       <c r="J424" s="2">
-        <v>60.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425" s="2">
         <v>424</v>
       </c>
       <c r="B425" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C425" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2"/>
       <c r="F425" s="2">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="G425" s="2">
-        <v>82.0</v>
+        <v>112.0</v>
       </c>
       <c r="H425" s="2">
-        <v>431.0</v>
+        <v>243.0</v>
       </c>
       <c r="I425" s="2">
         <v>0.0</v>
       </c>
       <c r="J425" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426" s="2">
         <v>425</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>434</v>
       </c>
       <c r="C426" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D426" s="2"/>
-      <c r="E426" s="2"/>
+      <c r="E426" s="2">
+        <v>694</v>
+      </c>
       <c r="F426" s="2">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="G426" s="2">
-        <v>87.0</v>
+        <v>126.0</v>
       </c>
       <c r="H426" s="2">
-        <v>315.0</v>
+        <v>301.0</v>
       </c>
       <c r="I426" s="2">
         <v>0.0</v>
       </c>
       <c r="J426" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="A427" s="2">
         <v>426</v>
       </c>
       <c r="B427" s="2" t="s">
         <v>435</v>
       </c>
       <c r="C427" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D427" s="2"/>
-      <c r="E427" s="2"/>
+      <c r="E427" s="2">
+        <v>236</v>
+      </c>
       <c r="F427" s="2">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="G427" s="2">
-        <v>89.0</v>
+        <v>117.0</v>
       </c>
       <c r="H427" s="2">
-        <v>287.0</v>
+        <v>479.0</v>
       </c>
       <c r="I427" s="2">
         <v>0.0</v>
       </c>
       <c r="J427" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="428" spans="1:10">
       <c r="A428" s="2">
         <v>427</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>436</v>
       </c>
       <c r="C428" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D428" s="2"/>
-      <c r="E428" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E428" s="2"/>
       <c r="F428" s="2">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="G428" s="2">
-        <v>73.0</v>
+        <v>85.0</v>
       </c>
       <c r="H428" s="2">
-        <v>212.0</v>
+        <v>285.0</v>
       </c>
       <c r="I428" s="2">
         <v>0.0</v>
       </c>
       <c r="J428" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429" s="2">
         <v>428</v>
       </c>
       <c r="B429" s="2" t="s">
         <v>437</v>
       </c>
       <c r="C429" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D429" s="2"/>
       <c r="E429" s="2">
-        <v>236</v>
+        <v>837</v>
       </c>
       <c r="F429" s="2">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="G429" s="2">
-        <v>111.0</v>
+        <v>41.0</v>
       </c>
       <c r="H429" s="2">
-        <v>548.0</v>
+        <v>577.0</v>
       </c>
       <c r="I429" s="2">
         <v>0.0</v>
       </c>
       <c r="J429" s="2">
-        <v>0.0</v>
+        <v>173.0</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="A430" s="2">
         <v>429</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>438</v>
       </c>
       <c r="C430" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D430" s="2"/>
-      <c r="E430" s="2"/>
+      <c r="E430" s="2">
+        <v>20</v>
+      </c>
       <c r="F430" s="2">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="G430" s="2">
-        <v>62.0</v>
+        <v>94.0</v>
       </c>
       <c r="H430" s="2">
-        <v>407.0</v>
+        <v>666.0</v>
       </c>
       <c r="I430" s="2">
         <v>0.0</v>
       </c>
       <c r="J430" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="A431" s="2">
         <v>430</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>439</v>
       </c>
       <c r="C431" s="2">
         <v>2</v>
       </c>
       <c r="D431" s="2"/>
       <c r="E431" s="2">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F431" s="2">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="G431" s="2">
-        <v>106.0</v>
+        <v>153.0</v>
       </c>
       <c r="H431" s="2">
-        <v>687.0</v>
+        <v>563.0</v>
       </c>
       <c r="I431" s="2">
         <v>0.0</v>
       </c>
       <c r="J431" s="2">
-        <v>0.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="432" spans="1:10">
       <c r="A432" s="2">
         <v>431</v>
       </c>
       <c r="B432" s="2" t="s">
         <v>440</v>
       </c>
       <c r="C432" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D432" s="2"/>
-      <c r="E432" s="2"/>
+      <c r="E432" s="2">
+        <v>861</v>
+      </c>
       <c r="F432" s="2">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="G432" s="2">
-        <v>58.0</v>
+        <v>83.0</v>
       </c>
       <c r="H432" s="2">
-        <v>355.0</v>
+        <v>338.0</v>
       </c>
       <c r="I432" s="2">
         <v>0.0</v>
       </c>
       <c r="J432" s="2">
-        <v>0.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="433" spans="1:10">
       <c r="A433" s="2">
         <v>432</v>
       </c>
       <c r="B433" s="2" t="s">
         <v>441</v>
       </c>
       <c r="C433" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D433" s="2"/>
       <c r="E433" s="2"/>
       <c r="F433" s="2">
         <v>170</v>
       </c>
       <c r="G433" s="2">
-        <v>95.0</v>
+        <v>53.0</v>
       </c>
       <c r="H433" s="2">
-        <v>928.0</v>
+        <v>390.0</v>
       </c>
       <c r="I433" s="2">
         <v>0.0</v>
       </c>
       <c r="J433" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="434" spans="1:10">
       <c r="A434" s="2">
         <v>433</v>
       </c>
       <c r="B434" s="2" t="s">
         <v>442</v>
       </c>
       <c r="C434" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D434" s="2"/>
-      <c r="E434" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E434" s="2"/>
       <c r="F434" s="2">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G434" s="2">
-        <v>154.0</v>
+        <v>51.0</v>
       </c>
       <c r="H434" s="2">
-        <v>555.0</v>
+        <v>393.0</v>
       </c>
       <c r="I434" s="2">
         <v>0.0</v>
       </c>
       <c r="J434" s="2">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="435" spans="1:10">
       <c r="A435" s="2">
         <v>434</v>
       </c>
       <c r="B435" s="2" t="s">
         <v>443</v>
       </c>
       <c r="C435" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D435" s="2"/>
-      <c r="E435" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E435" s="2"/>
       <c r="F435" s="2">
         <v>168</v>
       </c>
       <c r="G435" s="2">
-        <v>82.0</v>
+        <v>95.0</v>
       </c>
       <c r="H435" s="2">
-        <v>323.0</v>
+        <v>312.0</v>
       </c>
       <c r="I435" s="2">
         <v>0.0</v>
       </c>
       <c r="J435" s="2">
-        <v>58.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="436" spans="1:10">
       <c r="A436" s="2">
         <v>435</v>
       </c>
       <c r="B436" s="2" t="s">
         <v>444</v>
       </c>
       <c r="C436" s="2">
-        <v>4</v>
-[...2 lines deleted...]
-      <c r="E436" s="2"/>
+        <v>1</v>
+      </c>
+      <c r="D436" s="2">
+        <v>2</v>
+      </c>
+      <c r="E436" s="2">
+        <v>40</v>
+      </c>
       <c r="F436" s="2">
         <v>167</v>
       </c>
       <c r="G436" s="2">
-        <v>109.0</v>
+        <v>108.0</v>
       </c>
       <c r="H436" s="2">
-        <v>214.0</v>
+        <v>406.0</v>
       </c>
       <c r="I436" s="2">
-        <v>0.0</v>
+        <v>14.0</v>
       </c>
       <c r="J436" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="437" spans="1:10">
       <c r="A437" s="2">
         <v>436</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>445</v>
       </c>
       <c r="C437" s="2">
         <v>2</v>
       </c>
       <c r="D437" s="2"/>
       <c r="E437" s="2">
-        <v>151</v>
+        <v>302</v>
       </c>
       <c r="F437" s="2">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G437" s="2">
-        <v>92.0</v>
+        <v>90.0</v>
       </c>
       <c r="H437" s="2">
-        <v>660.0</v>
+        <v>646.0</v>
       </c>
       <c r="I437" s="2">
         <v>0.0</v>
       </c>
       <c r="J437" s="2">
         <v>65.0</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="A438" s="2">
         <v>437</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>446</v>
       </c>
       <c r="C438" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D438" s="2"/>
-      <c r="E438" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E438" s="2"/>
       <c r="F438" s="2">
         <v>165</v>
       </c>
       <c r="G438" s="2">
-        <v>76.0</v>
+        <v>94.0</v>
       </c>
       <c r="H438" s="2">
-        <v>251.0</v>
+        <v>912.0</v>
       </c>
       <c r="I438" s="2">
         <v>0.0</v>
       </c>
       <c r="J438" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="A439" s="2">
         <v>438</v>
       </c>
       <c r="B439" s="2" t="s">
         <v>447</v>
       </c>
       <c r="C439" s="2">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D439" s="2"/>
       <c r="E439" s="2">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="F439" s="2">
         <v>164</v>
       </c>
       <c r="G439" s="2">
-        <v>127.0</v>
+        <v>48.0</v>
       </c>
       <c r="H439" s="2">
-        <v>92.0</v>
+        <v>320.0</v>
       </c>
       <c r="I439" s="2">
         <v>0.0</v>
       </c>
       <c r="J439" s="2">
-        <v>282.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="A440" s="2">
         <v>439</v>
       </c>
       <c r="B440" s="2" t="s">
         <v>448</v>
       </c>
       <c r="C440" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D440" s="2">
         <v>2</v>
       </c>
-      <c r="E440" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D440" s="2"/>
+      <c r="E440" s="2"/>
       <c r="F440" s="2">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="G440" s="2">
-        <v>102.0</v>
+        <v>63.0</v>
       </c>
       <c r="H440" s="2">
-        <v>435.0</v>
+        <v>453.0</v>
       </c>
       <c r="I440" s="2">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="J440" s="2">
-        <v>54.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="A441" s="2">
         <v>440</v>
       </c>
       <c r="B441" s="2" t="s">
         <v>449</v>
       </c>
       <c r="C441" s="2">
         <v>7</v>
       </c>
       <c r="D441" s="2"/>
       <c r="E441" s="2">
         <v>24</v>
       </c>
       <c r="F441" s="2">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G441" s="2">
-        <v>35.0</v>
+        <v>38.0</v>
       </c>
       <c r="H441" s="2">
-        <v>614.0</v>
+        <v>642.0</v>
       </c>
       <c r="I441" s="2">
         <v>0.0</v>
       </c>
       <c r="J441" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="A442" s="2">
         <v>441</v>
       </c>
       <c r="B442" s="2" t="s">
         <v>450</v>
       </c>
       <c r="C442" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D442" s="2"/>
       <c r="E442" s="2">
-        <v>56</v>
+        <v>247</v>
       </c>
       <c r="F442" s="2">
         <v>162</v>
       </c>
       <c r="G442" s="2">
-        <v>72.0</v>
+        <v>80.0</v>
       </c>
       <c r="H442" s="2">
-        <v>407.0</v>
+        <v>178.0</v>
       </c>
       <c r="I442" s="2">
         <v>0.0</v>
       </c>
       <c r="J442" s="2">
-        <v>0.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="A443" s="2">
         <v>442</v>
       </c>
       <c r="B443" s="2" t="s">
         <v>451</v>
       </c>
       <c r="C443" s="2">
         <v>1</v>
       </c>
       <c r="D443" s="2"/>
-      <c r="E443" s="2"/>
+      <c r="E443" s="2">
+        <v>34</v>
+      </c>
       <c r="F443" s="2">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="G443" s="2">
-        <v>65.0</v>
+        <v>100.0</v>
       </c>
       <c r="H443" s="2">
-        <v>282.0</v>
+        <v>340.0</v>
       </c>
       <c r="I443" s="2">
         <v>0.0</v>
       </c>
       <c r="J443" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444" s="2">
         <v>443</v>
       </c>
       <c r="B444" s="2" t="s">
         <v>452</v>
       </c>
       <c r="C444" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D444" s="2"/>
-      <c r="E444" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E444" s="2"/>
       <c r="F444" s="2">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="G444" s="2">
-        <v>80.0</v>
+        <v>53.0</v>
       </c>
       <c r="H444" s="2">
-        <v>175.0</v>
+        <v>439.0</v>
       </c>
       <c r="I444" s="2">
         <v>0.0</v>
       </c>
       <c r="J444" s="2">
-        <v>9.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445" s="2">
         <v>444</v>
       </c>
       <c r="B445" s="2" t="s">
         <v>453</v>
       </c>
       <c r="C445" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D445" s="2"/>
-      <c r="E445" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E445" s="2"/>
       <c r="F445" s="2">
         <v>160</v>
       </c>
       <c r="G445" s="2">
-        <v>80.0</v>
+        <v>71.0</v>
       </c>
       <c r="H445" s="2">
-        <v>326.0</v>
+        <v>322.0</v>
       </c>
       <c r="I445" s="2">
         <v>0.0</v>
       </c>
       <c r="J445" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="A446" s="2">
         <v>445</v>
       </c>
       <c r="B446" s="2" t="s">
         <v>454</v>
       </c>
       <c r="C446" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D446" s="2"/>
       <c r="E446" s="2">
-        <v>262</v>
+        <v>126</v>
       </c>
       <c r="F446" s="2">
         <v>160</v>
       </c>
       <c r="G446" s="2">
-        <v>53.0</v>
+        <v>88.0</v>
       </c>
       <c r="H446" s="2">
-        <v>555.0</v>
+        <v>187.0</v>
       </c>
       <c r="I446" s="2">
         <v>0.0</v>
       </c>
       <c r="J446" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="A447" s="2">
         <v>446</v>
       </c>
       <c r="B447" s="2" t="s">
         <v>455</v>
       </c>
       <c r="C447" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D447" s="2"/>
       <c r="E447" s="2">
-        <v>682</v>
+        <v>12</v>
       </c>
       <c r="F447" s="2">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="G447" s="2">
-        <v>49.0</v>
+        <v>80.0</v>
       </c>
       <c r="H447" s="2">
-        <v>260.0</v>
+        <v>257.0</v>
       </c>
       <c r="I447" s="2">
         <v>0.0</v>
       </c>
       <c r="J447" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="A448" s="2">
         <v>447</v>
       </c>
       <c r="B448" s="2" t="s">
         <v>456</v>
       </c>
       <c r="C448" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D448" s="2"/>
-      <c r="E448" s="2"/>
+      <c r="E448" s="2">
+        <v>262</v>
+      </c>
       <c r="F448" s="2">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="G448" s="2">
-        <v>60.0</v>
+        <v>50.0</v>
       </c>
       <c r="H448" s="2">
-        <v>480.0</v>
+        <v>529.0</v>
       </c>
       <c r="I448" s="2">
         <v>0.0</v>
       </c>
       <c r="J448" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="A449" s="2">
         <v>448</v>
       </c>
       <c r="B449" s="2" t="s">
         <v>457</v>
       </c>
       <c r="C449" s="2">
         <v>1</v>
       </c>
       <c r="D449" s="2"/>
       <c r="E449" s="2">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="F449" s="2">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="G449" s="2">
-        <v>92.0</v>
+        <v>65.0</v>
       </c>
       <c r="H449" s="2">
-        <v>354.0</v>
+        <v>394.0</v>
       </c>
       <c r="I449" s="2">
         <v>0.0</v>
       </c>
       <c r="J449" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="A450" s="2">
         <v>449</v>
       </c>
       <c r="B450" s="2" t="s">
         <v>458</v>
       </c>
       <c r="C450" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D450" s="2"/>
       <c r="E450" s="2">
-        <v>126</v>
+        <v>857</v>
       </c>
       <c r="F450" s="2">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="G450" s="2">
-        <v>85.0</v>
+        <v>78.0</v>
       </c>
       <c r="H450" s="2">
-        <v>170.0</v>
+        <v>303.0</v>
       </c>
       <c r="I450" s="2">
         <v>0.0</v>
       </c>
       <c r="J450" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="A451" s="2">
         <v>450</v>
       </c>
       <c r="B451" s="2" t="s">
         <v>459</v>
       </c>
       <c r="C451" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D451" s="2"/>
-      <c r="E451" s="2"/>
+      <c r="E451" s="2">
+        <v>122</v>
+      </c>
       <c r="F451" s="2">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="G451" s="2">
-        <v>62.0</v>
+        <v>98.0</v>
       </c>
       <c r="H451" s="2">
-        <v>475.0</v>
+        <v>176.0</v>
       </c>
       <c r="I451" s="2">
         <v>0.0</v>
       </c>
       <c r="J451" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="A452" s="2">
         <v>451</v>
       </c>
       <c r="B452" s="2" t="s">
         <v>460</v>
       </c>
       <c r="C452" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D452" s="2"/>
       <c r="E452" s="2">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="F452" s="2">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="G452" s="2">
-        <v>55.0</v>
+        <v>77.0</v>
       </c>
       <c r="H452" s="2">
-        <v>354.0</v>
+        <v>303.0</v>
       </c>
       <c r="I452" s="2">
         <v>0.0</v>
       </c>
       <c r="J452" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="A453" s="2">
         <v>452</v>
       </c>
       <c r="B453" s="2" t="s">
         <v>461</v>
       </c>
       <c r="C453" s="2">
         <v>3</v>
       </c>
       <c r="D453" s="2"/>
-      <c r="E453" s="2"/>
+      <c r="E453" s="2">
+        <v>42</v>
+      </c>
       <c r="F453" s="2">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G453" s="2">
-        <v>66.0</v>
+        <v>61.0</v>
       </c>
       <c r="H453" s="2">
-        <v>530.0</v>
+        <v>202.0</v>
       </c>
       <c r="I453" s="2">
         <v>0.0</v>
       </c>
       <c r="J453" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="A454" s="2">
         <v>453</v>
       </c>
       <c r="B454" s="2" t="s">
         <v>462</v>
       </c>
       <c r="C454" s="2">
         <v>1</v>
       </c>
       <c r="D454" s="2"/>
-      <c r="E454" s="2"/>
+      <c r="E454" s="2">
+        <v>72</v>
+      </c>
       <c r="F454" s="2">
         <v>152</v>
       </c>
       <c r="G454" s="2">
-        <v>55.0</v>
+        <v>113.0</v>
       </c>
       <c r="H454" s="2">
-        <v>516.0</v>
+        <v>91.0</v>
       </c>
       <c r="I454" s="2">
         <v>0.0</v>
       </c>
       <c r="J454" s="2">
-        <v>0.0</v>
+        <v>1617.0</v>
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="A455" s="2">
         <v>454</v>
       </c>
       <c r="B455" s="2" t="s">
         <v>463</v>
       </c>
       <c r="C455" s="2">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="D455" s="2"/>
       <c r="E455" s="2">
-        <v>31</v>
+        <v>1364</v>
       </c>
       <c r="F455" s="2">
         <v>152</v>
       </c>
       <c r="G455" s="2">
-        <v>108.0</v>
+        <v>42.0</v>
       </c>
       <c r="H455" s="2">
-        <v>347.0</v>
+        <v>254.0</v>
       </c>
       <c r="I455" s="2">
         <v>0.0</v>
       </c>
       <c r="J455" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="A456" s="2">
         <v>455</v>
       </c>
       <c r="B456" s="2" t="s">
         <v>464</v>
       </c>
       <c r="C456" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D456" s="2"/>
-      <c r="E456" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E456" s="2"/>
       <c r="F456" s="2">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G456" s="2">
-        <v>42.0</v>
+        <v>103.0</v>
       </c>
       <c r="H456" s="2">
-        <v>256.0</v>
+        <v>92.0</v>
       </c>
       <c r="I456" s="2">
         <v>0.0</v>
       </c>
       <c r="J456" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457" s="2">
         <v>456</v>
       </c>
       <c r="B457" s="2" t="s">
         <v>465</v>
       </c>
       <c r="C457" s="2">
         <v>1</v>
       </c>
       <c r="D457" s="2"/>
-      <c r="E457" s="2"/>
+      <c r="E457" s="2">
+        <v>113</v>
+      </c>
       <c r="F457" s="2">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G457" s="2">
-        <v>104.0</v>
+        <v>122.0</v>
       </c>
       <c r="H457" s="2">
-        <v>94.0</v>
+        <v>165.0</v>
       </c>
       <c r="I457" s="2">
         <v>0.0</v>
       </c>
       <c r="J457" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="A458" s="2">
         <v>457</v>
       </c>
       <c r="B458" s="2" t="s">
         <v>466</v>
       </c>
       <c r="C458" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D458" s="2"/>
-      <c r="E458" s="2"/>
+      <c r="E458" s="2">
+        <v>91</v>
+      </c>
       <c r="F458" s="2">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G458" s="2">
-        <v>42.0</v>
+        <v>51.0</v>
       </c>
       <c r="H458" s="2">
-        <v>256.0</v>
+        <v>349.0</v>
       </c>
       <c r="I458" s="2">
         <v>0.0</v>
       </c>
       <c r="J458" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="A459" s="2">
         <v>458</v>
       </c>
       <c r="B459" s="2" t="s">
         <v>467</v>
       </c>
       <c r="C459" s="2">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D459" s="2"/>
       <c r="E459" s="2"/>
       <c r="F459" s="2">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G459" s="2">
-        <v>60.0</v>
+        <v>62.0</v>
       </c>
       <c r="H459" s="2">
-        <v>211.0</v>
+        <v>182.0</v>
       </c>
       <c r="I459" s="2">
         <v>0.0</v>
       </c>
       <c r="J459" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="A460" s="2">
         <v>459</v>
       </c>
       <c r="B460" s="2" t="s">
         <v>468</v>
       </c>
       <c r="C460" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D460" s="2"/>
+        <v>5</v>
+      </c>
+      <c r="D460" s="2">
+        <v>11</v>
+      </c>
       <c r="E460" s="2">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="F460" s="2">
         <v>149</v>
       </c>
       <c r="G460" s="2">
-        <v>68.0</v>
+        <v>115.0</v>
       </c>
       <c r="H460" s="2">
-        <v>397.0</v>
+        <v>332.0</v>
       </c>
       <c r="I460" s="2">
         <v>0.0</v>
       </c>
       <c r="J460" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="A461" s="2">
         <v>460</v>
       </c>
       <c r="B461" s="2" t="s">
         <v>469</v>
       </c>
       <c r="C461" s="2">
         <v>2</v>
       </c>
       <c r="D461" s="2">
         <v>6</v>
       </c>
       <c r="E461" s="2">
         <v>17</v>
       </c>
       <c r="F461" s="2">
         <v>148</v>
       </c>
       <c r="G461" s="2">
-        <v>59.0</v>
+        <v>58.0</v>
       </c>
       <c r="H461" s="2">
-        <v>429.0</v>
+        <v>435.0</v>
       </c>
       <c r="I461" s="2">
-        <v>12.0</v>
+        <v>18.0</v>
       </c>
       <c r="J461" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="A462" s="2">
         <v>461</v>
       </c>
       <c r="B462" s="2" t="s">
         <v>470</v>
       </c>
       <c r="C462" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D462" s="2"/>
-      <c r="E462" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E462" s="2"/>
       <c r="F462" s="2">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="G462" s="2">
-        <v>81.0</v>
+        <v>67.0</v>
       </c>
       <c r="H462" s="2">
-        <v>614.0</v>
+        <v>453.0</v>
       </c>
       <c r="I462" s="2">
         <v>0.0</v>
       </c>
       <c r="J462" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="A463" s="2">
         <v>462</v>
       </c>
       <c r="B463" s="2" t="s">
         <v>471</v>
       </c>
       <c r="C463" s="2">
         <v>4</v>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2"/>
       <c r="F463" s="2">
         <v>147</v>
       </c>
       <c r="G463" s="2">
-        <v>86.0</v>
+        <v>40.0</v>
       </c>
       <c r="H463" s="2">
-        <v>286.0</v>
+        <v>258.0</v>
       </c>
       <c r="I463" s="2">
         <v>0.0</v>
       </c>
       <c r="J463" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="A464" s="2">
         <v>463</v>
       </c>
       <c r="B464" s="2" t="s">
         <v>472</v>
       </c>
       <c r="C464" s="2">
         <v>1</v>
       </c>
       <c r="D464" s="2"/>
       <c r="E464" s="2">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="F464" s="2">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G464" s="2">
-        <v>65.0</v>
+        <v>84.0</v>
       </c>
       <c r="H464" s="2">
-        <v>345.0</v>
+        <v>630.0</v>
       </c>
       <c r="I464" s="2">
         <v>0.0</v>
       </c>
       <c r="J464" s="2">
-        <v>186.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="A465" s="2">
         <v>464</v>
       </c>
       <c r="B465" s="2" t="s">
         <v>473</v>
       </c>
       <c r="C465" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D465" s="2"/>
       <c r="E465" s="2">
-        <v>378</v>
+        <v>90</v>
       </c>
       <c r="F465" s="2">
         <v>146</v>
       </c>
       <c r="G465" s="2">
-        <v>36.0</v>
+        <v>64.0</v>
       </c>
       <c r="H465" s="2">
-        <v>364.0</v>
+        <v>268.0</v>
       </c>
       <c r="I465" s="2">
         <v>0.0</v>
       </c>
       <c r="J465" s="2">
-        <v>0.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="A466" s="2">
         <v>465</v>
       </c>
       <c r="B466" s="2" t="s">
         <v>474</v>
       </c>
       <c r="C466" s="2">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D466" s="2"/>
       <c r="E466" s="2"/>
       <c r="F466" s="2">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G466" s="2">
-        <v>59.0</v>
+        <v>48.0</v>
       </c>
       <c r="H466" s="2">
-        <v>183.0</v>
+        <v>518.0</v>
       </c>
       <c r="I466" s="2">
         <v>0.0</v>
       </c>
       <c r="J466" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="A467" s="2">
         <v>466</v>
       </c>
       <c r="B467" s="2" t="s">
         <v>475</v>
       </c>
       <c r="C467" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D467" s="2"/>
       <c r="E467" s="2">
-        <v>90</v>
+        <v>378</v>
       </c>
       <c r="F467" s="2">
         <v>144</v>
       </c>
       <c r="G467" s="2">
-        <v>70.0</v>
+        <v>31.0</v>
       </c>
       <c r="H467" s="2">
-        <v>282.0</v>
+        <v>332.0</v>
       </c>
       <c r="I467" s="2">
         <v>0.0</v>
       </c>
       <c r="J467" s="2">
-        <v>247.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="A468" s="2">
         <v>467</v>
       </c>
       <c r="B468" s="2" t="s">
         <v>476</v>
       </c>
       <c r="C468" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D468" s="2"/>
-      <c r="E468" s="2"/>
+      <c r="E468" s="2">
+        <v>59</v>
+      </c>
       <c r="F468" s="2">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="G468" s="2">
-        <v>78.0</v>
+        <v>42.0</v>
       </c>
       <c r="H468" s="2">
-        <v>165.0</v>
+        <v>250.0</v>
       </c>
       <c r="I468" s="2">
         <v>0.0</v>
       </c>
       <c r="J468" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="A469" s="2">
         <v>468</v>
       </c>
       <c r="B469" s="2" t="s">
         <v>477</v>
       </c>
       <c r="C469" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D469" s="2"/>
       <c r="E469" s="2"/>
       <c r="F469" s="2">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G469" s="2">
-        <v>64.0</v>
+        <v>38.0</v>
       </c>
       <c r="H469" s="2">
-        <v>284.0</v>
+        <v>413.0</v>
       </c>
       <c r="I469" s="2">
         <v>0.0</v>
       </c>
       <c r="J469" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="A470" s="2">
         <v>469</v>
       </c>
       <c r="B470" s="2" t="s">
         <v>478</v>
       </c>
       <c r="C470" s="2">
-        <v>1</v>
-[...6 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D470" s="2"/>
+      <c r="E470" s="2"/>
       <c r="F470" s="2">
         <v>140</v>
       </c>
       <c r="G470" s="2">
-        <v>44.0</v>
+        <v>61.0</v>
       </c>
       <c r="H470" s="2">
-        <v>216.0</v>
+        <v>207.0</v>
       </c>
       <c r="I470" s="2">
-        <v>9.0</v>
+        <v>0.0</v>
       </c>
       <c r="J470" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="A471" s="2">
         <v>470</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>479</v>
       </c>
       <c r="C471" s="2">
         <v>1</v>
       </c>
       <c r="D471" s="2"/>
-      <c r="E471" s="2"/>
+      <c r="E471" s="2">
+        <v>26</v>
+      </c>
       <c r="F471" s="2">
         <v>140</v>
       </c>
       <c r="G471" s="2">
-        <v>37.0</v>
+        <v>67.0</v>
       </c>
       <c r="H471" s="2">
-        <v>406.0</v>
+        <v>350.0</v>
       </c>
       <c r="I471" s="2">
         <v>0.0</v>
       </c>
       <c r="J471" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="A472" s="2">
         <v>471</v>
       </c>
       <c r="B472" s="2" t="s">
         <v>480</v>
       </c>
       <c r="C472" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D472" s="2"/>
-      <c r="E472" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E472" s="2"/>
       <c r="F472" s="2">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G472" s="2">
         <v>43.0</v>
       </c>
       <c r="H472" s="2">
-        <v>249.0</v>
+        <v>174.0</v>
       </c>
       <c r="I472" s="2">
         <v>0.0</v>
       </c>
       <c r="J472" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="A473" s="2">
         <v>472</v>
       </c>
       <c r="B473" s="2" t="s">
         <v>481</v>
       </c>
       <c r="C473" s="2">
         <v>1</v>
       </c>
       <c r="D473" s="2"/>
       <c r="E473" s="2">
         <v>504</v>
       </c>
       <c r="F473" s="2">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G473" s="2">
         <v>99.0</v>
       </c>
       <c r="H473" s="2">
-        <v>196.0</v>
+        <v>184.0</v>
       </c>
       <c r="I473" s="2">
         <v>0.0</v>
       </c>
       <c r="J473" s="2">
-        <v>20.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="A474" s="2">
         <v>473</v>
       </c>
       <c r="B474" s="2" t="s">
         <v>482</v>
       </c>
       <c r="C474" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D474" s="2"/>
       <c r="E474" s="2"/>
       <c r="F474" s="2">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G474" s="2">
-        <v>44.0</v>
+        <v>69.0</v>
       </c>
       <c r="H474" s="2">
-        <v>157.0</v>
+        <v>139.0</v>
       </c>
       <c r="I474" s="2">
         <v>0.0</v>
       </c>
       <c r="J474" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="A475" s="2">
         <v>474</v>
       </c>
       <c r="B475" s="2" t="s">
         <v>483</v>
       </c>
       <c r="C475" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D475" s="2"/>
-      <c r="E475" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E475" s="2"/>
       <c r="F475" s="2">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G475" s="2">
-        <v>36.0</v>
+        <v>48.0</v>
       </c>
       <c r="H475" s="2">
-        <v>410.0</v>
+        <v>355.0</v>
       </c>
       <c r="I475" s="2">
         <v>0.0</v>
       </c>
       <c r="J475" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="A476" s="2">
         <v>475</v>
       </c>
       <c r="B476" s="2" t="s">
         <v>484</v>
       </c>
       <c r="C476" s="2">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="D476" s="2"/>
+        <v>1</v>
+      </c>
+      <c r="D476" s="2">
+        <v>56</v>
+      </c>
       <c r="E476" s="2">
-        <v>770</v>
+        <v>87</v>
       </c>
       <c r="F476" s="2">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="G476" s="2">
-        <v>42.0</v>
+        <v>43.0</v>
       </c>
       <c r="H476" s="2">
-        <v>200.0</v>
+        <v>212.0</v>
       </c>
       <c r="I476" s="2">
-        <v>0.0</v>
+        <v>9.0</v>
       </c>
       <c r="J476" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="A477" s="2">
         <v>476</v>
       </c>
       <c r="B477" s="2" t="s">
         <v>485</v>
       </c>
       <c r="C477" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D477" s="2"/>
-      <c r="E477" s="2"/>
+      <c r="E477" s="2">
+        <v>330</v>
+      </c>
       <c r="F477" s="2">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="G477" s="2">
-        <v>54.0</v>
+        <v>33.0</v>
       </c>
       <c r="H477" s="2">
-        <v>290.0</v>
+        <v>425.0</v>
       </c>
       <c r="I477" s="2">
         <v>0.0</v>
       </c>
       <c r="J477" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="A478" s="2">
         <v>477</v>
       </c>
       <c r="B478" s="2" t="s">
         <v>486</v>
       </c>
       <c r="C478" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D478" s="2"/>
-      <c r="E478" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E478" s="2"/>
       <c r="F478" s="2">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="G478" s="2">
-        <v>45.0</v>
+        <v>67.0</v>
       </c>
       <c r="H478" s="2">
-        <v>178.0</v>
+        <v>277.0</v>
       </c>
       <c r="I478" s="2">
         <v>0.0</v>
       </c>
       <c r="J478" s="2">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="A479" s="2">
         <v>478</v>
       </c>
       <c r="B479" s="2" t="s">
         <v>487</v>
       </c>
       <c r="C479" s="2">
         <v>1</v>
       </c>
       <c r="D479" s="2"/>
-      <c r="E479" s="2"/>
+      <c r="E479" s="2">
+        <v>48</v>
+      </c>
       <c r="F479" s="2">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="G479" s="2">
-        <v>40.0</v>
+        <v>49.0</v>
       </c>
       <c r="H479" s="2">
-        <v>193.0</v>
+        <v>222.0</v>
       </c>
       <c r="I479" s="2">
         <v>0.0</v>
       </c>
       <c r="J479" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="A480" s="2">
         <v>479</v>
       </c>
       <c r="B480" s="2" t="s">
         <v>488</v>
       </c>
       <c r="C480" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2">
-        <v>245</v>
+        <v>350</v>
       </c>
       <c r="F480" s="2">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="G480" s="2">
-        <v>64.0</v>
+        <v>47.0</v>
       </c>
       <c r="H480" s="2">
-        <v>295.0</v>
+        <v>192.0</v>
       </c>
       <c r="I480" s="2">
         <v>0.0</v>
       </c>
       <c r="J480" s="2">
-        <v>15.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="A481" s="2">
         <v>480</v>
       </c>
       <c r="B481" s="2" t="s">
         <v>489</v>
       </c>
       <c r="C481" s="2">
         <v>1</v>
       </c>
       <c r="D481" s="2"/>
       <c r="E481" s="2">
-        <v>245</v>
+        <v>490</v>
       </c>
       <c r="F481" s="2">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="G481" s="2">
         <v>64.0</v>
       </c>
       <c r="H481" s="2">
-        <v>295.0</v>
+        <v>293.0</v>
       </c>
       <c r="I481" s="2">
         <v>0.0</v>
       </c>
       <c r="J481" s="2">
         <v>15.0</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="A482" s="2">
         <v>481</v>
       </c>
       <c r="B482" s="2" t="s">
         <v>490</v>
       </c>
       <c r="C482" s="2">
         <v>1</v>
       </c>
       <c r="D482" s="2"/>
       <c r="E482" s="2">
-        <v>113</v>
+        <v>490</v>
       </c>
       <c r="F482" s="2">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="G482" s="2">
-        <v>112.0</v>
+        <v>64.0</v>
       </c>
       <c r="H482" s="2">
-        <v>159.0</v>
+        <v>293.0</v>
       </c>
       <c r="I482" s="2">
         <v>0.0</v>
       </c>
       <c r="J482" s="2">
-        <v>0.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="A483" s="2">
         <v>482</v>
       </c>
       <c r="B483" s="2" t="s">
         <v>491</v>
       </c>
       <c r="C483" s="2">
         <v>1</v>
       </c>
       <c r="D483" s="2"/>
       <c r="E483" s="2">
-        <v>245</v>
+        <v>490</v>
       </c>
       <c r="F483" s="2">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="G483" s="2">
         <v>64.0</v>
       </c>
       <c r="H483" s="2">
-        <v>295.0</v>
+        <v>293.0</v>
       </c>
       <c r="I483" s="2">
         <v>0.0</v>
       </c>
       <c r="J483" s="2">
         <v>15.0</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="A484" s="2">
         <v>483</v>
       </c>
       <c r="B484" s="2" t="s">
         <v>492</v>
       </c>
       <c r="C484" s="2">
         <v>1</v>
       </c>
       <c r="D484" s="2"/>
       <c r="E484" s="2">
         <v>24</v>
       </c>
       <c r="F484" s="2">
         <v>128</v>
       </c>
       <c r="G484" s="2">
-        <v>53.0</v>
+        <v>49.0</v>
       </c>
       <c r="H484" s="2">
-        <v>227.0</v>
+        <v>237.0</v>
       </c>
       <c r="I484" s="2">
         <v>0.0</v>
       </c>
       <c r="J484" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="A485" s="2">
         <v>484</v>
       </c>
       <c r="B485" s="2" t="s">
         <v>493</v>
       </c>
       <c r="C485" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D485" s="2"/>
-      <c r="E485" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E485" s="2"/>
       <c r="F485" s="2">
         <v>127</v>
       </c>
       <c r="G485" s="2">
-        <v>65.0</v>
+        <v>53.0</v>
       </c>
       <c r="H485" s="2">
-        <v>116.0</v>
+        <v>288.0</v>
       </c>
       <c r="I485" s="2">
         <v>0.0</v>
       </c>
       <c r="J485" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="A486" s="2">
         <v>485</v>
       </c>
       <c r="B486" s="2" t="s">
         <v>494</v>
       </c>
       <c r="C486" s="2">
         <v>1</v>
       </c>
       <c r="D486" s="2"/>
       <c r="E486" s="2"/>
       <c r="F486" s="2">
         <v>127</v>
       </c>
       <c r="G486" s="2">
-        <v>45.0</v>
+        <v>63.0</v>
       </c>
       <c r="H486" s="2">
-        <v>325.0</v>
+        <v>498.0</v>
       </c>
       <c r="I486" s="2">
         <v>0.0</v>
       </c>
       <c r="J486" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="A487" s="2">
         <v>486</v>
       </c>
       <c r="B487" s="2" t="s">
         <v>495</v>
       </c>
       <c r="C487" s="2">
         <v>4</v>
       </c>
       <c r="D487" s="2"/>
       <c r="E487" s="2">
-        <v>54</v>
+        <v>770</v>
       </c>
       <c r="F487" s="2">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="G487" s="2">
-        <v>25.0</v>
+        <v>37.0</v>
       </c>
       <c r="H487" s="2">
-        <v>378.0</v>
+        <v>198.0</v>
       </c>
       <c r="I487" s="2">
         <v>0.0</v>
       </c>
       <c r="J487" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="A488" s="2">
         <v>487</v>
       </c>
       <c r="B488" s="2" t="s">
         <v>496</v>
       </c>
       <c r="C488" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D488" s="2"/>
       <c r="E488" s="2">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="F488" s="2">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="G488" s="2">
-        <v>40.0</v>
+        <v>23.0</v>
       </c>
       <c r="H488" s="2">
-        <v>349.0</v>
+        <v>222.0</v>
       </c>
       <c r="I488" s="2">
         <v>0.0</v>
       </c>
       <c r="J488" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="A489" s="2">
         <v>488</v>
       </c>
       <c r="B489" s="2" t="s">
         <v>497</v>
       </c>
       <c r="C489" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D489" s="2"/>
       <c r="E489" s="2">
-        <v>42</v>
+        <v>148</v>
       </c>
       <c r="F489" s="2">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G489" s="2">
-        <v>39.0</v>
+        <v>70.0</v>
       </c>
       <c r="H489" s="2">
-        <v>245.0</v>
+        <v>130.0</v>
       </c>
       <c r="I489" s="2">
         <v>0.0</v>
       </c>
       <c r="J489" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="A490" s="2">
         <v>489</v>
       </c>
       <c r="B490" s="2" t="s">
         <v>498</v>
       </c>
       <c r="C490" s="2">
-        <v>4</v>
-[...6 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D490" s="2"/>
+      <c r="E490" s="2"/>
       <c r="F490" s="2">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G490" s="2">
-        <v>76.0</v>
+        <v>33.0</v>
       </c>
       <c r="H490" s="2">
-        <v>176.0</v>
+        <v>177.0</v>
       </c>
       <c r="I490" s="2">
-        <v>7.0</v>
+        <v>0.0</v>
       </c>
       <c r="J490" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="A491" s="2">
         <v>490</v>
       </c>
       <c r="B491" s="2" t="s">
         <v>499</v>
       </c>
       <c r="C491" s="2">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D491" s="2"/>
+        <v>4</v>
+      </c>
+      <c r="D491" s="2">
+        <v>29</v>
+      </c>
       <c r="E491" s="2">
-        <v>34</v>
+        <v>142</v>
       </c>
       <c r="F491" s="2">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G491" s="2">
-        <v>65.0</v>
+        <v>62.0</v>
       </c>
       <c r="H491" s="2">
-        <v>154.0</v>
+        <v>142.0</v>
       </c>
       <c r="I491" s="2">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="J491" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="A492" s="2">
         <v>491</v>
       </c>
       <c r="B492" s="2" t="s">
         <v>500</v>
       </c>
       <c r="C492" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D492" s="2"/>
-      <c r="E492" s="2"/>
+      <c r="E492" s="2">
+        <v>42</v>
+      </c>
       <c r="F492" s="2">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G492" s="2">
-        <v>68.0</v>
+        <v>38.0</v>
       </c>
       <c r="H492" s="2">
-        <v>476.0</v>
+        <v>237.0</v>
       </c>
       <c r="I492" s="2">
         <v>0.0</v>
       </c>
       <c r="J492" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="A493" s="2">
         <v>492</v>
       </c>
       <c r="B493" s="2" t="s">
         <v>501</v>
       </c>
       <c r="C493" s="2">
         <v>1</v>
       </c>
       <c r="D493" s="2"/>
       <c r="E493" s="2"/>
       <c r="F493" s="2">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G493" s="2">
-        <v>84.0</v>
+        <v>88.0</v>
       </c>
       <c r="H493" s="2">
-        <v>74.0</v>
+        <v>72.0</v>
       </c>
       <c r="I493" s="2">
         <v>0.0</v>
       </c>
       <c r="J493" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="A494" s="2">
         <v>493</v>
       </c>
       <c r="B494" s="2" t="s">
         <v>502</v>
       </c>
       <c r="C494" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D494" s="2"/>
-      <c r="E494" s="2"/>
+      <c r="E494" s="2">
+        <v>40</v>
+      </c>
       <c r="F494" s="2">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G494" s="2">
-        <v>37.0</v>
+        <v>34.0</v>
       </c>
       <c r="H494" s="2">
-        <v>374.0</v>
+        <v>345.0</v>
       </c>
       <c r="I494" s="2">
         <v>0.0</v>
       </c>
       <c r="J494" s="2">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="A495" s="2">
         <v>494</v>
       </c>
       <c r="B495" s="2" t="s">
         <v>503</v>
       </c>
       <c r="C495" s="2">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D495" s="2"/>
       <c r="E495" s="2">
-        <v>148</v>
+        <v>560</v>
       </c>
       <c r="F495" s="2">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G495" s="2">
-        <v>66.0</v>
+        <v>54.0</v>
       </c>
       <c r="H495" s="2">
-        <v>116.0</v>
+        <v>164.0</v>
       </c>
       <c r="I495" s="2">
         <v>0.0</v>
       </c>
       <c r="J495" s="2">
-        <v>5.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="496" spans="1:10">
       <c r="A496" s="2">
         <v>495</v>
       </c>
       <c r="B496" s="2" t="s">
         <v>504</v>
       </c>
       <c r="C496" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D496" s="2"/>
       <c r="E496" s="2">
-        <v>280</v>
+        <v>148</v>
       </c>
       <c r="F496" s="2">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G496" s="2">
-        <v>77.0</v>
+        <v>61.0</v>
       </c>
       <c r="H496" s="2">
-        <v>314.0</v>
+        <v>106.0</v>
       </c>
       <c r="I496" s="2">
         <v>0.0</v>
       </c>
       <c r="J496" s="2">
-        <v>147.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="497" spans="1:10">
       <c r="A497" s="2">
         <v>496</v>
       </c>
       <c r="B497" s="2" t="s">
         <v>505</v>
       </c>
       <c r="C497" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D497" s="2"/>
-      <c r="E497" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E497" s="2"/>
       <c r="F497" s="2">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G497" s="2">
-        <v>49.0</v>
+        <v>41.0</v>
       </c>
       <c r="H497" s="2">
-        <v>129.0</v>
+        <v>330.0</v>
       </c>
       <c r="I497" s="2">
         <v>0.0</v>
       </c>
       <c r="J497" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="498" spans="1:10">
       <c r="A498" s="2">
         <v>497</v>
       </c>
       <c r="B498" s="2" t="s">
         <v>506</v>
       </c>
       <c r="C498" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D498" s="2"/>
       <c r="E498" s="2">
-        <v>560</v>
+        <v>280</v>
       </c>
       <c r="F498" s="2">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G498" s="2">
-        <v>52.0</v>
+        <v>66.0</v>
       </c>
       <c r="H498" s="2">
-        <v>154.0</v>
+        <v>277.0</v>
       </c>
       <c r="I498" s="2">
         <v>0.0</v>
       </c>
       <c r="J498" s="2">
-        <v>20.0</v>
+        <v>147.0</v>
       </c>
     </row>
     <row r="499" spans="1:10">
       <c r="A499" s="2">
         <v>498</v>
       </c>
       <c r="B499" s="2" t="s">
         <v>507</v>
       </c>
       <c r="C499" s="2">
         <v>6</v>
       </c>
       <c r="D499" s="2"/>
       <c r="E499" s="2">
         <v>226</v>
       </c>
       <c r="F499" s="2">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G499" s="2">
-        <v>45.0</v>
+        <v>46.0</v>
       </c>
       <c r="H499" s="2">
-        <v>166.0</v>
+        <v>164.0</v>
       </c>
       <c r="I499" s="2">
         <v>0.0</v>
       </c>
       <c r="J499" s="2">
         <v>202.0</v>
       </c>
     </row>
     <row r="500" spans="1:10">
       <c r="A500" s="2">
         <v>499</v>
       </c>
       <c r="B500" s="2" t="s">
         <v>508</v>
       </c>
       <c r="C500" s="2">
         <v>1</v>
       </c>
       <c r="D500" s="2"/>
       <c r="E500" s="2">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="F500" s="2">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G500" s="2">
-        <v>41.0</v>
+        <v>67.0</v>
       </c>
       <c r="H500" s="2">
-        <v>273.0</v>
+        <v>227.0</v>
       </c>
       <c r="I500" s="2">
         <v>0.0</v>
       </c>
       <c r="J500" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="501" spans="1:10">
       <c r="A501" s="2">
         <v>500</v>
       </c>
       <c r="B501" s="2" t="s">
         <v>509</v>
       </c>
       <c r="C501" s="2">
-        <v>3</v>
-[...6 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D501" s="2"/>
+      <c r="E501" s="2"/>
       <c r="F501" s="2">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="G501" s="2">
-        <v>38.0</v>
+        <v>63.0</v>
       </c>
       <c r="H501" s="2">
-        <v>127.0</v>
+        <v>76.0</v>
       </c>
       <c r="I501" s="2">
         <v>0.0</v>
       </c>
       <c r="J501" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="502" spans="1:10">
       <c r="A502" s="2">
         <v>501</v>
       </c>
       <c r="B502" s="2" t="s">
         <v>510</v>
       </c>
       <c r="C502" s="2">
         <v>1</v>
       </c>
       <c r="D502" s="2"/>
       <c r="E502" s="2">
-        <v>123</v>
+        <v>33</v>
       </c>
       <c r="F502" s="2">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G502" s="2">
-        <v>79.0</v>
+        <v>40.0</v>
       </c>
       <c r="H502" s="2">
-        <v>80.0</v>
+        <v>272.0</v>
       </c>
       <c r="I502" s="2">
         <v>0.0</v>
       </c>
       <c r="J502" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="503" spans="1:10">
       <c r="A503" s="2">
         <v>502</v>
       </c>
       <c r="B503" s="2" t="s">
         <v>511</v>
       </c>
       <c r="C503" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D503" s="2"/>
       <c r="E503" s="2">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="F503" s="2">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="G503" s="2">
-        <v>40.0</v>
+        <v>38.0</v>
       </c>
       <c r="H503" s="2">
-        <v>156.0</v>
+        <v>121.0</v>
       </c>
       <c r="I503" s="2">
         <v>0.0</v>
       </c>
       <c r="J503" s="2">
-        <v>13.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="A504" s="2">
         <v>503</v>
       </c>
       <c r="B504" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C504" s="2">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="D504" s="2"/>
+        <v>3</v>
+      </c>
+      <c r="D504" s="2">
+        <v>14</v>
+      </c>
       <c r="E504" s="2">
-        <v>102</v>
+        <v>33</v>
       </c>
       <c r="F504" s="2">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="G504" s="2">
-        <v>28.0</v>
+        <v>37.0</v>
       </c>
       <c r="H504" s="2">
-        <v>191.0</v>
+        <v>131.0</v>
       </c>
       <c r="I504" s="2">
         <v>0.0</v>
       </c>
       <c r="J504" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="A505" s="2">
         <v>504</v>
       </c>
       <c r="B505" s="2" t="s">
         <v>513</v>
       </c>
       <c r="C505" s="2">
         <v>1</v>
       </c>
-      <c r="D505" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D505" s="2"/>
+      <c r="E505" s="2"/>
       <c r="F505" s="2">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="G505" s="2">
-        <v>54.0</v>
+        <v>43.0</v>
       </c>
       <c r="H505" s="2">
-        <v>119.0</v>
+        <v>153.0</v>
       </c>
       <c r="I505" s="2">
-        <v>86.0</v>
+        <v>0.0</v>
       </c>
       <c r="J505" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="A506" s="2">
         <v>505</v>
       </c>
       <c r="B506" s="2" t="s">
         <v>514</v>
       </c>
       <c r="C506" s="2">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="D506" s="2"/>
       <c r="E506" s="2">
-        <v>160</v>
+        <v>102</v>
       </c>
       <c r="F506" s="2">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G506" s="2">
-        <v>38.0</v>
+        <v>28.0</v>
       </c>
       <c r="H506" s="2">
-        <v>162.0</v>
+        <v>191.0</v>
       </c>
       <c r="I506" s="2">
         <v>0.0</v>
       </c>
       <c r="J506" s="2">
-        <v>492.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="A507" s="2">
         <v>506</v>
       </c>
       <c r="B507" s="2" t="s">
         <v>515</v>
       </c>
       <c r="C507" s="2">
-        <v>2</v>
-[...2 lines deleted...]
-      <c r="E507" s="2"/>
+        <v>3</v>
+      </c>
+      <c r="D507" s="2">
+        <v>8</v>
+      </c>
+      <c r="E507" s="2">
+        <v>240</v>
+      </c>
       <c r="F507" s="2">
         <v>99</v>
       </c>
       <c r="G507" s="2">
-        <v>34.0</v>
+        <v>40.0</v>
       </c>
       <c r="H507" s="2">
-        <v>99.0</v>
+        <v>166.0</v>
       </c>
       <c r="I507" s="2">
         <v>0.0</v>
       </c>
       <c r="J507" s="2">
-        <v>0.0</v>
+        <v>299.0</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="A508" s="2">
         <v>507</v>
       </c>
       <c r="B508" s="2" t="s">
         <v>516</v>
       </c>
       <c r="C508" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D508" s="2"/>
       <c r="E508" s="2">
-        <v>136</v>
+        <v>70</v>
       </c>
       <c r="F508" s="2">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="G508" s="2">
-        <v>45.0</v>
+        <v>40.0</v>
       </c>
       <c r="H508" s="2">
-        <v>140.0</v>
+        <v>94.0</v>
       </c>
       <c r="I508" s="2">
         <v>0.0</v>
       </c>
       <c r="J508" s="2">
-        <v>0.0</v>
+        <v>126.0</v>
       </c>
     </row>
     <row r="509" spans="1:10">
       <c r="A509" s="2">
         <v>508</v>
       </c>
       <c r="B509" s="2" t="s">
         <v>517</v>
       </c>
       <c r="C509" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D509" s="2"/>
       <c r="E509" s="2"/>
       <c r="F509" s="2">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="G509" s="2">
-        <v>46.0</v>
+        <v>75.0</v>
       </c>
       <c r="H509" s="2">
-        <v>139.0</v>
+        <v>270.0</v>
       </c>
       <c r="I509" s="2">
         <v>0.0</v>
       </c>
       <c r="J509" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="510" spans="1:10">
       <c r="A510" s="2">
         <v>509</v>
       </c>
       <c r="B510" s="2" t="s">
         <v>518</v>
       </c>
       <c r="C510" s="2">
         <v>1</v>
       </c>
       <c r="D510" s="2"/>
       <c r="E510" s="2">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="F510" s="2">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G510" s="2">
-        <v>45.0</v>
+        <v>71.0</v>
       </c>
       <c r="H510" s="2">
-        <v>93.0</v>
+        <v>79.0</v>
       </c>
       <c r="I510" s="2">
         <v>0.0</v>
       </c>
       <c r="J510" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="511" spans="1:10">
       <c r="A511" s="2">
         <v>510</v>
       </c>
       <c r="B511" s="2" t="s">
         <v>519</v>
       </c>
       <c r="C511" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D511" s="2"/>
-      <c r="E511" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E511" s="2"/>
       <c r="F511" s="2">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G511" s="2">
-        <v>23.0</v>
+        <v>27.0</v>
       </c>
       <c r="H511" s="2">
-        <v>178.0</v>
+        <v>121.0</v>
       </c>
       <c r="I511" s="2">
         <v>0.0</v>
       </c>
       <c r="J511" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="512" spans="1:10">
       <c r="A512" s="2">
         <v>511</v>
       </c>
       <c r="B512" s="2" t="s">
         <v>520</v>
       </c>
       <c r="C512" s="2">
         <v>2</v>
       </c>
       <c r="D512" s="2"/>
       <c r="E512" s="2"/>
       <c r="F512" s="2">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G512" s="2">
-        <v>23.0</v>
+        <v>27.0</v>
       </c>
       <c r="H512" s="2">
-        <v>188.0</v>
+        <v>175.0</v>
       </c>
       <c r="I512" s="2">
         <v>0.0</v>
       </c>
       <c r="J512" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="513" spans="1:10">
       <c r="A513" s="2">
         <v>512</v>
       </c>
       <c r="B513" s="2" t="s">
         <v>521</v>
       </c>
       <c r="C513" s="2">
         <v>2</v>
       </c>
       <c r="D513" s="2"/>
       <c r="E513" s="2"/>
       <c r="F513" s="2">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G513" s="2">
-        <v>23.0</v>
+        <v>27.0</v>
       </c>
       <c r="H513" s="2">
-        <v>188.0</v>
+        <v>175.0</v>
       </c>
       <c r="I513" s="2">
         <v>0.0</v>
       </c>
       <c r="J513" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="514" spans="1:10">
       <c r="A514" s="2">
         <v>513</v>
       </c>
       <c r="B514" s="2" t="s">
         <v>522</v>
       </c>
       <c r="C514" s="2">
         <v>1</v>
       </c>
-      <c r="D514" s="2"/>
-      <c r="E514" s="2"/>
+      <c r="D514" s="2">
+        <v>14</v>
+      </c>
+      <c r="E514" s="2">
+        <v>20</v>
+      </c>
       <c r="F514" s="2">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="G514" s="2">
-        <v>56.0</v>
+        <v>48.0</v>
       </c>
       <c r="H514" s="2">
-        <v>57.0</v>
+        <v>126.0</v>
       </c>
       <c r="I514" s="2">
-        <v>0.0</v>
+        <v>88.0</v>
       </c>
       <c r="J514" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="515" spans="1:10">
       <c r="A515" s="2">
         <v>514</v>
       </c>
       <c r="B515" s="2" t="s">
         <v>523</v>
       </c>
       <c r="C515" s="2">
         <v>1</v>
       </c>
       <c r="D515" s="2"/>
       <c r="E515" s="2">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="F515" s="2">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G515" s="2">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
       <c r="H515" s="2">
-        <v>196.0</v>
+        <v>160.0</v>
       </c>
       <c r="I515" s="2">
         <v>0.0</v>
       </c>
       <c r="J515" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="516" spans="1:10">
       <c r="A516" s="2">
         <v>515</v>
       </c>
       <c r="B516" s="2" t="s">
         <v>524</v>
       </c>
       <c r="C516" s="2">
         <v>2</v>
       </c>
       <c r="D516" s="2"/>
-      <c r="E516" s="2"/>
+      <c r="E516" s="2">
+        <v>398</v>
+      </c>
       <c r="F516" s="2">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G516" s="2">
-        <v>75.0</v>
+        <v>50.0</v>
       </c>
       <c r="H516" s="2">
-        <v>268.0</v>
+        <v>276.0</v>
       </c>
       <c r="I516" s="2">
         <v>0.0</v>
       </c>
       <c r="J516" s="2">
-        <v>0.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="517" spans="1:10">
       <c r="A517" s="2">
         <v>516</v>
       </c>
       <c r="B517" s="2" t="s">
         <v>525</v>
       </c>
       <c r="C517" s="2">
         <v>1</v>
       </c>
       <c r="D517" s="2"/>
       <c r="E517" s="2">
-        <v>731</v>
+        <v>68</v>
       </c>
       <c r="F517" s="2">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G517" s="2">
-        <v>32.0</v>
+        <v>21.0</v>
       </c>
       <c r="H517" s="2">
-        <v>136.0</v>
+        <v>195.0</v>
       </c>
       <c r="I517" s="2">
         <v>0.0</v>
       </c>
       <c r="J517" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="518" spans="1:10">
       <c r="A518" s="2">
         <v>517</v>
       </c>
       <c r="B518" s="2" t="s">
         <v>526</v>
       </c>
       <c r="C518" s="2">
         <v>1</v>
       </c>
       <c r="D518" s="2"/>
       <c r="E518" s="2">
-        <v>6</v>
+        <v>32</v>
       </c>
       <c r="F518" s="2">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G518" s="2">
-        <v>50.0</v>
+        <v>49.0</v>
       </c>
       <c r="H518" s="2">
-        <v>232.0</v>
+        <v>256.0</v>
       </c>
       <c r="I518" s="2">
         <v>0.0</v>
       </c>
       <c r="J518" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="519" spans="1:10">
       <c r="A519" s="2">
         <v>518</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>527</v>
       </c>
       <c r="C519" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D519" s="2"/>
       <c r="E519" s="2">
-        <v>398</v>
+        <v>44</v>
       </c>
       <c r="F519" s="2">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G519" s="2">
-        <v>49.0</v>
+        <v>22.0</v>
       </c>
       <c r="H519" s="2">
-        <v>239.0</v>
+        <v>133.0</v>
       </c>
       <c r="I519" s="2">
         <v>0.0</v>
       </c>
       <c r="J519" s="2">
-        <v>43.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="520" spans="1:10">
       <c r="A520" s="2">
         <v>519</v>
       </c>
       <c r="B520" s="2" t="s">
         <v>528</v>
       </c>
       <c r="C520" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D520" s="2"/>
       <c r="E520" s="2">
-        <v>58</v>
+        <v>478</v>
       </c>
       <c r="F520" s="2">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="G520" s="2">
-        <v>24.0</v>
+        <v>23.0</v>
       </c>
       <c r="H520" s="2">
-        <v>123.0</v>
+        <v>81.0</v>
       </c>
       <c r="I520" s="2">
         <v>0.0</v>
       </c>
       <c r="J520" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="521" spans="1:10">
       <c r="A521" s="2">
         <v>520</v>
       </c>
       <c r="B521" s="2" t="s">
         <v>529</v>
       </c>
       <c r="C521" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D521" s="2"/>
       <c r="E521" s="2">
-        <v>478</v>
+        <v>6</v>
       </c>
       <c r="F521" s="2">
         <v>88</v>
       </c>
       <c r="G521" s="2">
-        <v>26.0</v>
+        <v>45.0</v>
       </c>
       <c r="H521" s="2">
-        <v>75.0</v>
+        <v>234.0</v>
       </c>
       <c r="I521" s="2">
         <v>0.0</v>
       </c>
       <c r="J521" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="522" spans="1:10">
       <c r="A522" s="2">
         <v>521</v>
       </c>
       <c r="B522" s="2" t="s">
         <v>530</v>
       </c>
       <c r="C522" s="2">
         <v>1</v>
       </c>
       <c r="D522" s="2"/>
-      <c r="E522" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E522" s="2"/>
       <c r="F522" s="2">
         <v>88</v>
       </c>
       <c r="G522" s="2">
-        <v>49.0</v>
+        <v>24.0</v>
       </c>
       <c r="H522" s="2">
-        <v>265.0</v>
+        <v>135.0</v>
       </c>
       <c r="I522" s="2">
         <v>0.0</v>
       </c>
       <c r="J522" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="523" spans="1:10">
       <c r="A523" s="2">
         <v>522</v>
       </c>
       <c r="B523" s="2" t="s">
         <v>531</v>
       </c>
       <c r="C523" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D523" s="2"/>
       <c r="E523" s="2">
-        <v>264</v>
+        <v>20</v>
       </c>
       <c r="F523" s="2">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="G523" s="2">
-        <v>56.0</v>
+        <v>47.0</v>
       </c>
       <c r="H523" s="2">
-        <v>161.0</v>
+        <v>285.0</v>
       </c>
       <c r="I523" s="2">
         <v>0.0</v>
       </c>
       <c r="J523" s="2">
-        <v>0.0</v>
+        <v>329.0</v>
       </c>
     </row>
     <row r="524" spans="1:10">
       <c r="A524" s="2">
         <v>523</v>
       </c>
       <c r="B524" s="2" t="s">
         <v>532</v>
       </c>
       <c r="C524" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D524" s="2"/>
-      <c r="E524" s="2"/>
+      <c r="E524" s="2">
+        <v>264</v>
+      </c>
       <c r="F524" s="2">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G524" s="2">
-        <v>17.0</v>
+        <v>54.0</v>
       </c>
       <c r="H524" s="2">
-        <v>180.0</v>
+        <v>161.0</v>
       </c>
       <c r="I524" s="2">
         <v>0.0</v>
       </c>
       <c r="J524" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="525" spans="1:10">
       <c r="A525" s="2">
         <v>524</v>
       </c>
       <c r="B525" s="2" t="s">
         <v>533</v>
       </c>
       <c r="C525" s="2">
         <v>1</v>
       </c>
-      <c r="D525" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D525" s="2"/>
       <c r="E525" s="2">
-        <v>35</v>
+        <v>218</v>
       </c>
       <c r="F525" s="2">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G525" s="2">
-        <v>44.0</v>
+        <v>17.0</v>
       </c>
       <c r="H525" s="2">
-        <v>68.0</v>
+        <v>141.0</v>
       </c>
       <c r="I525" s="2">
-        <v>42.0</v>
+        <v>0.0</v>
       </c>
       <c r="J525" s="2">
-        <v>41.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="526" spans="1:10">
       <c r="A526" s="2">
         <v>525</v>
       </c>
       <c r="B526" s="2" t="s">
         <v>534</v>
       </c>
       <c r="C526" s="2">
         <v>1</v>
       </c>
       <c r="D526" s="2"/>
       <c r="E526" s="2">
-        <v>218</v>
+        <v>731</v>
       </c>
       <c r="F526" s="2">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G526" s="2">
-        <v>14.0</v>
+        <v>31.0</v>
       </c>
       <c r="H526" s="2">
-        <v>155.0</v>
+        <v>123.0</v>
       </c>
       <c r="I526" s="2">
         <v>0.0</v>
       </c>
       <c r="J526" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="527" spans="1:10">
       <c r="A527" s="2">
         <v>526</v>
       </c>
       <c r="B527" s="2" t="s">
         <v>535</v>
       </c>
       <c r="C527" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D527" s="2"/>
       <c r="E527" s="2">
-        <v>431</v>
+        <v>136</v>
       </c>
       <c r="F527" s="2">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G527" s="2">
-        <v>47.0</v>
+        <v>34.0</v>
       </c>
       <c r="H527" s="2">
-        <v>114.0</v>
+        <v>128.0</v>
       </c>
       <c r="I527" s="2">
         <v>0.0</v>
       </c>
       <c r="J527" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="528" spans="1:10">
       <c r="A528" s="2">
         <v>527</v>
       </c>
       <c r="B528" s="2" t="s">
         <v>536</v>
       </c>
       <c r="C528" s="2">
         <v>1</v>
       </c>
       <c r="D528" s="2"/>
       <c r="E528" s="2"/>
       <c r="F528" s="2">
         <v>84</v>
       </c>
       <c r="G528" s="2">
-        <v>28.0</v>
+        <v>15.0</v>
       </c>
       <c r="H528" s="2">
-        <v>77.0</v>
+        <v>164.0</v>
       </c>
       <c r="I528" s="2">
         <v>0.0</v>
       </c>
       <c r="J528" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="529" spans="1:10">
       <c r="A529" s="2">
         <v>528</v>
       </c>
       <c r="B529" s="2" t="s">
         <v>537</v>
       </c>
       <c r="C529" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D529" s="2"/>
-      <c r="E529" s="2"/>
+      <c r="E529" s="2">
+        <v>224</v>
+      </c>
       <c r="F529" s="2">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G529" s="2">
-        <v>28.0</v>
+        <v>40.0</v>
       </c>
       <c r="H529" s="2">
-        <v>77.0</v>
+        <v>59.0</v>
       </c>
       <c r="I529" s="2">
         <v>0.0</v>
       </c>
       <c r="J529" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="530" spans="1:10">
       <c r="A530" s="2">
         <v>529</v>
       </c>
       <c r="B530" s="2" t="s">
         <v>538</v>
       </c>
       <c r="C530" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D530" s="2"/>
-      <c r="E530" s="2"/>
+      <c r="E530" s="2">
+        <v>4</v>
+      </c>
       <c r="F530" s="2">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G530" s="2">
-        <v>22.0</v>
+        <v>33.0</v>
       </c>
       <c r="H530" s="2">
-        <v>124.0</v>
+        <v>172.0</v>
       </c>
       <c r="I530" s="2">
         <v>0.0</v>
       </c>
       <c r="J530" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="531" spans="1:10">
       <c r="A531" s="2">
         <v>530</v>
       </c>
       <c r="B531" s="2" t="s">
         <v>539</v>
       </c>
       <c r="C531" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D531" s="2"/>
-      <c r="E531" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E531" s="2"/>
       <c r="F531" s="2">
         <v>82</v>
       </c>
       <c r="G531" s="2">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="H531" s="2">
-        <v>119.0</v>
+        <v>152.0</v>
       </c>
       <c r="I531" s="2">
         <v>0.0</v>
       </c>
       <c r="J531" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="532" spans="1:10">
       <c r="A532" s="2">
         <v>531</v>
       </c>
       <c r="B532" s="2" t="s">
         <v>540</v>
       </c>
       <c r="C532" s="2">
         <v>1</v>
       </c>
       <c r="D532" s="2"/>
-      <c r="E532" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E532" s="2"/>
       <c r="F532" s="2">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="G532" s="2">
-        <v>46.0</v>
+        <v>38.0</v>
       </c>
       <c r="H532" s="2">
-        <v>276.0</v>
+        <v>99.0</v>
       </c>
       <c r="I532" s="2">
         <v>0.0</v>
       </c>
       <c r="J532" s="2">
-        <v>329.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="533" spans="1:10">
       <c r="A533" s="2">
         <v>532</v>
       </c>
       <c r="B533" s="2" t="s">
         <v>541</v>
       </c>
       <c r="C533" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D533" s="2"/>
       <c r="E533" s="2">
-        <v>118</v>
+        <v>58</v>
       </c>
       <c r="F533" s="2">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G533" s="2">
-        <v>36.0</v>
+        <v>29.0</v>
       </c>
       <c r="H533" s="2">
-        <v>125.0</v>
+        <v>121.0</v>
       </c>
       <c r="I533" s="2">
         <v>0.0</v>
       </c>
       <c r="J533" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="534" spans="1:10">
       <c r="A534" s="2">
         <v>533</v>
       </c>
       <c r="B534" s="2" t="s">
         <v>542</v>
       </c>
       <c r="C534" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D534" s="2"/>
-      <c r="E534" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E534" s="2"/>
       <c r="F534" s="2">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G534" s="2">
-        <v>33.0</v>
+        <v>28.0</v>
       </c>
       <c r="H534" s="2">
-        <v>149.0</v>
+        <v>71.0</v>
       </c>
       <c r="I534" s="2">
         <v>0.0</v>
       </c>
       <c r="J534" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="A535" s="2">
         <v>534</v>
       </c>
       <c r="B535" s="2" t="s">
         <v>543</v>
       </c>
       <c r="C535" s="2">
         <v>1</v>
       </c>
       <c r="D535" s="2"/>
       <c r="E535" s="2"/>
       <c r="F535" s="2">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G535" s="2">
-        <v>40.0</v>
+        <v>28.0</v>
       </c>
       <c r="H535" s="2">
-        <v>79.0</v>
+        <v>71.0</v>
       </c>
       <c r="I535" s="2">
         <v>0.0</v>
       </c>
       <c r="J535" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="A536" s="2">
         <v>535</v>
       </c>
       <c r="B536" s="2" t="s">
         <v>544</v>
       </c>
       <c r="C536" s="2">
-        <v>1</v>
-[...4 lines deleted...]
-      <c r="E536" s="2"/>
+        <v>5</v>
+      </c>
+      <c r="D536" s="2"/>
+      <c r="E536" s="2">
+        <v>425</v>
+      </c>
       <c r="F536" s="2">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="G536" s="2">
-        <v>15.0</v>
+        <v>27.0</v>
       </c>
       <c r="H536" s="2">
-        <v>83.0</v>
+        <v>136.0</v>
       </c>
       <c r="I536" s="2">
         <v>0.0</v>
       </c>
       <c r="J536" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="A537" s="2">
         <v>536</v>
       </c>
       <c r="B537" s="2" t="s">
         <v>545</v>
       </c>
       <c r="C537" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D537" s="2"/>
-      <c r="E537" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E537" s="2"/>
       <c r="F537" s="2">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="G537" s="2">
-        <v>57.0</v>
+        <v>52.0</v>
       </c>
       <c r="H537" s="2">
-        <v>95.0</v>
+        <v>99.0</v>
       </c>
       <c r="I537" s="2">
         <v>0.0</v>
       </c>
       <c r="J537" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="A538" s="2">
         <v>537</v>
       </c>
       <c r="B538" s="2" t="s">
         <v>546</v>
       </c>
       <c r="C538" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D538" s="2"/>
       <c r="E538" s="2"/>
       <c r="F538" s="2">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="G538" s="2">
-        <v>15.0</v>
+        <v>22.0</v>
       </c>
       <c r="H538" s="2">
-        <v>92.0</v>
+        <v>83.0</v>
       </c>
       <c r="I538" s="2">
         <v>0.0</v>
       </c>
       <c r="J538" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="A539" s="2">
         <v>538</v>
       </c>
       <c r="B539" s="2" t="s">
         <v>547</v>
       </c>
       <c r="C539" s="2">
         <v>2</v>
       </c>
       <c r="D539" s="2"/>
       <c r="E539" s="2">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="F539" s="2">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G539" s="2">
-        <v>40.0</v>
+        <v>28.0</v>
       </c>
       <c r="H539" s="2">
-        <v>52.0</v>
+        <v>114.0</v>
       </c>
       <c r="I539" s="2">
         <v>0.0</v>
       </c>
       <c r="J539" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="A540" s="2">
         <v>539</v>
       </c>
       <c r="B540" s="2" t="s">
         <v>548</v>
       </c>
       <c r="C540" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D540" s="2"/>
-      <c r="E540" s="2"/>
+      <c r="E540" s="2">
+        <v>406</v>
+      </c>
       <c r="F540" s="2">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G540" s="2">
-        <v>22.0</v>
+        <v>20.0</v>
       </c>
       <c r="H540" s="2">
-        <v>89.0</v>
+        <v>68.0</v>
       </c>
       <c r="I540" s="2">
         <v>0.0</v>
       </c>
       <c r="J540" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="541" spans="1:10">
       <c r="A541" s="2">
         <v>540</v>
       </c>
       <c r="B541" s="2" t="s">
         <v>549</v>
       </c>
       <c r="C541" s="2">
         <v>1</v>
       </c>
       <c r="D541" s="2"/>
-      <c r="E541" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E541" s="2"/>
       <c r="F541" s="2">
         <v>73</v>
       </c>
       <c r="G541" s="2">
-        <v>24.0</v>
+        <v>22.0</v>
       </c>
       <c r="H541" s="2">
-        <v>67.0</v>
+        <v>119.0</v>
       </c>
       <c r="I541" s="2">
         <v>0.0</v>
       </c>
       <c r="J541" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="542" spans="1:10">
       <c r="A542" s="2">
         <v>541</v>
       </c>
       <c r="B542" s="2" t="s">
         <v>550</v>
       </c>
       <c r="C542" s="2">
+        <v>1</v>
+      </c>
+      <c r="D542" s="2">
         <v>2</v>
       </c>
-      <c r="D542" s="2"/>
-      <c r="E542" s="2"/>
+      <c r="E542" s="2">
+        <v>70</v>
+      </c>
       <c r="F542" s="2">
         <v>72</v>
       </c>
       <c r="G542" s="2">
-        <v>49.0</v>
+        <v>43.0</v>
       </c>
       <c r="H542" s="2">
-        <v>86.0</v>
+        <v>59.0</v>
       </c>
       <c r="I542" s="2">
-        <v>0.0</v>
+        <v>52.0</v>
       </c>
       <c r="J542" s="2">
-        <v>0.0</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="543" spans="1:10">
       <c r="A543" s="2">
         <v>542</v>
       </c>
       <c r="B543" s="2" t="s">
         <v>551</v>
       </c>
       <c r="C543" s="2">
         <v>1</v>
       </c>
       <c r="D543" s="2"/>
-      <c r="E543" s="2"/>
+      <c r="E543" s="2">
+        <v>7</v>
+      </c>
       <c r="F543" s="2">
         <v>72</v>
       </c>
       <c r="G543" s="2">
-        <v>18.0</v>
+        <v>57.0</v>
       </c>
       <c r="H543" s="2">
-        <v>113.0</v>
+        <v>90.0</v>
       </c>
       <c r="I543" s="2">
         <v>0.0</v>
       </c>
       <c r="J543" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="544" spans="1:10">
       <c r="A544" s="2">
         <v>543</v>
       </c>
       <c r="B544" s="2" t="s">
         <v>552</v>
       </c>
       <c r="C544" s="2">
         <v>1</v>
       </c>
-      <c r="D544" s="2"/>
+      <c r="D544" s="2">
+        <v>3</v>
+      </c>
       <c r="E544" s="2"/>
       <c r="F544" s="2">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G544" s="2">
-        <v>20.0</v>
+        <v>12.0</v>
       </c>
       <c r="H544" s="2">
-        <v>124.0</v>
+        <v>78.0</v>
       </c>
       <c r="I544" s="2">
         <v>0.0</v>
       </c>
       <c r="J544" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="545" spans="1:10">
       <c r="A545" s="2">
         <v>544</v>
       </c>
       <c r="B545" s="2" t="s">
         <v>553</v>
       </c>
       <c r="C545" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D545" s="2"/>
-      <c r="E545" s="2"/>
+      <c r="E545" s="2">
+        <v>106</v>
+      </c>
       <c r="F545" s="2">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G545" s="2">
-        <v>42.0</v>
+        <v>29.0</v>
       </c>
       <c r="H545" s="2">
-        <v>31.0</v>
+        <v>139.0</v>
       </c>
       <c r="I545" s="2">
         <v>0.0</v>
       </c>
       <c r="J545" s="2">
-        <v>0.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="546" spans="1:10">
       <c r="A546" s="2">
         <v>545</v>
       </c>
       <c r="B546" s="2" t="s">
         <v>554</v>
       </c>
       <c r="C546" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D546" s="2"/>
-      <c r="E546" s="2"/>
+      <c r="E546" s="2">
+        <v>79</v>
+      </c>
       <c r="F546" s="2">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G546" s="2">
-        <v>16.0</v>
+        <v>31.0</v>
       </c>
       <c r="H546" s="2">
-        <v>64.0</v>
+        <v>108.0</v>
       </c>
       <c r="I546" s="2">
         <v>0.0</v>
       </c>
       <c r="J546" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="547" spans="1:10">
       <c r="A547" s="2">
         <v>546</v>
       </c>
       <c r="B547" s="2" t="s">
         <v>555</v>
       </c>
       <c r="C547" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D547" s="2"/>
-      <c r="E547" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E547" s="2"/>
       <c r="F547" s="2">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="G547" s="2">
-        <v>30.0</v>
+        <v>16.0</v>
       </c>
       <c r="H547" s="2">
-        <v>107.0</v>
+        <v>66.0</v>
       </c>
       <c r="I547" s="2">
         <v>0.0</v>
       </c>
       <c r="J547" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="548" spans="1:10">
       <c r="A548" s="2">
         <v>547</v>
       </c>
       <c r="B548" s="2" t="s">
         <v>556</v>
       </c>
       <c r="C548" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D548" s="2"/>
       <c r="E548" s="2">
-        <v>106</v>
+        <v>496</v>
       </c>
       <c r="F548" s="2">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="G548" s="2">
-        <v>26.0</v>
+        <v>27.0</v>
       </c>
       <c r="H548" s="2">
-        <v>104.0</v>
+        <v>106.0</v>
       </c>
       <c r="I548" s="2">
         <v>0.0</v>
       </c>
       <c r="J548" s="2">
-        <v>27.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="549" spans="1:10">
       <c r="A549" s="2">
         <v>548</v>
       </c>
       <c r="B549" s="2" t="s">
         <v>557</v>
       </c>
       <c r="C549" s="2">
         <v>1</v>
       </c>
       <c r="D549" s="2"/>
       <c r="E549" s="2"/>
       <c r="F549" s="2">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="G549" s="2">
-        <v>13.0</v>
+        <v>36.0</v>
       </c>
       <c r="H549" s="2">
-        <v>98.0</v>
+        <v>36.0</v>
       </c>
       <c r="I549" s="2">
         <v>0.0</v>
       </c>
       <c r="J549" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="550" spans="1:10">
       <c r="A550" s="2">
         <v>549</v>
       </c>
       <c r="B550" s="2" t="s">
         <v>558</v>
       </c>
       <c r="C550" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D550" s="2"/>
-      <c r="E550" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E550" s="2"/>
       <c r="F550" s="2">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="G550" s="2">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
       <c r="H550" s="2">
-        <v>103.0</v>
+        <v>99.0</v>
       </c>
       <c r="I550" s="2">
         <v>0.0</v>
       </c>
       <c r="J550" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="551" spans="1:10">
       <c r="A551" s="2">
         <v>550</v>
       </c>
       <c r="B551" s="2" t="s">
         <v>559</v>
       </c>
       <c r="C551" s="2">
         <v>2</v>
       </c>
       <c r="D551" s="2"/>
       <c r="E551" s="2"/>
       <c r="F551" s="2">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G551" s="2">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="H551" s="2">
-        <v>90.0</v>
+        <v>84.0</v>
       </c>
       <c r="I551" s="2">
         <v>0.0</v>
       </c>
       <c r="J551" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="552" spans="1:10">
       <c r="A552" s="2">
         <v>551</v>
       </c>
       <c r="B552" s="2" t="s">
         <v>560</v>
       </c>
       <c r="C552" s="2">
         <v>1</v>
       </c>
       <c r="D552" s="2"/>
       <c r="E552" s="2">
-        <v>5</v>
+        <v>136</v>
       </c>
       <c r="F552" s="2">
         <v>60</v>
       </c>
       <c r="G552" s="2">
-        <v>25.0</v>
+        <v>24.0</v>
       </c>
       <c r="H552" s="2">
-        <v>46.0</v>
+        <v>82.0</v>
       </c>
       <c r="I552" s="2">
         <v>0.0</v>
       </c>
       <c r="J552" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="553" spans="1:10">
       <c r="A553" s="2">
         <v>552</v>
       </c>
       <c r="B553" s="2" t="s">
         <v>561</v>
       </c>
       <c r="C553" s="2">
         <v>1</v>
       </c>
       <c r="D553" s="2"/>
-      <c r="E553" s="2"/>
+      <c r="E553" s="2">
+        <v>5</v>
+      </c>
       <c r="F553" s="2">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G553" s="2">
-        <v>26.0</v>
+        <v>23.0</v>
       </c>
       <c r="H553" s="2">
-        <v>44.0</v>
+        <v>50.0</v>
       </c>
       <c r="I553" s="2">
         <v>0.0</v>
       </c>
       <c r="J553" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="554" spans="1:10">
       <c r="A554" s="2">
         <v>553</v>
       </c>
       <c r="B554" s="2" t="s">
         <v>562</v>
       </c>
       <c r="C554" s="2">
         <v>1</v>
       </c>
-      <c r="D554" s="2"/>
-      <c r="E554" s="2"/>
+      <c r="D554" s="2">
+        <v>14</v>
+      </c>
+      <c r="E554" s="2">
+        <v>16</v>
+      </c>
       <c r="F554" s="2">
         <v>59</v>
       </c>
       <c r="G554" s="2">
-        <v>8.0</v>
+        <v>22.0</v>
       </c>
       <c r="H554" s="2">
-        <v>84.0</v>
+        <v>56.0</v>
       </c>
       <c r="I554" s="2">
         <v>0.0</v>
       </c>
       <c r="J554" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="555" spans="1:10">
       <c r="A555" s="2">
         <v>554</v>
       </c>
       <c r="B555" s="2" t="s">
         <v>563</v>
       </c>
       <c r="C555" s="2">
         <v>1</v>
       </c>
       <c r="D555" s="2"/>
       <c r="E555" s="2"/>
       <c r="F555" s="2">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G555" s="2">
-        <v>14.0</v>
+        <v>10.0</v>
       </c>
       <c r="H555" s="2">
-        <v>60.0</v>
+        <v>49.0</v>
       </c>
       <c r="I555" s="2">
         <v>0.0</v>
       </c>
       <c r="J555" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="556" spans="1:10">
       <c r="A556" s="2">
         <v>555</v>
       </c>
       <c r="B556" s="2" t="s">
         <v>564</v>
       </c>
       <c r="C556" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D556" s="2"/>
       <c r="E556" s="2">
-        <v>136</v>
+        <v>182</v>
       </c>
       <c r="F556" s="2">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G556" s="2">
-        <v>22.0</v>
+        <v>21.0</v>
       </c>
       <c r="H556" s="2">
-        <v>81.0</v>
+        <v>61.0</v>
       </c>
       <c r="I556" s="2">
         <v>0.0</v>
       </c>
       <c r="J556" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="557" spans="1:10">
       <c r="A557" s="2">
         <v>556</v>
       </c>
       <c r="B557" s="2" t="s">
         <v>565</v>
       </c>
       <c r="C557" s="2">
         <v>1</v>
       </c>
       <c r="D557" s="2"/>
-      <c r="E557" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E557" s="2"/>
       <c r="F557" s="2">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G557" s="2">
-        <v>15.0</v>
+        <v>23.0</v>
       </c>
       <c r="H557" s="2">
-        <v>84.0</v>
+        <v>41.0</v>
       </c>
       <c r="I557" s="2">
         <v>0.0</v>
       </c>
       <c r="J557" s="2">
-        <v>300.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="558" spans="1:10">
       <c r="A558" s="2">
         <v>557</v>
       </c>
       <c r="B558" s="2" t="s">
         <v>566</v>
       </c>
       <c r="C558" s="2">
         <v>1</v>
       </c>
-      <c r="D558" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D558" s="2"/>
+      <c r="E558" s="2"/>
       <c r="F558" s="2">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G558" s="2">
-        <v>26.0</v>
+        <v>17.0</v>
       </c>
       <c r="H558" s="2">
-        <v>47.0</v>
+        <v>59.0</v>
       </c>
       <c r="I558" s="2">
         <v>0.0</v>
       </c>
       <c r="J558" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="559" spans="1:10">
       <c r="A559" s="2">
         <v>558</v>
       </c>
       <c r="B559" s="2" t="s">
         <v>567</v>
       </c>
       <c r="C559" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D559" s="2"/>
-      <c r="E559" s="2"/>
+      <c r="E559" s="2">
+        <v>588</v>
+      </c>
       <c r="F559" s="2">
         <v>57</v>
       </c>
       <c r="G559" s="2">
-        <v>16.0</v>
+        <v>14.0</v>
       </c>
       <c r="H559" s="2">
-        <v>75.0</v>
+        <v>77.0</v>
       </c>
       <c r="I559" s="2">
         <v>0.0</v>
       </c>
       <c r="J559" s="2">
-        <v>0.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="560" spans="1:10">
       <c r="A560" s="2">
         <v>559</v>
       </c>
       <c r="B560" s="2" t="s">
         <v>568</v>
       </c>
       <c r="C560" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D560" s="2"/>
-      <c r="E560" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E560" s="2"/>
       <c r="F560" s="2">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G560" s="2">
-        <v>22.0</v>
+        <v>11.0</v>
       </c>
       <c r="H560" s="2">
-        <v>62.0</v>
+        <v>95.0</v>
       </c>
       <c r="I560" s="2">
         <v>0.0</v>
       </c>
       <c r="J560" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="561" spans="1:10">
       <c r="A561" s="2">
         <v>560</v>
       </c>
       <c r="B561" s="2" t="s">
         <v>569</v>
       </c>
       <c r="C561" s="2">
         <v>1</v>
       </c>
       <c r="D561" s="2"/>
       <c r="E561" s="2"/>
       <c r="F561" s="2">
         <v>55</v>
       </c>
       <c r="G561" s="2">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="H561" s="2">
-        <v>47.0</v>
+        <v>80.0</v>
       </c>
       <c r="I561" s="2">
         <v>0.0</v>
       </c>
       <c r="J561" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="562" spans="1:10">
       <c r="A562" s="2">
         <v>561</v>
       </c>
       <c r="B562" s="2" t="s">
         <v>570</v>
       </c>
       <c r="C562" s="2">
         <v>2</v>
       </c>
       <c r="D562" s="2"/>
       <c r="E562" s="2">
         <v>4</v>
       </c>
       <c r="F562" s="2">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G562" s="2">
-        <v>31.0</v>
+        <v>33.0</v>
       </c>
       <c r="H562" s="2">
-        <v>24.0</v>
+        <v>22.0</v>
       </c>
       <c r="I562" s="2">
         <v>0.0</v>
       </c>
       <c r="J562" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="563" spans="1:10">
       <c r="A563" s="2">
         <v>562</v>
       </c>
       <c r="B563" s="2" t="s">
         <v>571</v>
       </c>
       <c r="C563" s="2">
         <v>1</v>
       </c>
       <c r="D563" s="2"/>
       <c r="E563" s="2">
-        <v>110</v>
+        <v>32</v>
       </c>
       <c r="F563" s="2">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="G563" s="2">
-        <v>12.0</v>
+        <v>21.0</v>
       </c>
       <c r="H563" s="2">
-        <v>85.0</v>
+        <v>91.0</v>
       </c>
       <c r="I563" s="2">
         <v>0.0</v>
       </c>
       <c r="J563" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="564" spans="1:10">
       <c r="A564" s="2">
         <v>563</v>
       </c>
       <c r="B564" s="2" t="s">
         <v>572</v>
       </c>
       <c r="C564" s="2">
         <v>1</v>
       </c>
       <c r="D564" s="2"/>
-      <c r="E564" s="2"/>
+      <c r="E564" s="2">
+        <v>226</v>
+      </c>
       <c r="F564" s="2">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G564" s="2">
-        <v>4.0</v>
+        <v>25.0</v>
       </c>
       <c r="H564" s="2">
-        <v>71.0</v>
+        <v>79.0</v>
       </c>
       <c r="I564" s="2">
         <v>0.0</v>
       </c>
       <c r="J564" s="2">
-        <v>0.0</v>
+        <v>1178.0</v>
       </c>
     </row>
     <row r="565" spans="1:10">
       <c r="A565" s="2">
         <v>564</v>
       </c>
       <c r="B565" s="2" t="s">
         <v>573</v>
       </c>
       <c r="C565" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D565" s="2"/>
-      <c r="E565" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E565" s="2"/>
       <c r="F565" s="2">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G565" s="2">
-        <v>23.0</v>
+        <v>14.0</v>
       </c>
       <c r="H565" s="2">
-        <v>68.0</v>
+        <v>66.0</v>
       </c>
       <c r="I565" s="2">
         <v>0.0</v>
       </c>
       <c r="J565" s="2">
-        <v>1178.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="566" spans="1:10">
       <c r="A566" s="2">
         <v>565</v>
       </c>
       <c r="B566" s="2" t="s">
         <v>574</v>
       </c>
       <c r="C566" s="2">
         <v>1</v>
       </c>
       <c r="D566" s="2"/>
-      <c r="E566" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E566" s="2"/>
       <c r="F566" s="2">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G566" s="2">
-        <v>40.0</v>
+        <v>7.0</v>
       </c>
       <c r="H566" s="2">
-        <v>36.0</v>
+        <v>69.0</v>
       </c>
       <c r="I566" s="2">
         <v>0.0</v>
       </c>
       <c r="J566" s="2">
-        <v>224.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="567" spans="1:10">
       <c r="A567" s="2">
         <v>566</v>
       </c>
       <c r="B567" s="2" t="s">
         <v>575</v>
       </c>
       <c r="C567" s="2">
         <v>1</v>
       </c>
-      <c r="D567" s="2">
-[...2 lines deleted...]
-      <c r="E567" s="2"/>
+      <c r="D567" s="2"/>
+      <c r="E567" s="2">
+        <v>34</v>
+      </c>
       <c r="F567" s="2">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G567" s="2">
-        <v>5.0</v>
+        <v>32.0</v>
       </c>
       <c r="H567" s="2">
-        <v>83.0</v>
+        <v>34.0</v>
       </c>
       <c r="I567" s="2">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
       <c r="J567" s="2">
-        <v>0.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="568" spans="1:10">
       <c r="A568" s="2">
         <v>567</v>
       </c>
       <c r="B568" s="2" t="s">
         <v>576</v>
       </c>
       <c r="C568" s="2">
         <v>1</v>
       </c>
-      <c r="D568" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D568" s="2">
+        <v>10</v>
+      </c>
+      <c r="E568" s="2"/>
       <c r="F568" s="2">
         <v>47</v>
       </c>
       <c r="G568" s="2">
-        <v>13.0</v>
+        <v>4.0</v>
       </c>
       <c r="H568" s="2">
-        <v>79.0</v>
+        <v>86.0</v>
       </c>
       <c r="I568" s="2">
-        <v>0.0</v>
+        <v>5.0</v>
       </c>
       <c r="J568" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="569" spans="1:10">
       <c r="A569" s="2">
         <v>568</v>
       </c>
       <c r="B569" s="2" t="s">
         <v>577</v>
       </c>
       <c r="C569" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D569" s="2"/>
-      <c r="E569" s="2"/>
+      <c r="E569" s="2">
+        <v>52</v>
+      </c>
       <c r="F569" s="2">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G569" s="2">
-        <v>25.0</v>
+        <v>24.0</v>
       </c>
       <c r="H569" s="2">
-        <v>52.0</v>
+        <v>87.0</v>
       </c>
       <c r="I569" s="2">
         <v>0.0</v>
       </c>
       <c r="J569" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="570" spans="1:10">
       <c r="A570" s="2">
         <v>569</v>
       </c>
       <c r="B570" s="2" t="s">
         <v>578</v>
       </c>
       <c r="C570" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D570" s="2"/>
       <c r="E570" s="2">
-        <v>52</v>
+        <v>110</v>
       </c>
       <c r="F570" s="2">
         <v>46</v>
       </c>
       <c r="G570" s="2">
-        <v>27.0</v>
+        <v>9.0</v>
       </c>
       <c r="H570" s="2">
-        <v>84.0</v>
+        <v>85.0</v>
       </c>
       <c r="I570" s="2">
         <v>0.0</v>
       </c>
       <c r="J570" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="571" spans="1:10">
       <c r="A571" s="2">
         <v>570</v>
       </c>
       <c r="B571" s="2" t="s">
         <v>579</v>
       </c>
       <c r="C571" s="2">
         <v>1</v>
       </c>
       <c r="D571" s="2"/>
-      <c r="E571" s="2"/>
+      <c r="E571" s="2">
+        <v>226</v>
+      </c>
       <c r="F571" s="2">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G571" s="2">
-        <v>15.0</v>
+        <v>19.0</v>
       </c>
       <c r="H571" s="2">
-        <v>81.0</v>
+        <v>52.0</v>
       </c>
       <c r="I571" s="2">
         <v>0.0</v>
       </c>
       <c r="J571" s="2">
-        <v>0.0</v>
+        <v>202.0</v>
       </c>
     </row>
     <row r="572" spans="1:10">
       <c r="A572" s="2">
         <v>571</v>
       </c>
       <c r="B572" s="2" t="s">
         <v>580</v>
       </c>
       <c r="C572" s="2">
         <v>1</v>
       </c>
       <c r="D572" s="2"/>
       <c r="E572" s="2"/>
       <c r="F572" s="2">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G572" s="2">
-        <v>7.0</v>
+        <v>24.0</v>
       </c>
       <c r="H572" s="2">
-        <v>40.0</v>
+        <v>51.0</v>
       </c>
       <c r="I572" s="2">
         <v>0.0</v>
       </c>
       <c r="J572" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="573" spans="1:10">
       <c r="A573" s="2">
         <v>572</v>
       </c>
       <c r="B573" s="2" t="s">
         <v>581</v>
       </c>
       <c r="C573" s="2">
         <v>1</v>
       </c>
       <c r="D573" s="2"/>
       <c r="E573" s="2"/>
       <c r="F573" s="2">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G573" s="2">
-        <v>12.0</v>
+        <v>16.0</v>
       </c>
       <c r="H573" s="2">
-        <v>30.0</v>
+        <v>81.0</v>
       </c>
       <c r="I573" s="2">
         <v>0.0</v>
       </c>
       <c r="J573" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="574" spans="1:10">
       <c r="A574" s="2">
         <v>573</v>
       </c>
       <c r="B574" s="2" t="s">
         <v>582</v>
       </c>
       <c r="C574" s="2">
         <v>1</v>
       </c>
       <c r="D574" s="2"/>
-      <c r="E574" s="2"/>
+      <c r="E574" s="2">
+        <v>12</v>
+      </c>
       <c r="F574" s="2">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G574" s="2">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
       <c r="H574" s="2">
-        <v>30.0</v>
+        <v>42.0</v>
       </c>
       <c r="I574" s="2">
         <v>0.0</v>
       </c>
       <c r="J574" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="575" spans="1:10">
       <c r="A575" s="2">
         <v>574</v>
       </c>
       <c r="B575" s="2" t="s">
         <v>583</v>
       </c>
       <c r="C575" s="2">
         <v>1</v>
       </c>
       <c r="D575" s="2"/>
-      <c r="E575" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E575" s="2"/>
       <c r="F575" s="2">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G575" s="2">
-        <v>9.0</v>
+        <v>19.0</v>
       </c>
       <c r="H575" s="2">
-        <v>49.0</v>
+        <v>32.0</v>
       </c>
       <c r="I575" s="2">
         <v>0.0</v>
       </c>
       <c r="J575" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="576" spans="1:10">
       <c r="A576" s="2">
         <v>575</v>
       </c>
       <c r="B576" s="2" t="s">
         <v>584</v>
       </c>
       <c r="C576" s="2">
         <v>1</v>
       </c>
       <c r="D576" s="2"/>
       <c r="E576" s="2"/>
       <c r="F576" s="2">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G576" s="2">
-        <v>22.0</v>
+        <v>7.0</v>
       </c>
       <c r="H576" s="2">
-        <v>52.0</v>
+        <v>42.0</v>
       </c>
       <c r="I576" s="2">
         <v>0.0</v>
       </c>
       <c r="J576" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="577" spans="1:10">
       <c r="A577" s="2">
         <v>576</v>
       </c>
       <c r="B577" s="2" t="s">
         <v>585</v>
       </c>
       <c r="C577" s="2">
         <v>1</v>
       </c>
       <c r="D577" s="2"/>
-      <c r="E577" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E577" s="2"/>
       <c r="F577" s="2">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G577" s="2">
-        <v>19.0</v>
+        <v>12.0</v>
       </c>
       <c r="H577" s="2">
-        <v>60.0</v>
+        <v>27.0</v>
       </c>
       <c r="I577" s="2">
         <v>0.0</v>
       </c>
       <c r="J577" s="2">
-        <v>202.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="578" spans="1:10">
       <c r="A578" s="2">
         <v>577</v>
       </c>
       <c r="B578" s="2" t="s">
         <v>586</v>
       </c>
       <c r="C578" s="2">
         <v>1</v>
       </c>
       <c r="D578" s="2"/>
       <c r="E578" s="2"/>
       <c r="F578" s="2">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G578" s="2">
-        <v>14.0</v>
+        <v>12.0</v>
       </c>
       <c r="H578" s="2">
-        <v>42.0</v>
+        <v>27.0</v>
       </c>
       <c r="I578" s="2">
         <v>0.0</v>
       </c>
       <c r="J578" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="579" spans="1:10">
       <c r="A579" s="2">
         <v>578</v>
       </c>
       <c r="B579" s="2" t="s">
         <v>587</v>
       </c>
       <c r="C579" s="2">
         <v>1</v>
       </c>
       <c r="D579" s="2"/>
-      <c r="E579" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E579" s="2"/>
       <c r="F579" s="2">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G579" s="2">
-        <v>22.0</v>
+        <v>11.0</v>
       </c>
       <c r="H579" s="2">
-        <v>37.0</v>
+        <v>24.0</v>
       </c>
       <c r="I579" s="2">
         <v>0.0</v>
       </c>
       <c r="J579" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="580" spans="1:10">
       <c r="A580" s="2">
         <v>579</v>
       </c>
       <c r="B580" s="2" t="s">
         <v>588</v>
       </c>
       <c r="C580" s="2">
         <v>1</v>
       </c>
       <c r="D580" s="2"/>
       <c r="E580" s="2"/>
       <c r="F580" s="2">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G580" s="2">
-        <v>15.0</v>
+        <v>0.0</v>
       </c>
       <c r="H580" s="2">
-        <v>19.0</v>
+        <v>30.0</v>
       </c>
       <c r="I580" s="2">
         <v>0.0</v>
       </c>
       <c r="J580" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="581" spans="1:10">
       <c r="A581" s="2">
         <v>580</v>
       </c>
       <c r="B581" s="2" t="s">
         <v>589</v>
       </c>
       <c r="C581" s="2">
         <v>1</v>
       </c>
       <c r="D581" s="2"/>
       <c r="E581" s="2"/>
       <c r="F581" s="2">
         <v>33</v>
       </c>
       <c r="G581" s="2">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
       <c r="H581" s="2">
-        <v>29.0</v>
+        <v>23.0</v>
       </c>
       <c r="I581" s="2">
         <v>0.0</v>
       </c>
       <c r="J581" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="582" spans="1:10">
       <c r="A582" s="2">
         <v>581</v>
       </c>
       <c r="B582" s="2" t="s">
         <v>590</v>
       </c>
       <c r="C582" s="2">
         <v>1</v>
       </c>
       <c r="D582" s="2"/>
-      <c r="E582" s="2"/>
+      <c r="E582" s="2">
+        <v>126</v>
+      </c>
       <c r="F582" s="2">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G582" s="2">
-        <v>9.0</v>
+        <v>25.0</v>
       </c>
       <c r="H582" s="2">
-        <v>24.0</v>
+        <v>38.0</v>
       </c>
       <c r="I582" s="2">
         <v>0.0</v>
       </c>
       <c r="J582" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="583" spans="1:10">
       <c r="A583" s="2">
         <v>582</v>
       </c>
       <c r="B583" s="2" t="s">
         <v>591</v>
       </c>
       <c r="C583" s="2">
         <v>1</v>
       </c>
       <c r="D583" s="2"/>
       <c r="E583" s="2">
         <v>3</v>
       </c>
       <c r="F583" s="2">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G583" s="2">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="H583" s="2">
-        <v>30.0</v>
+        <v>28.0</v>
       </c>
       <c r="I583" s="2">
         <v>0.0</v>
       </c>
       <c r="J583" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="584" spans="1:10">
       <c r="A584" s="2">
         <v>583</v>
       </c>
       <c r="B584" s="2" t="s">
         <v>592</v>
       </c>
       <c r="C584" s="2">
         <v>1</v>
       </c>
       <c r="D584" s="2"/>
       <c r="E584" s="2"/>
       <c r="F584" s="2">
         <v>29</v>
       </c>
       <c r="G584" s="2">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="H584" s="2">
-        <v>25.0</v>
+        <v>23.0</v>
       </c>
       <c r="I584" s="2">
         <v>0.0</v>
       </c>
       <c r="J584" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="585" spans="1:10">
       <c r="A585" s="2">
         <v>584</v>
       </c>
       <c r="B585" s="2" t="s">
         <v>593</v>
       </c>
       <c r="C585" s="2">
         <v>1</v>
       </c>
       <c r="D585" s="2"/>
       <c r="E585" s="2">
         <v>42</v>
       </c>
       <c r="F585" s="2">
         <v>28</v>
       </c>
       <c r="G585" s="2">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="H585" s="2">
-        <v>32.0</v>
+        <v>33.0</v>
       </c>
       <c r="I585" s="2">
         <v>0.0</v>
       </c>
       <c r="J585" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="586" spans="1:10">
       <c r="A586" s="2">
         <v>585</v>
       </c>
       <c r="B586" s="2" t="s">
         <v>594</v>
       </c>
       <c r="C586" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D586" s="2"/>
-      <c r="E586" s="2"/>
+      <c r="E586" s="2">
+        <v>270</v>
+      </c>
       <c r="F586" s="2">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G586" s="2">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="H586" s="2">
-        <v>20.0</v>
+        <v>21.0</v>
       </c>
       <c r="I586" s="2">
         <v>0.0</v>
       </c>
       <c r="J586" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="587" spans="1:10">
       <c r="A587" s="2">
         <v>586</v>
       </c>
       <c r="B587" s="2" t="s">
         <v>595</v>
       </c>
       <c r="C587" s="2">
         <v>1</v>
       </c>
       <c r="D587" s="2"/>
-      <c r="E587" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E587" s="2"/>
       <c r="F587" s="2">
         <v>24</v>
       </c>
       <c r="G587" s="2">
-        <v>8.0</v>
+        <v>2.0</v>
       </c>
       <c r="H587" s="2">
-        <v>15.0</v>
+        <v>19.0</v>
       </c>
       <c r="I587" s="2">
         <v>0.0</v>
       </c>
       <c r="J587" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="588" spans="1:10">
       <c r="A588" s="2">
         <v>587</v>
       </c>
       <c r="B588" s="2" t="s">
         <v>596</v>
       </c>
       <c r="C588" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D588" s="2"/>
-      <c r="E588" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E588" s="2"/>
       <c r="F588" s="2">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G588" s="2">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="H588" s="2">
-        <v>26.0</v>
+        <v>23.0</v>
       </c>
       <c r="I588" s="2">
         <v>0.0</v>
       </c>
       <c r="J588" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="589" spans="1:10">
       <c r="A589" s="2">
         <v>588</v>
       </c>
       <c r="B589" s="2" t="s">
         <v>597</v>
       </c>
       <c r="C589" s="2">
         <v>1</v>
       </c>
       <c r="D589" s="2"/>
-      <c r="E589" s="2"/>
+      <c r="E589" s="2">
+        <v>3</v>
+      </c>
       <c r="F589" s="2">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G589" s="2">
-        <v>4.0</v>
+        <v>13.0</v>
       </c>
       <c r="H589" s="2">
-        <v>19.0</v>
+        <v>15.0</v>
       </c>
       <c r="I589" s="2">
         <v>0.0</v>
       </c>
       <c r="J589" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="590" spans="1:10">
       <c r="A590" s="2">
         <v>589</v>
       </c>
       <c r="B590" s="2" t="s">
         <v>598</v>
       </c>
       <c r="C590" s="2">
         <v>1</v>
       </c>
       <c r="D590" s="2"/>
-      <c r="E590" s="2"/>
+      <c r="E590" s="2">
+        <v>32</v>
+      </c>
       <c r="F590" s="2">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G590" s="2">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="H590" s="2">
-        <v>20.0</v>
+        <v>12.0</v>
       </c>
       <c r="I590" s="2">
         <v>0.0</v>
       </c>
       <c r="J590" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="591" spans="1:10">
       <c r="A591" s="2">
         <v>590</v>
       </c>
       <c r="B591" s="2" t="s">
         <v>599</v>
       </c>
       <c r="C591" s="2">
         <v>1</v>
       </c>
       <c r="D591" s="2"/>
       <c r="E591" s="2"/>
       <c r="F591" s="2">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G591" s="2">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="H591" s="2">
-        <v>20.0</v>
+        <v>21.0</v>
       </c>
       <c r="I591" s="2">
         <v>0.0</v>
       </c>
       <c r="J591" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="592" spans="1:10">
       <c r="A592" s="2">
         <v>591</v>
       </c>
       <c r="B592" s="2" t="s">
         <v>600</v>
       </c>
       <c r="C592" s="2">
         <v>1</v>
       </c>
       <c r="D592" s="2"/>
       <c r="E592" s="2"/>
       <c r="F592" s="2">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G592" s="2">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="H592" s="2">
-        <v>9.0</v>
+        <v>21.0</v>
       </c>
       <c r="I592" s="2">
         <v>0.0</v>
       </c>
       <c r="J592" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="593" spans="1:10">
       <c r="A593" s="2">
         <v>592</v>
       </c>
       <c r="B593" s="2" t="s">
         <v>601</v>
       </c>
       <c r="C593" s="2">
         <v>1</v>
       </c>
       <c r="D593" s="2"/>
       <c r="E593" s="2"/>
       <c r="F593" s="2">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="G593" s="2">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="H593" s="2">
-        <v>6.0</v>
+        <v>11.0</v>
       </c>
       <c r="I593" s="2">
         <v>0.0</v>
       </c>
       <c r="J593" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="594" spans="1:10">
       <c r="A594" s="2">
         <v>593</v>
       </c>
       <c r="B594" s="2" t="s">
         <v>602</v>
       </c>
-      <c r="C594" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C594" s="2">
+        <v>1</v>
+      </c>
+      <c r="D594" s="2"/>
       <c r="E594" s="2"/>
-      <c r="F594" s="2"/>
+      <c r="F594" s="2">
+        <v>13</v>
+      </c>
       <c r="G594" s="2">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="H594" s="2">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
       <c r="I594" s="2">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
       <c r="J594" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="595" spans="1:10">
       <c r="A595" s="2">
         <v>594</v>
       </c>
       <c r="B595" s="2" t="s">
         <v>603</v>
       </c>
       <c r="C595" s="2"/>
-      <c r="D595" s="2"/>
+      <c r="D595" s="2">
+        <v>55</v>
+      </c>
       <c r="E595" s="2"/>
       <c r="F595" s="2"/>
       <c r="G595" s="2">
         <v>0.0</v>
       </c>
       <c r="H595" s="2">
         <v>0.0</v>
       </c>
       <c r="I595" s="2">
-        <v>0.0</v>
+        <v>11.0</v>
       </c>
       <c r="J595" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="596" spans="1:10">
       <c r="A596" s="2">
         <v>595</v>
       </c>
       <c r="B596" s="2" t="s">
         <v>604</v>
       </c>
       <c r="C596" s="2"/>
       <c r="D596" s="2"/>
       <c r="E596" s="2"/>
       <c r="F596" s="2"/>
       <c r="G596" s="2">
         <v>0.0</v>
       </c>
       <c r="H596" s="2">
         <v>0.0</v>
       </c>
       <c r="I596" s="2">
         <v>0.0</v>
       </c>
       <c r="J596" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="597" spans="1:10">
       <c r="A597" s="2">
         <v>596</v>
       </c>
       <c r="B597" s="2" t="s">
         <v>605</v>
       </c>
       <c r="C597" s="2"/>
-      <c r="D597" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D597" s="2"/>
       <c r="E597" s="2"/>
       <c r="F597" s="2"/>
       <c r="G597" s="2">
         <v>0.0</v>
       </c>
       <c r="H597" s="2">
         <v>0.0</v>
       </c>
       <c r="I597" s="2">
-        <v>480.0</v>
+        <v>0.0</v>
       </c>
       <c r="J597" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="598" spans="1:10">
       <c r="A598" s="2">
         <v>597</v>
       </c>
       <c r="B598" s="2" t="s">
         <v>606</v>
       </c>
       <c r="C598" s="2"/>
-      <c r="D598" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D598" s="2">
+        <v>60</v>
+      </c>
+      <c r="E598" s="2"/>
       <c r="F598" s="2"/>
       <c r="G598" s="2">
         <v>0.0</v>
       </c>
       <c r="H598" s="2">
         <v>0.0</v>
       </c>
       <c r="I598" s="2">
-        <v>0.0</v>
+        <v>541.0</v>
       </c>
       <c r="J598" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="599" spans="1:10">
       <c r="A599" s="2">
         <v>598</v>
       </c>
       <c r="B599" s="2" t="s">
         <v>607</v>
       </c>
       <c r="C599" s="2"/>
       <c r="D599" s="2"/>
-      <c r="E599" s="2"/>
+      <c r="E599" s="2">
+        <v>6</v>
+      </c>
       <c r="F599" s="2"/>
       <c r="G599" s="2">
         <v>0.0</v>
       </c>
       <c r="H599" s="2">
         <v>0.0</v>
       </c>
       <c r="I599" s="2">
         <v>0.0</v>
       </c>
       <c r="J599" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="600" spans="1:10">
       <c r="A600" s="2">
         <v>599</v>
       </c>
       <c r="B600" s="2" t="s">
         <v>608</v>
       </c>
       <c r="C600" s="2"/>
-      <c r="D600" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D600" s="2"/>
       <c r="E600" s="2"/>
       <c r="F600" s="2"/>
       <c r="G600" s="2">
         <v>0.0</v>
       </c>
       <c r="H600" s="2">
         <v>0.0</v>
       </c>
       <c r="I600" s="2">
         <v>0.0</v>
       </c>
       <c r="J600" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="601" spans="1:10">
       <c r="A601" s="2">
         <v>600</v>
       </c>
       <c r="B601" s="2" t="s">
         <v>609</v>
       </c>
       <c r="C601" s="2"/>
-      <c r="D601" s="2"/>
+      <c r="D601" s="2">
+        <v>3</v>
+      </c>
       <c r="E601" s="2"/>
       <c r="F601" s="2"/>
       <c r="G601" s="2">
         <v>0.0</v>
       </c>
       <c r="H601" s="2">
         <v>0.0</v>
       </c>
       <c r="I601" s="2">
         <v>0.0</v>
       </c>
       <c r="J601" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="602" spans="1:10">
       <c r="A602" s="2">
         <v>601</v>
       </c>
       <c r="B602" s="2" t="s">
         <v>610</v>
       </c>
       <c r="C602" s="2"/>
       <c r="D602" s="2"/>
       <c r="E602" s="2"/>
@@ -20439,227 +20455,227 @@
       <c r="C604" s="2"/>
       <c r="D604" s="2"/>
       <c r="E604" s="2"/>
       <c r="F604" s="2"/>
       <c r="G604" s="2">
         <v>0.0</v>
       </c>
       <c r="H604" s="2">
         <v>0.0</v>
       </c>
       <c r="I604" s="2">
         <v>0.0</v>
       </c>
       <c r="J604" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="605" spans="1:10">
       <c r="A605" s="2">
         <v>604</v>
       </c>
       <c r="B605" s="2" t="s">
         <v>613</v>
       </c>
       <c r="C605" s="2"/>
-      <c r="D605" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D605" s="2"/>
       <c r="E605" s="2"/>
       <c r="F605" s="2"/>
       <c r="G605" s="2">
         <v>0.0</v>
       </c>
       <c r="H605" s="2">
         <v>0.0</v>
       </c>
       <c r="I605" s="2">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
       <c r="J605" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="606" spans="1:10">
       <c r="A606" s="2">
         <v>605</v>
       </c>
       <c r="B606" s="2" t="s">
         <v>614</v>
       </c>
       <c r="C606" s="2"/>
-      <c r="D606" s="2"/>
+      <c r="D606" s="2">
+        <v>55</v>
+      </c>
       <c r="E606" s="2"/>
       <c r="F606" s="2"/>
       <c r="G606" s="2">
         <v>0.0</v>
       </c>
       <c r="H606" s="2">
         <v>0.0</v>
       </c>
       <c r="I606" s="2">
-        <v>0.0</v>
+        <v>11.0</v>
       </c>
       <c r="J606" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="607" spans="1:10">
       <c r="A607" s="2">
         <v>606</v>
       </c>
       <c r="B607" s="2" t="s">
         <v>615</v>
       </c>
       <c r="C607" s="2"/>
-      <c r="D607" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D607" s="2"/>
       <c r="E607" s="2"/>
       <c r="F607" s="2"/>
       <c r="G607" s="2">
         <v>0.0</v>
       </c>
       <c r="H607" s="2">
         <v>0.0</v>
       </c>
       <c r="I607" s="2">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
       <c r="J607" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="608" spans="1:10">
       <c r="A608" s="2">
         <v>607</v>
       </c>
       <c r="B608" s="2" t="s">
         <v>616</v>
       </c>
       <c r="C608" s="2"/>
-      <c r="D608" s="2"/>
+      <c r="D608" s="2">
+        <v>4</v>
+      </c>
       <c r="E608" s="2"/>
       <c r="F608" s="2"/>
       <c r="G608" s="2">
         <v>0.0</v>
       </c>
       <c r="H608" s="2">
         <v>0.0</v>
       </c>
       <c r="I608" s="2">
-        <v>0.0</v>
+        <v>16.0</v>
       </c>
       <c r="J608" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="609" spans="1:10">
       <c r="A609" s="2">
         <v>608</v>
       </c>
       <c r="B609" s="2" t="s">
         <v>617</v>
       </c>
       <c r="C609" s="2"/>
       <c r="D609" s="2"/>
       <c r="E609" s="2"/>
       <c r="F609" s="2"/>
       <c r="G609" s="2">
         <v>0.0</v>
       </c>
       <c r="H609" s="2">
         <v>0.0</v>
       </c>
       <c r="I609" s="2">
         <v>0.0</v>
       </c>
       <c r="J609" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="610" spans="1:10">
       <c r="A610" s="2">
         <v>609</v>
       </c>
       <c r="B610" s="2" t="s">
         <v>618</v>
       </c>
       <c r="C610" s="2"/>
-      <c r="D610" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D610" s="2"/>
       <c r="E610" s="2"/>
       <c r="F610" s="2"/>
       <c r="G610" s="2">
         <v>0.0</v>
       </c>
       <c r="H610" s="2">
         <v>0.0</v>
       </c>
       <c r="I610" s="2">
         <v>0.0</v>
       </c>
       <c r="J610" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="611" spans="1:10">
       <c r="A611" s="2">
         <v>610</v>
       </c>
       <c r="B611" s="2" t="s">
         <v>619</v>
       </c>
       <c r="C611" s="2"/>
       <c r="D611" s="2">
         <v>1</v>
       </c>
       <c r="E611" s="2"/>
       <c r="F611" s="2"/>
       <c r="G611" s="2">
         <v>0.0</v>
       </c>
       <c r="H611" s="2">
         <v>0.0</v>
       </c>
       <c r="I611" s="2">
         <v>0.0</v>
       </c>
       <c r="J611" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="612" spans="1:10">
       <c r="A612" s="2">
         <v>611</v>
       </c>
       <c r="B612" s="2" t="s">
         <v>620</v>
       </c>
       <c r="C612" s="2"/>
-      <c r="D612" s="2"/>
+      <c r="D612" s="2">
+        <v>1</v>
+      </c>
       <c r="E612" s="2"/>
       <c r="F612" s="2"/>
       <c r="G612" s="2">
         <v>0.0</v>
       </c>
       <c r="H612" s="2">
         <v>0.0</v>
       </c>
       <c r="I612" s="2">
         <v>0.0</v>
       </c>
       <c r="J612" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="613" spans="1:10">
       <c r="A613" s="2">
         <v>612</v>
       </c>
       <c r="B613" s="2" t="s">
         <v>621</v>
       </c>
       <c r="C613" s="2"/>
       <c r="D613" s="2"/>
       <c r="E613" s="2"/>
@@ -20687,116 +20703,116 @@
       <c r="C614" s="2"/>
       <c r="D614" s="2"/>
       <c r="E614" s="2"/>
       <c r="F614" s="2"/>
       <c r="G614" s="2">
         <v>0.0</v>
       </c>
       <c r="H614" s="2">
         <v>0.0</v>
       </c>
       <c r="I614" s="2">
         <v>0.0</v>
       </c>
       <c r="J614" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="615" spans="1:10">
       <c r="A615" s="2">
         <v>614</v>
       </c>
       <c r="B615" s="2" t="s">
         <v>623</v>
       </c>
       <c r="C615" s="2"/>
-      <c r="D615" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D615" s="2"/>
       <c r="E615" s="2"/>
       <c r="F615" s="2"/>
       <c r="G615" s="2">
         <v>0.0</v>
       </c>
       <c r="H615" s="2">
         <v>0.0</v>
       </c>
       <c r="I615" s="2">
         <v>0.0</v>
       </c>
       <c r="J615" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="616" spans="1:10">
       <c r="A616" s="2">
         <v>615</v>
       </c>
       <c r="B616" s="2" t="s">
         <v>624</v>
       </c>
       <c r="C616" s="2"/>
-      <c r="D616" s="2"/>
+      <c r="D616" s="2">
+        <v>11</v>
+      </c>
       <c r="E616" s="2"/>
       <c r="F616" s="2"/>
       <c r="G616" s="2">
         <v>0.0</v>
       </c>
       <c r="H616" s="2">
         <v>0.0</v>
       </c>
       <c r="I616" s="2">
         <v>0.0</v>
       </c>
       <c r="J616" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="617" spans="1:10">
       <c r="A617" s="2">
         <v>616</v>
       </c>
       <c r="B617" s="2" t="s">
         <v>625</v>
       </c>
       <c r="C617" s="2"/>
       <c r="D617" s="2"/>
       <c r="E617" s="2">
         <v>334</v>
       </c>
       <c r="F617" s="2"/>
       <c r="G617" s="2">
         <v>0.0</v>
       </c>
       <c r="H617" s="2">
         <v>0.0</v>
       </c>
       <c r="I617" s="2">
         <v>0.0</v>
       </c>
       <c r="J617" s="2">
-        <v>300.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="618" spans="1:10">
       <c r="A618" s="2">
         <v>617</v>
       </c>
       <c r="B618" s="2" t="s">
         <v>626</v>
       </c>
       <c r="C618" s="2"/>
       <c r="D618" s="2"/>
       <c r="E618" s="2"/>
       <c r="F618" s="2"/>
       <c r="G618" s="2">
         <v>0.0</v>
       </c>
       <c r="H618" s="2">
         <v>0.0</v>
       </c>
       <c r="I618" s="2">
         <v>0.0</v>
       </c>
       <c r="J618" s="2">
         <v>0.0</v>
       </c>